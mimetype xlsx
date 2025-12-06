--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -42,264 +42,264 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Распылители, дождеватели и капельный полив</t>
   </si>
   <si>
+    <t>62-0312-F</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива круговой с регулировкой угла полива по горизонту Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>62-0314-F</t>
+  </si>
+  <si>
+    <t>Дождеватель латунный импульсный на металлической подставке Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0323-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель для полива круговой, 9 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0302</t>
+  </si>
+  <si>
+    <t>Увлажнитель почвы для растений 60мл Птичка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0303</t>
+  </si>
+  <si>
+    <t>Увлажнитель почвы для растений 100мл Грибочек ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0283</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0285</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с регулировкой давления, ручкой и курком, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0293</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель на штанге ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0294</t>
+  </si>
+  <si>
+    <t>Распылитель на телескопической штанге ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0284</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0290</t>
+  </si>
+  <si>
+    <t>Дождеватель мини ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0326-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель на гибкой штанге, 10 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0304</t>
+  </si>
+  <si>
+    <t>Щетка для очистки листьев растений ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распыляющая головка помповая, подходит к стандартной пластиковой бутылке ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
     <t>62-0291</t>
   </si>
   <si>
     <t xml:space="preserve">Дождеватель осциллирующий для прямоугольных площадей ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Дождеватель для полива круговой, 9 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+    <t>62-0254</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива круговой 154м² ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0256</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива осциллирующий 190м² ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0313-F</t>
+  </si>
+  <si>
+    <t>Комплект для капельного полива площади 4х5м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0251</t>
+  </si>
+  <si>
+    <t>Пистолет-лейка и коннекторы 3/4 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0252</t>
+  </si>
+  <si>
+    <t>Пистолет для полива 2 режима ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0253</t>
+  </si>
+  <si>
+    <t>Распыляющая головка, подходит к стандартной пластиковой бутылке ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0324-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пистолет-распылитель многофункциональный CARBON, 7 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0301</t>
+  </si>
+  <si>
+    <t>Дождеватель с садовым фонариком, работает от давления воды ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0286</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель многофункциональный с прорезиненной ручкой и курком, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0287</t>
+  </si>
+  <si>
+    <t>Распылитель-насадка, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0288</t>
+  </si>
+  <si>
+    <t>Дождеватель пластиковый, импульсный, двухсторонний ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0289</t>
+  </si>
+  <si>
+    <t>Дождеватель кольцевого типа, пластиковый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель осциллирующий универсальный, 21 отверстие ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
     <t>62-0265</t>
   </si>
   <si>
     <t>Комплект для капельного полива 3х4 метра площадь ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0250</t>
   </si>
   <si>
     <t>Пистолет-распылитель для полива, 10 режимов ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0255</t>
   </si>
   <si>
     <t>Разбрызгиватель латунный, импульсный, с регулировкой угла горизонта распыления до16м ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0252</t>
-[...44 lines deleted...]
-    <t>Распылитель на телескопической штанге ЧЕТЫРЕ СЕЗОНА</t>
+    <t>62-0257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель для полива круговой 100м², 8 режимов ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0282</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с резиновой ручкой, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0295</t>
   </si>
   <si>
     <t>Дождеватель для полива на колесах, круговой, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0288</t>
-[...100 lines deleted...]
-  <si>
     <t>62-0325-F</t>
   </si>
   <si>
     <t xml:space="preserve">Пистолет-распылитель душевого типа CARBON, 6 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
-  </si>
-[...16 lines deleted...]
-    <t>Увлажнитель почвы для растений 60мл Птичка ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -684,51 +684,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-dlya-pryamougolnyh-ploschadey-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-9-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-3h4-metra-ploschad-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dlya-poliva-10-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbryzgivatel-latunnyy-impulsnyy-s-regulirovkoy-ugla-gorizonta-raspyleniya-do16m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-poliva-2-rezhima-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayuschaya-golovka-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-mini-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-koltsevogo-tipa-plastikovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-reguliruemyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-teleskopicheskoy-shtange-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-na-kolesah-krugovoy-reguliruemyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-plastikovyy-impulsnyy-dvuhstoronniy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-shtange-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-leyka-i-konnektory-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-154m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-ostsilliruyuschiy-190m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-100m-8-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-carbon-7-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-gibkoy-shtange-10-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-s-regulirovkoy-ugla-poliva-po-gorizontu-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayuschaya-golovka-pompovaya-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-s-sadovym-fonarikom-rabotaet-ot-davleniya-vody-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-ochistki-listev-rasteniy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-latunnyy-impulsnyy-na-metallicheskoy-podstavke-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-universalnyy-21-otverstie-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-regulirovkoy-davleniya-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-s-prorezinennoy-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-rezinovoy-ruchkoy-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dushevogo-tipa-carbon-6-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-ploschadi-4h5m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-100ml-gribochek-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-60ml-ptichka-chetyre-sezona.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-s-regulirovkoy-ugla-poliva-po-gorizontu-profi-chetire-sezona-31763" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-latunniy-impulsniy-na-metallicheskoy-podstavke-profi-chetire-sezona-31798" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-9-rejimov-profi-chetire-sezona-31755" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlajnitel-pochvi-dlya-rasteniy-60ml-ptichka-chetire-sezona-31760" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlajnitel-pochvi-dlya-rasteniy-100ml-gribochek-chetire-sezona-31761" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-7-rejimov-chetire-sezona-30459" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-s-regulirovkoy-davleniya-ruchkoy-i-kurkom-7-rejimov-chetire-sezona-30461" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-shtange-chetire-sezona-30469" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-teleskopicheskoy-shtange-chetire-sezona-30470" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-reguliruemiy-chetire-sezona-30460" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-mini-chetire-sezona-30466" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-gibkoy-shtange-10-rejimov-profi-chetire-sezona-31759" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-ochistki-listev-rasteniy-chetire-sezona-31762" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilyayuschaya-golovka-pompovaya-podhodit-k-standartnoy-plastikovoy-butilke-chetire-sezona-31754" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-ostsilliruyuschiy-dlya-pryamougolnih-ploschadey-4v1-chetire-sezona-30467" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-154-m-sup2-chetire-sezona-29242" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-ostsilliruyuschiy-190-m-sup2-chetire-sezona-29244" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-ploschadi-4h5m-profi-chetire-sezona-31797" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-leyka-i-konnektori-classic-3-4-chetire-sezona-29239" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-poliva-classic-2-rejima-chetire-sezona-29240" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilyayuschaya-golovka-podhodit-k-standartnoy-plastikovoy-butilke-chetire-sezona-29241" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-mnogofunktsionalniy-carbon-7-rejimov-profi-chetire-sezona-31756" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-s-sadovim-fonarikom-rabotaet-ot-davleniya-vodi-chetire-sezona-31758" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-mnogofunktsionalniy-s-prorezinennoy-ruchkoy-i-kurkom-7-rejimov-chetire-sezona-30462" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-nasadka-reguliruemiy-chetire-sezona-30463" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-plastikoviy-impulsniy-dvuhstoronniy-chetire-sezona-30464" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-koltsevogo-tipa-plastikoviy-chetire-sezona-30465" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-ostsilliruyuschiy-universalniy-21-otverstie-chetire-sezona-30468" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-3h4-metra-ploschad-chetire-sezona-29220" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-dlya-poliva-classic-10-rejimov-chetire-sezona-29238" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbrizgivatel-latunniy-impulsniy-s-regulirovkoy-ugla-gorizonta-raspileniya-do-16m-chetire-sezona-29243" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-100-m-sup2-8-rejimov-chetire-sezona-29245" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-s-rezinovoy-ruchkoy-7-rejimov-chetire-sezona-30458" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-na-kolesah-krugovoy-reguliruemiy-chetire-sezona-30471" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-dushevogo-tipa-carbon-6-rejimov-profi-chetire-sezona-31757" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I37"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -752,1052 +752,1052 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2005.6</v>
+        <v>2360</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>603</v>
+        <v>649</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>990</v>
+        <v>2500</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1713</v>
+        <v>678</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1250</v>
+        <v>990</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>588</v>
+        <v>1716</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>480</v>
+        <v>270</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2254</v>
+        <v>2634</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1730.52</v>
+        <v>290</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>149</v>
+        <v>2689</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>458</v>
+        <v>290</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>57</v>
+        <v>2741</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>54.19</v>
+        <v>798</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>548</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>48</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>290</v>
+        <v>961.4</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2470</v>
+        <v>401</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>110</v>
+        <v>1555.72</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>67</v>
+        <v>536</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>216</v>
+        <v>24</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>235</v>
+        <v>290</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1603</v>
+        <v>488</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>320</v>
+        <v>235</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1497</v>
+        <v>1527</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>290</v>
+        <v>2272.4</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>541</v>
+        <v>852</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1555.72</v>
+        <v>390</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>461</v>
+        <v>2836</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>479</v>
+        <v>419.52</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1509</v>
+        <v>1449</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>280</v>
+        <v>2005.6</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>3</v>
+        <v>599</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>961.4</v>
+        <v>299</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>460</v>
+        <v>1580</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>626</v>
+        <v>1392</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1353</v>
+        <v>1312</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>299</v>
+        <v>2894</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1135</v>
+        <v>868</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1392</v>
+        <v>626</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>491</v>
+        <v>1649</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>562.86</v>
+        <v>458</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>3842</v>
+        <v>85</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1311</v>
+        <v>54.19</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1218</v>
+        <v>16</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>48</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>2272.4</v>
+        <v>1311</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>859</v>
+        <v>1170</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>2360</v>
+        <v>1235</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>672</v>
+        <v>1324</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>12</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>419.52</v>
+        <v>890</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1447</v>
+        <v>671</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1235</v>
+        <v>110</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1310</v>
+        <v>132</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>12</v>
+        <v>216</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>390</v>
+        <v>280</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>2865</v>
+        <v>27</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>2500</v>
+        <v>320</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>659</v>
+        <v>1520</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>12</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
         <v>3146.4</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
         <v>876</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>798</v>
+        <v>1250</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>557</v>
+        <v>568</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>890</v>
+        <v>480</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>626</v>
+        <v>2642</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>420</v>
+        <v>1730.52</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>61</v>
+        <v>198</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>1835.4</v>
+        <v>562.86</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>1232</v>
+        <v>4099</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>2894</v>
+        <v>420</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>859</v>
+        <v>95</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>290</v>
+        <v>479</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>2718</v>
+        <v>1559</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>270</v>
+        <v>1835.4</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>2681</v>
+        <v>1227</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>