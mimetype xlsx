--- v1 (2025-12-06)
+++ v2 (2026-02-11)
@@ -42,264 +42,264 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Распылители, дождеватели и капельный полив</t>
   </si>
   <si>
+    <t>62-0252</t>
+  </si>
+  <si>
+    <t>Пистолет для полива 2 режима ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>62-0254</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива круговой 154м² ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0312-F</t>
   </si>
   <si>
     <t>Дождеватель для полива круговой с регулировкой угла полива по горизонту Профи ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>62-0314-F</t>
   </si>
   <si>
     <t>Дождеватель латунный импульсный на металлической подставке Профи ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>62-0250</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель для полива, 10 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0255</t>
+  </si>
+  <si>
+    <t>Разбрызгиватель латунный, импульсный, с регулировкой угла горизонта распыления до16м ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0313-F</t>
+  </si>
+  <si>
+    <t>Комплект для капельного полива площади 4х5м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0326-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель на гибкой штанге, 10 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
     <t>62-0323-F</t>
   </si>
   <si>
     <t xml:space="preserve">Дождеватель для полива круговой, 9 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
+    <t>62-0301</t>
+  </si>
+  <si>
+    <t>Дождеватель с садовым фонариком, работает от давления воды ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0251</t>
+  </si>
+  <si>
+    <t>Пистолет-лейка и коннекторы 3/4 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0304</t>
+  </si>
+  <si>
+    <t>Щетка для очистки листьев растений ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0285</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с регулировкой давления, ручкой и курком, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0289</t>
+  </si>
+  <si>
+    <t>Дождеватель кольцевого типа, пластиковый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0293</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель на штанге ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0256</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива осциллирующий 190м² ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель для полива круговой 100м², 8 режимов ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0324-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пистолет-распылитель многофункциональный CARBON, 7 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0253</t>
+  </si>
+  <si>
+    <t>Распыляющая головка, подходит к стандартной пластиковой бутылке ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0282</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с резиновой ручкой, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0283</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0284</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0286</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель многофункциональный с прорезиненной ручкой и курком, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0287</t>
+  </si>
+  <si>
+    <t>Распылитель-насадка, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0288</t>
+  </si>
+  <si>
+    <t>Дождеватель пластиковый, импульсный, двухсторонний ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0290</t>
+  </si>
+  <si>
+    <t>Дождеватель мини ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0291</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель осциллирующий для прямоугольных площадей ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель осциллирующий универсальный, 21 отверстие ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0294</t>
+  </si>
+  <si>
+    <t>Распылитель на телескопической штанге ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0295</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива на колесах, круговой, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распыляющая головка помповая, подходит к стандартной пластиковой бутылке ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0325-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пистолет-распылитель душевого типа CARBON, 6 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
     <t>62-0302</t>
   </si>
   <si>
     <t>Увлажнитель почвы для растений 60мл Птичка ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0303</t>
   </si>
   <si>
     <t>Увлажнитель почвы для растений 100мл Грибочек ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0283</t>
-[...136 lines deleted...]
-  <si>
     <t>62-0265</t>
   </si>
   <si>
     <t>Комплект для капельного полива 3х4 метра площадь ЧЕТЫРЕ СЕЗОНА</t>
-  </si>
-[...34 lines deleted...]
-    <t xml:space="preserve">Пистолет-распылитель душевого типа CARBON, 6 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -684,51 +684,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-s-regulirovkoy-ugla-poliva-po-gorizontu-profi-chetire-sezona-31763" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-latunniy-impulsniy-na-metallicheskoy-podstavke-profi-chetire-sezona-31798" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-9-rejimov-profi-chetire-sezona-31755" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlajnitel-pochvi-dlya-rasteniy-60ml-ptichka-chetire-sezona-31760" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlajnitel-pochvi-dlya-rasteniy-100ml-gribochek-chetire-sezona-31761" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-7-rejimov-chetire-sezona-30459" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-s-regulirovkoy-davleniya-ruchkoy-i-kurkom-7-rejimov-chetire-sezona-30461" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-shtange-chetire-sezona-30469" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-teleskopicheskoy-shtange-chetire-sezona-30470" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-reguliruemiy-chetire-sezona-30460" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-mini-chetire-sezona-30466" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-gibkoy-shtange-10-rejimov-profi-chetire-sezona-31759" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-ochistki-listev-rasteniy-chetire-sezona-31762" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilyayuschaya-golovka-pompovaya-podhodit-k-standartnoy-plastikovoy-butilke-chetire-sezona-31754" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-ostsilliruyuschiy-dlya-pryamougolnih-ploschadey-4v1-chetire-sezona-30467" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-154-m-sup2-chetire-sezona-29242" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-ostsilliruyuschiy-190-m-sup2-chetire-sezona-29244" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-ploschadi-4h5m-profi-chetire-sezona-31797" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-leyka-i-konnektori-classic-3-4-chetire-sezona-29239" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-poliva-classic-2-rejima-chetire-sezona-29240" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilyayuschaya-golovka-podhodit-k-standartnoy-plastikovoy-butilke-chetire-sezona-29241" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-mnogofunktsionalniy-carbon-7-rejimov-profi-chetire-sezona-31756" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-s-sadovim-fonarikom-rabotaet-ot-davleniya-vodi-chetire-sezona-31758" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-mnogofunktsionalniy-s-prorezinennoy-ruchkoy-i-kurkom-7-rejimov-chetire-sezona-30462" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-nasadka-reguliruemiy-chetire-sezona-30463" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-plastikoviy-impulsniy-dvuhstoronniy-chetire-sezona-30464" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-koltsevogo-tipa-plastikoviy-chetire-sezona-30465" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-ostsilliruyuschiy-universalniy-21-otverstie-chetire-sezona-30468" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-3h4-metra-ploschad-chetire-sezona-29220" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-dlya-poliva-classic-10-rejimov-chetire-sezona-29238" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbrizgivatel-latunniy-impulsniy-s-regulirovkoy-ugla-gorizonta-raspileniya-do-16m-chetire-sezona-29243" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-100-m-sup2-8-rejimov-chetire-sezona-29245" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-s-rezinovoy-ruchkoy-7-rejimov-chetire-sezona-30458" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-na-kolesah-krugovoy-reguliruemiy-chetire-sezona-30471" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-dushevogo-tipa-carbon-6-rejimov-profi-chetire-sezona-31757" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-poliva-2-rezhima-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-154m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-s-regulirovkoy-ugla-poliva-po-gorizontu-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-latunnyy-impulsnyy-na-metallicheskoy-podstavke-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dlya-poliva-10-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbryzgivatel-latunnyy-impulsnyy-s-regulirovkoy-ugla-gorizonta-raspyleniya-do16m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-ploschadi-4h5m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-gibkoy-shtange-10-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-9-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-s-sadovym-fonarikom-rabotaet-ot-davleniya-vody-chetyre-sezona" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-leyka-i-konnektory-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-ochistki-listev-rasteniy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-regulirovkoy-davleniya-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-koltsevogo-tipa-plastikovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-shtange-chetyre-sezona" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-ostsilliruyuschiy-190m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-100m-8-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-carbon-7-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayuschaya-golovka-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-rezinovoy-ruchkoy-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-reguliruemyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-s-prorezinennoy-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-plastikovyy-impulsnyy-dvuhstoronniy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-mini-chetyre-sezona" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-dlya-pryamougolnyh-ploschadey-chetyre-sezona" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-universalnyy-21-otverstie-chetyre-sezona" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-teleskopicheskoy-shtange-chetyre-sezona" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-na-kolesah-krugovoy-reguliruemyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayuschaya-golovka-pompovaya-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dushevogo-tipa-carbon-6-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-60ml-ptichka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-100ml-gribochek-chetyre-sezona" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-3h4-metra-ploschad-chetyre-sezona" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I37"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -752,1055 +752,1055 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2360</v>
+        <v>465.79</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>649</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2500</v>
+        <v>280</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>678</v>
+        <v>1498</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>990</v>
+        <v>2160.11</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1716</v>
+        <v>89</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>270</v>
+        <v>2100</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2634</v>
+        <v>665</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>290</v>
+        <v>488.16</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2689</v>
+        <v>2234</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>290</v>
+        <v>1759.94</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2741</v>
+        <v>1717</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>798</v>
+        <v>1900</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>548</v>
+        <v>325</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>961.4</v>
+        <v>1690</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>401</v>
+        <v>174</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1555.72</v>
+        <v>490</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>536</v>
+        <v>617</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>290</v>
+        <v>890</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>488</v>
+        <v>252</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>235</v>
+        <v>636.64</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1527</v>
+        <v>1519</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2272.4</v>
+        <v>279</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>852</v>
+        <v>3022</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>390</v>
+        <v>700</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2836</v>
+        <v>443</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>419.52</v>
+        <v>260</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1449</v>
+        <v>608</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>2005.6</v>
+        <v>977.74</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>599</v>
+        <v>335</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>299</v>
+        <v>1415.66</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1580</v>
+        <v>1317</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1392</v>
+        <v>490</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1312</v>
+        <v>3922</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>2894</v>
+        <v>1199.96</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>868</v>
+        <v>113</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>626</v>
+        <v>55.11</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1649</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>48</v>
+        <v>500</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>458</v>
+        <v>427.14</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>85</v>
+        <v>1444</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>54.19</v>
+        <v>189</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>16</v>
+        <v>2383</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1311</v>
+        <v>294.93</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1170</v>
+        <v>279</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1235</v>
+        <v>905.13</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1324</v>
+        <v>608</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>890</v>
+        <v>111.87</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>671</v>
+        <v>2923</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>40</v>
+        <v>216</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>110</v>
+        <v>284.76</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>132</v>
+        <v>977</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>216</v>
+        <v>48</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>280</v>
+        <v>190</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>27</v>
+        <v>1501</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>320</v>
+        <v>1800</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1520</v>
+        <v>405</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>3146.4</v>
+        <v>2500</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>876</v>
+        <v>321</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1250</v>
+        <v>1582.17</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>568</v>
+        <v>453</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>480</v>
+        <v>438.43</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>2642</v>
+        <v>1481</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1730.52</v>
+        <v>210</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>198</v>
+        <v>669</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>562.86</v>
+        <v>1679.94</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>4099</v>
+        <v>179</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>420</v>
+        <v>247.13</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>95</v>
+        <v>767</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>479</v>
+        <v>265.44</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1559</v>
+        <v>2576</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>1835.4</v>
+        <v>1150</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>1227</v>
+        <v>327</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>