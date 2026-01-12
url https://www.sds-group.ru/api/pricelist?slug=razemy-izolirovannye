--- v0 (2025-10-14)
+++ v1 (2026-01-12)
@@ -42,414 +42,414 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Разъемы изолированные</t>
   </si>
   <si>
+    <t>08-0211</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 4 мм 0.5-1.5 мм² (РШи-м 1.5-4/РШИм 1,25-5-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>08-0311-10</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная (10шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...1 lines deleted...]
-  <si>
     <t>блистер</t>
   </si>
   <si>
     <t>08-0351-10</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая (10шт./уп.) REXANT</t>
   </si>
   <si>
+    <t>08-0652</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 6.0-(6.3)/РпИм-н 6-7-0,8 гнездо 6.6 мм, 4-6 мм², желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0351</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0651</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 6.0-(6.3)/РпИмп 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0561</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 0.5-1.5 мм² (РШПи-п 1.5-4/РшИпп 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0434</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(9.0)/РпИм 2.5-9.0 гнездо 9 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0613</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 1.5-(6.3)/РпИм-н 1,25-7-0,8 гнездо 6.6 мм, 0.5-1.5 мм², красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0394-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0383-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм², красный, в упак. 10 шт.  REXANT</t>
+  </si>
+  <si>
+    <t>06-0391-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм, 4-6 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0314</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 1.5-(6.3)/РпИп-т 1,25-7-0,8 штекер 6.35 мм 0.5-1.5 мм² красный   REXANT</t>
+  </si>
+  <si>
+    <t>08-0571</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 1.5-2.5 мм² (РШПи-п 2.5-4/РшИпп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0386-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5-0,8 гнездо - 5.6 мм, 0.5-1.5мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0387-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо - 6.6 мм, 0.5-1.5 мм²,  в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0388-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0389-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5-0,8 гнездо - 5.6 мм, 1.5-2.5 мм², в упак. 10 шт.REXANT</t>
+  </si>
+  <si>
+    <t>06-0390-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0385-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм, 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0393-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
     <t>06-0395-A</t>
   </si>
   <si>
     <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>упак</t>
+    <t>08-0354</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 6.0-(6.3)/РпИп-т 6-7-0,8 штекер 6.35 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0614</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 1.5-(6.3)/РпИм-т 1,25-7-0,8 гнездо 6.6 мм 0.5-1.5 мм² красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0634</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 2.5-(6.3)/РпИм-т 2-7-0,8 гнездо 6.6 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0334</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 2.5-(6.3)/РпИп-т 2-7-0,8 штекер 6.35 мм 1.5-2.5 мм² синий REXANT</t>
   </si>
   <si>
     <t>08-0654</t>
   </si>
   <si>
     <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 6.0-(6.3)/РпИм-т 6-7-0,8 гнездо 6.6 мм 4-6 мм² желтый REXANT</t>
   </si>
   <si>
-    <t>шт</t>
-[...11 lines deleted...]
-    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 6.0-(6.3)/РпИп-т 6-7-0,8 штекер 6.35 мм 4-6 мм² желтый REXANT</t>
+    <t>06-0392-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0384-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм², синий, в упак. 10 шт. REXANT</t>
   </si>
   <si>
     <t>08-0951</t>
   </si>
   <si>
     <t>Клемма плоская штекер 6.3 мм 1-1.5 мм² (РП-п 1.5-(6.3)) + колодка REXANT</t>
   </si>
   <si>
-    <t>06-0383-A</t>
-[...86 lines deleted...]
-    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 2.5-(6.3)/РпИп-т 2-7-0,8 штекер 6.35 мм 1.5-2.5 мм² синий REXANT</t>
+    <t>08-0414</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 1.5-(6.3)/РпИо 1.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 0.5-1.5 мм² REXANT</t>
   </si>
   <si>
     <t>08-0981</t>
   </si>
   <si>
     <t>Клемма плоская гнездо 6.3 мм 1-1.5 мм² (РП-м 1.5-(6.3)) + колодка REXANT</t>
   </si>
   <si>
-    <t>08-0434</t>
-[...2 lines deleted...]
-    <t>Клемма плоская изолированная РПи-м 2.5-(9.0)/РпИм 2.5-9.0 гнездо 9 мм 1.5-2.5 мм² REXANT</t>
+    <t>08-0411</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0271</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный гнездо 4 мм 1.5-2.5 мм² (РШПи-м 2.5-4/РшИмп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0424</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 2.5-(6.3)/РпИо 2.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0633</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 2.5-(6.3)/РпИм-н 2-7-0,8 гнездо 6.6 мм, 1.5-2.5 мм², синий REXANT</t>
   </si>
   <si>
     <t>08-0232</t>
   </si>
   <si>
     <t>Разъем штекерный изолированный гнездо 5 мм 4-6 мм² (РШи-м 6.0-5/РШИм 5,5-6-4) желтый REXANT</t>
   </si>
   <si>
-    <t>08-0613</t>
-[...8 lines deleted...]
-    <t>Клемма плоская изолированная РПи-О 1.5-(6.3)/РпИо 1.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 0.5-1.5 мм² REXANT</t>
+    <t>08-0452</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 6.0-(6.3)/РпИо 6.0-7.5 гнездо 6.6 мм + штекер - 6.3 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0412</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
   </si>
   <si>
     <t>08-0413</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
   </si>
   <si>
+    <t>08-0431</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0432</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0433</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
     <t>08-0451</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
   </si>
   <si>
+    <t>08-0311</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная  REXANT</t>
+  </si>
+  <si>
+    <t>08-0312</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(4.8)/РПИп 1,25-5 штекер 4.8 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0313</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
     <t>08-0331</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-п 2.5-(2.8)/РпИп 2-3-0,8 штекер 2.8 мм 1.5-2.5 мм² синяя REXANT</t>
   </si>
   <si>
+    <t>08-0332</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(4.8)/РПИп 2-5-0,8 штекер 4.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0333</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
     <t>08-0611</t>
   </si>
   <si>
     <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
   </si>
   <si>
-    <t>08-0651</t>
-[...8 lines deleted...]
-    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+    <t>08-0612</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0631</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0632</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0511</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 0.5-1.5 мм² (РШи-п 1.5-4/РШИп 1,25-4) красный REXANT</t>
   </si>
   <si>
     <t>08-0521</t>
   </si>
   <si>
     <t>Разъем штекерный изолированный штекер 4 мм 1.5-2.5 мм² (РШи-п 2.5-4/РШИп 2-5-4) синий REXANT</t>
   </si>
   <si>
     <t>08-0531</t>
   </si>
   <si>
     <t>Разъем штекерный изолированный штекер 5 мм 4-6 мм² (РШи-п 6.0-5/РшИп5.5-4) желтый REXANT</t>
   </si>
   <si>
-    <t>08-0211</t>
-[...2 lines deleted...]
-    <t>Разъем штекерный изолированный гнездо 4 мм 0.5-1.5 мм² (РШи-м 1.5-4/РШИм 1,25-5-4) красный REXANT</t>
+    <t>08-0221</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 4 мм 1.5-2.5 мм² (РШи-м 2.5-4/РШИм 2-5-4 ) синий REXANT</t>
   </si>
   <si>
     <t>08-0261</t>
   </si>
   <si>
     <t>Разъем штекерный полностью изолированный гнездо 4 мм 0.5-1.5 мм² (РШПи-м 1.5-4/РшИмп 1,25-5-4) красный REXANT</t>
-  </si>
-[...130 lines deleted...]
-    <t>Разъем штекерный полностью изолированный штекер 4 мм 0.5-1.5 мм² (РШПи-п 1.5-4/РшИпп 1,25-4) красный REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -834,51 +834,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-10sh.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-10sht-up-re.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-6-0-6-3-rpim-t-6-7-0-8-gnezdo-6-.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-1-5-6-3-rpip-t-1-25-7-0-8-shteker-6-35-mm-.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-6-0-6-3-rpip-t-6-7-0-8-shteker-6-35-mm-4-6.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-rp-p-1-5-6-3-kolodka-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnyy-v-upa.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-v-upak-10-sht-r.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-v-upak-10-sht-re.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-siniy-v-upak-10-.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-v-upak-10-sht-rexan.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rex.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-re.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexan.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-v-.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-up.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-v-upak-10-sht-rexan.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upa.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-1-5-6-3-rpim-t-1-25-7-0-8-gnezdo.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-2-5-6-3-rpim-t-2-7-0-8-gnezdo-6-.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-2-5-6-3-rpip-t-2-7-0-8-shteker-6-35-mm-1-5.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-rp-m-1-5-6-3-kolodka-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0-rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-5-mm-4-6-mm-rshi-m-6-0-5-rshim-5-5-6-4-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-1-5-6-3-rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3-rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-re.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8-rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-re.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3-rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshi-p-2-5-4-rship-2-5-4-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-5-mm-4-6-mm-rshi-p-6-0-5-rship5-5-4-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshi-m-1-5-4-rshim-1-25-5-4-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshpi-m-1-5-4-rshimp-1-25-5-4-krasny.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-rexa.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshpi-p-2-5-4-rshipp-2-5-4-siniy-re.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshpi-m-2-5-4-rshimp-2-5-4-siniy-rex.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3-rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-re.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3-rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-2-5-6-3-rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5-.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-6-0-6-3-rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6-.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexa.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnaya-rexa.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8-rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8-rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-rexan.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshi-p-1-5-4-rship-1-25-4-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshi-m-2-5-4-rshim-2-5-4-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshpi-p-1-5-4-rshipp-1-25-4-krasnyy.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshi-m-1-5-4-rshim-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-10sh" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-10sht-up-re" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-6-0-6-3-rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3-rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshpi-p-1-5-4-rshipp-1-25-4-krasnyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0-rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-1-5-6-3-rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnyy-v-upa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-1-5-6-3-rpip-t-1-25-7-0-8-shteker-6-35-mm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshpi-p-2-5-4-rshipp-2-5-4-siniy-re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-v-upak-10-sht-r" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-up" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-6-0-6-3-rpip-t-6-7-0-8-shteker-6-35-mm-4-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-1-5-6-3-rpim-t-1-25-7-0-8-gnezdo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-2-5-6-3-rpim-t-2-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-2-5-6-3-rpip-t-2-7-0-8-shteker-6-35-mm-1-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-6-0-6-3-rpim-t-6-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-v" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-siniy-v-upak-10" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-rp-p-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3-rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-rp-m-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshpi-m-2-5-4-rshimp-2-5-4-siniy-rex" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3-rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-2-5-6-3-rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-5-mm-4-6-mm-rshi-m-6-0-5-rshim-5-5-6-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3-rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8-rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8-rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8-rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-rexan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshi-p-1-5-4-rship-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshi-p-2-5-4-rship-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-5-mm-4-6-mm-rshi-p-6-0-5-rship5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshi-m-2-5-4-rshim-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshpi-m-1-5-4-rshimp-1-25-5-4-krasny" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I61"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -902,1748 +902,1748 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>108.55</v>
+        <v>4.6</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>136290</v>
       </c>
       <c r="G3" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3">
-        <v>80</v>
+        <v>10000</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>155.98</v>
+        <v>110.4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>20</v>
       </c>
       <c r="H4" s="3">
         <v>80</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="3">
+        <v>158.63</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>208</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I5" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>16.38</v>
+        <v>7.87</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>18600</v>
+        <v>14100</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>4800</v>
+        <v>10000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>11.06</v>
+        <v>4.2</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>14300</v>
+        <v>35500</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>15000</v>
+        <v>12000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>14.57</v>
+        <v>6.56</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>15900</v>
+        <v>84600</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>4800</v>
+        <v>10000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>11.06</v>
+        <v>3.19</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>15800</v>
+        <v>14700</v>
       </c>
       <c r="G9" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>2000</v>
+        <v>15000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>84.35</v>
+        <v>6.74</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>299</v>
+        <v>20800</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>105.31</v>
+        <v>6.47</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>135</v>
+        <v>31000</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I11" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="C12" s="3">
+        <v>124.38</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="C12" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>82</v>
+        <v>305</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="3">
-        <v>85.67</v>
+        <v>85.78</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>258</v>
+        <v>139</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="3">
-        <v>99.16</v>
+        <v>122.17</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>108</v>
+        <v>299</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="3">
-        <v>109.44</v>
+        <v>11.25</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>61</v>
+        <v>11400</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>15000</v>
       </c>
       <c r="I15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="3">
-        <v>89.85</v>
+        <v>4.2</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>375</v>
+        <v>10500</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>6000</v>
       </c>
       <c r="I16" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="3">
-        <v>92.44</v>
+        <v>107.1</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F17" s="3">
-        <v>482</v>
+        <v>98</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="3">
-        <v>123.94</v>
+        <v>91.38</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F18" s="3">
-        <v>48</v>
+        <v>502</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="3">
-        <v>142.54</v>
+        <v>100.85</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F19" s="3">
-        <v>299</v>
+        <v>80</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="3">
-        <v>120.13</v>
+        <v>111.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F20" s="3">
-        <v>61</v>
+        <v>137</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="3">
-        <v>122.3</v>
+        <v>94.01</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F21" s="3">
-        <v>27</v>
+        <v>502</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="3">
-        <v>13.77</v>
+        <v>111.6</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F22" s="3">
-        <v>20500</v>
+        <v>190</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="3">
-        <v>15.09</v>
+        <v>144.96</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F23" s="3">
-        <v>25000</v>
+        <v>170</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C24" s="3">
-        <v>11.84</v>
+        <v>155.5</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F24" s="3">
-        <v>17900</v>
+        <v>232</v>
       </c>
       <c r="G24" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="3">
-        <v>10.71</v>
+        <v>12</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>12450</v>
+        <v>14200</v>
       </c>
       <c r="G25" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H25" s="3">
-        <v>2000</v>
+        <v>4800</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="3">
-        <v>6.63</v>
+        <v>14</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>28500</v>
+        <v>14500</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>12000</v>
+        <v>6000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="3">
-        <v>5.57</v>
+        <v>15.35</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>21400</v>
+        <v>16900</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>7200</v>
+        <v>6000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C28" s="3">
-        <v>5.66</v>
+        <v>12.04</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>37000</v>
+        <v>14900</v>
       </c>
       <c r="G28" s="3">
         <v>100</v>
       </c>
       <c r="H28" s="3">
         <v>10000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C29" s="3">
-        <v>5.1</v>
+        <v>16.66</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>10600</v>
+        <v>16800</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>12000</v>
+        <v>4800</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="3">
-        <v>2.94</v>
+        <v>126.05</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F30" s="3">
-        <v>326333</v>
+        <v>137</v>
       </c>
       <c r="G30" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C31" s="3">
-        <v>3.98</v>
+        <v>87.13</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F31" s="3">
-        <v>204467</v>
+        <v>121</v>
       </c>
       <c r="G31" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>16000</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="3">
-        <v>3.11</v>
+        <v>9.11</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>110400</v>
+        <v>14450</v>
       </c>
       <c r="G32" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H32" s="3">
-        <v>30000</v>
+        <v>2000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="3">
-        <v>3.84</v>
+        <v>5.45</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>94000</v>
+        <v>7600</v>
       </c>
       <c r="G33" s="3">
         <v>100</v>
       </c>
       <c r="H33" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="3">
-        <v>6.14</v>
+        <v>9.83</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>102200</v>
+        <v>11150</v>
       </c>
       <c r="G34" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H34" s="3">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C35" s="3">
-        <v>2.52</v>
+        <v>2.3</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>188767</v>
+        <v>356700</v>
       </c>
       <c r="G35" s="3">
         <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="3">
-        <v>3.72</v>
+        <v>4.42</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>8400</v>
+        <v>7400</v>
       </c>
       <c r="G36" s="3">
         <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>18000</v>
+        <v>9600</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="3">
-        <v>4.34</v>
+        <v>5.51</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>24600</v>
+        <v>10200</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C38" s="3">
-        <v>4.19</v>
+        <v>6.41</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>86390</v>
+        <v>38900</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>10000</v>
+        <v>9600</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C39" s="3">
-        <v>4.22</v>
+        <v>5.38</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>15400</v>
+        <v>19600</v>
       </c>
       <c r="G39" s="3">
         <v>100</v>
       </c>
       <c r="H39" s="3">
-        <v>9600</v>
+        <v>7200</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C40" s="3">
-        <v>3.24</v>
+        <v>7.55</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>412033</v>
+        <v>800</v>
       </c>
       <c r="G40" s="3">
         <v>100</v>
       </c>
       <c r="H40" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C41" s="3">
-        <v>2.71</v>
+        <v>2.56</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>47400</v>
+        <v>128000</v>
       </c>
       <c r="G41" s="3">
         <v>100</v>
       </c>
       <c r="H41" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C42" s="3">
-        <v>3.82</v>
+        <v>2.99</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>31700</v>
+        <v>239300</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C43" s="3">
-        <v>4.57</v>
+        <v>3.28</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>263000</v>
+        <v>141000</v>
       </c>
       <c r="G43" s="3">
         <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C44" s="3">
-        <v>4.83</v>
+        <v>2.82</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>11300</v>
+        <v>172600</v>
       </c>
       <c r="G44" s="3">
         <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>6000</v>
+        <v>30000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C45" s="3">
-        <v>4.35</v>
+        <v>3.3</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>10800</v>
+        <v>297001</v>
       </c>
       <c r="G45" s="3">
         <v>100</v>
       </c>
       <c r="H45" s="3">
-        <v>9600</v>
+        <v>20000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C46" s="3">
-        <v>5.16</v>
+        <v>4.05</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>18000</v>
+        <v>111600</v>
       </c>
       <c r="G46" s="3">
         <v>100</v>
       </c>
       <c r="H46" s="3">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C47" s="3">
-        <v>6.73</v>
+        <v>3.04</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>9600</v>
+        <v>30600</v>
       </c>
       <c r="G47" s="3">
         <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>10000</v>
+        <v>24000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C48" s="3">
-        <v>6</v>
+        <v>2.43</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>53600</v>
+        <v>37000</v>
       </c>
       <c r="G48" s="3">
         <v>100</v>
       </c>
       <c r="H48" s="3">
-        <v>9600</v>
+        <v>24000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C49" s="3">
-        <v>7.37</v>
+        <v>2.59</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>18000</v>
+        <v>110700</v>
       </c>
       <c r="G49" s="3">
         <v>100</v>
       </c>
       <c r="H49" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C50" s="3">
-        <v>4.07</v>
+        <v>3.32</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>283800</v>
+        <v>106000</v>
       </c>
       <c r="G50" s="3">
         <v>100</v>
       </c>
       <c r="H50" s="3">
-        <v>10000</v>
+        <v>30000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C51" s="3">
-        <v>2.26</v>
+        <v>2.83</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>428500</v>
+        <v>88500</v>
       </c>
       <c r="G51" s="3">
         <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C52" s="3">
-        <v>3.23</v>
+        <v>2.85</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>175000</v>
+        <v>145500</v>
       </c>
       <c r="G52" s="3">
         <v>100</v>
       </c>
       <c r="H52" s="3">
         <v>20000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C53" s="3">
-        <v>2.77</v>
+        <v>4.72</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>209867</v>
+        <v>26200</v>
       </c>
       <c r="G53" s="3">
         <v>100</v>
       </c>
       <c r="H53" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C54" s="3">
-        <v>2.43</v>
+        <v>4.34</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>172100</v>
+        <v>223400</v>
       </c>
       <c r="G54" s="3">
         <v>100</v>
       </c>
       <c r="H54" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C55" s="3">
-        <v>2.39</v>
+        <v>4.99</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>64500</v>
+        <v>36300</v>
       </c>
       <c r="G55" s="3">
         <v>100</v>
       </c>
       <c r="H55" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C56" s="3">
-        <v>2.78</v>
+        <v>4.65</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>61967</v>
+        <v>219700</v>
       </c>
       <c r="G56" s="3">
         <v>100</v>
       </c>
       <c r="H56" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C57" s="3">
-        <v>2.67</v>
+        <v>3.6</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>236800</v>
+        <v>129200</v>
       </c>
       <c r="G57" s="3">
         <v>100</v>
       </c>
       <c r="H57" s="3">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C58" s="3">
-        <v>4.67</v>
+        <v>3.78</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>41200</v>
+        <v>20800</v>
       </c>
       <c r="G58" s="3">
         <v>100</v>
       </c>
       <c r="H58" s="3">
-        <v>20000</v>
+        <v>18000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C59" s="3">
-        <v>3.54</v>
+        <v>3.98</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>143600</v>
+        <v>23300</v>
       </c>
       <c r="G59" s="3">
         <v>100</v>
       </c>
       <c r="H59" s="3">
-        <v>24000</v>
+        <v>16000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C60" s="3">
-        <v>4.06</v>
+        <v>4.72</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>82300</v>
+        <v>74800</v>
       </c>
       <c r="G60" s="3">
         <v>100</v>
       </c>
       <c r="H60" s="3">
         <v>9600</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C61" s="3">
-        <v>3.66</v>
+        <v>4.08</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>16100</v>
+        <v>12700</v>
       </c>
       <c r="G61" s="3">
         <v>100</v>
       </c>
       <c r="H61" s="3">
-        <v>15000</v>
+        <v>9600</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>