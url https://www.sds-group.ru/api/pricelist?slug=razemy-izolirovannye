--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -42,414 +42,414 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Разъемы изолированные</t>
   </si>
   <si>
+    <t>08-0311-10</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>08-0614</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 1.5-(6.3)/РпИм-т 1,25-7-0,8 гнездо 6.6 мм 0.5-1.5 мм² красный REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>08-0634</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 2.5-(6.3)/РпИм-т 2-7-0,8 гнездо 6.6 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0334</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 2.5-(6.3)/РпИп-т 2-7-0,8 штекер 6.35 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0654</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 6.0-(6.3)/РпИм-т 6-7-0,8 гнездо 6.6 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0354</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 6.0-(6.3)/РпИп-т 6-7-0,8 штекер 6.35 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0571</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 1.5-2.5 мм² (РШПи-п 2.5-4/РшИпп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0383-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм², красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0386-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5-0,8 гнездо - 5.6 мм, 0.5-1.5мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0391-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм, 4-6 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0951</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 1-1.5 мм² (РП-п 1.5-(6.3)) + колодка REXANT</t>
+  </si>
+  <si>
+    <t>08-0981</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 6.3 мм 1-1.5 мм² (РП-м 1.5-(6.3)) + колодка REXANT</t>
+  </si>
+  <si>
+    <t>08-0314</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 1.5-(6.3)/РпИп-т 1,25-7-0,8 штекер 6.35 мм 0.5-1.5 мм² красный   REXANT</t>
+  </si>
+  <si>
+    <t>06-0384-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм², синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0385-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм, 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0388-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0389-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5-0,8 гнездо - 5.6 мм, 1.5-2.5 мм², в упак. 10 шт.REXANT</t>
+  </si>
+  <si>
+    <t>06-0390-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0392-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0393-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0394-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0395-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0613</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 1.5-(6.3)/РпИм-н 1,25-7-0,8 гнездо 6.6 мм, 0.5-1.5 мм², красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0633</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 2.5-(6.3)/РпИм-н 2-7-0,8 гнездо 6.6 мм, 1.5-2.5 мм², синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0652</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 6.0-(6.3)/РпИм-н 6-7-0,8 гнездо 6.6 мм, 4-6 мм², желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0232</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 5 мм 4-6 мм² (РШи-м 6.0-5/РШИм 5,5-6-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0452</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 6.0-(6.3)/РпИо 6.0-7.5 гнездо 6.6 мм + штекер - 6.3 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0411</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0412</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0413</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0431</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0432</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0433</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0312</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(4.8)/РПИп 1,25-5 штекер 4.8 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0331</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(2.8)/РпИп 2-3-0,8 штекер 2.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0333</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0611</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0612</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0631</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0632</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0521</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 1.5-2.5 мм² (РШи-п 2.5-4/РШИп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0531</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 5 мм 4-6 мм² (РШи-п 6.0-5/РшИп5.5-4) желтый REXANT</t>
+  </si>
+  <si>
     <t>08-0211</t>
   </si>
   <si>
     <t>Разъем штекерный изолированный гнездо 4 мм 0.5-1.5 мм² (РШи-м 1.5-4/РШИм 1,25-5-4) красный REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...11 lines deleted...]
-    <t>блистер</t>
+    <t>08-0221</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 4 мм 1.5-2.5 мм² (РШи-м 2.5-4/РШИм 2-5-4 ) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0387-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо - 6.6 мм, 0.5-1.5 мм²,  в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0424</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 2.5-(6.3)/РпИо 2.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0434</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(9.0)/РпИм 2.5-9.0 гнездо 9 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0451</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0311</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0313</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0332</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(4.8)/РПИп 2-5-0,8 штекер 4.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0511</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 0.5-1.5 мм² (РШи-п 1.5-4/РШИп 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0261</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный гнездо 4 мм 0.5-1.5 мм² (РШПи-м 1.5-4/РшИмп 1,25-5-4) красный REXANT</t>
   </si>
   <si>
     <t>08-0351-10</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая (10шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>08-0652</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0351</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая REXANT</t>
   </si>
   <si>
     <t>08-0651</t>
   </si>
   <si>
     <t>Клемма плоская полностью изолированная РППи-м 6.0-(6.3)/РпИмп 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
   </si>
   <si>
     <t>08-0561</t>
   </si>
   <si>
     <t>Разъем штекерный полностью изолированный штекер 4 мм 0.5-1.5 мм² (РШПи-п 1.5-4/РшИпп 1,25-4) красный REXANT</t>
   </si>
   <si>
-    <t>08-0434</t>
-[...139 lines deleted...]
-  <si>
     <t>08-0414</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-О 1.5-(6.3)/РпИо 1.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 0.5-1.5 мм² REXANT</t>
   </si>
   <si>
-    <t>08-0981</t>
-[...10 lines deleted...]
-  <si>
     <t>08-0271</t>
   </si>
   <si>
     <t>Разъем штекерный полностью изолированный гнездо 4 мм 1.5-2.5 мм² (РШПи-м 2.5-4/РшИмп 2-5-4) синий REXANT</t>
-  </si>
-[...148 lines deleted...]
-    <t>Разъем штекерный полностью изолированный гнездо 4 мм 0.5-1.5 мм² (РШПи-м 1.5-4/РшИмп 1,25-5-4) красный REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -834,51 +834,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshi-m-1-5-4-rshim-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-10sh" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-10sht-up-re" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-6-0-6-3-rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3-rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshpi-p-1-5-4-rshipp-1-25-4-krasnyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0-rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-1-5-6-3-rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnyy-v-upa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-1-5-6-3-rpip-t-1-25-7-0-8-shteker-6-35-mm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshpi-p-2-5-4-rshipp-2-5-4-siniy-re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-v-upak-10-sht-r" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-up" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-6-0-6-3-rpip-t-6-7-0-8-shteker-6-35-mm-4-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-1-5-6-3-rpim-t-1-25-7-0-8-gnezdo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-2-5-6-3-rpim-t-2-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-2-5-6-3-rpip-t-2-7-0-8-shteker-6-35-mm-1-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-6-0-6-3-rpim-t-6-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-v" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-siniy-v-upak-10" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-rp-p-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3-rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-rp-m-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshpi-m-2-5-4-rshimp-2-5-4-siniy-rex" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3-rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-2-5-6-3-rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-5-mm-4-6-mm-rshi-m-6-0-5-rshim-5-5-6-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3-rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8-rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8-rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8-rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-rexan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshi-p-1-5-4-rship-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshi-p-2-5-4-rship-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-5-mm-4-6-mm-rshi-p-6-0-5-rship5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshi-m-2-5-4-rshim-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshpi-m-1-5-4-rshimp-1-25-5-4-krasny" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-1-5-6-3rpim-t-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-2-5-6-3rpim-t-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-2-5-6-3rpip-t-2-7-0-8-shteker-6-35-mm-1-5-2-5-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-6-0-6-3rpim-t-6-7-0-8-gnezdo-6-6-mm-4-6-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-6-0-6-3rpip-t-6-7-0-8-shteker-6-35-mm-4-6-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshpi-p-2-5-4rshipp-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-rp-p-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-rp-m-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-1-5-6-3rpip-t-1-25-7-0-8-shteker-6-35-mm-0-5-1-5-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-mn-1-5-6-3rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-mn-2-5-6-3rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-mn-6-0-6-3rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-5-mm-4-6-mm-rshi-m-6-0-5rshim-5-5-6-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshi-p-2-5-4rship-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-5-mm-4-6-mm-rshi-p-6-0-5rship5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshi-m-1-5-4rshim-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshi-m-2-5-4rshim-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshi-p-1-5-4rship-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshpi-m-1-5-4rshimp-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshpi-p-1-5-4rshipp-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshpi-m-2-5-4rshimp-2-5-4-siniy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I61"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -902,1742 +902,1742 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>4.6</v>
+        <v>110.4</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>136290</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H3" s="3">
-        <v>10000</v>
+        <v>80</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>110.4</v>
+        <v>14</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>12700</v>
       </c>
       <c r="G4" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>80</v>
+        <v>6000</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="3">
-        <v>158.63</v>
+        <v>15.35</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>14300</v>
       </c>
       <c r="G5" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>80</v>
+        <v>6000</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>7.87</v>
+        <v>12.04</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>14100</v>
+        <v>13800</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
         <v>10000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>4.2</v>
+        <v>16.66</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>35500</v>
+        <v>15700</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>12000</v>
+        <v>4800</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>6.56</v>
+        <v>12</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>84600</v>
+        <v>13600</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>10000</v>
+        <v>4800</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>3.19</v>
+        <v>4.2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>14700</v>
+        <v>10400</v>
       </c>
       <c r="G9" s="3">
         <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>15000</v>
+        <v>6000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>6.74</v>
+        <v>85.78</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>20800</v>
+        <v>49</v>
       </c>
       <c r="G10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="3">
+        <v>107.1</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>31000</v>
+        <v>157</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" s="3">
-        <v>124.38</v>
+        <v>122.17</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>305</v>
+        <v>247</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="3">
-        <v>85.78</v>
+        <v>9.11</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>139</v>
+        <v>13850</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="3">
-        <v>122.17</v>
+        <v>9.83</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>299</v>
+        <v>10900</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="3">
         <v>11.25</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>11400</v>
+        <v>10300</v>
       </c>
       <c r="G15" s="3">
         <v>100</v>
       </c>
       <c r="H15" s="3">
         <v>15000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="3">
-        <v>4.2</v>
+        <v>87.13</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="F16" s="3">
-        <v>10500</v>
+        <v>97</v>
       </c>
       <c r="G16" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="3">
-        <v>107.1</v>
+        <v>111.6</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F17" s="3">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="3">
-        <v>91.38</v>
+        <v>100.85</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F18" s="3">
-        <v>502</v>
+        <v>189</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="3">
-        <v>100.85</v>
+        <v>111.3</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F19" s="3">
-        <v>80</v>
+        <v>184</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="3">
-        <v>111.3</v>
+        <v>94.01</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F20" s="3">
-        <v>137</v>
+        <v>402</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="3">
-        <v>94.01</v>
+        <v>126.05</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F21" s="3">
-        <v>502</v>
+        <v>77</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="3">
-        <v>111.6</v>
+        <v>144.96</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F22" s="3">
-        <v>190</v>
+        <v>159</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="3">
-        <v>144.96</v>
+        <v>124.38</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F23" s="3">
-        <v>170</v>
+        <v>226</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C24" s="3">
         <v>155.5</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F24" s="3">
-        <v>232</v>
+        <v>285</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="3">
-        <v>12</v>
+        <v>6.47</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F25" s="3">
-        <v>14200</v>
+        <v>38900</v>
       </c>
       <c r="G25" s="3">
         <v>100</v>
       </c>
       <c r="H25" s="3">
-        <v>4800</v>
+        <v>10000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="3">
-        <v>14</v>
+        <v>6.41</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F26" s="3">
-        <v>14500</v>
+        <v>33400</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>6000</v>
+        <v>9600</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="3">
-        <v>15.35</v>
+        <v>7.87</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F27" s="3">
-        <v>16900</v>
+        <v>12100</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>6000</v>
+        <v>10000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C28" s="3">
-        <v>12.04</v>
+        <v>5.38</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F28" s="3">
-        <v>14900</v>
+        <v>18700</v>
       </c>
       <c r="G28" s="3">
         <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>10000</v>
+        <v>7200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C29" s="3">
-        <v>16.66</v>
+        <v>7.55</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F29" s="3">
-        <v>16800</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>4800</v>
+        <v>10000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="3">
-        <v>126.05</v>
+        <v>2.3</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="F30" s="3">
-        <v>137</v>
+        <v>326900</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>30000</v>
       </c>
       <c r="I30" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C31" s="3">
-        <v>87.13</v>
+        <v>2.56</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="F31" s="3">
-        <v>121</v>
+        <v>62800</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I31" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="3">
-        <v>9.11</v>
+        <v>2.99</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F32" s="3">
-        <v>14450</v>
+        <v>316000</v>
       </c>
       <c r="G32" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H32" s="3">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="3">
-        <v>5.45</v>
+        <v>3.28</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F33" s="3">
-        <v>7600</v>
+        <v>123900</v>
       </c>
       <c r="G33" s="3">
         <v>100</v>
       </c>
       <c r="H33" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="3">
-        <v>9.83</v>
+        <v>2.82</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F34" s="3">
-        <v>11150</v>
+        <v>240100</v>
       </c>
       <c r="G34" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H34" s="3">
-        <v>2000</v>
+        <v>30000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C35" s="3">
-        <v>2.3</v>
+        <v>3.3</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F35" s="3">
-        <v>356700</v>
+        <v>392400</v>
       </c>
       <c r="G35" s="3">
         <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="3">
-        <v>4.42</v>
+        <v>2.43</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F36" s="3">
-        <v>7400</v>
+        <v>30500</v>
       </c>
       <c r="G36" s="3">
         <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>9600</v>
+        <v>24000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="3">
-        <v>5.51</v>
+        <v>3.32</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F37" s="3">
-        <v>10200</v>
+        <v>100000</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>12000</v>
+        <v>30000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C38" s="3">
-        <v>6.41</v>
+        <v>2.85</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F38" s="3">
-        <v>38900</v>
+        <v>113300</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>9600</v>
+        <v>20000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C39" s="3">
-        <v>5.38</v>
+        <v>4.72</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F39" s="3">
-        <v>19600</v>
+        <v>7600</v>
       </c>
       <c r="G39" s="3">
         <v>100</v>
       </c>
       <c r="H39" s="3">
-        <v>7200</v>
+        <v>30000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C40" s="3">
-        <v>7.55</v>
+        <v>4.34</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F40" s="3">
-        <v>800</v>
+        <v>149700</v>
       </c>
       <c r="G40" s="3">
         <v>100</v>
       </c>
       <c r="H40" s="3">
         <v>10000</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C41" s="3">
-        <v>2.56</v>
+        <v>4.99</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F41" s="3">
-        <v>128000</v>
+        <v>23500</v>
       </c>
       <c r="G41" s="3">
         <v>100</v>
       </c>
       <c r="H41" s="3">
         <v>20000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C42" s="3">
-        <v>2.99</v>
+        <v>4.65</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F42" s="3">
-        <v>239300</v>
+        <v>175400</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C43" s="3">
-        <v>3.28</v>
+        <v>3.78</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F43" s="3">
-        <v>141000</v>
+        <v>55200</v>
       </c>
       <c r="G43" s="3">
         <v>100</v>
       </c>
       <c r="H43" s="3">
         <v>20000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C44" s="3">
-        <v>2.82</v>
+        <v>3.98</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F44" s="3">
-        <v>172600</v>
+        <v>16600</v>
       </c>
       <c r="G44" s="3">
         <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>30000</v>
+        <v>16000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C45" s="3">
-        <v>3.3</v>
+        <v>4.6</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F45" s="3">
-        <v>297001</v>
+        <v>121190</v>
       </c>
       <c r="G45" s="3">
         <v>100</v>
       </c>
       <c r="H45" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C46" s="3">
-        <v>4.05</v>
+        <v>4.72</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F46" s="3">
-        <v>111600</v>
+        <v>67800</v>
       </c>
       <c r="G46" s="3">
         <v>100</v>
       </c>
       <c r="H46" s="3">
-        <v>16000</v>
+        <v>9600</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C47" s="3">
-        <v>3.04</v>
+        <v>91.38</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="F47" s="3">
-        <v>30600</v>
+        <v>351</v>
       </c>
       <c r="G47" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>24000</v>
+        <v>10</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C48" s="3">
-        <v>2.43</v>
+        <v>5.51</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F48" s="3">
-        <v>37000</v>
+        <v>7100</v>
       </c>
       <c r="G48" s="3">
         <v>100</v>
       </c>
       <c r="H48" s="3">
-        <v>24000</v>
+        <v>12000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C49" s="3">
-        <v>2.59</v>
+        <v>6.74</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F49" s="3">
-        <v>110700</v>
+        <v>37500</v>
       </c>
       <c r="G49" s="3">
         <v>100</v>
       </c>
       <c r="H49" s="3">
         <v>20000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C50" s="3">
-        <v>3.32</v>
+        <v>4.05</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F50" s="3">
-        <v>106000</v>
+        <v>69900</v>
       </c>
       <c r="G50" s="3">
         <v>100</v>
       </c>
       <c r="H50" s="3">
-        <v>30000</v>
+        <v>16000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C51" s="3">
-        <v>2.83</v>
+        <v>3.04</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F51" s="3">
-        <v>88500</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C52" s="3">
-        <v>2.85</v>
+        <v>2.59</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F52" s="3">
-        <v>145500</v>
+        <v>135400</v>
       </c>
       <c r="G52" s="3">
         <v>100</v>
       </c>
       <c r="H52" s="3">
         <v>20000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C53" s="3">
-        <v>4.72</v>
+        <v>2.83</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F53" s="3">
-        <v>26200</v>
+        <v>120900</v>
       </c>
       <c r="G53" s="3">
         <v>100</v>
       </c>
       <c r="H53" s="3">
         <v>20000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C54" s="3">
-        <v>4.34</v>
+        <v>3.6</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F54" s="3">
-        <v>223400</v>
+        <v>119700</v>
       </c>
       <c r="G54" s="3">
         <v>100</v>
       </c>
       <c r="H54" s="3">
-        <v>10000</v>
+        <v>24000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C55" s="3">
-        <v>4.99</v>
+        <v>4.08</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F55" s="3">
-        <v>36300</v>
+        <v>11800</v>
       </c>
       <c r="G55" s="3">
         <v>100</v>
       </c>
       <c r="H55" s="3">
-        <v>20000</v>
+        <v>9600</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C56" s="3">
-        <v>4.65</v>
+        <v>158.63</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>219700</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H56" s="3">
-        <v>16000</v>
+        <v>80</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C57" s="3">
-        <v>3.6</v>
+        <v>4.2</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F57" s="3">
-        <v>129200</v>
+        <v>29800</v>
       </c>
       <c r="G57" s="3">
         <v>100</v>
       </c>
       <c r="H57" s="3">
-        <v>24000</v>
+        <v>12000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C58" s="3">
-        <v>3.78</v>
+        <v>6.56</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F58" s="3">
-        <v>20800</v>
+        <v>75200</v>
       </c>
       <c r="G58" s="3">
         <v>100</v>
       </c>
       <c r="H58" s="3">
-        <v>18000</v>
+        <v>10000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C59" s="3">
-        <v>3.98</v>
+        <v>3.19</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F59" s="3">
-        <v>23300</v>
+        <v>14300</v>
       </c>
       <c r="G59" s="3">
         <v>100</v>
       </c>
       <c r="H59" s="3">
-        <v>16000</v>
+        <v>15000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C60" s="3">
-        <v>4.72</v>
+        <v>5.45</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F60" s="3">
-        <v>74800</v>
+        <v>4900</v>
       </c>
       <c r="G60" s="3">
         <v>100</v>
       </c>
       <c r="H60" s="3">
-        <v>9600</v>
+        <v>12000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C61" s="3">
-        <v>4.08</v>
+        <v>4.42</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F61" s="3">
-        <v>12700</v>
+        <v>6600</v>
       </c>
       <c r="G61" s="3">
         <v>100</v>
       </c>
       <c r="H61" s="3">
         <v>9600</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>