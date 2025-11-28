--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,522 +42,522 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Разъемы/переходники/делители ТВ</t>
   </si>
   <si>
-    <t>1.1 Делители ТВ</t>
+    <t>1.1 Разъемы F</t>
+  </si>
+  <si>
+    <t>05-4003-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-6, L=19мм PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>05-4007-4</t>
+  </si>
+  <si>
+    <t>F-разъем для RG-11, (с пином) PROconnect</t>
+  </si>
+  <si>
+    <t>05-4005-4</t>
+  </si>
+  <si>
+    <t>F-разъем для SAT, (с резиновым уплотнителем) PROconnect</t>
+  </si>
+  <si>
+    <t>05-4003-6</t>
+  </si>
+  <si>
+    <t>F-разъем RG-6, L=17,8мм PROconnect</t>
+  </si>
+  <si>
+    <t>05-4002-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-59 PROconnect</t>
+  </si>
+  <si>
+    <t>05-4001-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-58 PROconnect</t>
+  </si>
+  <si>
+    <t>05-4103-4</t>
+  </si>
+  <si>
+    <t>F-разъем на корпус с контактом PROconnect</t>
+  </si>
+  <si>
+    <t>05-4002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-59 REXANT </t>
+  </si>
+  <si>
+    <t>05-4003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-6 REXANT </t>
+  </si>
+  <si>
+    <t>05-4031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-6, обжим REXANT </t>
+  </si>
+  <si>
+    <t>05-4005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем для SAT, (с резиновым уплотнителем) REXANT </t>
+  </si>
+  <si>
+    <t>05-4007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем для RG-11, (с пином) REXANT </t>
+  </si>
+  <si>
+    <t>05-4001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-58 REXANT </t>
+  </si>
+  <si>
+    <t>1.2 Переходники F – TV</t>
+  </si>
+  <si>
+    <t>05-4204-4</t>
+  </si>
+  <si>
+    <t>Переходник соединитель, x3 гнезда F PROconnect</t>
+  </si>
+  <si>
+    <t>05-4303-6</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – штекер TV Zn PROconnect</t>
+  </si>
+  <si>
+    <t>05-4303-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – штекер TV ZnNi PROconnect</t>
+  </si>
+  <si>
+    <t>05-4312-4</t>
+  </si>
+  <si>
+    <t>Переходник угловой гнездо F – гнездо TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4311-4</t>
+  </si>
+  <si>
+    <t>Переходник угловой гнездо F – штекер TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4302-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4361-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – штекер TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4201-6</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка без кольца PROconnect</t>
+  </si>
+  <si>
+    <t>05-4362-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – гнездо TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4301-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо TV с кольцом PROconnect</t>
+  </si>
+  <si>
+    <t>05-4201-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка с кольцом PROconnect</t>
+  </si>
+  <si>
+    <t>05-4202-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – штекер F PROconnect</t>
+  </si>
+  <si>
+    <t>05-4205-4</t>
+  </si>
+  <si>
+    <t>Переходник соединитель, x4 гнезда F PROconnect</t>
+  </si>
+  <si>
+    <t>05-4201</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка с кольцом REXANT</t>
+  </si>
+  <si>
+    <t>05-4203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой штекер F – гнездо F REXANT </t>
+  </si>
+  <si>
+    <t>05-4311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой гнездо F – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник гнездо F – гнездо TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4361</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник штекер F – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой гнездо F – гнездо TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник гнездо F – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-2302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник штекер TV – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-2304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник гнездо TV – штекер 3,5 мм mono REXANT </t>
+  </si>
+  <si>
+    <t>1.3 Разъемы TV</t>
+  </si>
+  <si>
+    <t>05-2011-4</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер никелированный c пружиной PROconnect</t>
+  </si>
+  <si>
+    <t>05-2041-2</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер без пайки белый PROconnect</t>
+  </si>
+  <si>
+    <t>05-2044-2</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки черный PROconnect</t>
+  </si>
+  <si>
+    <t>05-2043-2</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки белый PROconnect</t>
+  </si>
+  <si>
+    <t>05-2014-4</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо никелированный c пружиной PROconnect</t>
+  </si>
+  <si>
+    <t>05-2042-2</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер без пайки черный PROconnect</t>
+  </si>
+  <si>
+    <t>05-2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем штекер без пайки Орех REXANT </t>
+  </si>
+  <si>
+    <t>05-2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо без пайки Орех REXANT </t>
+  </si>
+  <si>
+    <t>05-4306</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо обжим REXANT </t>
+  </si>
+  <si>
+    <t>05-2061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем штекер без пайки белый угловой REXANT </t>
+  </si>
+  <si>
+    <t>05-2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо без пайки черный REXANT </t>
+  </si>
+  <si>
+    <t>05-2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо никелированный c пружиной REXANT </t>
+  </si>
+  <si>
+    <t>05-2043</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки белый REXANT</t>
+  </si>
+  <si>
+    <t>05-2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем штекер никелированный c пружиной REXANT </t>
+  </si>
+  <si>
+    <t>1.4 Делители ТВ</t>
+  </si>
+  <si>
+    <t>05-6032</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-900МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6031</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-900МГц PROconnect</t>
   </si>
   <si>
     <t>05-6023</t>
   </si>
   <si>
     <t>Делитель ТВх4 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>05-6024</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
     <t>05-6201-4</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
   </si>
   <si>
+    <t>05-6021</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6025</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
     <t>05-6202-4</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
   </si>
   <si>
-    <t>05-6021</t>
-[...4 lines deleted...]
-  <si>
     <t>05-6022</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
-    <t>05-6024</t>
-[...22 lines deleted...]
-  <si>
     <t>05-6204</t>
   </si>
   <si>
     <t>Делитель ТВх6 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
   </si>
   <si>
+    <t>05-8000</t>
+  </si>
+  <si>
+    <t>Диплексор (сумматор-делитель) SAT+TV REXANT</t>
+  </si>
+  <si>
+    <t>05-6002</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6202</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6104</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц, Silver (7 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6004</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6201</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6105</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц, Silver (9 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6102</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Silver (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6102-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Gold (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6101-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц, Gold (3 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6203</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6001</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6205</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
     <t>05-6103</t>
   </si>
   <si>
     <t>Делитель ТВх4 под F-разъем, 5-1000МГц, Silver (5 F-разъемов в комплекте) REXANT</t>
   </si>
   <si>
-    <t>05-8000</t>
-[...4 lines deleted...]
-  <si>
     <t>05-6101</t>
   </si>
   <si>
     <t>Делитель ТВx2 под F-разъем, 5-1000МГц, Silver (3 F-разъема в комплекте) REXANT</t>
   </si>
   <si>
-    <t>05-6202</t>
-[...32 lines deleted...]
-    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Gold (4 F-разъема в комплекте) REXANT</t>
+    <t>05-6003</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц REXANT</t>
   </si>
   <si>
     <t>05-6005</t>
   </si>
   <si>
     <t>Делитель ТВх8 под F-разъем, 5-1000МГц REXANT</t>
-  </si>
-[...343 lines deleted...]
-    <t xml:space="preserve">Переходник угловой штекер F – гнездо F REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -942,51 +942,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-17-8mm-proconnect.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-proconnect.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-19mm-proconnect.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-na-korpus-s-kontaktom-proconnect.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-proconnect.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-proconnect.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-proconnect.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-obzhim-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-proconnect.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-proconnect.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-oreh-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-obzhim-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-oreh-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-zn-proconnect.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-proconnect.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-gnezdo-tv-proconnect.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-proconnect.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-s-koltsom-proconnect.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-proconnect.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-bez-koltsa-proconnect.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-znni-proconnect.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-proconnect.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-proconnect.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x3-gnezda-f-proconnect.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x4-gnezda-f-proconnect.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-f-proconnect.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-tv-shteker-tv-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-tv-shteker-3-5-mm-mono-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-shteker-f-gnezdo-f-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-proconnect-651" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-proconnect-2179" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovim-uplotnitelem-proconnect-2177" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-proconnect-1-2189" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-proconnect-2188" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-proconnect-2187" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-na-korpus-s-kontaktom-proconnect-2194" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-rexant-649" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-rexant-650" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-objim-rexant-12" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovim-uplotnitelem-rexant-2176" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-rexant-13" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-rexant-19" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x3-gnezda-f-proconnect-658" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-proconnect-1-11574" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-proconnect-661" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-proconnect-2199" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-proconnect-1622" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-proconnect-659" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-proconnect-3372" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-bez-koltsa-proconnect-2195" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-gnezdo-tv-proconnect-663" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-s-koltsom-proconnect-660" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-proconnect-656" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-f-proconnect-2196" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x4-gnezda-f-proconnect-2197" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-rexant-22" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-shteker-f-gnezdo-f-rexant-383" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-rexant-396" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-rexant-27" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-rexant-24" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-rexant-395" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-rexant-26" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-tv-shteker-tv-rexant-29" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-tv-shteker-3-5-mm-mono-rexant-2158" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovanniy-c-prujinoy-proconnect-590" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-beliy-proconnect-2152" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-cherniy-proconnect-2155" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-beliy-proconnect-2154" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovanniy-c-prujinoy-proconnect-2151" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-cherniy-proconnect-2153" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-oreh-rexant-32" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-oreh-rexant-7" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-objim-rexant-1398" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-beliy-uglovoy-rexant-10" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-cherniy-rexant-595" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovanniy-c-prujinoy-rexant-1226" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-beliy-rexant-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovanniy-c-prujinoy-rexant-386" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect-642" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect-641" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect-2200" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect-2201" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect-3792" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect-639" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect-2202" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect-3793" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect-640" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant-647" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant-4452" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant-37" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant-645" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant-1183" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant-39" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant-644" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant-1184" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant-1181" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant-1186" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant-1185" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant-646" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant-36" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant-648" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant-1182" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant-1180" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant-38" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant-40" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I82"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1023,2348 +1023,2348 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>188.7</v>
+        <v>8.11</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>663</v>
+        <v>610500</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>236.87</v>
+        <v>74.18</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>4898</v>
+        <v>10400</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>300.24</v>
+        <v>15.01</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2204</v>
+        <v>39800</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>124.04</v>
+        <v>5.61</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>56850</v>
+        <v>815500</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>250</v>
+        <v>5000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>162.84</v>
+        <v>11.33</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>23605</v>
+        <v>32700</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>250</v>
+        <v>5000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>567.51</v>
+        <v>15.41</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1138</v>
+        <v>89100</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>521.08</v>
+        <v>16.82</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1734</v>
+        <v>185700</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>60.16</v>
+        <v>21.02</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>32652</v>
+        <v>5400</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>75.38</v>
+        <v>17.72</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>9066</v>
+        <v>632519</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1058.38</v>
+        <v>29.93</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>768</v>
+        <v>58300</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>4000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>447.9</v>
+        <v>14.04</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>9003</v>
+        <v>25800</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>120</v>
+        <v>5000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>353.24</v>
+        <v>117.95</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>84</v>
+        <v>6650</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>314.74</v>
+        <v>20.43</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>6075</v>
+        <v>24300</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>120</v>
+        <v>5000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="3" t="s">
+      <c r="A17" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>1307.02</v>
+        <v>31.75</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>171</v>
+        <v>8638</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>2000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>722.75</v>
+        <v>9.79</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>13</v>
+        <v>131640</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>352.33</v>
+        <v>10.36</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>8413</v>
+        <v>306439</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>419.66</v>
+        <v>32.11</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>7255</v>
+        <v>55480</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>120</v>
+        <v>2000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="C22" s="3">
+        <v>32.11</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>142798</v>
+      </c>
+      <c r="G22" s="3">
         <v>50</v>
       </c>
-      <c r="C22" s="3">
-[...13 lines deleted...]
-      </c>
       <c r="H22" s="3">
-        <v>120</v>
+        <v>1000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>722.19</v>
+        <v>20.26</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>322</v>
+        <v>84200</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>1193.45</v>
+        <v>37.58</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>271.51</v>
+        <v>9.95</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>11436</v>
+        <v>260670</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>598.65</v>
+        <v>36.68</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2122</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>120</v>
+        <v>2500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>180.38</v>
+        <v>21.49</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>19488</v>
+        <v>41100</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>2500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>1204.12</v>
+        <v>12.68</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>244</v>
+        <v>64680</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H28" s="3">
-        <v>40</v>
+        <v>5000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>241.63</v>
+        <v>14.89</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1137</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>120</v>
+        <v>2000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3">
+        <v>21.74</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="3">
+        <v>0</v>
+      </c>
+      <c r="G30" s="3">
+        <v>50</v>
+      </c>
+      <c r="H30" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I30" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C30" s="3">
-[...22 lines deleted...]
-      <c r="A31" s="2" t="s">
+      <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B31" s="2"/>
-[...6 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="C31" s="3">
+        <v>29.78</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>36900</v>
+      </c>
+      <c r="G31" s="3">
+        <v>100</v>
+      </c>
+      <c r="H31" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>5.61</v>
+        <v>53.93</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1010800</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>100</v>
       </c>
       <c r="H32" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>11.33</v>
+        <v>80.24</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>40600</v>
+        <v>12570</v>
       </c>
       <c r="G33" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>8.11</v>
+        <v>31.88</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>966040</v>
+        <v>32000</v>
       </c>
       <c r="G34" s="3">
         <v>20</v>
       </c>
       <c r="H34" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>16.82</v>
+        <v>22.55</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>185900</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>74.18</v>
+        <v>80.24</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>13550</v>
+        <v>30480</v>
       </c>
       <c r="G36" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H36" s="3">
         <v>1000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>15.41</v>
+        <v>30.57</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>95300</v>
+        <v>119080</v>
       </c>
       <c r="G37" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H37" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>15.01</v>
+        <v>11.72</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>133600</v>
+        <v>5700</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>21.02</v>
+        <v>19.4</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>8200</v>
+        <v>3750</v>
       </c>
       <c r="G39" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H39" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="3" t="s">
+      <c r="A40" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>29.93</v>
+        <v>25.53</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>60900</v>
+        <v>55300</v>
       </c>
       <c r="G41" s="3">
         <v>100</v>
       </c>
       <c r="H41" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>14.04</v>
+        <v>11.11</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>33733</v>
+        <v>49400</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>117.95</v>
+        <v>4.22</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>10500</v>
+        <v>5600</v>
       </c>
       <c r="G43" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="C44" s="3">
+        <v>4.41</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" s="3">
+        <v>12900</v>
+      </c>
+      <c r="G44" s="3">
+        <v>100</v>
+      </c>
+      <c r="H44" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I44" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="C44" s="3">
-[...22 lines deleted...]
-      <c r="A45" s="2" t="s">
+      <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B45" s="2"/>
-[...6 lines deleted...]
-      <c r="I45" s="2"/>
+      <c r="C45" s="3">
+        <v>26.44</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="3">
+        <v>8040</v>
+      </c>
+      <c r="G45" s="3">
+        <v>100</v>
+      </c>
+      <c r="H45" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I45" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>4.69</v>
+        <v>11.11</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>6200</v>
+        <v>35900</v>
       </c>
       <c r="G46" s="3">
         <v>100</v>
       </c>
       <c r="H46" s="3">
         <v>2500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>4.9</v>
+        <v>10.54</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>13400</v>
+        <v>900</v>
       </c>
       <c r="G47" s="3">
         <v>100</v>
       </c>
       <c r="H47" s="3">
         <v>2500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>11.11</v>
+        <v>7.03</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>41600</v>
+        <v>11900</v>
       </c>
       <c r="G48" s="3">
         <v>100</v>
       </c>
       <c r="H48" s="3">
         <v>2500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>11.11</v>
+        <v>29.69</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>40367</v>
+        <v>3000</v>
       </c>
       <c r="G49" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H49" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>26.44</v>
+        <v>16.83</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>9240</v>
+        <v>13100</v>
       </c>
       <c r="G50" s="3">
         <v>100</v>
       </c>
       <c r="H50" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>25.53</v>
+        <v>8.1</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>69900</v>
+        <v>11700</v>
       </c>
       <c r="G51" s="3">
         <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>5.87</v>
+        <v>18.44</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>16500</v>
+        <v>2200</v>
       </c>
       <c r="G52" s="3">
         <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>10.54</v>
+        <v>5.28</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>5400</v>
+        <v>15200</v>
       </c>
       <c r="G53" s="3">
         <v>100</v>
       </c>
       <c r="H53" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>32.99</v>
+        <v>22.61</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>3100</v>
+        <v>23800</v>
       </c>
       <c r="G54" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H54" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A55" s="3" t="s">
+      <c r="A55" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>9</v>
+        <v>75.38</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>11900</v>
+        <v>8819</v>
       </c>
       <c r="G56" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>22.61</v>
+        <v>60.16</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>41267</v>
+        <v>26663</v>
       </c>
       <c r="G57" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>18.44</v>
+        <v>188.7</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>3100</v>
+        <v>5</v>
       </c>
       <c r="G58" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B59" s="3" t="s">
+      <c r="C59" s="3">
+        <v>567.51</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="3">
+        <v>662</v>
+      </c>
+      <c r="G59" s="3">
+        <v>1</v>
+      </c>
+      <c r="H59" s="3">
+        <v>100</v>
+      </c>
+      <c r="I59" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="C59" s="3">
-[...22 lines deleted...]
-      <c r="A60" s="2" t="s">
+      <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B60" s="2"/>
-[...6 lines deleted...]
-      <c r="I60" s="2"/>
+      <c r="C60" s="3">
+        <v>236.87</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="3">
+        <v>3189</v>
+      </c>
+      <c r="G60" s="3">
+        <v>1</v>
+      </c>
+      <c r="H60" s="3">
+        <v>200</v>
+      </c>
+      <c r="I60" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>9.79</v>
+        <v>124.04</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>165800</v>
+        <v>44824</v>
       </c>
       <c r="G61" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>32.11</v>
+        <v>521.08</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>68490</v>
+        <v>1437</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>36.68</v>
+        <v>300.24</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>1264</v>
       </c>
       <c r="G63" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>20.26</v>
+        <v>162.84</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>100580</v>
+        <v>18666</v>
       </c>
       <c r="G64" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>21.49</v>
+        <v>1058.38</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>54500</v>
+        <v>681</v>
       </c>
       <c r="G65" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>2500</v>
+        <v>40</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>12.68</v>
+        <v>353.24</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>75720</v>
+        <v>3</v>
       </c>
       <c r="G66" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>9.95</v>
+        <v>271.51</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>347100</v>
+        <v>9329</v>
       </c>
       <c r="G67" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>5000</v>
+        <v>200</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>10.36</v>
+        <v>501.63</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>402926</v>
+        <v>3975</v>
       </c>
       <c r="G68" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>32.11</v>
+        <v>1307.02</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>192700</v>
+        <v>140</v>
       </c>
       <c r="G69" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>1000</v>
+        <v>40</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>37.58</v>
+        <v>722.75</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
         <v>0</v>
       </c>
       <c r="G70" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>31.75</v>
+        <v>352.33</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>25683</v>
+        <v>6870</v>
       </c>
       <c r="G71" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>21.74</v>
+        <v>1193.45</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="G72" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>14.89</v>
+        <v>419.66</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>0</v>
+        <v>6558</v>
       </c>
       <c r="G73" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>2000</v>
+        <v>120</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>80.24</v>
+        <v>378.36</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>29623</v>
+        <v>124</v>
       </c>
       <c r="G74" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>1000</v>
+        <v>120</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>11.72</v>
+        <v>241.63</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>5800</v>
+        <v>732</v>
       </c>
       <c r="G75" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>3000</v>
+        <v>120</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>21.56</v>
+        <v>598.65</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>3750</v>
+        <v>1326</v>
       </c>
       <c r="G76" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>2500</v>
+        <v>120</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>80.24</v>
+        <v>180.38</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>22013</v>
+        <v>13881</v>
       </c>
       <c r="G77" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>22.55</v>
+        <v>1204.12</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>190</v>
       </c>
       <c r="G78" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>2500</v>
+        <v>40</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>30.57</v>
+        <v>447.9</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>149573</v>
+        <v>94</v>
       </c>
       <c r="G79" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>2500</v>
+        <v>120</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>31.88</v>
+        <v>314.74</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>40228</v>
+        <v>4454</v>
       </c>
       <c r="G80" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>2500</v>
+        <v>120</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>29.78</v>
+        <v>333.07</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>75600</v>
+        <v>1184</v>
       </c>
       <c r="G81" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>5000</v>
+        <v>200</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>53.93</v>
+        <v>722.19</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>3000</v>
+        <v>248</v>
       </c>
       <c r="G82" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A31:I31"/>
-[...1 lines deleted...]
-    <mergeCell ref="A60:I60"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A55:I55"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
-    <hyperlink ref="D17" r:id="rId14"/>
-[...12 lines deleted...]
-    <hyperlink ref="D30" r:id="rId27"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
-    <hyperlink ref="D40" r:id="rId36"/>
-[...3 lines deleted...]
-    <hyperlink ref="D44" r:id="rId40"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D44" r:id="rId39"/>
+    <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D53" r:id="rId48"/>
     <hyperlink ref="D54" r:id="rId49"/>
-    <hyperlink ref="D55" r:id="rId50"/>
-[...3 lines deleted...]
-    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
     <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
     <hyperlink ref="D64" r:id="rId58"/>
     <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
     <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
     <hyperlink ref="D81" r:id="rId75"/>
     <hyperlink ref="D82" r:id="rId76"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>