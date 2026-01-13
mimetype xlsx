--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -45,519 +45,519 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Разъемы/переходники/делители ТВ</t>
   </si>
   <si>
     <t>1.1 Разъемы F</t>
   </si>
   <si>
+    <t>05-4002-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-59 PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>05-4001-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-58 PROconnect</t>
+  </si>
+  <si>
     <t>05-4003-4</t>
   </si>
   <si>
     <t>F-разъем RG-6, L=19мм PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>05-4003-6</t>
+  </si>
+  <si>
+    <t>F-разъем RG-6, L=17,8мм PROconnect</t>
+  </si>
+  <si>
+    <t>05-4103-4</t>
+  </si>
+  <si>
+    <t>F-разъем на корпус с контактом PROconnect</t>
   </si>
   <si>
     <t>05-4007-4</t>
   </si>
   <si>
     <t>F-разъем для RG-11, (с пином) PROconnect</t>
   </si>
   <si>
     <t>05-4005-4</t>
   </si>
   <si>
     <t>F-разъем для SAT, (с резиновым уплотнителем) PROconnect</t>
   </si>
   <si>
-    <t>05-4003-6</t>
-[...20 lines deleted...]
-    <t>F-разъем на корпус с контактом PROconnect</t>
+    <t>05-4001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-58 REXANT </t>
+  </si>
+  <si>
+    <t>05-4031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-6, обжим REXANT </t>
   </si>
   <si>
     <t>05-4002</t>
   </si>
   <si>
     <t xml:space="preserve">F-разъем RG-59 REXANT </t>
   </si>
   <si>
+    <t>05-4007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем для RG-11, (с пином) REXANT </t>
+  </si>
+  <si>
     <t>05-4003</t>
   </si>
   <si>
     <t xml:space="preserve">F-разъем RG-6 REXANT </t>
   </si>
   <si>
-    <t>05-4031</t>
-[...4 lines deleted...]
-  <si>
     <t>05-4005</t>
   </si>
   <si>
     <t xml:space="preserve">F-разъем для SAT, (с резиновым уплотнителем) REXANT </t>
   </si>
   <si>
-    <t>05-4007</t>
-[...11 lines deleted...]
-    <t>1.2 Переходники F – TV</t>
+    <t>1.2 Разъемы TV</t>
+  </si>
+  <si>
+    <t>05-2011-4</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер никелированный c пружиной PROconnect</t>
+  </si>
+  <si>
+    <t>05-2042-2</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер без пайки черный PROconnect</t>
+  </si>
+  <si>
+    <t>05-2041-2</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер без пайки белый PROconnect</t>
+  </si>
+  <si>
+    <t>05-2043-2</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки белый PROconnect</t>
+  </si>
+  <si>
+    <t>05-2044-2</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки черный PROconnect</t>
+  </si>
+  <si>
+    <t>05-2014-4</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо никелированный c пружиной PROconnect</t>
+  </si>
+  <si>
+    <t>05-2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем штекер без пайки Орех REXANT </t>
+  </si>
+  <si>
+    <t>05-4306</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо обжим REXANT </t>
+  </si>
+  <si>
+    <t>05-2061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем штекер без пайки белый угловой REXANT </t>
+  </si>
+  <si>
+    <t>05-2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо без пайки черный REXANT </t>
+  </si>
+  <si>
+    <t>05-2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо без пайки Орех REXANT </t>
+  </si>
+  <si>
+    <t>05-2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо никелированный c пружиной REXANT </t>
+  </si>
+  <si>
+    <t>05-2043</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки белый REXANT</t>
+  </si>
+  <si>
+    <t>05-2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем штекер никелированный c пружиной REXANT </t>
+  </si>
+  <si>
+    <t>1.3 Переходники F – TV</t>
+  </si>
+  <si>
+    <t>05-4301-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо TV с кольцом PROconnect</t>
+  </si>
+  <si>
+    <t>05-4303-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – штекер TV ZnNi PROconnect</t>
+  </si>
+  <si>
+    <t>05-4312-4</t>
+  </si>
+  <si>
+    <t>Переходник угловой гнездо F – гнездо TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4302-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо TV PROconnect</t>
   </si>
   <si>
     <t>05-4204-4</t>
   </si>
   <si>
     <t>Переходник соединитель, x3 гнезда F PROconnect</t>
   </si>
   <si>
+    <t>05-4201-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка с кольцом PROconnect</t>
+  </si>
+  <si>
+    <t>05-4362-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – гнездо TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4205-4</t>
+  </si>
+  <si>
+    <t>Переходник соединитель, x4 гнезда F PROconnect</t>
+  </si>
+  <si>
+    <t>05-4201-6</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка без кольца PROconnect</t>
+  </si>
+  <si>
+    <t>05-4202-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – штекер F PROconnect</t>
+  </si>
+  <si>
     <t>05-4303-6</t>
   </si>
   <si>
     <t>Переходник гнездо F – штекер TV Zn PROconnect</t>
   </si>
   <si>
-    <t>05-4303-4</t>
-[...8 lines deleted...]
-    <t>Переходник угловой гнездо F – гнездо TV PROconnect</t>
+    <t>05-4361-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – штекер TV PROconnect</t>
   </si>
   <si>
     <t>05-4311-4</t>
   </si>
   <si>
     <t>Переходник угловой гнездо F – штекер TV PROconnect</t>
   </si>
   <si>
-    <t>05-4302-4</t>
-[...44 lines deleted...]
-    <t>Переходник соединитель, x4 гнезда F PROconnect</t>
+    <t>05-4312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой гнездо F – гнездо TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник гнездо F – гнездо TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой штекер F – гнездо F REXANT </t>
   </si>
   <si>
     <t>05-4201</t>
   </si>
   <si>
     <t>Переходник гнездо F – гнездо F, бочка с кольцом REXANT</t>
   </si>
   <si>
-    <t>05-4203</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Переходник угловой штекер F – гнездо F REXANT </t>
+    <t>05-4361</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник штекер F – штекер TV REXANT </t>
   </si>
   <si>
     <t>05-4311</t>
   </si>
   <si>
     <t xml:space="preserve">Переходник угловой гнездо F – штекер TV REXANT </t>
   </si>
   <si>
-    <t>05-4301</t>
-[...16 lines deleted...]
-  <si>
     <t>05-4303</t>
   </si>
   <si>
     <t xml:space="preserve">Переходник гнездо F – штекер TV REXANT </t>
   </si>
   <si>
+    <t>05-2304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник гнездо TV – штекер 3,5 мм mono REXANT </t>
+  </si>
+  <si>
     <t>05-2302</t>
   </si>
   <si>
     <t xml:space="preserve">Переходник штекер TV – штекер TV REXANT </t>
   </si>
   <si>
-    <t>05-2304</t>
-[...91 lines deleted...]
-  <si>
     <t>1.4 Делители ТВ</t>
   </si>
   <si>
+    <t>05-6024</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6021</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6201-4</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
+  </si>
+  <si>
+    <t>05-6022</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6025</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
     <t>05-6032</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-900МГц PROconnect</t>
   </si>
   <si>
     <t>05-6031</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-900МГц PROconnect</t>
   </si>
   <si>
     <t>05-6023</t>
   </si>
   <si>
     <t>Делитель ТВх4 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
-    <t>05-6024</t>
-[...22 lines deleted...]
-  <si>
     <t>05-6202-4</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
   </si>
   <si>
-    <t>05-6022</t>
-[...2 lines deleted...]
-    <t>Делитель ТВх3 под F-разъем, 5-1000МГц PROconnect</t>
+    <t>05-6103</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц, Silver (5 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6202</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6104</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц, Silver (7 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6203</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6102</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Silver (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6101</t>
+  </si>
+  <si>
+    <t>Делитель ТВx2 под F-разъем, 5-1000МГц, Silver (3 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-8000</t>
+  </si>
+  <si>
+    <t>Диплексор (сумматор-делитель) SAT+TV REXANT</t>
+  </si>
+  <si>
+    <t>05-6004</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6205</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6003</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6105</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц, Silver (9 F-разъемов в комплекте) REXANT</t>
   </si>
   <si>
     <t>05-6204</t>
   </si>
   <si>
     <t>Делитель ТВх6 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
   </si>
   <si>
-    <t>05-8000</t>
-[...4 lines deleted...]
-  <si>
     <t>05-6002</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-1000МГц REXANT</t>
   </si>
   <si>
-    <t>05-6202</t>
-[...16 lines deleted...]
-  <si>
     <t>05-6201</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
   </si>
   <si>
-    <t>05-6105</t>
-[...8 lines deleted...]
-    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Silver (4 F-разъема в комплекте) REXANT</t>
+    <t>05-6001</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц REXANT</t>
   </si>
   <si>
     <t>05-6102-1</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Gold (4 F-разъема в комплекте) REXANT</t>
   </si>
   <si>
+    <t>05-6005</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
     <t>05-6101-1</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-1000МГц, Gold (3 F-разъема в комплекте) REXANT</t>
-  </si>
-[...40 lines deleted...]
-    <t>Делитель ТВх8 под F-разъем, 5-1000МГц REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -942,51 +942,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-proconnect-651" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-proconnect-2179" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovim-uplotnitelem-proconnect-2177" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-proconnect-1-2189" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-proconnect-2188" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-proconnect-2187" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-na-korpus-s-kontaktom-proconnect-2194" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-rexant-649" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-rexant-650" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-objim-rexant-12" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovim-uplotnitelem-rexant-2176" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-rexant-13" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-rexant-19" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x3-gnezda-f-proconnect-658" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-proconnect-1-11574" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-proconnect-661" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-proconnect-2199" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-proconnect-1622" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-proconnect-659" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-proconnect-3372" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-bez-koltsa-proconnect-2195" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-gnezdo-tv-proconnect-663" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-s-koltsom-proconnect-660" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-proconnect-656" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-f-proconnect-2196" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x4-gnezda-f-proconnect-2197" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-rexant-22" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-shteker-f-gnezdo-f-rexant-383" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-rexant-396" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-rexant-27" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-rexant-24" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-rexant-395" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-rexant-26" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-tv-shteker-tv-rexant-29" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-tv-shteker-3-5-mm-mono-rexant-2158" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovanniy-c-prujinoy-proconnect-590" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-beliy-proconnect-2152" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-cherniy-proconnect-2155" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-beliy-proconnect-2154" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovanniy-c-prujinoy-proconnect-2151" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-cherniy-proconnect-2153" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-oreh-rexant-32" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-oreh-rexant-7" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-objim-rexant-1398" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-beliy-uglovoy-rexant-10" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-cherniy-rexant-595" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovanniy-c-prujinoy-rexant-1226" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-beliy-rexant-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovanniy-c-prujinoy-rexant-386" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect-642" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect-641" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect-2200" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect-2201" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect-3792" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect-639" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect-2202" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect-3793" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect-640" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant-647" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant-4452" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant-37" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant-645" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant-1183" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant-39" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant-644" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant-1184" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant-1181" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant-1186" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant-1185" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant-646" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant-36" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant-648" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant-1182" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant-1180" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant-38" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant-40" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-19mm-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-17-8mm-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-na-korpus-s-kontaktom-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-obzhim-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-oreh-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-obzhim-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-oreh-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-znni-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x3-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x4-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-bez-koltsa-proconnect" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-f-proconnect" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-zn-proconnect" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-shteker-f-gnezdo-f-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-tv-shteker-3-5-mm-mono-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-tv-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I82"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1023,2329 +1023,2329 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>8.11</v>
+        <v>11.52</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>610500</v>
+        <v>26500</v>
       </c>
       <c r="G4" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
         <v>5000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>74.18</v>
+        <v>15.67</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>10400</v>
+        <v>87100</v>
       </c>
       <c r="G5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>15.01</v>
+        <v>8.25</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>39800</v>
+        <v>78100</v>
       </c>
       <c r="G6" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H6" s="3">
         <v>5000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>5.61</v>
+        <v>5.71</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>815500</v>
+        <v>452800</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
         <v>5000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>11.33</v>
+        <v>17.11</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>32700</v>
+        <v>182600</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
         <v>5000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>15.41</v>
+        <v>75.44</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>89100</v>
+        <v>9701</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>16.82</v>
+        <v>15.27</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>185700</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>100</v>
       </c>
       <c r="H10" s="3">
         <v>5000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>21.02</v>
+        <v>20.78</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>5400</v>
+        <v>23100</v>
       </c>
       <c r="G11" s="3">
         <v>100</v>
       </c>
       <c r="H11" s="3">
         <v>5000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>17.72</v>
+        <v>30.44</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>632519</v>
+        <v>56200</v>
       </c>
       <c r="G12" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>29.93</v>
+        <v>21.38</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>58300</v>
+        <v>4700</v>
       </c>
       <c r="G13" s="3">
         <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>4000</v>
+        <v>5000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>14.04</v>
+        <v>119.96</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>25800</v>
+        <v>4600</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>117.95</v>
+        <v>18.02</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>6650</v>
+        <v>281560</v>
       </c>
       <c r="G15" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H15" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>20.43</v>
+        <v>14.28</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>24300</v>
+        <v>18700</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
         <v>5000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>31.75</v>
+        <v>25.96</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>8638</v>
+        <v>50500</v>
       </c>
       <c r="G18" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H18" s="3">
         <v>2000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>9.79</v>
+        <v>11.3</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>131640</v>
+        <v>33100</v>
       </c>
       <c r="G19" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H19" s="3">
         <v>2500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>10.36</v>
+        <v>11.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>306439</v>
+        <v>26100</v>
       </c>
       <c r="G20" s="3">
         <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>32.11</v>
+        <v>4.04</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>55480</v>
+        <v>12900</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H21" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>32.11</v>
+        <v>4.08</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>142798</v>
+        <v>5500</v>
       </c>
       <c r="G22" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>20.26</v>
+        <v>26.89</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>84200</v>
+        <v>7740</v>
       </c>
       <c r="G23" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H23" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>37.58</v>
+        <v>10.72</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>100</v>
       </c>
       <c r="H24" s="3">
         <v>2500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>9.95</v>
+        <v>27.18</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>260670</v>
+        <v>3000</v>
       </c>
       <c r="G25" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H25" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>36.68</v>
+        <v>17.12</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>9900</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
         <v>2500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>21.49</v>
+        <v>7.41</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>41100</v>
+        <v>11700</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>12.68</v>
+        <v>6.43</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>64680</v>
+        <v>9400</v>
       </c>
       <c r="G28" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>14.89</v>
+        <v>18.75</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
         <v>2000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>21.74</v>
+        <v>5.1</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>15200</v>
       </c>
       <c r="G30" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>29.78</v>
+        <v>22.99</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>36900</v>
+        <v>11400</v>
       </c>
       <c r="G31" s="3">
         <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
+      <c r="A32" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>80.24</v>
+        <v>21.86</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>12570</v>
+        <v>22700</v>
       </c>
       <c r="G33" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H33" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>31.88</v>
+        <v>10.54</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>32000</v>
+        <v>173639</v>
       </c>
       <c r="G34" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H34" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>22.55</v>
+        <v>32.66</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>12740</v>
       </c>
       <c r="G35" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>80.24</v>
+        <v>20.6</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>30480</v>
+        <v>74240</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H36" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>30.57</v>
+        <v>32.29</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>119080</v>
+        <v>13999</v>
       </c>
       <c r="G37" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H37" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>11.72</v>
+        <v>12.9</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>5700</v>
+        <v>33960</v>
       </c>
       <c r="G38" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H38" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>19.4</v>
+        <v>37.3</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>3750</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H39" s="3">
         <v>2500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="2" t="s">
+      <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="2"/>
-[...6 lines deleted...]
-      <c r="I40" s="2"/>
+      <c r="C40" s="3">
+        <v>19.9</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
+        <v>0</v>
+      </c>
+      <c r="G40" s="3">
+        <v>50</v>
+      </c>
+      <c r="H40" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>25.53</v>
+        <v>10.12</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>55300</v>
+        <v>128030</v>
       </c>
       <c r="G41" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H41" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>11.11</v>
+        <v>15.14</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>49400</v>
+        <v>1800</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>4.22</v>
+        <v>9.96</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>5600</v>
+        <v>131580</v>
       </c>
       <c r="G43" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H43" s="3">
         <v>2500</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>4.41</v>
+        <v>38.22</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>12900</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>100</v>
       </c>
       <c r="H44" s="3">
         <v>2500</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>26.44</v>
+        <v>32.66</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>8040</v>
+        <v>123948</v>
       </c>
       <c r="G45" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>11.11</v>
+        <v>81.6</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>35900</v>
+        <v>20311</v>
       </c>
       <c r="G46" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>10.54</v>
+        <v>32.42</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>900</v>
+        <v>27083</v>
       </c>
       <c r="G47" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H47" s="3">
         <v>2500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>7.03</v>
+        <v>54.85</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>11900</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>100</v>
       </c>
       <c r="H48" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>29.69</v>
+        <v>30.29</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>3000</v>
+        <v>19401</v>
       </c>
       <c r="G49" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H49" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>16.83</v>
+        <v>22.93</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>13100</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>100</v>
       </c>
       <c r="H50" s="3">
         <v>2500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>8.1</v>
+        <v>81.6</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>11700</v>
+        <v>9021</v>
       </c>
       <c r="G51" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>18.44</v>
+        <v>31.09</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>2200</v>
+        <v>20880</v>
       </c>
       <c r="G52" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H52" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>5.28</v>
+        <v>17.76</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>15200</v>
+        <v>3700</v>
       </c>
       <c r="G53" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H53" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>22.61</v>
+        <v>11.92</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>23800</v>
+        <v>5600</v>
       </c>
       <c r="G54" s="3">
         <v>100</v>
       </c>
       <c r="H54" s="3">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="2"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
       <c r="I55" s="2"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>75.38</v>
+        <v>577.16</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>8819</v>
+        <v>351</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>60.16</v>
+        <v>126.15</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>26663</v>
+        <v>13398</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>188.7</v>
+        <v>240.9</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>5</v>
+        <v>2328</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>200</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>567.51</v>
+        <v>165.61</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>662</v>
+        <v>6487</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>236.87</v>
+        <v>529.94</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>3189</v>
+        <v>1300</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>124.04</v>
+        <v>76.66</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>44824</v>
+        <v>6997</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>521.08</v>
+        <v>61.18</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>1437</v>
+        <v>23880</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>300.24</v>
+        <v>191.91</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1264</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>200</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>162.84</v>
+        <v>305.34</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>18666</v>
+        <v>836</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>1058.38</v>
+        <v>455.51</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>681</v>
+        <v>73</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>353.24</v>
+        <v>510.16</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>3</v>
+        <v>3747</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>271.51</v>
+        <v>1329.24</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>9329</v>
+        <v>122</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>501.63</v>
+        <v>608.83</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>3975</v>
+        <v>572</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>1307.02</v>
+        <v>426.79</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>140</v>
+        <v>3362</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>722.75</v>
+        <v>320.09</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>3373</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>352.33</v>
+        <v>359.25</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>6870</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>1193.45</v>
+        <v>735.04</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>419.66</v>
+        <v>1224.59</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>6558</v>
+        <v>155</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>378.36</v>
+        <v>338.73</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>124</v>
+        <v>594</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>241.63</v>
+        <v>1213.74</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>732</v>
+        <v>52</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>598.65</v>
+        <v>1076.37</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>1326</v>
+        <v>587</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>180.38</v>
+        <v>276.13</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>13881</v>
+        <v>7421</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>200</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>1204.12</v>
+        <v>358.32</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>190</v>
+        <v>2824</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>447.9</v>
+        <v>183.45</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>94</v>
+        <v>10250</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>314.74</v>
+        <v>384.79</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>4454</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>120</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>333.07</v>
+        <v>734.47</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>1184</v>
+        <v>109</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>722.19</v>
+        <v>245.74</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>248</v>
+        <v>103</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A17:I17"/>
-    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A32:I32"/>
     <mergeCell ref="A55:I55"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
-    <hyperlink ref="D32" r:id="rId28"/>
-[...6 lines deleted...]
-    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D53" r:id="rId48"/>
     <hyperlink ref="D54" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
     <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
     <hyperlink ref="D64" r:id="rId58"/>
     <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>