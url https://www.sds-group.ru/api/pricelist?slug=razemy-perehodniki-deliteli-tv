--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,556 +8,550 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="166">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Разъемы/переходники/делители ТВ</t>
   </si>
   <si>
     <t>1.1 Разъемы F</t>
   </si>
   <si>
     <t>05-4002-4</t>
   </si>
   <si>
     <t>F-разъем RG-59 PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>05-4003-4</t>
+  </si>
+  <si>
+    <t>F-разъем RG-6, L=19мм PROconnect</t>
+  </si>
+  <si>
+    <t>05-4005-4</t>
+  </si>
+  <si>
+    <t>F-разъем для SAT, (с резиновым уплотнителем) PROconnect</t>
+  </si>
+  <si>
     <t>05-4001-4</t>
   </si>
   <si>
     <t>F-разъем RG-58 PROconnect</t>
   </si>
   <si>
-    <t>05-4003-4</t>
-[...4 lines deleted...]
-  <si>
     <t>05-4003-6</t>
   </si>
   <si>
     <t>F-разъем RG-6, L=17,8мм PROconnect</t>
   </si>
   <si>
+    <t>05-4007-4</t>
+  </si>
+  <si>
+    <t>F-разъем для RG-11, (с пином) PROconnect</t>
+  </si>
+  <si>
     <t>05-4103-4</t>
   </si>
   <si>
     <t>F-разъем на корпус с контактом PROconnect</t>
   </si>
   <si>
-    <t>05-4007-4</t>
-[...10 lines deleted...]
-  <si>
     <t>05-4001</t>
   </si>
   <si>
     <t xml:space="preserve">F-разъем RG-58 REXANT </t>
   </si>
   <si>
+    <t>05-4002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-59 REXANT </t>
+  </si>
+  <si>
+    <t>05-4003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем RG-6 REXANT </t>
+  </si>
+  <si>
+    <t>05-4005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем для SAT, (с резиновым уплотнителем) REXANT </t>
+  </si>
+  <si>
+    <t>05-4007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">F-разъем для RG-11, (с пином) REXANT </t>
+  </si>
+  <si>
     <t>05-4031</t>
   </si>
   <si>
     <t xml:space="preserve">F-разъем RG-6, обжим REXANT </t>
   </si>
   <si>
-    <t>05-4002</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2 Разъемы TV</t>
   </si>
   <si>
+    <t>05-2043-2</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки белый PROconnect</t>
+  </si>
+  <si>
+    <t>05-2042-2</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер без пайки черный PROconnect</t>
+  </si>
+  <si>
+    <t>05-2041-2</t>
+  </si>
+  <si>
+    <t>TV-разъем штекер без пайки белый PROconnect</t>
+  </si>
+  <si>
+    <t>05-2044-2</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки черный PROconnect</t>
+  </si>
+  <si>
+    <t>05-2014-4</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо никелированный c пружиной PROconnect</t>
+  </si>
+  <si>
     <t>05-2011-4</t>
   </si>
   <si>
     <t>TV-разъем штекер никелированный c пружиной PROconnect</t>
   </si>
   <si>
-    <t>05-2042-2</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">TV-разъем штекер без пайки Орех REXANT </t>
+    <t>05-2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо без пайки Орех REXANT </t>
   </si>
   <si>
     <t>05-4306</t>
   </si>
   <si>
     <t xml:space="preserve">TV-разъем гнездо обжим REXANT </t>
   </si>
   <si>
+    <t>05-2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем гнездо без пайки черный REXANT </t>
+  </si>
+  <si>
+    <t>05-2043</t>
+  </si>
+  <si>
+    <t>TV-разъем гнездо без пайки белый REXANT</t>
+  </si>
+  <si>
+    <t>05-2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TV-разъем штекер никелированный c пружиной REXANT </t>
+  </si>
+  <si>
     <t>05-2061</t>
   </si>
   <si>
     <t xml:space="preserve">TV-разъем штекер без пайки белый угловой REXANT </t>
   </si>
   <si>
-    <t>05-2044</t>
-[...10 lines deleted...]
-  <si>
     <t>05-2014</t>
   </si>
   <si>
     <t xml:space="preserve">TV-разъем гнездо никелированный c пружиной REXANT </t>
   </si>
   <si>
-    <t>05-2043</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3 Переходники F – TV</t>
   </si>
   <si>
+    <t>05-4312-4</t>
+  </si>
+  <si>
+    <t>Переходник угловой гнездо F – гнездо TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4311-4</t>
+  </si>
+  <si>
+    <t>Переходник угловой гнездо F – штекер TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4361-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – штекер TV PROconnect</t>
+  </si>
+  <si>
+    <t>05-4303-6</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – штекер TV Zn PROconnect</t>
+  </si>
+  <si>
+    <t>05-4204-4</t>
+  </si>
+  <si>
+    <t>Переходник соединитель, x3 гнезда F PROconnect</t>
+  </si>
+  <si>
+    <t>05-4201-6</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – гнездо F, бочка без кольца PROconnect</t>
+  </si>
+  <si>
+    <t>05-4303-4</t>
+  </si>
+  <si>
+    <t>Переходник гнездо F – штекер TV ZnNi PROconnect</t>
+  </si>
+  <si>
+    <t>05-4362-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – гнездо TV PROconnect</t>
+  </si>
+  <si>
     <t>05-4301-4</t>
   </si>
   <si>
     <t>Переходник гнездо F – гнездо TV с кольцом PROconnect</t>
   </si>
   <si>
-    <t>05-4303-4</t>
-[...10 lines deleted...]
-  <si>
     <t>05-4302-4</t>
   </si>
   <si>
     <t>Переходник гнездо F – гнездо TV PROconnect</t>
   </si>
   <si>
-    <t>05-4204-4</t>
-[...4 lines deleted...]
-  <si>
     <t>05-4201-4</t>
   </si>
   <si>
     <t>Переходник гнездо F – гнездо F, бочка с кольцом PROconnect</t>
   </si>
   <si>
-    <t>05-4362-4</t>
-[...2 lines deleted...]
-    <t>Переходник штекер F – гнездо TV PROconnect</t>
+    <t>05-4202-4</t>
+  </si>
+  <si>
+    <t>Переходник штекер F – штекер F PROconnect</t>
   </si>
   <si>
     <t>05-4205-4</t>
   </si>
   <si>
     <t>Переходник соединитель, x4 гнезда F PROconnect</t>
   </si>
   <si>
-    <t>05-4201-6</t>
-[...26 lines deleted...]
-    <t>Переходник угловой гнездо F – штекер TV PROconnect</t>
+    <t>05-4203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой штекер F – гнездо F REXANT </t>
   </si>
   <si>
     <t>05-4312</t>
   </si>
   <si>
     <t xml:space="preserve">Переходник угловой гнездо F – гнездо TV REXANT </t>
   </si>
   <si>
+    <t>05-4361</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник штекер F – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-4311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник угловой гнездо F – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-2302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник штекер TV – штекер TV REXANT </t>
+  </si>
+  <si>
+    <t>05-2304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник гнездо TV – штекер 3,5 мм mono REXANT </t>
+  </si>
+  <si>
     <t>05-4301</t>
   </si>
   <si>
     <t xml:space="preserve">Переходник гнездо F – гнездо TV REXANT </t>
   </si>
   <si>
-    <t>05-4203</t>
-[...4 lines deleted...]
-  <si>
     <t>05-4201</t>
   </si>
   <si>
     <t>Переходник гнездо F – гнездо F, бочка с кольцом REXANT</t>
   </si>
   <si>
-    <t>05-4361</t>
-[...10 lines deleted...]
-  <si>
     <t>05-4303</t>
   </si>
   <si>
     <t xml:space="preserve">Переходник гнездо F – штекер TV REXANT </t>
   </si>
   <si>
-    <t>05-2304</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Делители ТВ</t>
   </si>
   <si>
+    <t>05-6031</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-900МГц PROconnect</t>
+  </si>
+  <si>
     <t>05-6024</t>
   </si>
   <si>
     <t>Делитель ТВх6 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
+    <t>05-6025</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
+    <t>05-6202-4</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
+  </si>
+  <si>
     <t>05-6021</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
+    <t>05-6022</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц PROconnect</t>
+  </si>
+  <si>
     <t>05-6201-4</t>
   </si>
   <si>
     <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
   </si>
   <si>
-    <t>05-6022</t>
-[...8 lines deleted...]
-    <t>Делитель ТВх8 под F-разъем, 5-1000МГц PROconnect</t>
+    <t>05-6023</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц PROconnect</t>
   </si>
   <si>
     <t>05-6032</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-900МГц PROconnect</t>
   </si>
   <si>
-    <t>05-6031</t>
-[...14 lines deleted...]
-    <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК PROconnect</t>
+    <t>05-6105</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц, Silver (9 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6104</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-1000МГц, Silver (7 F-разъемов в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6201</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6205</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6102-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Gold (4 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6101-1</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц, Gold (3 F-разъема в комплекте) REXANT</t>
+  </si>
+  <si>
+    <t>05-6203</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
+  </si>
+  <si>
+    <t>05-6001</t>
+  </si>
+  <si>
+    <t>Делитель ТВх2 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6005</t>
+  </si>
+  <si>
+    <t>Делитель ТВх8 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
+    <t>05-6204</t>
+  </si>
+  <si>
+    <t>Делитель ТВх6 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
   </si>
   <si>
     <t>05-6103</t>
   </si>
   <si>
     <t>Делитель ТВх4 под F-разъем, 5-1000МГц, Silver (5 F-разъемов в комплекте) REXANT</t>
   </si>
   <si>
+    <t>05-8000</t>
+  </si>
+  <si>
+    <t>Диплексор (сумматор-делитель) SAT+TV REXANT</t>
+  </si>
+  <si>
+    <t>05-6003</t>
+  </si>
+  <si>
+    <t>Делитель ТВх4 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
     <t>05-6202</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-2500МГц СПУТНИК REXANT</t>
   </si>
   <si>
-    <t>05-6104</t>
-[...10 lines deleted...]
-  <si>
     <t>05-6102</t>
   </si>
   <si>
     <t>Делитель ТВх3 под F-разъем, 5-1000МГц, Silver (4 F-разъема в комплекте) REXANT</t>
   </si>
   <si>
+    <t>05-6002</t>
+  </si>
+  <si>
+    <t>Делитель ТВх3 под F-разъем, 5-1000МГц REXANT</t>
+  </si>
+  <si>
     <t>05-6101</t>
   </si>
   <si>
     <t>Делитель ТВx2 под F-разъем, 5-1000МГц, Silver (3 F-разъема в комплекте) REXANT</t>
   </si>
   <si>
-    <t>05-8000</t>
-[...4 lines deleted...]
-  <si>
     <t>05-6004</t>
   </si>
   <si>
     <t>Делитель ТВх6 под F-разъем, 5-1000МГц REXANT</t>
-  </si>
-[...58 lines deleted...]
-    <t>Делитель ТВх2 под F-разъем, 5-1000МГц, Gold (3 F-разъема в комплекте) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -942,56 +936,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-19mm-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-17-8mm-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-na-korpus-s-kontaktom-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-obzhim-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-oreh-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-obzhim-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-oreh-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-znni-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x3-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x4-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-bez-koltsa-proconnect" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-f-proconnect" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-zn-proconnect" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-shteker-f-gnezdo-f-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-tv-shteker-3-5-mm-mono-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-tv-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-19mm-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-l-17-8mm-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-na-korpus-s-kontaktom-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-58-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-59-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-sat-s-rezinovym-uplotnitelem-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-dlya-rg-11-s-pinom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/f-razem-rg-6-obzhim-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-oreh-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-obzhim-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-chernyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-bez-payki-belyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-shteker-bez-payki-belyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tv-razem-gnezdo-nikelirovannyy-c-pruzhinoy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-zn-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x3-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-bez-koltsa-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-znni-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-proconnect" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-proconnect" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-f-proconnect" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-soedinitel-x4-gnezda-f-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-shteker-f-gnezdo-f-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-uglovoy-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-shteker-tv-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-tv-shteker-3-5-mm-mono-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-tv-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-gnezdo-f-bochka-s-koltsom-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-f-shteker-tv-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-900mgts-proconnect" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-silver-9-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-silver-7-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-gold-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-gold-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh2-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh8-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-silver-5-f-razemov-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dipleksor-summator-delitel-sat-tv-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh4-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-2500mgts-sputnik-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-silver-4-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh3-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvx2-pod-f-razem-5-1000mgts-silver-3-f-razema-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/delitel-tvh6-pod-f-razem-5-1000mgts-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I82"/>
+  <dimension ref="A1:I81"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1032,2361 +1026,2331 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>11.52</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>26500</v>
+        <v>20700</v>
       </c>
       <c r="G4" s="3">
         <v>100</v>
       </c>
       <c r="H4" s="3">
         <v>5000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>15.67</v>
+        <v>8.25</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>87100</v>
+        <v>99250</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>5000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>8.25</v>
+        <v>15.27</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>78100</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
         <v>5000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>5.71</v>
+        <v>15.67</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>452800</v>
+        <v>84400</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
         <v>5000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>17.11</v>
+        <v>5.71</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>182600</v>
+        <v>338600</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
         <v>5000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
         <v>75.44</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>9701</v>
+        <v>5151</v>
       </c>
       <c r="G9" s="3">
         <v>50</v>
       </c>
       <c r="H9" s="3">
         <v>1000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>15.27</v>
+        <v>17.11</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>182600</v>
       </c>
       <c r="G10" s="3">
         <v>100</v>
       </c>
       <c r="H10" s="3">
         <v>5000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
         <v>20.78</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>23100</v>
+        <v>21900</v>
       </c>
       <c r="G11" s="3">
         <v>100</v>
       </c>
       <c r="H11" s="3">
         <v>5000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>30.44</v>
+        <v>21.38</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>56200</v>
+        <v>200</v>
       </c>
       <c r="G12" s="3">
         <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>4000</v>
+        <v>5000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>21.38</v>
+        <v>18.02</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>4700</v>
+        <v>157579</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H13" s="3">
         <v>5000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>119.96</v>
+        <v>14.28</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>4600</v>
+        <v>28800</v>
       </c>
       <c r="G14" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>18.02</v>
+        <v>119.96</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>281560</v>
+        <v>13450</v>
       </c>
       <c r="G15" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>14.28</v>
+        <v>30.44</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>18700</v>
+        <v>49000</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>25.96</v>
+        <v>4.04</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>50500</v>
+        <v>11400</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
         <v>11.3</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>33100</v>
+        <v>29400</v>
       </c>
       <c r="G19" s="3">
         <v>100</v>
       </c>
       <c r="H19" s="3">
         <v>2500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
         <v>11.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>26100</v>
+        <v>27800</v>
       </c>
       <c r="G20" s="3">
         <v>100</v>
       </c>
       <c r="H20" s="3">
         <v>2500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>4.04</v>
+        <v>4.08</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>12900</v>
+        <v>5100</v>
       </c>
       <c r="G21" s="3">
         <v>100</v>
       </c>
       <c r="H21" s="3">
         <v>2500</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>4.08</v>
+        <v>26.89</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>5500</v>
+        <v>10840</v>
       </c>
       <c r="G22" s="3">
         <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>26.89</v>
+        <v>25.96</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>7740</v>
+        <v>53000</v>
       </c>
       <c r="G23" s="3">
         <v>100</v>
       </c>
       <c r="H23" s="3">
         <v>2000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>10.72</v>
+        <v>6.43</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>9000</v>
       </c>
       <c r="G24" s="3">
         <v>100</v>
       </c>
       <c r="H24" s="3">
         <v>2500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
         <v>27.18</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
         <v>3000</v>
       </c>
       <c r="G25" s="3">
         <v>50</v>
       </c>
       <c r="H25" s="3">
         <v>2000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>17.12</v>
+        <v>7.41</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>9900</v>
+        <v>11500</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>7.41</v>
+        <v>5.1</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>11700</v>
+        <v>14800</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>6.43</v>
+        <v>22.99</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>9400</v>
+        <v>6700</v>
       </c>
       <c r="G28" s="3">
         <v>100</v>
       </c>
       <c r="H28" s="3">
         <v>2500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>18.75</v>
+        <v>17.12</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1800</v>
+        <v>5600</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>5.1</v>
+        <v>18.75</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>15200</v>
+        <v>1200</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="3" t="s">
+      <c r="A31" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="C31" s="3">
-[...22 lines deleted...]
-      <c r="A32" s="2" t="s">
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="2"/>
-[...6 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="C32" s="3">
+        <v>32.66</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="3">
+        <v>23740</v>
+      </c>
+      <c r="G32" s="3">
+        <v>10</v>
+      </c>
+      <c r="H32" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>21.86</v>
+        <v>32.66</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>22700</v>
+        <v>170350</v>
       </c>
       <c r="G33" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H33" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>10.54</v>
+        <v>38.22</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>173639</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>100</v>
       </c>
       <c r="H34" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>32.66</v>
+        <v>9.96</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>12740</v>
+        <v>170880</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H35" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>20.6</v>
+        <v>32.29</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>74240</v>
+        <v>17750</v>
       </c>
       <c r="G36" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H36" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>32.29</v>
+        <v>10.12</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>13999</v>
+        <v>97020</v>
       </c>
       <c r="G37" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H37" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>12.9</v>
+        <v>10.54</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>33960</v>
+        <v>196000</v>
       </c>
       <c r="G38" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H38" s="3">
         <v>5000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
         <v>37.3</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G39" s="3">
         <v>100</v>
       </c>
       <c r="H39" s="3">
         <v>2500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>19.9</v>
+        <v>21.86</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>36200</v>
       </c>
       <c r="G40" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H40" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>10.12</v>
+        <v>20.6</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>128030</v>
+        <v>91520</v>
       </c>
       <c r="G41" s="3">
         <v>20</v>
       </c>
       <c r="H41" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>15.14</v>
+        <v>12.9</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1800</v>
+        <v>63460</v>
       </c>
       <c r="G42" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H42" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>9.96</v>
+        <v>15.14</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>131580</v>
+        <v>1200</v>
       </c>
       <c r="G43" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>38.22</v>
+        <v>19.9</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H44" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>32.66</v>
+        <v>54.85</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>123948</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H45" s="3">
         <v>1000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
         <v>81.6</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>20311</v>
+        <v>8280</v>
       </c>
       <c r="G46" s="3">
         <v>10</v>
       </c>
       <c r="H46" s="3">
         <v>1000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>32.42</v>
+        <v>22.93</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>27083</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H47" s="3">
         <v>2500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>54.85</v>
+        <v>81.6</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>23210</v>
       </c>
       <c r="G48" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H48" s="3">
         <v>1000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>30.29</v>
+        <v>11.92</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>19401</v>
+        <v>5300</v>
       </c>
       <c r="G49" s="3">
         <v>100</v>
       </c>
       <c r="H49" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>22.93</v>
+        <v>17.76</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>3600</v>
       </c>
       <c r="G50" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H50" s="3">
         <v>2500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>81.6</v>
+        <v>32.42</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>9021</v>
+        <v>27860</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H51" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>31.09</v>
+        <v>30.29</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>20880</v>
+        <v>22900</v>
       </c>
       <c r="G52" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>17.76</v>
+        <v>31.09</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>3700</v>
+        <v>11600</v>
       </c>
       <c r="G53" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H53" s="3">
         <v>2500</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="3" t="s">
+      <c r="A54" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="C54" s="3">
-[...22 lines deleted...]
-      <c r="A55" s="2" t="s">
+      <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B55" s="2"/>
-[...6 lines deleted...]
-      <c r="I55" s="2"/>
+      <c r="C55" s="3">
+        <v>61.18</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="3">
+        <v>21716</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>500</v>
+      </c>
+      <c r="I55" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
         <v>577.16</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>351</v>
+        <v>83</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>126.15</v>
+        <v>529.94</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>13398</v>
+        <v>1003</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>240.9</v>
+        <v>305.34</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>2328</v>
+        <v>560</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>200</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>165.61</v>
+        <v>126.15</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>6487</v>
+        <v>16230</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>250</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>529.94</v>
+        <v>165.61</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>1300</v>
+        <v>2800</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>76.66</v>
+        <v>240.9</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>6997</v>
+        <v>2660</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>61.18</v>
+        <v>191.91</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>23880</v>
+        <v>2053</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>191.91</v>
+        <v>76.66</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>8441</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>305.34</v>
+        <v>1213.74</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>836</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>455.51</v>
+        <v>1329.24</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>73</v>
+        <v>435</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>510.16</v>
+        <v>358.32</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>3747</v>
+        <v>4436</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>1329.24</v>
+        <v>1224.59</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>122</v>
+        <v>305</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>40</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>608.83</v>
+        <v>384.79</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>572</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>120</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>426.79</v>
+        <v>245.74</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>3362</v>
+        <v>15</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>120</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>320.09</v>
+        <v>608.83</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>3373</v>
+        <v>379</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>120</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>359.25</v>
+        <v>183.45</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>11707</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>735.04</v>
+        <v>734.47</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>1224.59</v>
+        <v>1076.37</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>155</v>
+        <v>555</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>40</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>338.73</v>
+        <v>455.51</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>594</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>1213.74</v>
+        <v>359.25</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>1076.37</v>
+        <v>338.73</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>587</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>276.13</v>
+        <v>510.16</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>7421</v>
+        <v>3347</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>358.32</v>
+        <v>426.79</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>2824</v>
+        <v>8128</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>183.45</v>
+        <v>276.13</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>10250</v>
+        <v>9063</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>200</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>384.79</v>
+        <v>320.09</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>2359</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>120</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>734.47</v>
+        <v>735.04</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>109</v>
+        <v>66</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>100</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A17:I17"/>
-    <mergeCell ref="A32:I32"/>
-    <mergeCell ref="A55:I55"/>
+    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A54:I54"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
-    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D53" r:id="rId48"/>
-    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
     <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
     <hyperlink ref="D64" r:id="rId58"/>
     <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
     <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
     <hyperlink ref="D81" r:id="rId75"/>
-    <hyperlink ref="D82" r:id="rId76"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>