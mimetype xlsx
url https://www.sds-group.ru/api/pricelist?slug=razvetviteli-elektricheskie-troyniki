--- v0 (2025-10-22)
+++ v1 (2026-01-21)
@@ -42,261 +42,261 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Разветвители электрические (тройники)</t>
   </si>
   <si>
+    <t>11-1080-2</t>
+  </si>
+  <si>
+    <t>Набор тройников электрических универсальных 16А с/з, одно гнездо, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>11-1075-2</t>
+  </si>
+  <si>
+    <t>Набор двойников электрических 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>11-1253</t>
+  </si>
+  <si>
+    <t>Двойник электрический (разветвитель) 16А с/з + USB-A + USB-C с защитными шторками, белый REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-1076</t>
+  </si>
+  <si>
+    <t>Тройник электрический 10А б/з, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1078</t>
+  </si>
+  <si>
+    <t>Тройник электрический линейный 10А б/з вертикальный, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1090</t>
+  </si>
+  <si>
+    <t>Двойник электрический линейный 16А с/з + 2 USB-порта, 2,4 А, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1250</t>
+  </si>
+  <si>
+    <t>Тройник электрический 16А с/з + 2х2,5А + 3хUSB-A 2,4А + USB Type-C 3А, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1252</t>
+  </si>
+  <si>
+    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер сетевой 16А с выключателем, заземлением и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник электрический 16А с/з с выключателем и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник электрический 16А с/з + 2х2,5А с выключателем и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1069</t>
+  </si>
+  <si>
+    <t>Тройник электрический пирамида 16А с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1083</t>
+  </si>
+  <si>
+    <t>Тройник электрический универсальный 16А одно гнездо с/з черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1251</t>
+  </si>
+  <si>
+    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник электрический 16А с/з с защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками + 2 USB порта, 2,4 А, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1063-2</t>
+  </si>
+  <si>
+    <t>Набор тройников электрических Шар 6А б/з, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>11-1081</t>
   </si>
   <si>
     <t xml:space="preserve">Тройник электрический 6А б/з белый 220 В REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Тройник электрический 10А б/з, черный REXANT</t>
+    <t>11-1073</t>
+  </si>
+  <si>
+    <t>Четверник электрический 16А с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1079-2</t>
+  </si>
+  <si>
+    <t>Набор тройников электрических линейных 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>11-1080</t>
+  </si>
+  <si>
+    <t>Тройник электрический универсальный 16А одно гнездо с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1082</t>
+  </si>
+  <si>
+    <t>Тройник электрический РЕТРО 16А б/з черный (карболит) REXANT</t>
+  </si>
+  <si>
+    <t>11-1063</t>
+  </si>
+  <si>
+    <t>Тройник электрический «Шар» 6А б/з белый 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1074</t>
+  </si>
+  <si>
+    <t>Двойник электрический 10А б/з вертикальный белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1063-1</t>
+  </si>
+  <si>
+    <t>Тройник электрический «Шар» 6А б/з черный 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1064</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6А б/з белый 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1064-1</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6А б/з черный 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1075</t>
+  </si>
+  <si>
+    <t>Двойник электрический 16А с/з вертикальный белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1077</t>
+  </si>
+  <si>
+    <t>Тройник электрический 10А б/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1079</t>
+  </si>
+  <si>
+    <t>Тройник электрический линейный 16А с/з вертикальный, белый REXANT</t>
   </si>
   <si>
     <t>11-1068</t>
   </si>
   <si>
     <t>Тройник электрический 6A б/з белый 220 В REXANT Индивидуальный пакет</t>
   </si>
   <si>
-    <t>11-1080-2</t>
-[...127 lines deleted...]
-  <si>
     <t>11-6017</t>
   </si>
   <si>
     <t>Адаптер питания 220В + 2  USB REXANT RX-17</t>
   </si>
   <si>
-    <t>11-1252</t>
-[...10 lines deleted...]
-  <si>
     <t>11-1270</t>
   </si>
   <si>
     <t>Адаптер USB многофункциональный (2хUSB-A, USB-С, розетка 220-250В) с подсветкой и подставкой для телефона REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, белый REXANT</t>
   </si>
   <si>
     <t>11-1072</t>
   </si>
   <si>
     <t>Четверник электрический 6А б/з белый</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -687,51 +687,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-bez-zazemleniya-220-v-6a-rexant-15282" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-bez-zazemleniya-cherniy-rexant-15286" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/evrotroynik-elektricheskiy-bez-zazemleniya-220-v-6a-rexant-individualniy-paket-12810" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-universalnih-rexant-16-a-odno-gnezdo-s-zazemleniem-beliy-2-sht-up-26134" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-16a-s-viklyuchatelem-zazemleniem-i-zaschitnimi-shtorkami-beliy-rexant-31141" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineyniy-16-a-vertikalniy-s-zazemleniem-beliy-rexant-15291" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-220-v-6-a-beliy-rexant-11506" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-s-viklyuchatelem-i-zaschitnimi-shtorkami-beliy-rexant-31143" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalniy-16-a-odno-gnezdo-s-zazemleniem-beliy-rexant-15284" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16-a-s-zazemleniem-i-zaschitnimi-shtorkami-beliy-rexant-26252" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dvoynikov-elektricheskih-rexant-16-a-vertikalnie-s-zazemleniem-beliy-2-sht-up-26132" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-220-v-6-a-cherniy-rexant-11503" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-220-v-6-a-beliy-rexant-11505" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-piramida-16-a-s-zazemleniem-beliy-rexant-29434" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-retro-10-a-bez-zazemleniya-cherniy-karbolit-rexant-28889" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16-a-s-zazemleniem-i-zaschitnimi-shtorkami-beliy-rexant-26253" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16-a-s-zazemleniem-i-zaschitnimi-shtorkami-2-usb-porta-2-4-a-beliy-rexant-26254" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-rexant-shar-6-a-beliy-2-sht-up-26135" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-lineynih-rexant-16-a-vertikalnie-s-zazemleniem-beliy-2-sht-up-26133" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineyniy-10-a-vertikalniy-bez-zazemleniya-beliy-rexant-15283" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-220-v-6-a-cherniy-rexant-11507" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10-a-bez-zazemleniya-beliy-rexant-15288" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-s-viklyuchatelem-i-zaschitnimi-shtorkami-beliy-rexant-31144" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16-a-vertikalniy-s-zazemleniem-beliy-rexant-15285" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-pitaniya-220v-2-usb-rexant-rx-17-15416" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-zazemleniem-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-cherniy-rexant-30137" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalniy-16-a-odno-gnezdo-s-zazemleniem-cherniy-rexant-28948" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-usb-2husb-a-usb-s-rozetka-220-250v-s-podsvetkoy-i-podstavkoy-dlya-telefona-rexant-29586" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-razvetvitel-16a-s-z-usb-a-usb-c-s-zaschitnimi-shtorkami-beliy-rexant-31145" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-16-a-s-zazemleniem-beliy-rexant-15290" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-10a-vertikalniy-bez-zazemleniya-beliy-rexant-15289" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-lineynyy-16-a-s-zazemleniem-2-usb-porta-2-4-a-belyy-rexant-29651" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-2h2-5a-s-zazemleniem-3husb-a-2-4a-usb-type-c-3a-beliy-rexant-30135" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-zazemleniem-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-beliy-rexant-30136" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-6a-bez-zazemleniya-beliy-rexant-15287" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-universalnyh-16a-s-z-odno-gnezdo-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dvoynikov-elektricheskih-16a-s-z-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-razvetvitel-16a-s-z-usb-a-usb-c-s-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-10a-b-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-lineynyy-16a-s-z-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-3husb-a-2-4a-usb-type-c-3a-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-16a-s-vyklyuchatelem-zazemleniem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-piramida-16a-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-s-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-shar-6a-b-z-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-16a-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-lineynyh-16a-s-z-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-retro-16a-b-z-chernyy-karbolit-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-10a-b-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-16a-s-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant-individualnyy-paket" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-pitaniya-220v-2-usb-rexant-rx-17" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-usb-mnogofunktsionalnyy-2husb-a-usb-s-rozetka-220-250v-s-podsvetkoy-i-podstavkoy-dlya-telefo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-6a-b-z-belyy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I37"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -755,1046 +755,1046 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>145.02</v>
+        <v>548.47</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>292</v>
+        <v>21</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>120</v>
+        <v>25</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>137.63</v>
+        <v>528.75</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>289</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>162.17</v>
+        <v>1127.28</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>509</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>539.3</v>
+        <v>139.97</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>438</v>
+        <v>216.37</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>2254</v>
+        <v>686</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>269.13</v>
+        <v>1059.16</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>17338</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>137.73</v>
+        <v>1238.83</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>9589</v>
+        <v>556</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>438.57</v>
+        <v>1375.76</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>2843</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>231.78</v>
+        <v>445.45</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>1473</v>
+        <v>1575</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>455.19</v>
+        <v>446.03</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>519.91</v>
+        <v>409.87</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>143</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>137.73</v>
+        <v>314.94</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>1759</v>
+        <v>104</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>133</v>
+        <v>169.43</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>3272</v>
+        <v>499</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>309.68</v>
+        <v>1374.69</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>11442</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>123.52</v>
+        <v>462.93</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>5841</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>576.17</v>
+        <v>585.96</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>9023</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>24</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>937.11</v>
+        <v>953.04</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>6395</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>24</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>241.2</v>
+        <v>245.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>25</v>
       </c>
       <c r="I20" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>713.83</v>
+        <v>147.49</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>57</v>
+        <v>642</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="I21" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>212.75</v>
+        <v>427.89</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F22" s="3">
-        <v>4332</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>130.59</v>
+        <v>725.97</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>145.99</v>
+        <v>235.72</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F24" s="3">
-        <v>1353</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>403.02</v>
+        <v>125.62</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F25" s="3">
-        <v>3263</v>
+        <v>2399</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>207.6</v>
+        <v>140.07</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F26" s="3">
-        <v>24441</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>873.33</v>
+        <v>201.92</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F27" s="3">
-        <v>969</v>
+        <v>3357</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>1352.76</v>
+        <v>140.07</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>166.6</v>
+        <v>135.26</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F29" s="3">
-        <v>1584</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>1470.08</v>
+        <v>132.81</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F30" s="3">
-        <v>359</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>1108.44</v>
+        <v>211.13</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>420.74</v>
+        <v>148.47</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F32" s="3">
-        <v>2734</v>
+        <v>222</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>198.54</v>
+        <v>273.71</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F33" s="3">
-        <v>4534</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>1041.46</v>
+        <v>164.93</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F34" s="3">
-        <v>122</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>1218.12</v>
+        <v>888.18</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F35" s="3">
-        <v>909</v>
+        <v>580</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>1351.71</v>
+        <v>1495.07</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F36" s="3">
-        <v>1</v>
+        <v>329</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>64</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>396.81</v>
+        <v>403.56</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F37" s="3">
-        <v>497</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>54</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>