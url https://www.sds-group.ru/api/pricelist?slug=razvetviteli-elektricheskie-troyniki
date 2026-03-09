--- v1 (2026-01-21)
+++ v2 (2026-03-09)
@@ -42,267 +42,267 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Разветвители электрические (тройники)</t>
   </si>
   <si>
+    <t>11-1075-2</t>
+  </si>
+  <si>
+    <t>Набор двойников электрических 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>11-1080-2</t>
   </si>
   <si>
     <t>Набор тройников электрических универсальных 16А с/з, одно гнездо, белый (2 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Набор двойников электрических 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
+    <t>11-1087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник электрический 16А с/з с защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник электрический 16А с/з и защитными шторками + 2 USB порта, 2,4 А, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1083</t>
+  </si>
+  <si>
+    <t>Тройник электрический универсальный 16А одно гнездо с/з черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1063</t>
+  </si>
+  <si>
+    <t>Тройник электрический «Шар» 6А б/з белый 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1063-1</t>
+  </si>
+  <si>
+    <t>Тройник электрический «Шар» 6А б/з черный 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1064</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6А б/з белый 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1064-1</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6А б/з черный 220 В REXANT</t>
+  </si>
+  <si>
+    <t>11-1068</t>
+  </si>
+  <si>
+    <t>Тройник электрический 6A б/з белый 220 В REXANT Индивидуальный пакет</t>
+  </si>
+  <si>
+    <t>11-1080</t>
+  </si>
+  <si>
+    <t>Тройник электрический универсальный 16А одно гнездо с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1075</t>
+  </si>
+  <si>
+    <t>Двойник электрический 16А с/з вертикальный белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1077</t>
+  </si>
+  <si>
+    <t>Тройник электрический 10А б/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1079</t>
+  </si>
+  <si>
+    <t>Тройник электрический линейный 16А с/з вертикальный, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-6017</t>
+  </si>
+  <si>
+    <t>Адаптер питания 220В + 2 USB REXANT RX-17</t>
+  </si>
+  <si>
+    <t>11-1270</t>
+  </si>
+  <si>
+    <t>Адаптер USB многофункциональный (2хUSB-A, USB-С, розетка 220-250В) с подсветкой и подставкой для телефона REXANT</t>
+  </si>
+  <si>
+    <t>11-1252</t>
+  </si>
+  <si>
+    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1079-2</t>
+  </si>
+  <si>
+    <t>Набор тройников электрических линейных 16А с/з вертикальные, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>11-1063-2</t>
+  </si>
+  <si>
+    <t>Набор тройников электрических Шар 6А б/з, белый (2 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>11-1069</t>
+  </si>
+  <si>
+    <t>Тройник электрический пирамида 16А с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1082</t>
+  </si>
+  <si>
+    <t>Тройник электрический РЕТРО 16А б/з черный (карболит) REXANT</t>
+  </si>
+  <si>
+    <t>11-1090</t>
+  </si>
+  <si>
+    <t>Двойник электрический линейный 16А с/з + 2 USB-порта, 2,4 А, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1251</t>
+  </si>
+  <si>
+    <t>Двойник электрический Куб 16А с/з + 2хUSB-A 2,4А + USB Type-C 3А с ночной подсветкой, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1250</t>
+  </si>
+  <si>
+    <t>Тройник электрический 16А с/з + 2х2,5А + 3хUSB-A 2,4А + USB Type-C 3А, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник электрический 6А б/з белый 220 В REXANT </t>
+  </si>
+  <si>
+    <t>11-1072</t>
+  </si>
+  <si>
+    <t>Четверник электрический 6А б/з белый</t>
+  </si>
+  <si>
+    <t>11-1073</t>
+  </si>
+  <si>
+    <t>Четверник электрический 16А с/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1074</t>
+  </si>
+  <si>
+    <t>Двойник электрический 10А б/з вертикальный белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1076</t>
+  </si>
+  <si>
+    <t>Тройник электрический 10А б/з, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1078</t>
+  </si>
+  <si>
+    <t>Тройник электрический линейный 10А б/з вертикальный, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер сетевой 16А с выключателем, заземлением и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник электрический 16А с/з с выключателем и защитными шторками, белый REXANT </t>
+  </si>
+  <si>
+    <t>11-1086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник электрический 16А с/з + 2х2,5А с выключателем и защитными шторками, белый REXANT </t>
   </si>
   <si>
     <t>11-1253</t>
   </si>
   <si>
     <t>Двойник электрический (разветвитель) 16А с/з + USB-A + USB-C с защитными шторками, белый REXANT</t>
-  </si>
-[...193 lines deleted...]
-    <t>Четверник электрический 6А б/з белый</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -687,51 +687,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-universalnyh-16a-s-z-odno-gnezdo-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dvoynikov-elektricheskih-16a-s-z-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-razvetvitel-16a-s-z-usb-a-usb-c-s-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-10a-b-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-lineynyy-16a-s-z-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-3husb-a-2-4a-usb-type-c-3a-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-16a-s-vyklyuchatelem-zazemleniem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-2h2-5a-s-vyklyuchatelem-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-piramida-16a-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-s-z-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-s-z-s-zaschitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-i-zaschitnymi-shtorkami-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-shar-6a-b-z-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-16a-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-lineynyh-16a-s-z-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-s-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-retro-16a-b-z-chernyy-karbolit-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-10a-b-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-b-z-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-s-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-16a-s-z-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-b-z-belyy-220-v-rexant-individualnyy-paket" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-pitaniya-220v-2-usb-rexant-rx-17" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-usb-mnogofunktsionalnyy-2husb-a-usb-s-rozetka-220-250v-s-podsvetkoy-i-podstavkoy-dlya-telefo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-6a-b-z-belyy" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dvoynikov-elektricheskih-16a-sz-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-universalnyh-16a-sz-odno-gnezdo-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-sz-i-zashchitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-sz-s-zashchitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-sz-i-zashchitnymi-shtorkami-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-sz-chernyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-bz-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-shar-6a-bz-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-bz-belyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-bz-chernyy-220-v-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-bz-belyy-220-v-rexant-individualnyy-paket" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-universalnyy-16a-odno-gnezdo-sz-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-sz-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-bz-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-16a-sz-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-pitaniya-220v-2-usb-rexant-rx-17" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-usb-mnogofunktsionalnyy-2husb-a-usb-s-rozetka-220-250v-s-podsvetkoy-i-podstavkoy-dlya-telefona-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-sz-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-lineynyh-16a-sz-vertikalnye-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-troynikov-elektricheskih-shar-6a-bz-belyy-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-piramida-16a-sz-belyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-retro-16a-bz-chernyy-karbolit-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-lineynyy-16a-sz-2-usb-porta-2-4-a-belyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-kub-16a-sz-2husb-a-2-4a-usb-type-c-3a-s-nochnoy-podsvetkoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-sz-2h2-5a-3husb-a-2-4a-usb-type-c-3a-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-6a-bz-belyy-220-v-rexant-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-6a-bz-belyy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chetvernik-elektricheskiy-16a-sz-belyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-10a-bz-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-10a-bz-chernyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-lineynyy-10a-bz-vertikalnyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-16a-s-vyklyuchatelem-zazemleniem-i-zashchitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-16a-sz-s-vyklyuchatelem-i-zashchitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-elektricheskiy-16a-sz-2h2-5a-s-vyklyuchatelem-i-zashchitnymi-shtorkami-belyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-elektricheskiy-razvetvitel-16a-sz-usb-a-usb-c-s-zashchitnymi-shtorkami-belyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I37"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -755,1055 +755,1055 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>548.47</v>
+        <v>423</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>25</v>
       </c>
       <c r="I3" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>528.75</v>
+        <v>438.78</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>25</v>
       </c>
       <c r="I4" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1127.28</v>
+        <v>324.05</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>139.97</v>
+        <v>410.17</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>216.37</v>
+        <v>667.13</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>686</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>1059.16</v>
+        <v>118.6</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>1238.83</v>
+        <v>119.06</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>556</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>1375.76</v>
+        <v>119.06</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>445.45</v>
+        <v>94.68</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>1575</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>446.03</v>
+        <v>92.97</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>409.87</v>
+        <v>140.19</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>314.94</v>
+        <v>165</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>169.43</v>
+        <v>179.46</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>499</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>1374.69</v>
+        <v>103.93</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>462.93</v>
+        <v>191.6</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>585.96</v>
+        <v>621.73</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>953.04</v>
+        <v>1046.55</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>245.3</v>
+        <v>963.03</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="I20" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>147.49</v>
+        <v>580.78</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>642</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>120</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>427.89</v>
+        <v>208.51</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>725.97</v>
+        <v>267.7</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>235.72</v>
+        <v>87.93</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>125.62</v>
+        <v>741.41</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F25" s="3">
-        <v>2399</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>140.07</v>
+        <v>962.28</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>201.92</v>
+        <v>867.18</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F27" s="3">
-        <v>3357</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>140.07</v>
+        <v>103.24</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F28" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>135.26</v>
+        <v>282.49</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>132.81</v>
+        <v>342.31</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>211.13</v>
+        <v>141.34</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>148.47</v>
+        <v>97.98</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F32" s="3">
-        <v>222</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>273.71</v>
+        <v>151.46</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>164.93</v>
+        <v>311.82</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>888.18</v>
+        <v>312.22</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F35" s="3">
-        <v>580</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>1495.07</v>
+        <v>327.9</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F36" s="3">
-        <v>329</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>403.56</v>
+        <v>789.1</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F37" s="3">
         <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>