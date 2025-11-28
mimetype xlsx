--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,225 +42,225 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Розетки</t>
   </si>
   <si>
-    <t>1.1 Розетки 5Е UTP / FTP</t>
+    <t>1.1 Розетки 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>03-0132</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), UTP CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>03-0142</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), STP, CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>03-0146</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 2-порта RJ-45 (8P8C), STP, CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>03-0136</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 2-порта RJ-45 (8P8C), UTP CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Розетки наборные</t>
+  </si>
+  <si>
+    <t>03-0259</t>
+  </si>
+  <si>
+    <t>Адаптер на DIN-рейку для модулей Keystone REXANT</t>
+  </si>
+  <si>
+    <t>03-0251</t>
+  </si>
+  <si>
+    <t>Корпус настенной розетки под 2 модуля Keystone Jack белый</t>
+  </si>
+  <si>
+    <t>03-0221</t>
+  </si>
+  <si>
+    <t>Корпус настенной розетки под 1 модуль Keystone Jack белый</t>
+  </si>
+  <si>
+    <t>1.3 Индустриальные соединительные модули</t>
+  </si>
+  <si>
+    <t>02-0284</t>
+  </si>
+  <si>
+    <t>Индустриальный соединительный модуль, RJ-45(8P8C), STP, CAT 6, IP68 REXANT</t>
+  </si>
+  <si>
+    <t>02-0285</t>
+  </si>
+  <si>
+    <t>Индустриальный соединительный модуль, RJ-45(8P8C), STP, CAT 6, IP68 с защитным колпачком для кабеля REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Рамки, розетки и лицевые панели 45х45 (Mosaic)</t>
+  </si>
+  <si>
+    <t>11-8977</t>
+  </si>
+  <si>
+    <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, белая REXANT</t>
+  </si>
+  <si>
+    <t>03-0160</t>
+  </si>
+  <si>
+    <t>Вставка Mosaic 22,5x45, на 1 порт с прозрачной шторкой и увеличенным окном маркировки, белая</t>
+  </si>
+  <si>
+    <t>11-8978</t>
+  </si>
+  <si>
+    <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, красная REXANT</t>
+  </si>
+  <si>
+    <t>03-0127</t>
+  </si>
+  <si>
+    <t>Короб накладной для лицевых панелей 80х150 под 4 модуля 45х22,5 Mosaic</t>
+  </si>
+  <si>
+    <t>03-0161</t>
+  </si>
+  <si>
+    <t>Вставка Mosaic 45x45, на 1 порт с прозрачной шторкой и увеличенным окном маркировки, белая</t>
+  </si>
+  <si>
+    <t>03-0262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 45x45, на 2 порта со шторкой </t>
+  </si>
+  <si>
+    <t>03-0134</t>
+  </si>
+  <si>
+    <t>Панель лицевая 80х150 для модулей Mosaic, пластиковый суппорт</t>
+  </si>
+  <si>
+    <t>03-0126</t>
+  </si>
+  <si>
+    <t>Короб накладной для лицевых панелей 80х80 под 2 модуля 45х22,5 Mosaic</t>
+  </si>
+  <si>
+    <t>03-0130</t>
+  </si>
+  <si>
+    <t>Панель лицевая 80х80 для модуля Mosaic, металлический суппорт</t>
+  </si>
+  <si>
+    <t>03-0131</t>
+  </si>
+  <si>
+    <t>Панель лицевая 80х80 для модуля Mosaic, пластиковый суппорт</t>
+  </si>
+  <si>
+    <t>03-0162</t>
+  </si>
+  <si>
+    <t>Вставка Mosaic 45x45, на 2 порта с прозрачной шторкой и увеличенным окном маркировки, белая</t>
+  </si>
+  <si>
+    <t>03-0260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 22,5x45, на 1 порт со шторкой </t>
+  </si>
+  <si>
+    <t>03-0261</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 45x45, на 1 порт со шторкой </t>
+  </si>
+  <si>
+    <t>1.5 Розетки 5Е UTP / FTP</t>
+  </si>
+  <si>
+    <t>03-0122</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), STP, CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>03-0121</t>
+  </si>
+  <si>
+    <t>Рoзетка компьютерная внешняя 1-порт, UTP RJ-45 (8P8C), CAT 5e REXANT</t>
   </si>
   <si>
     <t>03-0120</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка комбинированная внешняя, UTP RJ-45(8P8C) + RJ-11(6P-4C) REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>03-0151</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя 2-порта, UTP RJ-45 (8P8C), CAT 5e REXANT</t>
-  </si>
-[...154 lines deleted...]
-    <t>Вставка Mosaic 22,5x45, на 1 порт с прозрачной шторкой и увеличенным окном маркировки, белая</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -645,51 +645,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kombinirovannaya-vneshnyaya-utp-rj-45-8p8c-rj-11-6p-4c-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-utp-rj-45-8p8c-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-utp-rj-45-8p8c-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-utp-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-utp-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-stp-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-1-modul-keystone-jack-belyy.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-2-modulya-keystone-jack-belyy.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-din-reyku-dlya-moduley-keystone-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-s-zaschitnym-kolpachkom-dlya-kabelya-rex.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-so-shtorkoy.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-so-shtorkoy.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-so-shtorkoy.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h80-pod-2-modulya-45h22-5-mosaic.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-metallicheskiy-support.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-plastikovyy-support.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h150-pod-4-modulya-45h22-5-mosaic.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h150-dlya-moduley-mosaic-plastikovyy-support.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-utp-cat-6-rexant-25646" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-ftp-rj-45-8p8c-cat-6-rexant-25649" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-ftp-rj-45-8p8c-cat-6-rexant-25650" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-utp-cat-6-rexant-25647" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-din-reyku-dlya-moduley-keystone-shirinoy-do-17mm-29549" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-2-modulya-keystone-jack-beliy-29563" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-1-modul-keystone-jack-beliy-29562" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialniy-soedinitelniy-modul-rj-45-8p8c-ftp-cat6-ip68-29547" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialniy-soedinitelniy-modul-rj-45-8p8c-ftp-cat6-ip68-s-zaschitnim-kolpachkom-dlya-kabelya-29548" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-belaya-rexant-31493" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennim-oknom-markirovki-belaya-29558" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-krasnaya-rexant-31494" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevih-paneley-80h150-pod-4-modulya-45h22-5-mosaic-29552" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennim-oknom-markirovki-belaya-29557" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-so-shtorkoy-29561" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h150-dlya-moduley-mosaic-plastikoviy-support-29554" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevih-paneley-80h80-pod-2-modulya-45h22-5-mosaic-29551" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-metallicheskiy-support-29553" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-plastikoviy-support-29555" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-s-prozrachnoy-shtorkoy-i-uvelichennim-oknom-markirovki-belaya-29556" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-so-shtorkoy-29559" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-so-shtorkoy-29560" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-ftp-rj-45-8p8c-cat-5e-rexant-92" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-utp-rj-45-8p8c-cat-5e-rexant-91" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kombinirovannaya-vneshnyaya-utp-rj-45-8p8c-rj-11-6p-4c-rexant-4369" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-utp-rj-45-8p8c-cat-5e-rexant-93" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I33"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -726,880 +726,880 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>308.63</v>
+        <v>210.6</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2230</v>
+        <v>3035</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>257.46</v>
+        <v>273.09</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>22481</v>
+        <v>368</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>237.23</v>
+        <v>470.7</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1166</v>
+        <v>266</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>175.39</v>
+        <v>390.44</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>33152</v>
+        <v>127</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>390.44</v>
+        <v>365.93</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>210.6</v>
+        <v>152.92</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>3388</v>
+        <v>292</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>470.7</v>
+        <v>126.1</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>617</v>
+        <v>364</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="3" t="s">
+      <c r="A12" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="3">
-[...22 lines deleted...]
-      <c r="A13" s="2" t="s">
+      <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="C13" s="3">
+        <v>1425.48</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>129</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>150</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>126.1</v>
+        <v>1098.49</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>344</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="3" t="s">
+      <c r="A15" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>365.93</v>
+        <v>333.59</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>927</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="2" t="s">
+      <c r="A17" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B17" s="2"/>
-[...6 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="C17" s="3">
+        <v>83.06</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>654</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>1</v>
+      </c>
+      <c r="I17" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>1098.49</v>
+        <v>333.59</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
+        <v>991</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>200</v>
+      </c>
+      <c r="I18" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="3">
-        <v>1425.48</v>
+        <v>254.12</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>192</v>
+        <v>170</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="2" t="s">
+      <c r="A20" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B20" s="2"/>
-[...6 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="B20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20" s="3">
+        <v>87.27</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="3">
+        <v>486</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>1</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C21" s="3">
-        <v>87.27</v>
+        <v>106.39</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>463</v>
+        <v>933</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>333.59</v>
+        <v>476.46</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>934</v>
+        <v>88</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>78.06</v>
+        <v>145.56</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1859</v>
+        <v>566</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>106.39</v>
+        <v>200.31</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>960</v>
+        <v>454</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>90.71</v>
+        <v>153.71</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>465</v>
+        <v>379</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>1</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>145.56</v>
+        <v>114.69</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>366</v>
+        <v>1951</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>200.31</v>
+        <v>78.06</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>444</v>
+        <v>1843</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>1</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>153.71</v>
+        <v>90.71</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>379</v>
+        <v>492</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>1</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B29" s="3" t="s">
+      <c r="A29" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="C29" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>114.69</v>
+        <v>237.23</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1931</v>
+        <v>207</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>476.46</v>
+        <v>175.39</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>78</v>
+        <v>48109</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>333.59</v>
+        <v>308.63</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>943</v>
+        <v>1582</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>83.06</v>
+        <v>257.46</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>628</v>
+        <v>21965</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
-    <mergeCell ref="A13:I13"/>
-[...1 lines deleted...]
-    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A29:I29"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
-    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId8"/>
     <hyperlink ref="D14" r:id="rId9"/>
-    <hyperlink ref="D15" r:id="rId10"/>
-    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D17" r:id="rId11"/>
     <hyperlink ref="D18" r:id="rId12"/>
     <hyperlink ref="D19" r:id="rId13"/>
-    <hyperlink ref="D21" r:id="rId14"/>
-[...7 lines deleted...]
-    <hyperlink ref="D29" r:id="rId22"/>
+    <hyperlink ref="D20" r:id="rId14"/>
+    <hyperlink ref="D21" r:id="rId15"/>
+    <hyperlink ref="D22" r:id="rId16"/>
+    <hyperlink ref="D23" r:id="rId17"/>
+    <hyperlink ref="D24" r:id="rId18"/>
+    <hyperlink ref="D25" r:id="rId19"/>
+    <hyperlink ref="D26" r:id="rId20"/>
+    <hyperlink ref="D27" r:id="rId21"/>
+    <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D30" r:id="rId23"/>
     <hyperlink ref="D31" r:id="rId24"/>
     <hyperlink ref="D32" r:id="rId25"/>
     <hyperlink ref="D33" r:id="rId26"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>