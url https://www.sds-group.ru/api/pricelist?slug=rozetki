--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -42,225 +42,225 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Розетки</t>
   </si>
   <si>
-    <t>1.1 Розетки 6 UTP / FTP</t>
+    <t>1.1 Розетки 5Е UTP / FTP</t>
+  </si>
+  <si>
+    <t>03-0120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка комбинированная внешняя, UTP RJ-45(8P8C) + RJ-11(6P-4C) REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>03-0122</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), STP, CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>03-0121</t>
+  </si>
+  <si>
+    <t>Рoзетка компьютерная внешняя 1-порт, UTP RJ-45 (8P8C), CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>03-0151</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя 2-порта, UTP RJ-45 (8P8C), CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Розетки 6 UTP / FTP</t>
   </si>
   <si>
     <t>03-0132</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), UTP CAT 6 REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>03-0142</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), STP, CAT 6 REXANT</t>
   </si>
   <si>
     <t>03-0146</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 2-порта RJ-45 (8P8C), STP, CAT 6 REXANT</t>
   </si>
   <si>
     <t>03-0136</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 2-порта RJ-45 (8P8C), UTP CAT 6 REXANT</t>
   </si>
   <si>
-    <t>1.2 Розетки наборные</t>
+    <t>1.3 Розетки наборные</t>
+  </si>
+  <si>
+    <t>03-0251</t>
+  </si>
+  <si>
+    <t>Корпус настенной розетки под 2 модуля Keystone Jack белый</t>
   </si>
   <si>
     <t>03-0259</t>
   </si>
   <si>
     <t>Адаптер на DIN-рейку для модулей Keystone REXANT</t>
   </si>
   <si>
-    <t>03-0251</t>
-[...4 lines deleted...]
-  <si>
     <t>03-0221</t>
   </si>
   <si>
     <t>Корпус настенной розетки под 1 модуль Keystone Jack белый</t>
   </si>
   <si>
-    <t>1.3 Индустриальные соединительные модули</t>
+    <t>1.4 Индустриальные соединительные модули</t>
+  </si>
+  <si>
+    <t>02-0285</t>
+  </si>
+  <si>
+    <t>Индустриальный соединительный модуль, RJ-45(8P8C), STP, CAT 6, IP68 с защитным колпачком для кабеля REXANT</t>
   </si>
   <si>
     <t>02-0284</t>
   </si>
   <si>
     <t>Индустриальный соединительный модуль, RJ-45(8P8C), STP, CAT 6, IP68 REXANT</t>
   </si>
   <si>
-    <t>02-0285</t>
-[...5 lines deleted...]
-    <t>1.4 Рамки, розетки и лицевые панели 45х45 (Mosaic)</t>
+    <t>1.5 Рамки, розетки и лицевые панели 45х45 (Mosaic)</t>
+  </si>
+  <si>
+    <t>03-0126</t>
+  </si>
+  <si>
+    <t>Короб накладной для лицевых панелей 80х80 под 2 модуля 45х22,5 Mosaic</t>
   </si>
   <si>
     <t>11-8977</t>
   </si>
   <si>
     <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, белая REXANT</t>
   </si>
   <si>
+    <t>03-0134</t>
+  </si>
+  <si>
+    <t>Панель лицевая 80х150 для модулей Mosaic, пластиковый суппорт</t>
+  </si>
+  <si>
+    <t>03-0131</t>
+  </si>
+  <si>
+    <t>Панель лицевая 80х80 для модуля Mosaic, пластиковый суппорт</t>
+  </si>
+  <si>
+    <t>11-8978</t>
+  </si>
+  <si>
+    <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, красная REXANT</t>
+  </si>
+  <si>
+    <t>03-0162</t>
+  </si>
+  <si>
+    <t>Вставка Mosaic 45x45, на 2 порта с прозрачной шторкой и увеличенным окном маркировки, белая</t>
+  </si>
+  <si>
+    <t>03-0261</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 45x45, на 1 порт со шторкой </t>
+  </si>
+  <si>
+    <t>03-0161</t>
+  </si>
+  <si>
+    <t>Вставка Mosaic 45x45, на 1 порт с прозрачной шторкой и увеличенным окном маркировки, белая</t>
+  </si>
+  <si>
     <t>03-0160</t>
   </si>
   <si>
     <t>Вставка Mosaic 22,5x45, на 1 порт с прозрачной шторкой и увеличенным окном маркировки, белая</t>
   </si>
   <si>
-    <t>11-8978</t>
-[...2 lines deleted...]
-    <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, красная REXANT</t>
+    <t>03-0260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 22,5x45, на 1 порт со шторкой </t>
+  </si>
+  <si>
+    <t>03-0262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 45x45, на 2 порта со шторкой </t>
   </si>
   <si>
     <t>03-0127</t>
   </si>
   <si>
     <t>Короб накладной для лицевых панелей 80х150 под 4 модуля 45х22,5 Mosaic</t>
   </si>
   <si>
-    <t>03-0161</t>
-[...22 lines deleted...]
-  <si>
     <t>03-0130</t>
   </si>
   <si>
     <t>Панель лицевая 80х80 для модуля Mosaic, металлический суппорт</t>
-  </si>
-[...49 lines deleted...]
-    <t>Розетка компьютерная внешняя 2-порта, UTP RJ-45 (8P8C), CAT 5e REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -645,51 +645,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-utp-cat-6-rexant-25646" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-ftp-rj-45-8p8c-cat-6-rexant-25649" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-ftp-rj-45-8p8c-cat-6-rexant-25650" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-utp-cat-6-rexant-25647" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-din-reyku-dlya-moduley-keystone-shirinoy-do-17mm-29549" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-2-modulya-keystone-jack-beliy-29563" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-1-modul-keystone-jack-beliy-29562" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialniy-soedinitelniy-modul-rj-45-8p8c-ftp-cat6-ip68-29547" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialniy-soedinitelniy-modul-rj-45-8p8c-ftp-cat6-ip68-s-zaschitnim-kolpachkom-dlya-kabelya-29548" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-belaya-rexant-31493" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennim-oknom-markirovki-belaya-29558" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-krasnaya-rexant-31494" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevih-paneley-80h150-pod-4-modulya-45h22-5-mosaic-29552" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennim-oknom-markirovki-belaya-29557" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-so-shtorkoy-29561" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h150-dlya-moduley-mosaic-plastikoviy-support-29554" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevih-paneley-80h80-pod-2-modulya-45h22-5-mosaic-29551" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-metallicheskiy-support-29553" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-plastikoviy-support-29555" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-s-prozrachnoy-shtorkoy-i-uvelichennim-oknom-markirovki-belaya-29556" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-so-shtorkoy-29559" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-so-shtorkoy-29560" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-ftp-rj-45-8p8c-cat-5e-rexant-92" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-utp-rj-45-8p8c-cat-5e-rexant-91" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kombinirovannaya-vneshnyaya-utp-rj-45-8p8c-rj-11-6p-4c-rexant-4369" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-utp-rj-45-8p8c-cat-5e-rexant-93" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kombinirovannaya-vneshnyaya-utp-rj-45-8p8c-rj-11-6p-4c-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-2-modulya-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-din-reyku-dlya-moduley-keystone-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-1-modul-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-s-zaschitnym-kolpachkom-dlya-kabelya-rex" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h80-pod-2-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h150-dlya-moduley-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-so-shtorkoy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h150-pod-4-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-metallicheskiy-support" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I33"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -726,880 +726,880 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>210.6</v>
+        <v>313.88</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3035</v>
+        <v>1506</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>273.09</v>
+        <v>241.26</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>368</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>470.7</v>
+        <v>178.37</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>266</v>
+        <v>13711</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>390.44</v>
+        <v>261.84</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>127</v>
+        <v>3334</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>365.93</v>
+        <v>214.18</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>1919</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>152.92</v>
+        <v>277.73</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>126.1</v>
+        <v>478.7</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>364</v>
+        <v>192</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="3">
+        <v>397.08</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>100</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C13" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>1098.49</v>
+        <v>155.52</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
+        <v>292</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>300</v>
+      </c>
+      <c r="I14" s="3">
         <v>0</v>
       </c>
-      <c r="G14" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="2" t="s">
+      <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B15" s="2"/>
-[...6 lines deleted...]
-      <c r="I15" s="2"/>
+      <c r="B15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="3">
+        <v>372.15</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" s="3">
+        <v>0</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>250</v>
+      </c>
+      <c r="I15" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>333.59</v>
+        <v>128.24</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>927</v>
+        <v>364</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="3" t="s">
+      <c r="A17" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C17" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>333.59</v>
+        <v>1117.16</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>991</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="3">
-        <v>254.12</v>
+        <v>1449.71</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>170</v>
+        <v>126</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="3" t="s">
+      <c r="A20" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>106.39</v>
+        <v>148.03</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>933</v>
+        <v>542</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>476.46</v>
+        <v>339.26</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>88</v>
+        <v>929</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>145.56</v>
+        <v>484.56</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>566</v>
+        <v>88</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>200.31</v>
+        <v>156.32</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>454</v>
+        <v>379</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>1</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>153.71</v>
+        <v>339.26</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>379</v>
+        <v>991</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>114.69</v>
+        <v>116.64</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
         <v>1951</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>1</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>78.06</v>
+        <v>92.25</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1843</v>
+        <v>467</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>1</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="C28" s="3">
+        <v>88.75</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="3">
+        <v>486</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>1</v>
+      </c>
+      <c r="I28" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C28" s="3">
-[...22 lines deleted...]
-      <c r="A29" s="2" t="s">
+      <c r="B29" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B29" s="2"/>
-[...6 lines deleted...]
-      <c r="I29" s="2"/>
+      <c r="C29" s="3">
+        <v>84.47</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F29" s="3">
+        <v>654</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>1</v>
+      </c>
+      <c r="I29" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>237.23</v>
+        <v>79.39</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>207</v>
+        <v>1693</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>175.39</v>
+        <v>108.2</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>48109</v>
+        <v>679</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>308.63</v>
+        <v>232.6</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1582</v>
+        <v>170</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>257.46</v>
+        <v>203.72</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>21965</v>
+        <v>454</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
-    <mergeCell ref="A12:I12"/>
-[...1 lines deleted...]
-    <mergeCell ref="A29:I29"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A20:I20"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
-    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D14" r:id="rId9"/>
-    <hyperlink ref="D16" r:id="rId10"/>
-    <hyperlink ref="D17" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
     <hyperlink ref="D18" r:id="rId12"/>
     <hyperlink ref="D19" r:id="rId13"/>
-    <hyperlink ref="D20" r:id="rId14"/>
-[...7 lines deleted...]
-    <hyperlink ref="D28" r:id="rId22"/>
+    <hyperlink ref="D21" r:id="rId14"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D23" r:id="rId16"/>
+    <hyperlink ref="D24" r:id="rId17"/>
+    <hyperlink ref="D25" r:id="rId18"/>
+    <hyperlink ref="D26" r:id="rId19"/>
+    <hyperlink ref="D27" r:id="rId20"/>
+    <hyperlink ref="D28" r:id="rId21"/>
+    <hyperlink ref="D29" r:id="rId22"/>
     <hyperlink ref="D30" r:id="rId23"/>
     <hyperlink ref="D31" r:id="rId24"/>
     <hyperlink ref="D32" r:id="rId25"/>
     <hyperlink ref="D33" r:id="rId26"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>