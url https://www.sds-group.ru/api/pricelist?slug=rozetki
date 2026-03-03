--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -45,216 +45,216 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Розетки</t>
   </si>
   <si>
     <t>1.1 Розетки 5Е UTP / FTP</t>
   </si>
   <si>
+    <t>03-0151</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя 2-порта, UTP RJ-45 (8P8C), CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>03-0122</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), STP, CAT 5e REXANT</t>
+  </si>
+  <si>
     <t>03-0120</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка комбинированная внешняя, UTP RJ-45(8P8C) + RJ-11(6P-4C) REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>03-0121</t>
   </si>
   <si>
     <t>Рoзетка компьютерная внешняя 1-порт, UTP RJ-45 (8P8C), CAT 5e REXANT</t>
   </si>
   <si>
-    <t>03-0151</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Розетки 6 UTP / FTP</t>
   </si>
   <si>
+    <t>03-0136</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 2-порта RJ-45 (8P8C), UTP CAT 6 REXANT</t>
+  </si>
+  <si>
     <t>03-0132</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), UTP CAT 6 REXANT</t>
   </si>
   <si>
     <t>03-0142</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), STP, CAT 6 REXANT</t>
   </si>
   <si>
     <t>03-0146</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 2-порта RJ-45 (8P8C), STP, CAT 6 REXANT</t>
   </si>
   <si>
-    <t>03-0136</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Розетки наборные</t>
   </si>
   <si>
+    <t>03-0221</t>
+  </si>
+  <si>
+    <t>Корпус настенной розетки под 1 модуль Keystone Jack белый</t>
+  </si>
+  <si>
     <t>03-0251</t>
   </si>
   <si>
     <t>Корпус настенной розетки под 2 модуля Keystone Jack белый</t>
   </si>
   <si>
     <t>03-0259</t>
   </si>
   <si>
     <t>Адаптер на DIN-рейку для модулей Keystone REXANT</t>
   </si>
   <si>
-    <t>03-0221</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Индустриальные соединительные модули</t>
   </si>
   <si>
     <t>02-0285</t>
   </si>
   <si>
     <t>Индустриальный соединительный модуль, RJ-45(8P8C), STP, CAT 6, IP68 с защитным колпачком для кабеля REXANT</t>
   </si>
   <si>
     <t>02-0284</t>
   </si>
   <si>
     <t>Индустриальный соединительный модуль, RJ-45(8P8C), STP, CAT 6, IP68 REXANT</t>
   </si>
   <si>
     <t>1.5 Рамки, розетки и лицевые панели 45х45 (Mosaic)</t>
   </si>
   <si>
+    <t>03-0162</t>
+  </si>
+  <si>
+    <t>Вставка Mosaic 45x45, на 2 порта с прозрачной шторкой и увеличенным окном маркировки, белая</t>
+  </si>
+  <si>
+    <t>03-0262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 45x45, на 2 порта со шторкой </t>
+  </si>
+  <si>
+    <t>03-0127</t>
+  </si>
+  <si>
+    <t>Короб накладной для лицевых панелей 80х150 под 4 модуля 45х22,5 Mosaic</t>
+  </si>
+  <si>
+    <t>11-8977</t>
+  </si>
+  <si>
+    <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, белая REXANT</t>
+  </si>
+  <si>
+    <t>03-0260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 22,5x45, на 1 порт со шторкой </t>
+  </si>
+  <si>
     <t>03-0126</t>
   </si>
   <si>
     <t>Короб накладной для лицевых панелей 80х80 под 2 модуля 45х22,5 Mosaic</t>
   </si>
   <si>
-    <t>11-8977</t>
-[...4 lines deleted...]
-  <si>
     <t>03-0134</t>
   </si>
   <si>
     <t>Панель лицевая 80х150 для модулей Mosaic, пластиковый суппорт</t>
   </si>
   <si>
     <t>03-0131</t>
   </si>
   <si>
     <t>Панель лицевая 80х80 для модуля Mosaic, пластиковый суппорт</t>
   </si>
   <si>
     <t>11-8978</t>
   </si>
   <si>
     <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, красная REXANT</t>
   </si>
   <si>
-    <t>03-0162</t>
-[...4 lines deleted...]
-  <si>
     <t>03-0261</t>
   </si>
   <si>
     <t xml:space="preserve">Вставка Mosaic 45x45, на 1 порт со шторкой </t>
   </si>
   <si>
     <t>03-0161</t>
   </si>
   <si>
     <t>Вставка Mosaic 45x45, на 1 порт с прозрачной шторкой и увеличенным окном маркировки, белая</t>
   </si>
   <si>
     <t>03-0160</t>
   </si>
   <si>
     <t>Вставка Mosaic 22,5x45, на 1 порт с прозрачной шторкой и увеличенным окном маркировки, белая</t>
-  </si>
-[...16 lines deleted...]
-    <t>Короб накладной для лицевых панелей 80х150 под 4 модуля 45х22,5 Mosaic</t>
   </si>
   <si>
     <t>03-0130</t>
   </si>
   <si>
     <t>Панель лицевая 80х80 для модуля Mosaic, металлический суппорт</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -645,51 +645,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kombinirovannaya-vneshnyaya-utp-rj-45-8p8c-rj-11-6p-4c-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-2-modulya-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-din-reyku-dlya-moduley-keystone-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-1-modul-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-s-zaschitnym-kolpachkom-dlya-kabelya-rex" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h80-pod-2-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h150-dlya-moduley-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-so-shtorkoy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h150-pod-4-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-metallicheskiy-support" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kombinirovannaya-vneshnyaya-utp-rj-458p8c-rj-116p-4c-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-1-modul-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-2-modulya-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-din-reyku-dlya-moduley-keystone-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-458p8c-stp-cat-6-ip68-s-zashchitnym-kolpachkom-dlya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-458p8c-stp-cat-6-ip68-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-so-shtorkoy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h150-pod-4-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-74-2k-3-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h80-pod-2-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h150-dlya-moduley-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-74-2k-3-16a-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-metallicheskiy-support" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I33"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -726,837 +726,837 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>313.88</v>
+        <v>261.84</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1506</v>
+        <v>14798</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>241.26</v>
+        <v>241.27</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>349</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>178.37</v>
+        <v>313.88</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>13711</v>
+        <v>1436</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>261.84</v>
+        <v>178.37</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>3334</v>
+        <v>42176</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>214.18</v>
+        <v>397.08</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1919</v>
+        <v>197</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>277.73</v>
+        <v>214.18</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>291</v>
+        <v>1457</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>478.7</v>
+        <v>277.73</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>192</v>
+        <v>1706</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>397.08</v>
+        <v>478.7</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>144</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>155.52</v>
+        <v>128.23</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>292</v>
+        <v>164</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>372.15</v>
+        <v>155.52</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>282</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>128.24</v>
+        <v>372.15</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>364</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="3">
         <v>1117.16</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>1</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="3">
         <v>1449.71</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>126</v>
+        <v>101</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>150</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="3">
-        <v>148.03</v>
+        <v>116.63</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>542</v>
+        <v>1951</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="3">
-        <v>339.26</v>
+        <v>108.2</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>929</v>
+        <v>677</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>484.56</v>
+        <v>232.6</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>88</v>
+        <v>170</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="3">
-        <v>156.32</v>
+        <v>339.27</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>379</v>
+        <v>910</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>339.26</v>
+        <v>69.67</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>991</v>
+        <v>1693</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>116.64</v>
+        <v>132.37</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1951</v>
+        <v>541</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>92.25</v>
+        <v>484.57</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>467</v>
+        <v>80</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>88.75</v>
+        <v>156.32</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>486</v>
+        <v>379</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>1</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>84.47</v>
+        <v>339.27</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>654</v>
+        <v>992</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>79.39</v>
+        <v>92.25</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1693</v>
+        <v>467</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>1</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>108.2</v>
+        <v>88.75</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>679</v>
+        <v>314</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>232.6</v>
+        <v>84.47</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>170</v>
+        <v>654</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>1</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
         <v>203.72</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>1</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A20:I20"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>