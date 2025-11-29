--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,3235 +8,3277 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2046" uniqueCount="1061">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2074" uniqueCount="1075">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ручной инструмент</t>
   </si>
   <si>
-    <t>1.1 Ключи</t>
-[...2 lines deleted...]
-    <t>1.1.1 Ключи комбинированные</t>
+    <t>1.1 Инструмент для ремонта мобильной техники</t>
+  </si>
+  <si>
+    <t>12-4782</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Присоска-ножницы для снятия дисплея RA-02 REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-4787</t>
+  </si>
+  <si>
+    <t>Инструмент для вскрытия корпусов мобильной техники RA-07 REXANT</t>
+  </si>
+  <si>
+    <t>12-4788</t>
+  </si>
+  <si>
+    <t>Инструмент для вскрытия корпусов мобильной техники, гибкая двухсторонняя лопатка RA-08 REXANT</t>
+  </si>
+  <si>
+    <t>12-4786</t>
+  </si>
+  <si>
+    <t>Инструмент для вскрытия корпусов мобильной техники RA-06 REXANT</t>
+  </si>
+  <si>
+    <t>12-4784</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор инструментов для вскрытия корпусов мобильной техники 10 предметов RA-04 REXANT </t>
+  </si>
+  <si>
+    <t>12-4785</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор инструментов для вскрытия корпусов мобильной техники 6 предметов RA-05 REXANT </t>
+  </si>
+  <si>
+    <t>12-4781</t>
+  </si>
+  <si>
+    <t>Присоска для снятия дисплея и тачскрина (вакуумный съемник) RA-01 REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Тиски, струбцины, зажимы</t>
+  </si>
+  <si>
+    <t>12-4664</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим ручной 125мм REXANT </t>
+  </si>
+  <si>
+    <t>12-5706</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 150мм REXANT </t>
+  </si>
+  <si>
+    <t>12-5708</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 250мм REXANT </t>
+  </si>
+  <si>
+    <t>12-5709</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 300мм REXANT </t>
+  </si>
+  <si>
+    <t>12-5705</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 125мм REXANT </t>
+  </si>
+  <si>
+    <t>12-4665</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим ручной 175мм REXANT </t>
+  </si>
+  <si>
+    <t>12-5707</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 200мм REXANT </t>
+  </si>
+  <si>
+    <t>12-4666</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим ручной 250мм REXANT </t>
+  </si>
+  <si>
+    <t>KR-12-5103</t>
+  </si>
+  <si>
+    <t>Тиски слесарные 200мм, поворотные, с наковальней KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-5102</t>
+  </si>
+  <si>
+    <t>Тиски слесарные 150мм, поворотные, с наковальней KRANZ</t>
+  </si>
+  <si>
+    <t>12-5703</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 100мм REXANT </t>
+  </si>
+  <si>
+    <t>12-5702</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 75мм REXANT </t>
+  </si>
+  <si>
+    <t>12-5701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 50мм REXANT </t>
+  </si>
+  <si>
+    <t>KR-12-5101</t>
+  </si>
+  <si>
+    <t>Тиски слесарные 100мм, поворотные, с наковальней KRANZ</t>
+  </si>
+  <si>
+    <t>1.3 Шарнирно-губцевый инструмент</t>
+  </si>
+  <si>
+    <t>1.3.1 Строительные клещи и щипцы</t>
+  </si>
+  <si>
+    <t>12-4634</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клещи переставные 200мм никелированные, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4636</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клещи переставные 300мм никелированные, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4635</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клещи переставные 250мм никелированные, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>1.3.2 Многофункциональный инструмент</t>
+  </si>
+  <si>
+    <t>KR-12-4653-5</t>
+  </si>
+  <si>
+    <t>Тонкогубцы многофункциональные универсальные 200мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4657-5</t>
+  </si>
+  <si>
+    <t>Плоскогубцы многофункциональные 15в1 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4658-5</t>
+  </si>
+  <si>
+    <t>Кабелерез многофункциональный 5в1 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4651-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы многофункциональные диэлектрические 230мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4652-3</t>
+  </si>
+  <si>
+    <t>Бокорезы многофункциональные диэлектрические 206мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4652-5</t>
+  </si>
+  <si>
+    <t>Бокорезы многофункциональные универсальные 190мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4024-5</t>
+  </si>
+  <si>
+    <t>Многофункциональный инструмент для зачистки проводов 7в1 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4656-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы многофункциональные диэлектрические с тестером PRO 210мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4651-5</t>
+  </si>
+  <si>
+    <t>Плоскогубцы многофункциональные универсальные 200мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4657-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы многофункциональные диэлектрические со съемником 238мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4655-5</t>
+  </si>
+  <si>
+    <t>Плоскогубцы профессиональные многофункциональные 200мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.3.3 Бокорезы и кусачки</t>
+  </si>
+  <si>
+    <t>12-4615</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы 180мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4624</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кусачки торцевые 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4614</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4602</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы мини 120мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кусачки торцевые мини 100мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4607</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кусачки для точных работ 115мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4614-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4615-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы 180мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4616-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы 200мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4602-1</t>
+  </si>
+  <si>
+    <t>Бокорезы мини 120мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.4 Пассатижи и плоскогубцы</t>
+  </si>
+  <si>
+    <t>12-4613</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 200мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4611-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4612-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 180мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4611</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4613-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 200мм обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4612</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 180мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы мини 120мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>1.3.5 Круглогубцы, тонкогубцы и длинногубцы</t>
+  </si>
+  <si>
+    <t>12-4620</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы изогнутые 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4617</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4606</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Круглогубцы Мини 120мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы изогнутые мини 120мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4618-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы 180мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4618</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы 200мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4617-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4619-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы 200мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4621</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы изогнутые 200мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4623</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Круглогубцы 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы мини 120мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>1.3.6 Ручные ножницы по металлу</t>
+  </si>
+  <si>
+    <t>12-4631</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы по металлу левые 260мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4629</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы по металлу правые 260мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4630</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы по металлу прямые 260мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>1.3.7 Съемники стопорных колец</t>
+  </si>
+  <si>
+    <t>12-4637</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щипцы для стопорных колец загнутый сжим 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4638</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щипцы для стопорных колец сжим 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4639</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щипцы для стопорных колец разжим 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4640</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щипцы для стопорных колец разжим загнутый 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>1.3.8 Диэлектрический инструмент</t>
+  </si>
+  <si>
+    <t>12-4612-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы комбинированные 180мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4611-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы комбинированные 160мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4615-3</t>
+  </si>
+  <si>
+    <t>Бокорезы 180мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4616-3</t>
+  </si>
+  <si>
+    <t>Бокорезы 200мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4614-3</t>
+  </si>
+  <si>
+    <t>Бокорезы 160мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4613-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы комбинированные 200мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Надфили и напильники</t>
+  </si>
+  <si>
+    <t>KR-12-4111</t>
+  </si>
+  <si>
+    <t>Набор надфилей алмазных KRANZ 140х50х3 мм, 5 шт.</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-12-4115</t>
+  </si>
+  <si>
+    <t>Набор надфилей алмазных 140х70х3мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4123</t>
+  </si>
+  <si>
+    <t>Напильник круглый KRANZ 150 мм, деревянная ручка</t>
+  </si>
+  <si>
+    <t>KR-12-4121</t>
+  </si>
+  <si>
+    <t>Напильник треугольный KRANZ 150 мм, деревянная ручка</t>
+  </si>
+  <si>
+    <t>KR-12-4122</t>
+  </si>
+  <si>
+    <t>Напильник плоский KRANZ 150 мм, деревянная ручка</t>
+  </si>
+  <si>
+    <t>KR-12-4102</t>
+  </si>
+  <si>
+    <t>Набор надфилей KRANZ 160х4 мм, 6 шт., обрезиненные рукоятки</t>
+  </si>
+  <si>
+    <t>KR-12-4103</t>
+  </si>
+  <si>
+    <t>Набор надфилей 160х4мм, обрезиненные рукоятки, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4112</t>
+  </si>
+  <si>
+    <t>Набор надфилей алмазных 140х50х3мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>1.5 Ножи, ножницы, скальпели и скребки</t>
+  </si>
+  <si>
+    <t>1.5.1 Ножи с сегментированными лезвиями</t>
+  </si>
+  <si>
+    <t>12-4900</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 18мм, металлический обрезиненный корпус REXANT</t>
+  </si>
+  <si>
+    <t>12-4918</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 25мм, металлический обрезиненный корпус, с дополнительным замком на лезвии REXANT</t>
+  </si>
+  <si>
+    <t>12-4915</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 25мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>12-4909-8</t>
+  </si>
+  <si>
+    <t>Набор нож с сегментированным лезвием + комплект сменных лезвий (10 шт) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>12-4903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 18мм корпус пластик REXANT </t>
+  </si>
+  <si>
+    <t>12-4901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 18мм, корпус ABS пластик обрезиненный REXANT </t>
+  </si>
+  <si>
+    <t>12-4913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сегментированное лезвие 9мм 10 шт. REXANT </t>
+  </si>
+  <si>
+    <t>12-4906</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 9мм, корпус металлический, c клипсой REXANT</t>
+  </si>
+  <si>
+    <t>12-4907</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с трапециевидным выдвижным лезвием REXANT </t>
+  </si>
+  <si>
+    <t>12-4908</t>
+  </si>
+  <si>
+    <t>Нож с трапециевидным выдвижным лезвием, винтовой фиксатор лезвия REXANT</t>
+  </si>
+  <si>
+    <t>12-4905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 9мм, корпус пластик, c клипсой REXANT </t>
+  </si>
+  <si>
+    <t>12-4912</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 18мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4912-1</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 18мм Профи 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4919</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 25мм, корпус ABS пластик обрезиненный REXANT </t>
+  </si>
+  <si>
+    <t>1.5.2 Ножницы</t>
+  </si>
+  <si>
+    <t>12-4929-9</t>
+  </si>
+  <si>
+    <t>Ножницы остроконечные прямые 165мм</t>
+  </si>
+  <si>
+    <t>12-4925-9</t>
+  </si>
+  <si>
+    <t>Ножницы с двумя острыми концами прямые 145 мм</t>
+  </si>
+  <si>
+    <t>12-4926-9</t>
+  </si>
+  <si>
+    <t>Ножницы тупоконечные прямые 140 мм</t>
+  </si>
+  <si>
+    <t>12-4927-9</t>
+  </si>
+  <si>
+    <t>Ножницы тупоконечные прямые 165 мм</t>
+  </si>
+  <si>
+    <t>1.5.3 Ножи строительные</t>
+  </si>
+  <si>
+    <t>12-4922</t>
+  </si>
+  <si>
+    <t>Нож строительный нержавеющая сталь лезвие 90мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4921</t>
+  </si>
+  <si>
+    <t>Нож строительный нержавеющая сталь лезвие 95мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4928</t>
+  </si>
+  <si>
+    <t>Нож для резки теплоизоляционных панелей лезвие 280мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4934</t>
+  </si>
+  <si>
+    <t>Нож-стамеска, нержавеющая сталь, лезвие 75х22мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4926</t>
+  </si>
+  <si>
+    <t>Нож для резки теплоизоляционных панелей лезвие 340мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4923</t>
+  </si>
+  <si>
+    <t>Нож строительный нержавеющая сталь лезвие 100мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4939</t>
+  </si>
+  <si>
+    <t>Нож монтажника с чехлом лезвие 67мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5.4 Скальпели</t>
+  </si>
+  <si>
+    <t>12-4909</t>
+  </si>
+  <si>
+    <t>Нож с перовым лезвием (скальпель) REXANT</t>
+  </si>
+  <si>
+    <t>12-4301-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель остроконечный СО-01 130мм</t>
+  </si>
+  <si>
+    <t>12-4303-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель остроконечный СО-03 150мм</t>
+  </si>
+  <si>
+    <t>12-4308-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель СК-03 150мм</t>
+  </si>
+  <si>
+    <t>12-4306-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель СК-01 120мм</t>
+  </si>
+  <si>
+    <t>12-4911</t>
+  </si>
+  <si>
+    <t>Лезвия перовые 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4910</t>
+  </si>
+  <si>
+    <t>Нож с перовым лезвием 5 запасных лезвий (скальпель) REXANT</t>
+  </si>
+  <si>
+    <t>12-4917</t>
+  </si>
+  <si>
+    <t>Набор скальпель со сменными лезвиями 7 предметов REXANT</t>
+  </si>
+  <si>
+    <t>1.5.5 Скребки</t>
+  </si>
+  <si>
+    <t>12-4914</t>
+  </si>
+  <si>
+    <t>Трапециевидные лезвия 19мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4968</t>
+  </si>
+  <si>
+    <t>Лезвия сменные для скребка 19х39х0,25мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4962</t>
+  </si>
+  <si>
+    <t>Скребок строительный универсальный 400мм металл REXANT</t>
+  </si>
+  <si>
+    <t>12-4966</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скребок с выдвижным лезвием пластик REXANT </t>
+  </si>
+  <si>
+    <t>12-4965</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скребок с фиксированным лезвием пластик REXANT </t>
+  </si>
+  <si>
+    <t>12-4963</t>
+  </si>
+  <si>
+    <t>Скребок с выдвижным лезвием, обрезиненный корпус, 5 запасных лезвий в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>12-4961</t>
+  </si>
+  <si>
+    <t>Скребок строительный универсальный 140мм металл REXANT</t>
+  </si>
+  <si>
+    <t>12-4969</t>
+  </si>
+  <si>
+    <t>Лезвия сменные для скребка 14х100х0,4мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Измерительный инструмент</t>
+  </si>
+  <si>
+    <t>1.6.1 Уровни измерительные</t>
+  </si>
+  <si>
+    <t>12-9215</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый Рельс, 1500мм, 3 глазка (1 поворотный) REXANT</t>
+  </si>
+  <si>
+    <t>12-9210</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый Рельс, 400мм, 3 глазка (1 поворотный) REXANT</t>
+  </si>
+  <si>
+    <t>12-9212</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый Рельс, 800мм, 3 глазка (1 поворотный) REXANT</t>
+  </si>
+  <si>
+    <t>12-9211</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый Рельс, 600мм, 3 глазка (1 поворотный) REXANT</t>
+  </si>
+  <si>
+    <t>12-9213</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый Рельс, 1000мм, 3 глазка (1 поворотный) REXANT</t>
+  </si>
+  <si>
+    <t>1.6.2 Штангенциркули и микрометры</t>
+  </si>
+  <si>
+    <t>12-9110-2</t>
+  </si>
+  <si>
+    <t>Микрометр МК 0-25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9101-2</t>
+  </si>
+  <si>
+    <t>Штангенциркуль ШЦ - 150мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9106</t>
+  </si>
+  <si>
+    <t>Штангенциркуль стрелочный 150мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9100</t>
+  </si>
+  <si>
+    <t>Электронный штангенциркуль 150мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9102</t>
+  </si>
+  <si>
+    <t>Штангенциркуль ШЦ - 250мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9111</t>
+  </si>
+  <si>
+    <t>Микрометр МК 25-50мм REXANT</t>
+  </si>
+  <si>
+    <t>1.6.3 Рулетки</t>
+  </si>
+  <si>
+    <t>12-9008</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Стандарт, 7,5м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9002</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Стандарт, 5м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9004</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, 3м х 16мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9006</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, 5м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9000</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Стандарт, 3м х 16мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9007</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, 10м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-9023</t>
+  </si>
+  <si>
+    <t>Рулетка Selbstfixierung, 5м x 25мм, магнитный двухсторонний зацеп, нейлон, двухсторонняя шкала, автоматическая фиксация KRANZ</t>
+  </si>
+  <si>
+    <t>12-9003</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Стандарт, 10м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-9024</t>
+  </si>
+  <si>
+    <t>Рулетка Selbstfixierung, 10м x 25мм, магнитный двухсторонний зацеп, нейлон, двухсторонняя шкала, автоматическая фиксация KRANZ</t>
+  </si>
+  <si>
+    <t>12-9016</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, магнитная, 7,5м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9012</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, магнитная, 3м х 16мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9014</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, магнитная, 5м х 19мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9017</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, магнитная, 10м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9009</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, 7,5м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9005</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, 5м х 19мм REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Крепежный инструмент</t>
+  </si>
+  <si>
+    <t>1.7.1 Заклепочники и заклепки</t>
+  </si>
+  <si>
+    <t>12-5342</t>
+  </si>
+  <si>
+    <t>Заклепки, 3,2x8мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5343</t>
+  </si>
+  <si>
+    <t>Заклепки, 3,2x10мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5356</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,0x16мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5362</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,8x8мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5366</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,8x16мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5353</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,0x10мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5363</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,8x10мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5365</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,8x14мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5301</t>
+  </si>
+  <si>
+    <t>Заклепочник, 2,4-4,8мм, 240мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5351</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,0x6мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5354</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,0x12мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5341</t>
+  </si>
+  <si>
+    <t>Заклепки, 3,2x6мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5364</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,8x12мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5302</t>
+  </si>
+  <si>
+    <t>Заклепочник, 2,4-4,8мм, 240мм, 60 заклепок в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2 Степлеры и скобы</t>
+  </si>
+  <si>
+    <t>12-5401-9</t>
+  </si>
+  <si>
+    <t>Набор: степлер с металлической ручкой + 2000 шт. скоб 8мм (тип 53) REXANT</t>
+  </si>
+  <si>
+    <t>12-5402</t>
+  </si>
+  <si>
+    <t>Степлер мебельный металлический REXANT</t>
+  </si>
+  <si>
+    <t>12-5403</t>
+  </si>
+  <si>
+    <t>Степлер мебельный металлический со вставками 3в1 REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-5504</t>
+  </si>
+  <si>
+    <t>Скобы для мебельного степлера 12 мм, тип 53, 1000 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>12-5401</t>
+  </si>
+  <si>
+    <t>Степлер мебельный с металлической ручкой REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-5502</t>
+  </si>
+  <si>
+    <t>Скобы для мебельного степлера 8 мм, тип 53, 1000 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-5503</t>
+  </si>
+  <si>
+    <t>Скобы для мебельного степлера 10 мм, тип 53, 1000 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>1.7.3 Пистолеты для пены и герметика</t>
+  </si>
+  <si>
+    <t>12-7301</t>
+  </si>
+  <si>
+    <t>Пистолет для монтажной пены, пластмассовый корпус REXANT</t>
+  </si>
+  <si>
+    <t>12-7202</t>
+  </si>
+  <si>
+    <t>Пистолет для герметика, 310мл, полуоткрытый, круглый шток 7 мм, утолщенные стенки REXANT</t>
+  </si>
+  <si>
+    <t>12-7201</t>
+  </si>
+  <si>
+    <t>Пистолет для герметика, 310мл, скелетный, с фиксатором, шестигранный шток 7 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-7303</t>
+  </si>
+  <si>
+    <t>Пистолет для монтажной пены пластиковый усиленный с конфузором и регулировкой-трещоткой REXANT</t>
+  </si>
+  <si>
+    <t>12-7305</t>
+  </si>
+  <si>
+    <t>Пистолет для монтажной пены металлический с конфузором и регулировкой REXANT</t>
+  </si>
+  <si>
+    <t>12-7301-9</t>
+  </si>
+  <si>
+    <t>Набор пистолет + пена 50 л.</t>
+  </si>
+  <si>
+    <t>1.8 Мультитулы и складные ножи</t>
+  </si>
+  <si>
+    <t>KR-12-4944-2</t>
+  </si>
+  <si>
+    <t>Мультитул 11 в 1, 154мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4945-2</t>
+  </si>
+  <si>
+    <t>Мультитул 10 в 1, 155мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4947-2</t>
+  </si>
+  <si>
+    <t>Мультитул 14 в 1, 155мм KRANZ</t>
+  </si>
+  <si>
+    <t>12-4911-2</t>
+  </si>
+  <si>
+    <t>Нож складной полуавтоматический Hunter REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4942-2</t>
+  </si>
+  <si>
+    <t>Мультитул 15 в 1, 158мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4902-2</t>
+  </si>
+  <si>
+    <t>Мультитул 10 функций, 113мм KRANZ</t>
+  </si>
+  <si>
+    <t>12-4906-2</t>
+  </si>
+  <si>
+    <t>Нож складной Коготь полуавтоматический Titanium REXANT</t>
+  </si>
+  <si>
+    <t>1.9 Монтажный инструмент</t>
+  </si>
+  <si>
+    <t>1.9.1 Спуджеры, шило, лопатки</t>
+  </si>
+  <si>
+    <t>12-4326-8</t>
+  </si>
+  <si>
+    <t>Шило монтажное серповидное ШМ-06 155мм</t>
+  </si>
+  <si>
+    <t>12-4322-8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шило монтажное прямое ШМ-02 160мм </t>
+  </si>
+  <si>
+    <t>12-4324-8</t>
+  </si>
+  <si>
+    <t>Шило монтажное изогнутое ШМ-04 155мм</t>
+  </si>
+  <si>
+    <t>12-4334-8</t>
+  </si>
+  <si>
+    <t>Спуджер металлический (лопатка двухсторонняя) ЛП-04 180мм</t>
+  </si>
+  <si>
+    <t>12-4335</t>
+  </si>
+  <si>
+    <t>Спуджер металлический узкий (лопатка двухсторонняя) 170мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4334</t>
+  </si>
+  <si>
+    <t>Спуджер металлический (лопатка двухсторонняя) 170мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4336</t>
+  </si>
+  <si>
+    <t>Спуджер металлический широкий (лопатка двухсторонняя) 170мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4333-8</t>
+  </si>
+  <si>
+    <t>Инструмент монтажный ЛП-03 160мм REXANT</t>
+  </si>
+  <si>
+    <t>1.9.2 Пинцеты</t>
+  </si>
+  <si>
+    <t>12-0355</t>
+  </si>
+  <si>
+    <t>Пинцет изогнутый, узкий, фиксатор, рифленый 155мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0373</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 130мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0376</t>
+  </si>
+  <si>
+    <t>Пинцет прямой с острыми кончиками 125мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0368</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 200мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0380</t>
+  </si>
+  <si>
+    <t>Пинцет прямой узкий 140мм Airy (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0346</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, узкий, рифленый 145мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0365</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 155мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0378</t>
+  </si>
+  <si>
+    <t>Пинцет изогнутый, узкий 125мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0372</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 120мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0340</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, узкий, фиксатор, рифленый 100мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0347</t>
+  </si>
+  <si>
+    <t>Пинцет прямой рифленый 200мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0360</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 125мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0375</t>
+  </si>
+  <si>
+    <t>Пинцет прямой с острыми кончиками 120мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0370</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 120мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0385</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пинцет изогнутый узкий 120мм Airy (блистер) REXANT </t>
+  </si>
+  <si>
+    <t>12-0371</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 140мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0369</t>
+  </si>
+  <si>
+    <t>Пинцет прямой рифленый 250мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0377</t>
+  </si>
+  <si>
+    <t>Пинцет прямой с закругленными кончиками 125мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0381</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 160мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0358</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пинцет изогнутый, узкий, рифленый 160мм REXANT </t>
+  </si>
+  <si>
+    <t>12-0366</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 160мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>1.9.3 Зажимы</t>
+  </si>
+  <si>
+    <t>12-4344-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный прямой 270мм</t>
+  </si>
+  <si>
+    <t>12-4341-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный прямой 125мм</t>
+  </si>
+  <si>
+    <t>12-4353-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный изогнутый 200мм</t>
+  </si>
+  <si>
+    <t>12-4354-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный изогнутый 270мм</t>
+  </si>
+  <si>
+    <t>12-4342-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный прямой 160мм</t>
+  </si>
+  <si>
+    <t>12-4343-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный прямой 200мм</t>
+  </si>
+  <si>
+    <t>12-4351-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный изогнутый 125мм</t>
+  </si>
+  <si>
+    <t>12-4352-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный изогнутый 160мм</t>
+  </si>
+  <si>
+    <t>1.10 Инструмент для маркировки</t>
+  </si>
+  <si>
+    <t>1.10.1 Маркеры меловые</t>
+  </si>
+  <si>
+    <t>08-7005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маркер меловой Chalk Marker 3мм, спиртовая основа, белый MunHwa </t>
+  </si>
+  <si>
+    <t>1.10.2 Маркер-краска</t>
+  </si>
+  <si>
+    <t>08-7201</t>
+  </si>
+  <si>
+    <t>Маркер-краска Extra Fine Paint Marker 1мм, нитрооснова, черный MunHwa</t>
+  </si>
+  <si>
+    <t>08-7405</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маркер-краска Slim 2мм, нитрооснова, белый MunHwa </t>
+  </si>
+  <si>
+    <t>08-7605</t>
+  </si>
+  <si>
+    <t>Маркер-краска 4мм, нитрооснова, белый MunHwa</t>
+  </si>
+  <si>
+    <t>09-3990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маркер эмаль 0,8мм (для рисунка печатных плат) черный Edding-780 </t>
+  </si>
+  <si>
+    <t>09-3991</t>
+  </si>
+  <si>
+    <t>Маркер эмаль 1-2мм (для печатных плат) чёрный Edding-791</t>
+  </si>
+  <si>
+    <t>08-7401</t>
+  </si>
+  <si>
+    <t>Маркер-краска Slim 2мм, нитрооснова, черный MunHwa</t>
+  </si>
+  <si>
+    <t>08-7205</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маркер-краска Extra Fine Paint Marker 1мм, нитрооснова, белый MunHwa </t>
+  </si>
+  <si>
+    <t>08-7601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маркер-краска 4мм, нитрооснова, черный MunHwa </t>
+  </si>
+  <si>
+    <t>1.10.3 Маркеры перманентные</t>
+  </si>
+  <si>
+    <t>08-8401</t>
+  </si>
+  <si>
+    <t>Маркер перманентный двухсторонний Multi Marker Twin 2мм/1мм, черный, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>08-8801</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker Chisel 5мм, черный, скошенный Crown</t>
+  </si>
+  <si>
+    <t>08-8603</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker 3мм, красный, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>08-8201</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker Slim 2мм, черный, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>08-8601</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker 3мм, черный, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>09-3995-9</t>
+  </si>
+  <si>
+    <t>Набор маркеров permanent 0,3мм (для пленок и ПВХ) набор:черный,красный,зеленый,синий Edding-140</t>
+  </si>
+  <si>
+    <t>09-3995</t>
+  </si>
+  <si>
+    <t>Маркер перманентный S 0,3мм (для пленок и ПВХ) черный Edding-140</t>
+  </si>
+  <si>
+    <t>08-8602</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker 3мм, синий, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>08-9001</t>
+  </si>
+  <si>
+    <t>Маркер перманентный 1-2мм, черный, пулевидный Luxor 100</t>
+  </si>
+  <si>
+    <t>09-3997</t>
+  </si>
+  <si>
+    <t>Набор маркеров 4S 0,3мм (для маркировки кабелей) набор:черный,красный,зеленый,синий Edding-8407</t>
+  </si>
+  <si>
+    <t>09-3993</t>
+  </si>
+  <si>
+    <t>Маркер перманентный 0,75мм (для рисунка печатных плат) черный Edding-404</t>
+  </si>
+  <si>
+    <t>08-8001</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker Super Slim 1мм, черный, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>1.11 Телескопический инструмент</t>
+  </si>
+  <si>
+    <t>12-4813</t>
+  </si>
+  <si>
+    <t>Магнит на шарнире телескопический 280-430мм (удержание 450г) REXANT</t>
+  </si>
+  <si>
+    <t>12-4816</t>
+  </si>
+  <si>
+    <t>Захват магнитный цанговый 4 лапки, 610мм, (удержание 2кг) REXANT</t>
+  </si>
+  <si>
+    <t>12-4822</t>
+  </si>
+  <si>
+    <t>Магнит телескопический и зеркало в наборе (2 пр.) REXANT</t>
+  </si>
+  <si>
+    <t>12-4801</t>
+  </si>
+  <si>
+    <t>Зеркало телескопическое диаметром 57мм на (240-920мм) REXANT</t>
+  </si>
+  <si>
+    <t>12-4811</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Магнит телескопический 130-640мм (удержание 1600г) REXANT </t>
+  </si>
+  <si>
+    <t>12-4812</t>
+  </si>
+  <si>
+    <t>Магнит телескопический 160-850мм (удержание 2300г) REXANT</t>
+  </si>
+  <si>
+    <t>12-4815</t>
+  </si>
+  <si>
+    <t>Захват магнитный цанговый 4 лапки, 610мм, встроенный светодиодный фонарик, (удержание 2кг) REXANT</t>
+  </si>
+  <si>
+    <t>12-4814</t>
+  </si>
+  <si>
+    <t>Захват магнитный гибкий, 465мм (удержание 1кг) REXANT</t>
+  </si>
+  <si>
+    <t>1.12 Пилы и ножовки</t>
+  </si>
+  <si>
+    <t>12-8201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лобзик 200мм REXANT </t>
+  </si>
+  <si>
+    <t>12-8213</t>
+  </si>
+  <si>
+    <t>Ножовка по дереву Зубец 400мм, 7-8 TPI, каленый зуб 2D, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножовка по гипсокартону 180мм, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-8214</t>
+  </si>
+  <si>
+    <t>Ножовка по дереву Зубец 450мм, 7-8 TPI, каленый зуб 2D, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8215</t>
+  </si>
+  <si>
+    <t>Ножовка по дереву Зубец 500мм, 7-8 TPI, каленый зуб 2D, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8212</t>
+  </si>
+  <si>
+    <t>Ножовка по дереву Зубец 350мм, 7-8 TPI, каленый зуб 2D, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8227</t>
+  </si>
+  <si>
+    <t>Ножовка по пенобетону 700мм, защитное покрытие, твердосплавные напайки на зубья, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножовка по пенобетону 500мм, защитное покрытие, твердосплавные напайки на зубья, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-8229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пила для фанеры с запилом 330мм, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>1.13 Наборы инструментов</t>
+  </si>
+  <si>
+    <t>12-4691-3</t>
+  </si>
+  <si>
+    <t>Набор диэлектрического инструмента RI-01, тканевый пенал, 7 предметов, до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4692-3</t>
+  </si>
+  <si>
+    <t>Набор диэлектрического инструмента RI-02, тканевый пенал, 11 предметов, до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-6070</t>
+  </si>
+  <si>
+    <t>Набор головок и бит с ключом-трещоткой 17 предметов REXANT</t>
+  </si>
+  <si>
+    <t>KR-66-6682</t>
+  </si>
+  <si>
+    <t>Набор инструментов, 1/2, 1/4, CrV, пластиковый кейс, 82 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>12-6071</t>
+  </si>
+  <si>
+    <t>Набор инструментов HOBBY 26 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4693-2</t>
+  </si>
+  <si>
+    <t>Набор инструментов электрика, 21 предмет REXANT</t>
+  </si>
+  <si>
+    <t>12-4694-2</t>
+  </si>
+  <si>
+    <t>Набор инструментов электрика, 29 предметов REXANT</t>
+  </si>
+  <si>
+    <t>KR-66-6694</t>
+  </si>
+  <si>
+    <t>Набор инструментов, 1/2, 1/4, CrV, пластиковый кейс, 94 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>1.14 Отвертки</t>
+  </si>
+  <si>
+    <t>1.14.1 Отвертки крестовые (PH,PZ)</t>
+  </si>
+  <si>
+    <t>12-6402</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6408</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6405</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6404</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6414</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ1х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6403</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4726-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х75мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4730</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4728</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х125мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6411</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH3х250мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6409</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6406</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6407</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4728-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х125мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4726</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4727</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6415</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ2х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6416</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4727-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6414-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ1х75мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6415-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ2х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4729</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6401</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH00х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6412</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6413</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ0х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>1.14.2 Отвертки шлицевые (SL)</t>
+  </si>
+  <si>
+    <t>12-6427</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6430</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6431</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6432</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6424-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4723-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х125мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4725</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6434</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL8х250мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6424</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6435</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6426</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6428</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4722-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6429</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6433</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL8х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4721-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х75мм, трехкомпонентная рукоятка сталь, S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6423</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4722</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4723</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х125мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4724</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL8х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6422</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4721</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6421</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6425</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>1.14.3 Набор отвертки с насадками</t>
+  </si>
+  <si>
+    <t>12-4775</t>
+  </si>
+  <si>
+    <t>Набор отверток 18 предметов REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4791</t>
+  </si>
+  <si>
+    <t>Набор отверток 31 предмет KRANZ</t>
+  </si>
+  <si>
+    <t>12-4703</t>
+  </si>
+  <si>
+    <t>Набор отверток 7 предметов (крестовые и шлицевые) REXANT</t>
+  </si>
+  <si>
+    <t>12-4742</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, прозрачная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4741</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, двухкомпонентная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4745</t>
+  </si>
+  <si>
+    <t>Отвертка реверсивная комбинированная, трехкомпонентная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4779</t>
+  </si>
+  <si>
+    <t>Набор 8 предметов с реверсивной отверткой REXANT</t>
+  </si>
+  <si>
+    <t>12-4776</t>
+  </si>
+  <si>
+    <t>Набор отверток 33 предмета REXANT</t>
+  </si>
+  <si>
+    <t>12-4774</t>
+  </si>
+  <si>
+    <t>Набор отверток 8 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4777</t>
+  </si>
+  <si>
+    <t>Набор отверток 10 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4778</t>
+  </si>
+  <si>
+    <t>Набор 13 предметов с реверсивной отверткой REXANT</t>
+  </si>
+  <si>
+    <t>12-6075</t>
+  </si>
+  <si>
+    <t>Набор головок и бит с реверсивной отверткой, 21 предмет REXANT</t>
+  </si>
+  <si>
+    <t>12-4743</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, прозрачная рукоятка, двухсторонний стержень 40мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4792</t>
+  </si>
+  <si>
+    <t>Набор отверток 38 предметов в кейсе KRANZ</t>
+  </si>
+  <si>
+    <t>1.14.4 Наборы отверток для точных работ</t>
+  </si>
+  <si>
+    <t>12-4764</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 6 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4771</t>
+  </si>
+  <si>
+    <t>Набор отверток 19 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4772</t>
+  </si>
+  <si>
+    <t>Набор отверток 28 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4765</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 9 предметов в пластиковом боксе REXANT</t>
+  </si>
+  <si>
+    <t>12-4766</t>
+  </si>
+  <si>
+    <t>Отвертка для телефонов Pentalobe 0,8 (звездочка) REXANT</t>
+  </si>
+  <si>
+    <t>12-6050</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток (6 предметов) REXANT</t>
+  </si>
+  <si>
+    <t>12-6041</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток TORX 7 предметов REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4774</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 62 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4752</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-02, 30 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4777</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 73 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>12-4704</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 16 предметов REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4753</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-03, 25 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4755</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-05, 106 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4776</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 37 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>12-4705</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отвертка с насадками 6 шт. REXANT </t>
+  </si>
+  <si>
+    <t>KR-12-4754</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-04, 24 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4751</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-01, 25 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>12-4762</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 25 предметов в чехле REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4778</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 31 предмет KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4772</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 114 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>12-4701</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 32 предмета REXANT</t>
+  </si>
+  <si>
+    <t>12-4763</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 8 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4761</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 38 предметов Профи REXANT</t>
+  </si>
+  <si>
+    <t>12-4702</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 37 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4706</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 45 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-6051</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток 16 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4754</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ REXANT XA-04, 24 предмета</t>
+  </si>
+  <si>
+    <t>KR-12-4771</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 54 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4773</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 40 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4770</t>
+  </si>
+  <si>
+    <t>Набор отверток и роликов для ремонта мобильных устройств 9 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4775</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 48 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>1.14.5 Диэлектрические отвертки</t>
+  </si>
+  <si>
+    <t>12-4719</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH/SL2х150мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4772-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 123 предмета REXANT</t>
+  </si>
+  <si>
+    <t>12-4771-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 76 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4715</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH0х75мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4714</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL6х150мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4711</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL3х75мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4712</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL4х100мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4713</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL5х125мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4717</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH1х125мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4773-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 14 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4716</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH0х100мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4718</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH2х150мм, до 100В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4773</t>
+  </si>
+  <si>
+    <t>Набор отверток (8 предметов) PROconnect</t>
+  </si>
+  <si>
+    <t>1.15 Ударно-забивной инструмент</t>
+  </si>
+  <si>
+    <t>KR-12-8145</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 910 г, черная резина, деревянная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8154</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 680 г, черно-белая резина, фибергласовая рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8152</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 225 г, черно-белая резина, фибергласовая рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>12-8105</t>
+  </si>
+  <si>
+    <t>Молоток слесарный с деревянной рукояткой 500г REXANT</t>
+  </si>
+  <si>
+    <t>12-8121</t>
+  </si>
+  <si>
+    <t>Молоток-гвоздодер 450г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8134</t>
+  </si>
+  <si>
+    <t>Кувалда с фибергласовой обрезиненной рукояткой 4000г REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8146</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 1130 г, черная резина, деревянная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>12-8103</t>
+  </si>
+  <si>
+    <t>Молоток слесарный с деревянной рукояткой 300г REXANT</t>
+  </si>
+  <si>
+    <t>12-8131</t>
+  </si>
+  <si>
+    <t>Кувалда с фибергласовой обрезиненной рукояткой 1500г REXANT</t>
+  </si>
+  <si>
+    <t>12-8135</t>
+  </si>
+  <si>
+    <t>Кувалда с фибергласовой обрезиненной рукояткой 5000г REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8144</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 680 г, черная резина, деревянная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8153</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 450 г, черно-белая резина, фибергласовая рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>12-8113</t>
+  </si>
+  <si>
+    <t>Молоток 300г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8133</t>
+  </si>
+  <si>
+    <t>Кувалда с фибергласовой обрезиненной рукояткой 3000г REXANT</t>
+  </si>
+  <si>
+    <t>12-8104</t>
+  </si>
+  <si>
+    <t>Молоток слесарный с деревянной рукояткой 400г REXANT</t>
+  </si>
+  <si>
+    <t>12-8108</t>
+  </si>
+  <si>
+    <t>Молоток слесарный с деревянной рукояткой 800г REXANT</t>
+  </si>
+  <si>
+    <t>12-8114</t>
+  </si>
+  <si>
+    <t>Молоток 400г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8115</t>
+  </si>
+  <si>
+    <t>Молоток 500г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8118</t>
+  </si>
+  <si>
+    <t>Молоток 800г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8116</t>
+  </si>
+  <si>
+    <t>Молоток 600г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8106</t>
+  </si>
+  <si>
+    <t>Молоток слесарный с деревянной рукояткой 600г REXANT</t>
+  </si>
+  <si>
+    <t>1.16 Ключи</t>
+  </si>
+  <si>
+    <t>1.16.1 Ключи-трещотки и наборы</t>
+  </si>
+  <si>
+    <t>KR-12-8403</t>
+  </si>
+  <si>
+    <t>Ключ-трещотка для торцовых головок 1/4, СrV, 72 зубца KRANZ</t>
+  </si>
+  <si>
+    <t>12-8308</t>
+  </si>
+  <si>
+    <t>Набор удлиненных торцевых головок 1/2, шестигранные, CrV, 10 шт., 10-22мм REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8401</t>
+  </si>
+  <si>
+    <t>Ключ-трещотка для торцовых головок 1/2, СrV, 72 зубца KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8413</t>
+  </si>
+  <si>
+    <t>Ключ телескопический трещоточный 1/4, 162-210мм, CrV, двухкомпонентная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8422</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 38мм, 10 предметов (10-24мм) металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8420</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 78мм, 20 предметов (8-32мм) пластиковый кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8430</t>
+  </si>
+  <si>
+    <t>Переходник ударный F3/4" х M1/2" KRANZ</t>
+  </si>
+  <si>
+    <t>12-8304</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, двенадцатигранные, CrV, 10 шт., 10-24мм REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8431</t>
+  </si>
+  <si>
+    <t>Шарнир карданный ударный 1/2"DR KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8411</t>
+  </si>
+  <si>
+    <t>Ключ телескопический трещоточный 1/2, 307-434мм, CrV, двухкомпонентная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>12-6080</t>
+  </si>
+  <si>
+    <t>Ключ торцевой с трещоткой универсальный 7-19мм REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8423</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных удлиненных торцевых головок для колесных дисков, 1/2", 3 предмета (17, 19, 21мм) пластиковый кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8421</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 78мм, 12 предметов (10-24мм) металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>12-8306</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, шестигранные, CrV, 10 шт., 10-22мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8316</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/4, шестигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8301</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, головки 10-24 мм, с трещоточным ключом, 12 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-8314</t>
+  </si>
+  <si>
+    <t>Набор универсальных торцевых головок 1/4, двенадцатигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8318</t>
+  </si>
+  <si>
+    <t>Набор удлиненных торцевых головок 1/4, шестигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>1.16.2 Ключи комбинированные</t>
+  </si>
+  <si>
+    <t>12-5818</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный 32 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5802-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 7мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5808-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 13мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5809-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 14мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5810-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 15мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5812-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 17мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5819-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 18мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5815-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 24мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5816</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный 27 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5814-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5803-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 8мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5813-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 19мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>12-5805-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 10мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5804-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 9мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5801-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 6мм, желтый цинк REXANT </t>
   </si>
   <si>
+    <t>12-5816-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 27мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5817-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 30мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5806-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 11мм, желтый цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5807-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 12мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5805-2</t>
-[...4 lines deleted...]
-  <si>
     <t>12-5817</t>
   </si>
   <si>
     <t>Ключ комбинированный 30 мм REXANT</t>
   </si>
   <si>
-    <t>12-5818</t>
-[...89 lines deleted...]
-    <t>1.1.2 Ключи рожковые</t>
+    <t>1.16.3 Ключи рожковые</t>
+  </si>
+  <si>
+    <t>12-5822-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 8х9мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5824-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 10х11мм, желтый цинк REXANT </t>
   </si>
   <si>
+    <t>12-5823-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 8х10мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5827-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 13х14мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5828-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 13х17мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5830-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 17х19мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5832-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 20х22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5833-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 24х27мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5835-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 30х32мм, желтый цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5826-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 12х13мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5829-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 14х17мм, желтый цинк REXANT </t>
   </si>
   <si>
+    <t>12-5821-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 6х7мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5825-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 14х15мм, желтый цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5831-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 19х22мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5827-2</t>
-[...134 lines deleted...]
-    <t>1.1.4 Ключи накидные</t>
+    <t>1.16.4 Наборы ключей</t>
+  </si>
+  <si>
+    <t>12-5842</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (6-14, 17, 19, 22мм) 12 шт, CrV, зеркальное хромирование REXANT</t>
+  </si>
+  <si>
+    <t>12-5845</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых 6-32мм 12 предметов CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5843-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-16х17мм), 6 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5844-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-20х22мм), 8 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-4841-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей комбинированных трещоточных (8, 10, 13, 17, 19мм), 5 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5844</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых (8-24мм), 8 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5872-2</t>
+  </si>
+  <si>
+    <t>Набор ключей-трубок торцевых 6х22мм, вороток, оцинкованные, 10 шт REXANT</t>
+  </si>
+  <si>
+    <t>12-5845-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-30х32мм), 12 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5841</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей комбинированных (8-19мм), 8 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5841-2</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (8, 10, 12, 13, 14, 17мм), 6 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5842-2</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (8-11, 13, 14, 17, 19мм), 8 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5843</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых (8-19мм), 6 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5874-2</t>
+  </si>
+  <si>
+    <t>Набор ключей-трубок торцевых 8х17мм, вороток, оцинкованные, 6 шт REXANT</t>
+  </si>
+  <si>
+    <t>12-5848</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных 6х32мм, 26 шт, CrV, полированный хром REXANT</t>
+  </si>
+  <si>
+    <t>1.16.5 Комбинированные трещеточные ключи</t>
+  </si>
+  <si>
+    <t>12-5807-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 12мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5809-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 14мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5811-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 16мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5812-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 17мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5805-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 10мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5810-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 15мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5804-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 9мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5813-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 19мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5806-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 11мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5819-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 18мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5808-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 13мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>1.16.6 Ключи разводные</t>
+  </si>
+  <si>
+    <t>12-4672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 150мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 200мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4674</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 250мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4675</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 300мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>1.16.7 Ключи баллонные</t>
+  </si>
+  <si>
+    <t>12-5883</t>
+  </si>
+  <si>
+    <t>Ключ-крест баллонный 17х19х21х22мм, усиленный, толщина 16мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5881</t>
+  </si>
+  <si>
+    <t>Ключ-крест баллонный 17х19х21мм, под квадрат 1/2, усиленный, толщина 16мм REXANT</t>
+  </si>
+  <si>
+    <t>1.16.8 Ключи трубные (газовые)</t>
+  </si>
+  <si>
+    <t>KR-12-5903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 2, 400 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 0, 250 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5904</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 3, 500 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5902</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 1, 300 мм, литой </t>
+  </si>
+  <si>
+    <t>1.16.9 Набор ключей имбусовых</t>
+  </si>
+  <si>
+    <t>KR-12-5211</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 9 шт., удлиненные, с шаром</t>
+  </si>
+  <si>
+    <t>KR-12-5213</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 2,0-12 мм, CrV, 9 шт., удлиненные</t>
+  </si>
+  <si>
+    <t>KR-12-5215</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 9 шт.</t>
+  </si>
+  <si>
+    <t>KR-12-5201</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 10 шт., оксидированные, на кольце</t>
+  </si>
+  <si>
+    <t>KR-12-5203</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых TORX KRANZ T10-T50, CrV, 9 шт., оксидированные, на кольце</t>
+  </si>
+  <si>
+    <t>KR-12-5221</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых Tamper-Torx KRANZ 9 шт., ТТ10-ТТ50, закаленные, удлиненные, никель</t>
+  </si>
+  <si>
+    <t>1.16.10 Ключи накидные</t>
+  </si>
+  <si>
+    <t>12-5857-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 10х13мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5858-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 13х17мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5861-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 19х22мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5862-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 20х22мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5864-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 24х27мм, цинк REXANT </t>
   </si>
   <si>
     <t>12-5865-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 27х32мм, цинк REXANT </t>
   </si>
   <si>
+    <t>12-5863-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 22х24мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5853-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 8х10мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5860-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 17х19мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5854-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 10х11мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5856-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 12х13мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5866-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 30х32мм, цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5855-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 14х15мм, цинк REXANT </t>
-  </si>
-[...2842 lines deleted...]
-    <t>Набор надфилей KRANZ 160х4 мм, 6 шт., обрезиненные рукоятки</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -3621,56 +3663,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-19mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-6mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-12mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-10mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30-mm-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-32-mm-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-27-mm-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-7mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-9mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-8mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-15mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-17mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-13mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-22mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-11mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-18mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-24mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-27mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-14mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-10h11mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-12h13mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h17mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-19h22mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h14mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h17mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-6h7mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-30h32mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-24h27mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-20h22mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h10mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-17h19mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h15mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h9mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-tortsevoy-s-treschotkoy-universalnyy-7-19mm-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-golovki-10-24-mm-s-treschotochnym-klyuchom-12-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-dvenadtsatigrannye-crv-10-sht-10-24mm-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-4-shestigrannye-crv-10-sht-4-13mm-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyh-tortsevyh-golovok-1-4-dvenadtsatigrannye-crv-10-sht-4-13mm-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-1-2-shestigrannye-crv-10-sht-10-22mm-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-1-4-shestigrannye-crv-10-sht-4-13mm-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-shestigrannye-crv-10-sht-10-22mm-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-4-162-210mm-crv-dvuhkomponentnaya-rukoyatka-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-4-srv-72-zubtsa-kranz.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-2-307-434mm-crv-dvuhkomponentnaya-rukoyatka-kranz.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-2-srv-72-zubtsa-kranz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-27h32mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-14h15mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h13mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-12h13mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-13h17mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h11mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-19h22mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-20h22mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-24h27mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-22h24mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-30h32mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-8h10mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-17h19mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-6h22mm-vorotok-otsinkovannye-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-19mm-6-sht-crv-zerkalnoe-hromirovanie-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-16h17mm-6-sht-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-11-13-14-17-19mm-8-sht-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-8h17mm-vorotok-otsinkovannye-6-sht-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-10-12-13-14-17mm-6-sht-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6-32mm-12-predmetov-crv-zerkalnoe-hromirovanie-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6-14-17-19-22mm-12-sht-crv-zerkalnoe-hromirovanie-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-30h32mm-12-sht-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-19mm-8-sht-crv-zerkalnoe-hromirovanie-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-20h22mm-8-sht-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-treschotochnyh-8-10-13-17-19mm-5-sht-crv-zerkalnoe-hromirovanie-rexan.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6h32mm-26-sht-crv-polirovannyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-24mm-8-sht-crv-zerkalnoe-hromirovanie-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-10mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-12mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-14mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-15mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-18mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-19mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-11mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-16mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-9mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-13mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-17mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-250mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-300mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-200mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-150mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21h22mm-usilennyy-tolschina-16mm-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21mm-pod-kvadrat-1-2-usilennyy-tolschina-16mm-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-3-500-mm-litoy.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-1-300-mm-litoy.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-0-250-mm-litoy.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-2-400-mm-litoy.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-2-0-12-mm-crv-9-sht-udlinennye.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-tamper-torx-kranz-9-sht-tt10-tt50-zakalennye-udlinennye-nikel.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-10-sht-oksidirovannye-na-koltse.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-torx-kranz-t10-t50-crv-9-sht-oksidirovannye-na-koltse.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht-udlinennye-s-sharom.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h40mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph00h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h250mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz0h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h40mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz3h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h40mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h40mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h250mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h200mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h75mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h150mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-31-predmet-kranz.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-7-predmetov-krestovye-i-shlitsevye-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-40mm-krestovaya-ph2-shlitsev.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-18-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-shlitse.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-sh.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-13-predmetov-s-reversivnoy-otvertkoy-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-33-predmeta-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-reversivnoy-otvertkoy-21-predmet-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-10-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-38-predmetov-v-keyse-kranz.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-8-predmetov-s-reversivnoy-otvertkoy-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-reversivnaya-kombinirovannaya-trehkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-kres.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-9-predmetov-v-plastikovom-bokse-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-03-25-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-02-30-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-32-predmeta-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-25-predmetov-v-chehle-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-05-106-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-04-24-predmeta-kranz.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-73-predmeta-kranz.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-62-predmeta-kranz.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-16-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-45-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-01-25-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-i-rolikov-dlya-remonta-mobilnyh-ustroystv-9-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-40-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-48-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-31-predmet-kranz.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-s-nasadkami-6-sht-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-16-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-28-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-19-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-6-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-dlya-telefonov-pentalobe-0-8-zvezdochka-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-torx-7-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-54-predmeta-kranz.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-114-predmetov-kranz.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-38-predmetov-profi-rexant.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-8-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-6-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph1h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph2h150mm-do-100v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl4h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl5h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl3h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl6h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-proconnect.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph-sl2h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-76-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-123-predmeta-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-14-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-mini-120mm-rexant.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-160mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-180mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-mini-120mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-200mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-tortsevye-mini-100mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-dlya-tochnyh-rabot-115mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-180mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-tortsevye-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mini-120mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-180mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-180mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-200mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-200mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-160mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kruglogubtsy-mini-120mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-180mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-200mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-izognutye-200mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-200mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kruglogubtsy-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-160mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-mini-120mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-izognutye-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-izognutye-mini-120mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-po-metallu-pryamye-260mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-po-metallu-pravye-260mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-po-metallu-levye-260mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnye-300mm-nikelirovannye-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnye-250mm-nikelirovannye-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnye-200mm-nikelirovannye-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-stopornyh-kolets-razzhim-160mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-stopornyh-kolets-szhim-160mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-stopornyh-kolets-razzhim-zagnutyy-160mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-stopornyh-kolets-zagnutyy-szhim-160mm-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-180mm-dielektricheskie-do-1000v-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-160mm-dielektricheskie-do-1000v-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-200mm-dielektricheskie-do-1000v-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-180mm-dielektricheskie-do-1000v-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-160mm-dielektricheskie-do-1000v-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-200mm-dielektricheskie-do-1000v-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mnogofunktsionalnye-universalnye-200mm-kranz.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-professionalnye-mnogofunktsionalnye-200mm-kranz.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-mnogofunktsionalnye-universalnye-190mm-kranz.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-mnogofunktsionalnye-universalnye-200mm-kranz.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-mnogofunktsionalnyy-5v1-kranz.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mnogofunktsionalnye-dielektricheskie-230mm-kranz.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mnogofunktsionalnye-15v1-kranz.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalnyy-instrument-dlya-zachistki-provodov-7v1-kranz.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-mnogofunktsionalnye-dielektricheskie-206mm-kranz.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mnogofunktsionalnye-dielektricheskie-s-testerom-pro-210mm-kranz.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mnogofunktsionalnye-dielektricheskie-so-semnikom-238mm-kranz.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-9mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-metallicheskiy-c-klipsoy-rexant.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-rexant.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-abs-plastik-obrezinennyy-rexant.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-plastik-c-klipsoy-rexant.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-vintovoy-fiksator-lezviya-rexant.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-25mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-korpus-abs-plastik-obrezinennyy-rexant.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-profi-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nozh-s-segmentirovannym-lezviem-komplekt-smennyh-lezviy-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-metallicheskiy-obrezinennyy-korpus-s-dopolnitelnym-zamkom-na-le.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-metallicheskiy-obrezinennyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-95mm-rexant.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-100mm-rexant.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stameska-nerzhaveyuschaya-stal-lezvie-75h22mm-rexant.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-s-chehlom-lezvie-67mm-rexant.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-90mm-rexant.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-340mm-rexant.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-280mm-rexant.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-01-120mm.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-03-150mm.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-01-130mm.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-03-150mm.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-perovye-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-5-zapasnyh-lezviy-skalpel-rexant.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-skalpel-so-smennymi-lezviyami-7-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-skalpel-rexant.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-14h100h0-4mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-obrezinennyy-korpus-5-zapasnyh-lezviy-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trapetsievidnye-lezviya-19mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-fiksirovannym-lezviem-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-19h39h0-25mm-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-400mm-metall-rexant.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-140mm-metall-rexant.html" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-s-dvumya-ostrymi-kontsami-pryamye-145-mm.html" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-140-mm.html" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-ostrokonechnye-pryamye-165mm.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-165-mm.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-3m-h-16mm-rexant.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-10m-h-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-5m-h-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-5m-h-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-3m-h-16mm-rexant.html" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-5m-h-19mm-rexant.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-10m-h-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-magnitnaya-10m-h-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-magnitnaya-7-5m-h-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-magnitnaya-5m-h-19mm-rexant.html" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-7-5m-h-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-magnitnaya-3m-h-16mm-rexant.html" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-7-5m-h-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-selbstfixierung-5m-x-25mm-magnitnyy-dvuhstoronniy-zatsep-neylon-dvuhstoronnyaya-shkala-avtom.html" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-selbstfixierung-10m-x-25mm-magnitnyy-dvuhstoronniy-zatsep-neylon-dvuhstoronnyaya-shkala-avto.html" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminievyy-rels-1500mm-3-glazka-1-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminievyy-rels-400mm-3-glazka-1-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminievyy-rels-600mm-3-glazka-1-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminievyy-rels-1000mm-3-glazka-1-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminievyy-rels-800mm-3-glazka-1-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-shts-150mm-rexant.html" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-strelochnyy-150mm-rexant.html" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrometr-mk-0-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-shtangentsirkul-150mm-rexant.html" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-shts-250mm-rexant.html" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrometr-mk-25-50mm-rexant.html" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepochnik-2-4-4-8mm-240mm-60-zaklepok-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepochnik-2-4-4-8mm-240mm-rexant.html" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x8mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x16mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x10mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x10mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x14mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x16mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x10mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x6mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x12mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x6mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x8mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x12mm-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelnyy-metallicheskiy-so-vstavkami-3v1-rexant.html" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelnyy-s-metallicheskoy-ruchkoy-rexant.html" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoby-dlya-mebelnogo-steplera-10-mm-tip-53-1000-sht-kranz.html" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelnyy-metallicheskiy-rexant.html" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoby-dlya-mebelnogo-steplera-12-mm-tip-53-1000-sht-kranz.html" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stepler-s-metallicheskoy-ruchkoy-2000-sht-skob-8mm-tip-53-rexant.html" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoby-dlya-mebelnogo-steplera-8-mm-tip-53-1000-sht-kranz.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montazhnoy-peny-plastmassovyy-korpus-rexant.html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-germetika-310ml-skeletnyy-s-fiksatorom-shestigrannyy-shtok-7-mm-rexant.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-germetika-310ml-poluotkrytyy-kruglyy-shtok-7-mm-utolschennye-stenki-rexant.html" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montazhnoy-peny-metallicheskiy-s-konfuzorom-i-regulirovkoy-rexant.html" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montazhnoy-peny-plastikovyy-usilennyy-s-konfuzorom-i-regulirovkoy-treschotkoy-rexant.html" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pistolet-pena-50-l.html" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dielektricheskogo-instrumenta-ri-01-tkanevyy-penal-7-predmetov-do-1000v-rexant.html" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dielektricheskogo-instrumenta-ri-02-tkanevyy-penal-11-predmetov-do-1000v-rexant.html" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-klyuchom-treschotkoy-17-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-1-2-1-4-crv-plastikovyy-keys-94-predmeta-kranz.html" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-1-2-1-4-crv-plastikovyy-keys-82-predmeta-kranz.html" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-hobby-26-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-elektrika-29-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-elektrika-21-predmet-rexant.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-14-v-1-155mm-kranz.html" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-skladnoy-kogot-poluavtomaticheskiy-titanium-rexant.html" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-skladnoy-poluavtomaticheskiy-hunter-rexant.html" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-10-v-1-155mm-kranz.html" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-11-v-1-154mm-kranz.html" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-15-v-1-158mm-kranz.html" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-10-funktsiy-113mm-kranz.html" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudzher-metallicheskiy-lopatka-dvuhstoronnyaya-170mm-rexant.html" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudzher-metallicheskiy-shirokiy-lopatka-dvuhstoronnyaya-170mm-rexant.html" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montazhnoe-pryamoe-shm-02-160mm.html" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montazhnoe-izognutoe-shm-04-155mm.html" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudzher-metallicheskiy-lopatka-dvuhstoronnyaya-lp-04-180mm.html" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montazhnoe-serpovidnoe-shm-06-155mm.html" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-montazhnyy-lp-03-160mm-rexant.html" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudzher-metallicheskiy-uzkiy-lopatka-dvuhstoronnyaya-170mm-rexant.html" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-pryamoy-200mm.html" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-izognutyy-125mm.html" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-izognutyy-200mm.html" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-pryamoy-125mm.html" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-pryamoy-160mm.html" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-izognutyy-160mm.html" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-izognutyy-270mm.html" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-pryamoy-270mm.html" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-140mm-rexant.html" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-rexant.html" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrymi-konchikami-120mm-rexant.html" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-120mm-airy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-zakruglennymi-konchikami-125mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-160mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-125mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-250mm-profi.html" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-160mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-riflenyy-160mm-rexant.html" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-140mm-airy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-155mm-profi.html" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-fiksator-riflenyy-155mm-profi.html" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-130mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-200mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrymi-konchikami-125mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-riflenyy-145mm-profi.html" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-200mm-profi.html" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-fiksator-riflenyy-100mm-profi.html" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-125mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-melovoy-chalk-marker-3mm-spirtovaya-osnova-belyy-munhwa.html" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-4mm-nitroosnova-belyy-munhwa.html" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-emal-0-8mm-dlya-risunka-pechatnyh-plat-chernyy-edding-780.html" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-extra-fine-paint-marker-1mm-nitroosnova-belyy-munhwa.html" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-4mm-nitroosnova-chernyy-munhwa.html" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-slim-2mm-nitroosnova-chernyy-munhwa.html" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-emal-1-2mm-dlya-pechatnyh-plat-chernyy-edding-791.html" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-extra-fine-paint-marker-1mm-nitroosnova-chernyy-munhwa.html" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-slim-2mm-nitroosnova-belyy-munhwa.html" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-s-0-3mm-dlya-plenok-i-pvh-chernyy-edding-140.html" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-markerov-permanent-0-3mm-dlya-plenok-i-pvh-nabor-chernyy-krasnyy-zelenyy-siniy-edding-140.html" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-super-slim-1mm-chernyy-pulevidnyy-crown.html" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-3mm-siniy-pulevidnyy-crown.html" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-3mm-krasnyy-pulevidnyy-crown.html" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-chisel-5mm-chernyy-skoshennyy-crown.html" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-slim-2mm-chernyy-pulevidnyy-crown.html" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-dvuhstoronniy-multi-marker-twin-2mm-1mm-chernyy-pulevidnyy-crown.html" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-1-2mm-chernyy-pulevidnyy-luxor-100.html" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-0-75mm-dlya-risunka-pechatnyh-plat-chernyy-edding-404.html" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-markerov-4s-0-3mm-dlya-markirovki-kabeley-nabor-chernyy-krasnyy-zelenyy-siniy-edding-8407.html" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-3mm-chernyy-pulevidnyy-crown.html" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitnyy-tsangovyy-4-lapki-610mm-vstroennyy-svetodiodnyy-fonarik-uderzhanie-2kg-rexant.html" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-130-640mm-uderzhanie-1600g-rexant.html" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-160-850mm-uderzhanie-2300g-rexant.html" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-i-zerkalo-v-nabore-2-pr-rexant.html" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zerkalo-teleskopicheskoe-diametrom-57mm-na-240-920mm-rexant.html" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitnyy-gibkiy-465mm-uderzhanie-1kg-rexant.html" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-na-sharnire-teleskopicheskiy-280-430mm-uderzhanie-450g-rexant.html" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitnyy-tsangovyy-4-lapki-610mm-uderzhanie-2kg-rexant.html" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-dlya-vskrytiya-korpusov-mobilnoy-tehniki-10-predmetov-ra-04-rexant.html" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-dlya-snyatiya-displeya-i-tachskrina-vakuumnyy-semnik-ra-01-rexant.html" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskrytiya-korpusov-mobilnoy-tehniki-ra-06-rexant.html" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-dlya-vskrytiya-korpusov-mobilnoy-tehniki-6-predmetov-ra-05-rexant.html" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskrytiya-korpusov-mobilnoy-tehniki-gibkaya-dvuhstoronnyaya-lopatka-ra-08-rexant.html" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskrytiya-korpusov-mobilnoy-tehniki-ra-07-rexant.html" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-nozhnitsy-dlya-snyatiya-displeya-ra-02-rexant.html" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-ruchnoy-125mm-rexant.html" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-50mm-rexant.html" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-75mm-rexant.html" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnye-150mm-povorotnye-s-nakovalney-kranz.html" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnye-200mm-povorotnye-s-nakovalney-kranz.html" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-150mm-rexant.html" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-200mm-rexant.html" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-250mm-rexant.html" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-ruchnoy-175mm-rexant.html" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-ruchnoy-250mm-rexant.html" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-100mm-rexant.html" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-125mm-rexant.html" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-300mm-rexant.html" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnye-100mm-povorotnye-s-nakovalney-kranz.html" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-gvozdoder-450g-fiberglasovaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarnyy-s-derevyannoy-rukoyatkoy-500g-rexant.html" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-1500g-rexant.html" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-4000g-rexant.html" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-5000g-rexant.html" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarnyy-s-derevyannoy-rukoyatkoy-400g-rexant.html" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarnyy-s-derevyannoy-rukoyatkoy-600g-rexant.html" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-600g-fiberglasovaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-400g-fiberglasovaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-300g-fiberglasovaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-500g-fiberglasovaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-800g-fiberglasovaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-3000g-rexant.html" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarnyy-s-derevyannoy-rukoyatkoy-300g-rexant.html" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarnyy-s-derevyannoy-rukoyatkoy-800g-rexant.html" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-680-g-chernaya-rezina-derevyannaya-rukoyatka-kranz.html" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-450-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-kranz.html" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-910-g-chernaya-rezina-derevyannaya-rukoyatka-kranz.html" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-680-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-kranz.html" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-1130-g-chernaya-rezina-derevyannaya-rukoyatka-kranz.html" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-225-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-kranz.html" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-derevu-zubets-450mm-7-8-tpi-kalenyy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-derevu-zubets-500mm-7-8-tpi-kalenyy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-derevu-zubets-350mm-7-8-tpi-kalenyy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-derevu-zubets-400mm-7-8-tpi-kalenyy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-gipsokartonu-180mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-penobetonu-700mm-zaschitnoe-pokrytie-tverdosplavnye-napayki-na-zubya-dvuhkomponentnaya-r.html" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lobzik-200mm-rexant.html" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-penobetonu-500mm-zaschitnoe-pokrytie-tverdosplavnye-napayki-na-zubya-dvuhkomponentnaya-r.html" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-dlya-fanery-s-zapilom-330mm-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznyh-kranz-140h50h3-mm-5-sht.html" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-kruglyy-kranz-150-mm-derevyannaya-ruchka.html" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-160h4mm-obrezinennye-rukoyatki-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-treugolnyy-kranz-150-mm-derevyannaya-ruchka.html" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-ploskiy-kranz-150-mm-derevyannaya-ruchka.html" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznyh-140h50h3mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznyh-140h70h3mm-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-kranz-160h4-mm-6-sht-obrezinennye-rukoyatki.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-nojnitsi-dlya-snyatiya-displeya-ra-02-rexant-17810" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskritiya-korpusov-mobilnoy-tehniki-ra-07-rexant-17813" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskritiya-korpusov-mobilnoy-tehniki-gibkaya-dvuhstoronnyaya-lopatka-ra-08-rexant-17820" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskritiya-korpusov-mobilnoy-tehniki-ra-06-rexant-17809" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-dlya-vskritiya-korpusov-mobilnoy-tehniki-10-predmetov-ra-04-rexant-17817" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-dlya-vskritiya-korpusov-mobilnoy-tehniki-6-predmetov-ra-05-rexant-17808" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-dlya-snyatiya-displeya-i-tachskrina-vakuumniy-semnik-ra-01-rexant-17816" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-ruchnoy-125mm-rexant-20593" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-150mm-rexant-20599" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-250mm-rexant-20591" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-300mm-rexant-20592" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-125mm-rexant-20598" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-ruchnoy-175mm-rexant-20595" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-200mm-rexant-20590" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-ruchnoy-250mm-rexant-20596" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnie-200mm-povorotnie-s-nakovalney-kranz-27273" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnie-150mm-povorotnie-s-nakovalney-kranz-27272" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-100mm-rexant-20594" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-75mm-rexant-20597" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-50mm-rexant-20600" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnie-100mm-povorotnie-s-nakovalney-kranz-27271" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnie-200mm-nikelirovannie-oblivnie-rukoyatki-rexant-20830" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnie-300mm-nikelirovannie-oblivnie-rukoyatki-rexant-20832" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnie-250mm-nikelirovannie-oblivnie-rukoyatki-rexant-20831" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-mnogofunktsionalnie-universalnie-200mm-kranz-29721" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mnogofunktsionalnie-15v1-kranz-31539" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-mnogofunktsionalniy-5v1-kranz-31540" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mnogofunktsionalnie-dielektricheskie-230mm-kranz-31976" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-mnogofunktsionalnie-dielektricheskie-206mm-kranz-31975" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-mnogofunktsionalnie-universalnie-190mm-kranz-29720" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalniy-instrument-dlya-zachistki-provodov-7v1-kranz-31541" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mnogofunktsionalnie-dielektricheskie-s-testerom-pro-210mm-kranz-31973" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mnogofunktsionalnie-universalnie-200mm-kranz-29719" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mnogofunktsionalnie-dielektricheskie-so-semnikom-238mm-kranz-31974" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-professionalnie-mnogofunktsionalnie-200mm-kranz-29722" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-180mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20871" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-tortsevie-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20861" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20860" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-mini-120mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20868" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-tortsevie-mini-100mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20858" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-dlya-tochnih-rabot-115mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20859" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-160mm-oblivnie-rukoyatki-rexant-20862" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-180mm-oblivnie-rukoyatki-rexant-20870" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-200mm-oblivnie-rukoyatki-rexant-20869" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-mini-120mm-rexant-15435" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-200mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20839" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-160mm-oblivnie-rukoyatki-rexant-20841" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-180mm-oblivnie-rukoyatki-rexant-20842" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20837" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-200mm-oblivnie-rukoyatki-rexant-20843" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-180mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20838" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mini-120mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20840" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-izognutie-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20844" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20853" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kruglogubtsi-mini-120mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20851" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-izognutie-mini-120mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20854" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-180mm-oblivnie-rukoyatki-rexant-20852" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-200mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20849" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-160mm-oblivnie-rukoyatki-rexant-20847" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-200mm-oblivnie-rukoyatki-rexant-20848" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-izognutie-200mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20845" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kruglogubtsi-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20846" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-mini-120mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20850" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-po-metallu-levie-260mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20855" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-po-metallu-pravie-260mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20856" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-po-metallu-pryamie-260mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20857" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-stopornih-kolets-zagnutiy-sjim-160mm-oblivnie-rukoyatki-rexant-20833" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-stopornih-kolets-sjim-160mm-oblivnie-rukoyatki-rexant-20835" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-stopornih-kolets-razjim-160mm-oblivnie-rukoyatki-rexant-20834" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-stopornih-kolets-razjim-zagnutiy-160mm-oblivnie-rukoyatki-rexant-20836" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-180mm-dielektricheskie-do-1000v-rexant-24351" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-160mm-dielektricheskie-do-1000v-rexant-24350" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-180mm-dielektricheskie-do-1000v-rexant-24354" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-rexant-200-mm-dielektricheskie-do-1000-v-24355" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-160mm-dielektricheskie-do-1000v-rexant-24353" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-200mm-dielektricheskie-do-1000v-rexant-24352" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznih-kranz-140h50h3-mm-5-sht-27845" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznih-140h70h3mm-10-sht-kranz-30385" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-krugliy-kranz-150-mm-derevyannaya-ruchka-27848" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-treugolniy-kranz-150-mm-derevyannaya-ruchka-27846" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-ploskiy-kranz-150-mm-derevyannaya-ruchka-27847" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-kranz-160h4-mm-6-sht-obrezinennie-rukoyatki-27844" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-160h4mm-obrezinennie-rukoyatki-10-sht-kranz-30383" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznih-140h50h3mm-10-sht-kranz-30384" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-metallicheskiy-obrezinenniy-korpus-rexant-9508" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-25mm-metallicheskiy-obrezinenniy-korpus-s-dopolnitelnim-zamkom-na-lezvii-rexant-15209" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-25mm-10-sht-rexant-15207" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-noj-s-segmentirovannim-lezviem-komplekt-smennih-lezviy-10-sht-rexant-28556" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-korpus-plastik-rexant-9511" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-korpus-abs-plastik-obrezinenniy-rexant-9509" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-9mm-10-sht-rexant-11169" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-9mm-korpus-metallicheskiy-c-klipsoy-rexant-9514" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-trapetsievidnim-vidvijnim-lezviem-rexant-9516" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-trapetsievidnim-vidvijnim-lezviem-vintovoy-fiksator-lezviya-rexant-9517" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-9mm-korpus-plastik-c-klipsoy-rexant-9513" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-10-sht-rexant-11168" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-profi-10-sht-rexant-15210" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-25mm-korpus-abs-plastik-obrezinenniy-rexant-15206" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-ostrokonechnie-pryamie-165mm-14511" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-s-dvumya-ostrimi-kontsami-pryamie-145-mm-14529" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-tupokonechnie-pryamie-140-mm-14514" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-tupokonechnie-pryamie-165-mm-14508" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-90mm-rexant-14491" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-95mm-rexant-14492" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-dlya-rezki-teploizolyatsionnih-paneley-lezvie-280mm-rexant-20824" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stameska-nerjaveyuschaya-stal-lezvie-75h22mm-rexant-14493" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-dlya-rezki-teploizolyatsionnih-paneley-lezvie-340mm-rexant-20822" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-100mm-rexant-14488" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-s-chehlom-lezvie-67mm-rexant-20823" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-perovim-lezviem-skalpel-rexant-9518" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-ostrokonechniy-so-01-130mm-12561" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-ostrokonechniy-so-03-150mm-12562" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-sk-03-150mm-12563" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-sk-01-120mm-12564" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-perovie-5-sht-rexant-9520" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-perovim-lezviem-5-zapasnih-lezviy-skalpel-rexant-9519" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-skalpel-so-smennimi-lezviyami-7-predmetov-rexant-12505" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trapetsievidnie-lezviya-19mm-10-sht-rexant-12506" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennie-dlya-skrebka-19h39h0-25mm-10-sht-rexant-15720" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelniy-universalniy-400mm-metall-rexant-15719" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vidvijnim-lezviem-plastik-rexant-15723" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-fiksirovannim-lezviem-plastik-rexant-15715" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vidvijnim-lezviem-obrezinenniy-korpus-5-zapasnih-lezviy-v-komplekte-rexant-15718" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelniy-universalniy-140mm-metall-rexant-15717" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennie-dlya-skrebka-14h100h0-4mm-10-sht-rexant-15724" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminieviy-rels-1500mm-3-glazka-1-povorotniy-rexant-22100" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminieviy-rels-400mm-3-glazka-1-povorotniy-rexant-22098" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminieviy-rels-800mm-3-glazka-1-povorotniy-rexant-24989" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminieviy-rels-600mm-3-glazka-1-povorotniy-rexant-22099" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminieviy-rels-1000mm-3-glazka-1-povorotniy-rexant-24990" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrometr-mk-0-25mm-rexant-22057" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-shts-150mm-rexant-22054" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-strelochniy-150mm-rexant-22056" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-shtangentsirkul-150mm-rexant-12483" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-shts-250mm-rexant-22055" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrometr-mk-25-50mm-rexant-22058" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-7-5m-h-25mm-20879" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-5m-h-25mm-11516" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-3m-h-16mm-11515" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-5m-h-25mm-11517" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-3m-h-16mm-11512" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-10m-h-25mm-11514" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-selbstfixierung-5m-x-25mm-magnitniy-dvuhstoronniy-zatsep-neylon-dvuhstoronnyaya-shkala-avtomaticheskaya-fiksatsiya-kranz-31999" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-10m-h-25mm-11513" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-selbstfixierung-10m-x-25mm-magnitniy-dvuhstoronniy-zatsep-neylon-dvuhstoronnyaya-shkala-avtomaticheskaya-fiksatsiya-kranz-32000" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-magnitnaya-7-5m-h-25mm-20878" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-magnitnaya-3m-h-16mm-20877" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-magnitnaya-5m-h-19mm-20875" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-magnitnaya-10m-h-25mm-20880" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-7-5m-h-25mm-20876" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-5m-h-19mm-11518" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x8mm-50-sht-rexant-17215" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x10mm-50-sht-rexant-17217" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x16mm-50-sht-rexant-17216" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x8mm-50-sht-rexant-17220" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x16mm-50-sht-rexant-17230" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x10mm-50-sht-rexant-17214" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x10mm-50-sht-rexant-17211" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x14mm-50-sht-rexant-17222" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepochnik-2-4-4-8mm-240mm-rexant-15646" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x6mm-50-sht-rexant-17219" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x12mm-50-sht-rexant-17226" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x6mm-50-sht-rexant-17225" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x12mm-50-sht-rexant-17203" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepochnik-2-4-4-8mm-240mm-60-zaklepok-v-komplekte-rexant-15640" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stepler-s-metallicheskoy-ruchkoy-2000-sht-skob-8mm-tip-53-rexant-28595" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelniy-metallicheskiy-rexant-15653" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelniy-metallicheskiy-so-vstavkami-3v1-rexant-15647" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skobi-dlya-mebelnogo-steplera-12-mm-tip-53-1000-sht-kranz-27564" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelniy-s-metallicheskoy-ruchkoy-rexant-15641" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skobi-dlya-mebelnogo-steplera-8-mm-tip-53-1000-sht-kranz-27562" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skobi-dlya-mebelnogo-steplera-10-mm-tip-53-1000-sht-kranz-27563" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montajnoy-peni-plastmassoviy-korpus-rexant-23439" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-germetika-310ml-poluotkritiy-krugliy-shtok-7-mm-utolschennie-stenki-rexant-23438" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-germetika-310ml-skeletniy-s-fiksatorom-shestigranniy-shtok-7-mm-rexant-23437" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montajnoy-peni-plastikoviy-usilenniy-s-konfuzorom-i-regulirovkoy-treschotkoy-rexant-23440" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montajnoy-peni-metallicheskiy-s-konfuzorom-i-regulirovkoy-rexant-23441" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pistolet-pena-50-l-28591" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-11-v-1-154mm-kranz-30241" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-10-v-1-155mm-kranz-30242" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-14-v-1-155mm-kranz-30243" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-skladnoy-poluavtomaticheskiy-hunter-rexant-14971" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-15-v-1-158mm-kranz-30240" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-10-funktsiy-kranz-113-mm-26924" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-skladnoy-kogot-poluavtomaticheskiy-titanium-rexant-18376" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montajnoe-serpovidnoe-shm-06-155mm-13016" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montajnoe-pryamoe-shm-02-160mm-13020" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montajnoe-izognutoe-shm-04-155mm-13021" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudjer-metallicheskiy-lopatka-dvuhstoronnyaya-lp-04-180mm-13022" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudjer-metallicheskiy-uzkiy-lopatka-dvuhstoronnyaya-170mm-rexant-14518" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudjer-metallicheskiy-lopatka-dvuhstoronnyaya-170mm-rexant-14526" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudjer-metallicheskiy-shirokiy-lopatka-dvuhstoronnyaya-170mm-rexant-14527" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-montajniy-lp-03-160mm-rexant-13017" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-fiksator-rifleniy-155mm-profi-12520" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-130mm-blister-rexant-16885" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrimi-konchikami-125mm-blister-rexant-16894" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-200mm-blister-rexant-16883" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-140mm-airy-blister-rexant-12517" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-rifleniy-145mm-profi-17125" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-155mm-profi-12516" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-125mm-blister-rexant-16882" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-blister-rexant-16896" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-fiksator-rifleniy-100mm-profi-12534" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-200mm-profi-19852" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-125mm-blister-rexant-16881" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrimi-konchikami-120mm-rexant-11919" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-rexant-11917" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-120mm-airy-blister-rexant-12518" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-140mm-rexant-11918" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-250mm-profi-19979" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-zakruglennimi-konchikami-125mm-blister-rexant-16886" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-160mm-blister-rexant-16895" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-rifleniy-160mm-rexant-16884" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-160mm-blister-rexant-17757" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-pryamoy-270mm-13125" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-pryamoy-125mm-13135" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-izognutiy-200mm-13136" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-izognutiy-270mm-13133" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-pryamoy-160mm-13127" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-pryamoy-200mm-13124" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-izognutiy-125mm-13128" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-izognutiy-160mm-13131" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-melovoy-chalk-marker-3mm-spirtovaya-osnova-beliy-munhwa-19326" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-extra-fine-paint-marker-1mm-nitroosnova-cherniy-munhwa-19321" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-slim-2mm-nitroosnova-beliy-munhwa-19318" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-4mm-nitroosnova-beliy-munhwa-19319" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-emal-0-8mm-dlya-risunka-pechatnih-plat-cherniy-edding-780-7517" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-emal-1-2mm-dlya-pechatnih-plat-chyorniy-edding-791-7515" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-slim-2mm-nitroosnova-cherniy-munhwa-19310" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-extra-fine-paint-marker-1mm-nitroosnova-beliy-munhwa-19309" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-4mm-nitroosnova-cherniy-munhwa-19298" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-dvuhstoronniy-multi-marker-twin-2mm-1mm-cherniy-pulevidniy-crown-19301" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-chisel-5mm-cherniy-skoshenniy-crown-19296" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-3mm-krasniy-pulevidniy-crown-19294" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-slim-2mm-cherniy-pulevidniy-crown-19317" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-3mm-cherniy-pulevidniy-crown-19302" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-markerov-permanent-0-3mm-dlya-plenok-i-pvh-nabor-cherniy-krasniy-zeleniy-siniy-edding-140-7915" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-s-0-3mm-dlya-plenok-i-pvh-cherniy-edding-140-7516" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-3mm-siniy-pulevidniy-crown-19333" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-1-2mm-cherniy-pulevidniy-luxor-100-19291" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-markerov-4s-0-3mm-dlya-markirovki-kabeley-nabor-cherniy-krasniy-zeleniy-siniy-edding-8407-7914" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-0-75mm-dlya-risunka-pechatnih-plat-cherniy-edding-404-7913" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-super-slim-1mm-cherniy-pulevidniy-crown-19328" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-na-sharnire-teleskopicheskiy-280-430mm-uderjanie-450g-rexant-9505" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitniy-tsangoviy-4-lapki-610mm-uderjanie-2kg-rexant-10756" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-i-zerkalo-v-nabore-2-pr-rexant-9507" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zerkalo-teleskopicheskoe-diametrom-57mm-na-240-920mm-rexant-9502" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-130-640mm-uderjanie-1600g-rexant-9503" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-160-850mm-uderjanie-2300g-rexant-9504" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitniy-tsangoviy-4-lapki-610mm-vstroenniy-svetodiodniy-fonarik-uderjanie-2kg-rexant-10755" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitniy-gibkiy-465mm-uderjanie-1kg-rexant-10754" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lobzik-200mm-rexant-23457" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-derevu-zubets-400mm-7-8-tpi-kaleniy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant-23459" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-gipsokartonu-180mm-dvuhkomponentnaya-rukoyatka-rexant-23462" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-derevu-zubets-450mm-7-8-tpi-kaleniy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant-23460" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-derevu-zubets-500mm-7-8-tpi-kaleniy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant-23461" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-derevu-zubets-350mm-7-8-tpi-kaleniy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant-23458" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-penobetonu-700mm-zaschitnoe-pokritie-tverdosplavnie-napayki-na-zubya-dvuhkomponentnaya-rukoyatka-rexant-23464" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-penobetonu-500mm-zaschitnoe-pokritie-tverdosplavnie-napayki-na-zubya-dvuhkomponentnaya-rukoyatka-rexant-23463" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-dlya-faneri-s-zapilom-330mm-dvuhkomponentnaya-rukoyatka-rexant-23465" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dielektricheskogo-instrumenta-ri-01-tkaneviy-penal-7-predmetov-do-1000v-rexant-24356" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dielektricheskogo-instrumenta-ri-02-tkaneviy-penal-11-predmetov-do-1000v-rexant-24357" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-klyuchom-treschotkoy-17-predmetov-rexant-14978" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-1-2-1-4-crv-plastikoviy-keys-82-predmeta-kranz-29701" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-hobby-26-predmetov-rexant-2296" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-elektrika-21-predmet-rexant-30842" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-elektrika-29-predmetov-rexant-30843" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-1-2-1-4-crv-plastikoviy-keys-94-predmeta-kranz-29702" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h100mm-dvuhkomponentnaya-rukoyatka-rexant-23737" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h150mm-dvuhkomponentnaya-rukoyatka-rexant-23743" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h150mm-dvuhkomponentnaya-rukoyatka-rexant-23740" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h75mm-dvuhkomponentnaya-rukoyatka-rexant-23739" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-dvuhkomponentnaya-rukoyatka-rexant-23749" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h150mm-dvuhkomponentnaya-rukoyatka-rexant-23738" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23752" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h40mm-dvuhkomponentnaya-rukoyatka-rexant-9552" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-dvuhkomponentnaya-rukoyatka-rexant-9550" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h250mm-dvuhkomponentnaya-rukoyatka-rexant-23746" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h200mm-dvuhkomponentnaya-rukoyatka-rexant-23744" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h200mm-dvuhkomponentnaya-rukoyatka-rexant-23741" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h100mm-dvuhkomponentnaya-rukoyatka-rexant-23742" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23754" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-dvuhkomponentnaya-rukoyatka-rexant-9548" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-dvuhkomponentnaya-rukoyatka-rexant-9549" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-dvuhkomponentnaya-rukoyatka-rexant-23750" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz3h150mm-dvuhkomponentnaya-rukoyatka-rexant-23751" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23753" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23755" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23756" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h150mm-dvuhkomponentnaya-rukoyatka-rexant-9551" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph00h75mm-dvuhkomponentnaya-rukoyatka-rexant-23736" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h40mm-dvuhkomponentnaya-rukoyatka-rexant-23747" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz0h75mm-dvuhkomponentnaya-rukoyatka-rexant-23748" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h75mm-dvuhkomponentnaya-rukoyatka-rexant-23723" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h100mm-dvuhkomponentnaya-rukoyatka-rexant-23726" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h150mm-dvuhkomponentnaya-rukoyatka-rexant-23727" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h200mm-dvuhkomponentnaya-rukoyatka-rexant-23728" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23733" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23735" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h40mm-dvuhkomponentnaya-rukoyatka-rexant-9547" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h250mm-dvuhkomponentnaya-rukoyatka-rexant-23730" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-dvuhkomponentnaya-rukoyatka-rexant-22116" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h40mm-dvuhkomponentnaya-rukoyatka-rexant-23731" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h200mm-dvuhkomponentnaya-rukoyatka-rexant-22118" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h150mm-dvuhkomponentnaya-rukoyatka-rexant-23724" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23734" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h200mm-dvuhkomponentnaya-rukoyatka-rexant-23725" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h200mm-dvuhkomponentnaya-rukoyatka-rexant-23729" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23732" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h200mm-dvuhkomponentnaya-rukoyatka-rexant-22115" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-dvuhkomponentnaya-rukoyatka-rexant-9544" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-dvuhkomponentnaya-rukoyatka-rexant-9545" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h150mm-dvuhkomponentnaya-rukoyatka-rexant-9546" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h150mm-dvuhkomponentnaya-rukoyatka-rexant-22114" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-dvuhkomponentnaya-rukoyatka-rexant-9543" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h100mm-dvuhkomponentnaya-rukoyatka-rexant-22113" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h150mm-dvuhkomponentnaya-rukoyatka-rexant-22117" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-18-predmetov-rexant-23758" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-31-predmet-kranz-26343" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-7-predmetov-krestovie-i-shlitsevie-rexant-9534" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9554" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9553" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-reversivnaya-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-23763" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-8-predmetov-s-reversivnoy-otvertkoy-rexant-23762" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-33-predmeta-rexant-23759" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-rexant-23757" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-10-predmetov-rexant-23760" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-13-predmetov-s-reversivnoy-otvertkoy-rexant-23761" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-reversivnoy-otvertkoy-21-predmet-rexant-23764" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterjen-40mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9555" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-38-predmetov-v-keyse-kranz-26342" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-6-predmetov-rexant-14243" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-19-predmetov-rexant-12394" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-28-predmetov-rexant-12395" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-9-predmetov-v-plastikovom-bokse-rexant-14239" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-dlya-telefonov-pentalobe-0-8-zvezdochka-rexant-14238" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-6-predmetov-rexant-2294" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-torx-7-predmetov-rexant-2291" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-62-predmeta-kranz-26477" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-02-30-predmetov-kranz-26121" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-73-predmeta-kranz-26480" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-16-predmetov-rexant-9556" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-03-25-predmetov-kranz-26122" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-05-106-predmetov-kranz-26124" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-37-predmetov-kranz-26479" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-s-nasadkami-6-sht-rexant-9515" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-04-24-predmeta-kranz-26123" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-01-25-predmetov-kranz-26344" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-25-predmetov-v-chehle-rexant-14242" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-31-predmet-kranz-26481" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-114-predmetov-kranz-26485" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-32-predmeta-rexant-9532" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-8-predmetov-rexant-14248" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-38-predmetov-profi-rexant-12396" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-37-predmetov-rexant-9533" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-45-predmetov-rexant-12397" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-16-predmetov-rexant-2295" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-rexant-xa-04-24-predmeta-24437" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-54-predmeta-kranz-26484" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-40-predmetov-kranz-26476" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-i-rolikov-dlya-remonta-mobilnih-ustroystv-9-predmetov-kranz-26483" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-48-predmetov-kranz-26478" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph-sl2h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-30645" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-123-predmeta-rexant-30647" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-76-predmetov-rexant-30646" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9539" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl6h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9538" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl3h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9535" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl4h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9536" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl5h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9537" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph1h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9541" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-14-predmetov-rexant-30648" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9540" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph2h150mm-do-100v-dvuhkomponentnaya-rukoyatka-rexant-9542" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-proconnect-14120" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-680-g-chernaya-rezina-derevyannaya-rukoyatka-27557" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-680-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-27561" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-225-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-27559" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarniy-s-derevyannoy-rukoyatkoy-500g-rexant-23444" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-gvozdoder-450g-fiberglasovaya-rukoyatka-rexant-23452" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-4000g-rexant-23455" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-910-g-chernaya-rezina-derevyannaya-rukoyatka-27558" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarniy-s-derevyannoy-rukoyatkoy-300g-rexant-23442" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-1500g-rexant-23453" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-5000g-rexant-23456" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-450-g-chernaya-rezina-derevyannaya-rukoyatka-27556" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-450-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-27560" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-300g-fiberglasovaya-rukoyatka-rexant-23447" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-3000g-rexant-23454" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarniy-s-derevyannoy-rukoyatkoy-400g-rexant-23443" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarniy-s-derevyannoy-rukoyatkoy-800g-rexant-23446" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-400g-fiberglasovaya-rukoyatka-rexant-23448" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-500g-fiberglasovaya-rukoyatka-rexant-23449" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-800g-fiberglasovaya-rukoyatka-rexant-23451" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-600g-fiberglasovaya-rukoyatka-rexant-23450" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarniy-s-derevyannoy-rukoyatkoy-600g-rexant-23445" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovih-golovok-1-4-srv-72-zubtsa-kranz-30545" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennih-tortsevih-golovok-1-2-shestigrannie-crv-10-sht-10-22mm-rexant-23469" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovih-golovok-1-2-srv-72-zubtsa-kranz-30546" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochniy-1-4-162-210mm-crv-dvuhkomponentnaya-rukoyatka-kranz-30541" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-38mm-10-predmetov-10-24mm-metallicheskiy-keys-kran.html" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-20-predmetov-8-32mm-plastikovyy-keys-kranz.html" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-udarnyy-f3-4-h-m1-2-kranz.html" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-dvenadtsatigrannie-crv-10-sht-10-24mm-rexant-23467" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnir-kardannyy-udarnyy-1-2-dr-kranz.html" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochniy-1-2-330-460mm-crv-dvuhkomponentnaya-rukoyatka-kranz-30542" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-tortsevoy-s-treschotkoy-universalniy-7-19mm-rexant-17818" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-udlinennyh-tortsevyh-golovok-dlya-kolesnyh-diskov-1-2-3-predmeta-17-19-2.html" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-12-predmetov-10-24mm-metallicheskiy-keys-kran.html" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-shestigrannie-crv-10-sht-10-22mm-rexant-23468" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-4-shestigrannie-crv-10-sht-4-13mm-rexant-23471" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-golovki-10-24-mm-s-treschotochnim-klyuchom-12-predmetov-rexant-23466" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnih-tortsevih-golovok-1-4-dvenadtsatigrannie-crv-10-sht-4-13mm-rexant-23470" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennih-tortsevih-golovok-1-4-shestigrannie-crv-10-sht-4-13mm-rexant-23472" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-32-mm-rexant-17269" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-7mm-jeltiy-tsink-rexant-20629" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-13mm-jeltiy-tsink-rexant-20641" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-14mm-jeltiy-tsink-rexant-20631" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-15mm-jeltiy-tsink-rexant-20643" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-17mm-jeltiy-tsink-rexant-20628" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-18mm-jeltiy-tsink-rexant-20644" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-24mm-jeltiy-tsink-rexant-20625" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-27-mm-rexant-17290" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-22mm-jeltiy-tsink-rexant-20646" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-8mm-jeltiy-tsink-rexant-20642" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-19mm-jeltiy-tsink-rexant-20645" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-10mm-jeltiy-tsink-rexant-20638" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-9mm-jeltiy-tsink-rexant-20630" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-6mm-jeltiy-tsink-rexant-20624" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-27mm-jeltiy-tsink-rexant-20626" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-30mm-jeltiy-tsink-rexant-20627" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-11mm-jeltiy-tsink-rexant-20639" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-12mm-jeltiy-tsink-rexant-20640" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-30-mm-rexant-17268" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-8h9mm-jeltiy-tsink-rexant-20610" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-10h11mm-jeltiy-tsink-rexant-20620" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-8h10mm-jeltiy-tsink-rexant-20611" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-13h14mm-jeltiy-tsink-rexant-20613" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-13h17mm-jeltiy-tsink-rexant-20616" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-17h19mm-jeltiy-tsink-rexant-20608" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-20h22mm-jeltiy-tsink-rexant-20618" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-24h27mm-jeltiy-tsink-rexant-20619" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-30h32mm-jeltiy-tsink-rexant-23664" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-12h13mm-jeltiy-tsink-rexant-20612" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-14h17mm-jeltiy-tsink-rexant-20615" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-6h7mm-jeltiy-tsink-rexant-20609" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-14h15mm-jeltiy-tsink-rexant-20614" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-19h22mm-jeltiy-tsink-rexant-20617" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-6-14-17-19-22mm-12-sht-crv-zerkalnoe-hromirovanie-rexant-17298" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6-32mm-12-predmetov-crv-zerkalnoe-hromirovanie-rexant-17264" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-16h17mm-6-sht-jeltiy-tsink-rexant-20632" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-20h22mm-8-sht-jeltiy-tsink-rexant-20636" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-treschotochnih-8-10-13-17-19mm-5-sht-crv-zerkalnoe-hromirovanie-rexant-20637" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-8-24mm-8-sht-crv-zerkalnoe-hromirovanie-rexant-17271" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevih-6h22mm-vorotok-otsinkovannie-10-sht-rexant-24803" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-30h32mm-12-sht-jeltiy-tsink-rexant-20633" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-19mm-8-sht-crv-zerkalnoe-hromirovanie-rexant-17276" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-10-12-13-14-17mm-6-sht-jeltiy-tsink-rexant-20635" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-11-13-14-17-19mm-8-sht-jeltiy-tsink-rexant-20634" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-8-19mm-6-sht-crv-zerkalnoe-hromirovanie-rexant-17281" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevih-8h17mm-vorotok-otsinkovannie-6-sht-rexant-24804" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-6h32mm-26-sht-crv-polirovanniy-hrom-rexant-24802" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-12mm-crv-zerkalniy-hrom-rexant-20605" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-14mm-crv-zerkalniy-hrom-rexant-20606" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-16mm-crv-zerkalniy-hrom-rexant-20607" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-17mm-crv-zerkalniy-hrom-rexant-20621" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-10mm-crv-zerkalniy-hrom-rexant-20603" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-15mm-crv-zerkalniy-hrom-rexant-20601" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-9mm-crv-zerkalniy-hrom-rexant-20602" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-19mm-crv-zerkalniy-hrom-rexant-23668" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-11mm-crv-zerkalniy-hrom-rexant-20604" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-18mm-crv-zerkalniy-hrom-rexant-20622" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-13mm-crv-zerkalniy-hrom-rexant-20623" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-150mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20826" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-200mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20827" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-250mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20828" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-300mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20829" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonniy-17h19h21h22mm-usilenniy-tolschina-16mm-rexant-24806" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonniy-17h19h21mm-pod-kvadrat-1-2-usilenniy-tolschina-16mm-rexant-24805" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-2-400-mm-litoy-27269" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-0-250-mm-litoy-27267" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-3-500-mm-litoy-27270" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-1-300-mm-litoy-27268" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-9-sht-udlinennie-s-sharom-27567" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-2-0-12-mm-crv-9-sht-udlinennie-27568" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-9-sht-27569" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-10-sht-oksidirovannie-na-koltse-27565" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-torx-kranz-t10-t50-crv-9-sht-oksidirovannie-na-koltse-27566" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-tamper-torx-kranz-9-sht-tt10-tt50-zakalennie-udlinennie-nikel-27570" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-10h13mm-tsink-rexant-20657" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-13h17mm-tsink-rexant-20647" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-19h22mm-tsink-rexant-20651" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-20h22mm-tsink-rexant-20654" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-24h27mm-tsink-rexant-20652" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-27h32mm-tsink-rexant-20655" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-22h24mm-tsink-rexant-20653" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-8h10mm-tsink-rexant-20649" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-17h19mm-tsink-rexant-20648" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-10h11mm-tsink-rexant-20656" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-12h13mm-tsink-rexant-20658" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-30h32mm-tsink-rexant-23666" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-14h15mm-tsink-rexant-20650" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I553"/>
+  <dimension ref="A1:I560"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -3695,15675 +3737,15885 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="2"/>
-[...6 lines deleted...]
-      <c r="I4" s="2"/>
+      <c r="B4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="3">
+        <v>1340</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="3">
+        <v>153</v>
+      </c>
+      <c r="G4" s="3">
+        <v>1</v>
+      </c>
+      <c r="H4" s="3">
+        <v>80</v>
+      </c>
+      <c r="I4" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>244.5</v>
+        <v>387</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>282</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>81.11</v>
+        <v>870</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>104.83</v>
+        <v>420</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>164</v>
+        <v>136</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>320</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>95.96</v>
+        <v>330</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>11783</v>
+        <v>1810</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>750</v>
+        <v>666</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>3</v>
+        <v>1629</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>741.14</v>
+        <v>666</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="3" t="s">
+      <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="C11" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>84.29</v>
+        <v>396</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>616</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>101.55</v>
+        <v>800</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>637</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>94.29</v>
+        <v>1440</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>315</v>
+        <v>263</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>800</v>
+        <v>8</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>170.53</v>
+        <v>2000</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>114</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>240</v>
+        <v>8</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>209.75</v>
+        <v>700</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>445</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>128.86</v>
+        <v>510</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>6468</v>
+        <v>240</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>320</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>434.66</v>
+        <v>1050</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>792.04</v>
+        <v>590</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>570</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>40</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>110.15</v>
+        <v>10000</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>927</v>
+        <v>1</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>237.72</v>
+        <v>6300</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>160</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>516.13</v>
+        <v>500</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>616.65</v>
+        <v>350</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>129.3</v>
+        <v>220</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>1147</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="2" t="s">
+      <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="2"/>
-[...6 lines deleted...]
-      <c r="I25" s="2"/>
+      <c r="B25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C25" s="3">
+        <v>3900</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="3">
+        <v>147</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>4</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="C26" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="3" t="s">
+      <c r="A27" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="C28" s="3">
+        <v>650</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="3">
+        <v>106</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
         <v>60</v>
-      </c>
-[...16 lines deleted...]
-        <v>240</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>279.12</v>
+        <v>1000</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3">
+        <v>750</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="3">
+        <v>674</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>48</v>
+      </c>
+      <c r="I30" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="C30" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>79</v>
+        <v>950</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
+        <v>368</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
+        <v>60</v>
+      </c>
+      <c r="I32" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>579</v>
+        <v>1626.97</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>941</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>478.37</v>
+        <v>1120.21</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>710</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>311.17</v>
+        <v>1950</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
+        <v>1763</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>60</v>
+      </c>
+      <c r="I35" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>87</v>
+        <v>1800</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>3603</v>
+        <v>2078</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>600</v>
+        <v>60</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>258.08</v>
+        <v>950</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>180</v>
+        <v>48</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>151.8</v>
+        <v>1066.87</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>277</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C39" s="3">
+        <v>2300</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="3">
+        <v>1010</v>
+      </c>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
+        <v>60</v>
+      </c>
+      <c r="I39" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B39" s="3" t="s">
+      <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="C39" s="3">
-[...32 lines deleted...]
-      <c r="I40" s="2"/>
+      <c r="C40" s="3">
+        <v>950</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
+        <v>0</v>
+      </c>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
+        <v>60</v>
+      </c>
+      <c r="I40" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>2000</v>
+        <v>2100</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>219</v>
+        <v>1125</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B42" s="3" t="s">
+      <c r="C42" s="3">
+        <v>1040</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="3">
+        <v>1225</v>
+      </c>
+      <c r="G42" s="3">
+        <v>1</v>
+      </c>
+      <c r="H42" s="3">
+        <v>60</v>
+      </c>
+      <c r="I42" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="C42" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C44" s="3">
-        <v>800</v>
+        <v>470</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>853</v>
+        <v>1279</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C45" s="3">
-        <v>931.28</v>
+        <v>850</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>482</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C46" s="3">
-        <v>2400</v>
+        <v>400</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>922</v>
+        <v>3366</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C47" s="3">
-        <v>1460</v>
+        <v>260</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>1510</v>
+        <v>5814</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C48" s="3">
-        <v>1761.22</v>
+        <v>260</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C49" s="3">
-        <v>1850</v>
+        <v>260</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>100</v>
+        <v>298</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C50" s="3">
-        <v>1265.63</v>
+        <v>280</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>2800</v>
+        <v>353</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>26</v>
+        <v>1019</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C52" s="3">
+        <v>400</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="3">
+        <v>0</v>
+      </c>
+      <c r="G52" s="3">
+        <v>1</v>
+      </c>
+      <c r="H52" s="3">
+        <v>60</v>
+      </c>
+      <c r="I52" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="B53" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="C52" s="3">
-[...22 lines deleted...]
-      <c r="A53" s="2" t="s">
+      <c r="C53" s="3">
+        <v>530</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="3">
+        <v>848</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
+        <v>200</v>
+      </c>
+      <c r="I53" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="B53" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C55" s="3">
-        <v>279</v>
+        <v>520</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>68</v>
+        <v>616</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C56" s="3">
-        <v>202</v>
+        <v>340</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>1821</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>202</v>
+        <v>380</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>2014</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>279</v>
+        <v>400</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>450</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>164</v>
+        <v>440</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>229</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>390</v>
+        <v>440</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>86</v>
+        <v>1752</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C61" s="3">
+        <v>317</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="3">
+        <v>0</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>120</v>
+      </c>
+      <c r="I61" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C63" s="3">
-        <v>533</v>
+        <v>500</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>60</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C64" s="3">
-        <v>826</v>
+        <v>500</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>313</v>
+        <v>417</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C65" s="3">
-        <v>181</v>
+        <v>260</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C66" s="3">
-        <v>342</v>
+        <v>300</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>703</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>120</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A67" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I67" s="2"/>
+      <c r="A67" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C67" s="3">
+        <v>380</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="3">
+        <v>0</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>60</v>
+      </c>
+      <c r="I67" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C68" s="3">
-        <v>950</v>
+        <v>600</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>330</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C69" s="3">
-        <v>850</v>
+        <v>340</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C70" s="3">
-        <v>563</v>
+        <v>440</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>774</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>60</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C71" s="3">
-        <v>780</v>
+        <v>630</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>527</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C72" s="3">
-        <v>600</v>
+        <v>480</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>664</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C73" s="3">
+        <v>300</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F73" s="3">
+        <v>411</v>
+      </c>
+      <c r="G73" s="3">
+        <v>1</v>
+      </c>
+      <c r="H73" s="3">
+        <v>120</v>
+      </c>
+      <c r="I73" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C75" s="3">
-        <v>1500</v>
+        <v>550</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>2004</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C76" s="3">
-        <v>1666</v>
+        <v>550</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>803</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C77" s="3">
-        <v>900</v>
+        <v>600</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>729</v>
+        <v>49</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A78" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A78" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="B78" s="2"/>
+      <c r="C78" s="2"/>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2"/>
+      <c r="F78" s="2"/>
+      <c r="G78" s="2"/>
+      <c r="H78" s="2"/>
+      <c r="I78" s="2"/>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C79" s="3">
-        <v>3000</v>
+        <v>420</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>1</v>
+        <v>78</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C80" s="3">
-        <v>7600</v>
+        <v>420</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C81" s="3">
+        <v>420</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" s="3">
+        <v>0</v>
+      </c>
+      <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
+        <v>60</v>
+      </c>
+      <c r="I81" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C82" s="3">
+        <v>420</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82" s="3">
+        <v>143</v>
+      </c>
+      <c r="G82" s="3">
+        <v>1</v>
+      </c>
+      <c r="H82" s="3">
+        <v>60</v>
+      </c>
+      <c r="I82" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...64 lines deleted...]
-      </c>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C84" s="3">
-        <v>470</v>
+        <v>650</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>2</v>
+        <v>2917</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C85" s="3">
-        <v>570</v>
+        <v>520</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>0</v>
+        <v>2245</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C86" s="3">
-        <v>600</v>
+        <v>730</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>1277</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C87" s="3">
         <v>810</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>776</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C88" s="3">
-        <v>950</v>
+        <v>571</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>1885</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C89" s="3">
-        <v>400</v>
+        <v>850</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>243</v>
+        <v>839</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A90" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C91" s="3">
-        <v>306</v>
+        <v>405.97</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F91" s="3">
-        <v>255</v>
+        <v>1283</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="C92" s="3">
-        <v>540</v>
+        <v>1019.49</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F92" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C93" s="3">
-        <v>760</v>
+        <v>182.41</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
+        <v>99</v>
+      </c>
+      <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
+        <v>108</v>
+      </c>
+      <c r="I93" s="3">
         <v>0</v>
       </c>
-      <c r="G93" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A94" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I94" s="2"/>
+      <c r="A94" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="C94" s="3">
+        <v>188.33</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F94" s="3">
+        <v>1407</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>108</v>
+      </c>
+      <c r="I94" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C95" s="3">
-        <v>850</v>
+        <v>217.53</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
         <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>36</v>
+        <v>108</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C96" s="3">
-        <v>1000</v>
+        <v>504.29</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>36</v>
+        <v>180</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C97" s="3">
-        <v>750</v>
+        <v>933.5</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F97" s="3">
-        <v>744</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C98" s="3">
-        <v>590</v>
+        <v>867.74</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F98" s="3">
-        <v>187</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>120</v>
       </c>
       <c r="I98" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="2"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
       <c r="I99" s="2"/>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A100" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C101" s="3">
-        <v>870</v>
+        <v>380</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>1019</v>
+        <v>6431</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A102" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I102" s="2"/>
+      <c r="A102" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C102" s="3">
+        <v>842</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F102" s="3">
+        <v>376</v>
+      </c>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
+        <v>48</v>
+      </c>
+      <c r="I102" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C103" s="3">
-        <v>1800</v>
+        <v>369</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F103" s="3">
-        <v>1</v>
+        <v>3752</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C104" s="3">
+        <v>354.33</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>204</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="F104" s="3">
         <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>760</v>
+        <v>40</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>5781</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>36</v>
+        <v>288</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B106" s="3" t="s">
+      <c r="C106" s="3">
+        <v>240</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" s="3">
+        <v>12846</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>144</v>
+      </c>
+      <c r="I106" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="C106" s="3">
-[...22 lines deleted...]
-      <c r="A107" s="2" t="s">
+      <c r="B107" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B107" s="2"/>
-[...6 lines deleted...]
-      <c r="I107" s="2"/>
+      <c r="C107" s="3">
+        <v>44</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F107" s="3">
+        <v>8772</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>480</v>
+      </c>
+      <c r="I107" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C108" s="3">
-        <v>640</v>
+        <v>98.97</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>4117</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>40</v>
+        <v>576</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C109" s="3">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>307</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C110" s="3">
-        <v>520</v>
+        <v>400</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>210</v>
+        <v>660</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C111" s="3">
-        <v>150</v>
+        <v>30</v>
       </c>
       <c r="D111" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>273</v>
+        <v>210</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>80</v>
+        <v>576</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C112" s="3">
-        <v>205</v>
+        <v>90</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F112" s="3">
-        <v>444</v>
+        <v>18395</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C113" s="3">
-        <v>575</v>
+        <v>190</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F113" s="3">
-        <v>1</v>
+        <v>1854</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="2" t="s">
+      <c r="A114" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="B114" s="2"/>
-[...6 lines deleted...]
-      <c r="I114" s="2"/>
+      <c r="B114" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C114" s="3">
+        <v>500</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" s="3">
+        <v>3022</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>72</v>
+      </c>
+      <c r="I114" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="2"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
       <c r="I115" s="2"/>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C116" s="3">
-        <v>108</v>
+        <v>675</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>381</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C117" s="3">
-        <v>148</v>
+        <v>700</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>3184</v>
+        <v>49</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C118" s="3">
-        <v>180</v>
+        <v>570</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>882</v>
+        <v>27</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C119" s="3">
-        <v>117</v>
+        <v>675</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>897</v>
+        <v>58</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A120" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B120" s="3" t="s">
+      <c r="A120" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="C120" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B120" s="2"/>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2"/>
+      <c r="H120" s="2"/>
+      <c r="I120" s="2"/>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C121" s="3">
-        <v>350</v>
+        <v>540</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>0</v>
+        <v>849</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C122" s="3">
-        <v>99</v>
+        <v>600</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>399</v>
+        <v>1446</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>480</v>
+        <v>72</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C123" s="3">
-        <v>162</v>
+        <v>1205</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>366</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C124" s="3">
-        <v>99</v>
+        <v>600</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>1301</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>480</v>
+        <v>72</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C125" s="3">
-        <v>99</v>
+        <v>1390</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>237</v>
+        <v>205</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>480</v>
+        <v>60</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C126" s="3">
-        <v>261</v>
+        <v>440</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>572</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>240</v>
+        <v>72</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C127" s="3">
-        <v>207</v>
+        <v>854</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>678</v>
+        <v>745</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>360</v>
+        <v>48</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="3" t="s">
+      <c r="A128" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B128" s="2"/>
+      <c r="C128" s="2"/>
+      <c r="D128" s="2"/>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2"/>
+      <c r="H128" s="2"/>
+      <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>156</v>
+        <v>291.24</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>894</v>
+        <v>10816</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>360</v>
+        <v>288</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="3">
-        <v>180</v>
+        <v>550</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>2380</v>
+        <v>72</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="3">
-        <v>81</v>
+        <v>470</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>3717</v>
+        <v>178</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="3">
-        <v>115</v>
+        <v>450</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>4865</v>
+        <v>48</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>252</v>
+        <v>400</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>487</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>144</v>
+        <v>100</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>131</v>
+        <v>177.44</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F134" s="3">
-        <v>592</v>
+        <v>1816</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>360</v>
+        <v>200</v>
       </c>
       <c r="I134" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="3">
-        <v>144</v>
+        <v>327.64</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>360</v>
+        <v>288</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="B136" s="3" t="s">
+      <c r="C136" s="3">
+        <v>592.7</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F136" s="3">
+        <v>1748</v>
+      </c>
+      <c r="G136" s="3">
+        <v>1</v>
+      </c>
+      <c r="H136" s="3">
+        <v>144</v>
+      </c>
+      <c r="I136" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A137" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="C136" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B137" s="2"/>
+      <c r="C137" s="2"/>
+      <c r="D137" s="2"/>
+      <c r="E137" s="2"/>
+      <c r="F137" s="2"/>
+      <c r="G137" s="2"/>
+      <c r="H137" s="2"/>
+      <c r="I137" s="2"/>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C138" s="3">
-        <v>117</v>
+        <v>145.85</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F138" s="3">
-        <v>362</v>
+        <v>2937</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I138" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C139" s="3">
-        <v>216</v>
+        <v>160</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F139" s="3">
-        <v>748</v>
+        <v>1295</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="I139" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B140" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="C140" s="3">
+        <v>730.68</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F140" s="3">
+        <v>2306</v>
+      </c>
+      <c r="G140" s="3">
+        <v>1</v>
+      </c>
+      <c r="H140" s="3">
+        <v>48</v>
+      </c>
+      <c r="I140" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A141" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="B140" s="3" t="s">
+      <c r="B141" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="C140" s="3">
-[...32 lines deleted...]
-      <c r="I141" s="2"/>
+      <c r="C141" s="3">
+        <v>110</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F141" s="3">
+        <v>5203</v>
+      </c>
+      <c r="G141" s="3">
+        <v>1</v>
+      </c>
+      <c r="H141" s="3">
+        <v>240</v>
+      </c>
+      <c r="I141" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="3">
-        <v>252</v>
+        <v>130</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>206</v>
+        <v>1723</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>144</v>
+        <v>200</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="3">
-        <v>126</v>
+        <v>320</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>593</v>
+        <v>2723</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>480</v>
+        <v>288</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>101</v>
+        <v>540.67</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>2334</v>
+        <v>35</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>480</v>
+        <v>48</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="B145" s="3" t="s">
+      <c r="C145" s="3">
+        <v>231.46</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F145" s="3">
+        <v>2078</v>
+      </c>
+      <c r="G145" s="3">
+        <v>1</v>
+      </c>
+      <c r="H145" s="3">
+        <v>240</v>
+      </c>
+      <c r="I145" s="3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A146" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="C145" s="3">
-[...22 lines deleted...]
-      <c r="A146" s="3" t="s">
+      <c r="B146" s="2"/>
+      <c r="C146" s="2"/>
+      <c r="D146" s="2"/>
+      <c r="E146" s="2"/>
+      <c r="F146" s="2"/>
+      <c r="G146" s="2"/>
+      <c r="H146" s="2"/>
+      <c r="I146" s="2"/>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A147" s="2" t="s">
         <v>284</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B147" s="2"/>
+      <c r="C147" s="2"/>
+      <c r="D147" s="2"/>
+      <c r="E147" s="2"/>
+      <c r="F147" s="2"/>
+      <c r="G147" s="2"/>
+      <c r="H147" s="2"/>
+      <c r="I147" s="2"/>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C148" s="3">
-        <v>113</v>
+        <v>778</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>1195</v>
+        <v>256</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>480</v>
+        <v>30</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C149" s="3">
-        <v>306</v>
+        <v>335</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F149" s="3">
         <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>144</v>
+        <v>60</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C150" s="3">
-        <v>252</v>
+        <v>520</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>1365</v>
+        <v>1032</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>144</v>
+        <v>30</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C151" s="3">
-        <v>137</v>
+        <v>426</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>1132</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C152" s="3">
-        <v>113</v>
+        <v>670</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>1769</v>
+        <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>480</v>
+        <v>30</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A153" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A153" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="B153" s="2"/>
+      <c r="C153" s="2"/>
+      <c r="D153" s="2"/>
+      <c r="E153" s="2"/>
+      <c r="F153" s="2"/>
+      <c r="G153" s="2"/>
+      <c r="H153" s="2"/>
+      <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C154" s="3">
-        <v>180</v>
+        <v>2000</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>1840</v>
+        <v>503</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>480</v>
+        <v>60</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C155" s="3">
-        <v>153</v>
+        <v>1400</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>215</v>
+        <v>2526</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C156" s="3">
-        <v>126</v>
+        <v>4000</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>824</v>
+        <v>132</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>480</v>
+        <v>50</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C157" s="3">
-        <v>154</v>
+        <v>2050</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>375</v>
+        <v>2114</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>480</v>
+        <v>50</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="C158" s="3">
-        <v>234</v>
+        <v>3550</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>288</v>
+        <v>765</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>240</v>
+        <v>20</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C159" s="3">
-        <v>117</v>
+        <v>2861.48</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>3444</v>
+        <v>40</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>360</v>
+        <v>50</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A160" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A160" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="B160" s="2"/>
+      <c r="C160" s="2"/>
+      <c r="D160" s="2"/>
+      <c r="E160" s="2"/>
+      <c r="F160" s="2"/>
+      <c r="G160" s="2"/>
+      <c r="H160" s="2"/>
+      <c r="I160" s="2"/>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="C161" s="3">
-        <v>144</v>
+        <v>380</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>180</v>
+        <v>1865</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>480</v>
+        <v>72</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="C162" s="3">
-        <v>126</v>
+        <v>290</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>317</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>480</v>
+        <v>72</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="C163" s="3">
-        <v>156</v>
+        <v>215</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>752</v>
+        <v>1166</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>360</v>
+        <v>120</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="C164" s="3">
-        <v>171</v>
+        <v>380</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>514</v>
+        <v>1221</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>240</v>
+        <v>72</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="C165" s="3">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>1343</v>
+        <v>1260</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>480</v>
+        <v>120</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A166" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I166" s="2"/>
+      <c r="A166" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B166" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="C166" s="3">
+        <v>600</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F166" s="3">
+        <v>2413</v>
+      </c>
+      <c r="G166" s="3">
+        <v>1</v>
+      </c>
+      <c r="H166" s="3">
+        <v>36</v>
+      </c>
+      <c r="I166" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="C167" s="3">
-        <v>1020</v>
+        <v>630</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F167" s="3">
+        <v>236</v>
+      </c>
+      <c r="G167" s="3">
+        <v>1</v>
+      </c>
+      <c r="H167" s="3">
+        <v>120</v>
+      </c>
+      <c r="I167" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C168" s="3">
-        <v>1603.3</v>
+        <v>550</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>1188</v>
+        <v>1086</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>36</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C169" s="3">
-        <v>126</v>
+        <v>980</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>5647</v>
+        <v>973</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>480</v>
+        <v>60</v>
       </c>
       <c r="I169" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="C170" s="3">
-        <v>2363</v>
+        <v>700</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>0</v>
+        <v>606</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C171" s="3">
-        <v>155</v>
+        <v>240</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>4020</v>
+        <v>3716</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C172" s="3">
-        <v>175</v>
+        <v>522</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>1860</v>
+        <v>2497</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C173" s="3">
-        <v>1400</v>
+        <v>801</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F173" s="3">
         <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C174" s="3">
         <v>550</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F174" s="3">
         <v>0</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="C175" s="3">
-        <v>1280</v>
+        <v>330</v>
       </c>
       <c r="D175" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>0</v>
+        <v>1634</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A176" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A176" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="B176" s="2"/>
+      <c r="C176" s="2"/>
+      <c r="D176" s="2"/>
+      <c r="E176" s="2"/>
+      <c r="F176" s="2"/>
+      <c r="G176" s="2"/>
+      <c r="H176" s="2"/>
+      <c r="I176" s="2"/>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A177" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A177" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="B177" s="2"/>
+      <c r="C177" s="2"/>
+      <c r="D177" s="2"/>
+      <c r="E177" s="2"/>
+      <c r="F177" s="2"/>
+      <c r="G177" s="2"/>
+      <c r="H177" s="2"/>
+      <c r="I177" s="2"/>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="C178" s="3">
-        <v>1140</v>
+        <v>110</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F178" s="3">
-        <v>10</v>
+        <v>475</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I178" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="C179" s="3">
-        <v>576</v>
+        <v>115</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F179" s="3">
-        <v>724</v>
+        <v>1007</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I179" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="C180" s="3">
-        <v>460</v>
+        <v>185</v>
       </c>
       <c r="D180" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F180" s="3">
-        <v>2563</v>
+        <v>345</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I180" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A181" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I181" s="2"/>
+      <c r="A181" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B181" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="C181" s="3">
+        <v>200</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F181" s="3">
+        <v>802</v>
+      </c>
+      <c r="G181" s="3">
+        <v>1</v>
+      </c>
+      <c r="H181" s="3">
+        <v>20</v>
+      </c>
+      <c r="I181" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="C182" s="3">
-        <v>500</v>
+        <v>275</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F182" s="3">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I182" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C183" s="3">
-        <v>1300</v>
+        <v>135</v>
       </c>
       <c r="D183" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F183" s="3">
-        <v>0</v>
+        <v>787</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I183" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="C184" s="3">
-        <v>1250</v>
+        <v>215</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F184" s="3">
-        <v>0</v>
+        <v>667</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="I184" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="C185" s="3">
-        <v>3000</v>
+        <v>250</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F185" s="3">
         <v>0</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>20</v>
       </c>
       <c r="I185" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="C186" s="3">
         <v>420</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>2621</v>
+        <v>0</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="C187" s="3">
-        <v>500</v>
+        <v>125</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F187" s="3">
-        <v>1559</v>
+        <v>162</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I187" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="C188" s="3">
-        <v>550</v>
+        <v>155</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F188" s="3">
-        <v>2058</v>
+        <v>478</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>216</v>
+        <v>20</v>
       </c>
       <c r="I188" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C189" s="3">
-        <v>2300</v>
+        <v>100</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F189" s="3">
-        <v>3</v>
+        <v>474</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
         <v>20</v>
       </c>
       <c r="I189" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C190" s="3">
-        <v>1250</v>
+        <v>225</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F190" s="3">
-        <v>789</v>
+        <v>550</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="I190" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C191" s="3">
-        <v>3400</v>
+        <v>520</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F191" s="3">
         <v>0</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A192" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A192" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="B192" s="2"/>
+      <c r="C192" s="2"/>
+      <c r="D192" s="2"/>
+      <c r="E192" s="2"/>
+      <c r="F192" s="2"/>
+      <c r="G192" s="2"/>
+      <c r="H192" s="2"/>
+      <c r="I192" s="2"/>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="C193" s="3">
-        <v>240</v>
+        <v>809</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F193" s="3">
-        <v>2203</v>
+        <v>0</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="C194" s="3">
-        <v>800</v>
+        <v>888</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>2588</v>
+        <v>2312</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="C195" s="3">
         <v>900</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F195" s="3">
-        <v>685</v>
+        <v>873</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="C196" s="3">
-        <v>420</v>
+        <v>79.03</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F196" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I196" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="C197" s="3">
-        <v>2768.54</v>
+        <v>430</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>0</v>
+        <v>1526</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="C198" s="3">
-        <v>2650</v>
+        <v>53.09</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F198" s="3">
         <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I198" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="C199" s="3">
-        <v>3850</v>
+        <v>61</v>
       </c>
       <c r="D199" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="F199" s="3">
         <v>0</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I199" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A200" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A200" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="B200" s="2"/>
+      <c r="C200" s="2"/>
+      <c r="D200" s="2"/>
+      <c r="E200" s="2"/>
+      <c r="F200" s="2"/>
+      <c r="G200" s="2"/>
+      <c r="H200" s="2"/>
+      <c r="I200" s="2"/>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="C201" s="3">
-        <v>720</v>
+        <v>300</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F201" s="3">
-        <v>792</v>
+        <v>15832</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="C202" s="3">
-        <v>600</v>
+        <v>260</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F202" s="3">
-        <v>191</v>
+        <v>9564</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="C203" s="3">
-        <v>440</v>
+        <v>293.99</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F203" s="3">
-        <v>1236</v>
+        <v>88</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="C204" s="3">
-        <v>310</v>
+        <v>500</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>0</v>
+        <v>1359</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="C205" s="3">
-        <v>376.58</v>
+        <v>1000</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F205" s="3">
-        <v>564</v>
+        <v>634</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="C206" s="3">
-        <v>400</v>
+        <v>1637.24</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F206" s="3">
-        <v>2148</v>
+        <v>1</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A207" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A207" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="B207" s="2"/>
+      <c r="C207" s="2"/>
+      <c r="D207" s="2"/>
+      <c r="E207" s="2"/>
+      <c r="F207" s="2"/>
+      <c r="G207" s="2"/>
+      <c r="H207" s="2"/>
+      <c r="I207" s="2"/>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>407</v>
+        <v>399</v>
       </c>
       <c r="C208" s="3">
-        <v>1270</v>
+        <v>2500</v>
       </c>
       <c r="D208" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F208" s="3">
+        <v>951</v>
+      </c>
+      <c r="G208" s="3">
+        <v>1</v>
+      </c>
+      <c r="H208" s="3">
+        <v>36</v>
+      </c>
+      <c r="I208" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>408</v>
+        <v>400</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>409</v>
+        <v>401</v>
       </c>
       <c r="C209" s="3">
-        <v>800</v>
+        <v>2500</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F209" s="3">
-        <v>5</v>
+        <v>473</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I209" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="C210" s="3">
-        <v>300</v>
+        <v>3600</v>
       </c>
       <c r="D210" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F210" s="3">
-        <v>6506</v>
+        <v>360</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I210" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="C211" s="3">
-        <v>220</v>
+        <v>1500</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F211" s="3">
-        <v>5329</v>
+        <v>6523</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A212" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I212" s="2"/>
+      <c r="A212" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="B212" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="C212" s="3">
+        <v>1800</v>
+      </c>
+      <c r="D212" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F212" s="3">
+        <v>0</v>
+      </c>
+      <c r="G212" s="3">
+        <v>1</v>
+      </c>
+      <c r="H212" s="3">
+        <v>48</v>
+      </c>
+      <c r="I212" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="C213" s="3">
-        <v>200</v>
+        <v>1050</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F213" s="3">
-        <v>8236</v>
+        <v>315</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>360</v>
+        <v>48</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="C214" s="3">
-        <v>260</v>
+        <v>1250</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F214" s="3">
-        <v>4332</v>
+        <v>319</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A215" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A215" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="B215" s="2"/>
+      <c r="C215" s="2"/>
+      <c r="D215" s="2"/>
+      <c r="E215" s="2"/>
+      <c r="F215" s="2"/>
+      <c r="G215" s="2"/>
+      <c r="H215" s="2"/>
+      <c r="I215" s="2"/>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A216" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A216" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="B216" s="2"/>
+      <c r="C216" s="2"/>
+      <c r="D216" s="2"/>
+      <c r="E216" s="2"/>
+      <c r="F216" s="2"/>
+      <c r="G216" s="2"/>
+      <c r="H216" s="2"/>
+      <c r="I216" s="2"/>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C217" s="3">
-        <v>200</v>
+        <v>533.89</v>
       </c>
       <c r="D217" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F217" s="3">
-        <v>2993</v>
+        <v>0</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="C218" s="3">
-        <v>140</v>
+        <v>533.89</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F218" s="3">
-        <v>6484</v>
+        <v>8</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
       <c r="C219" s="3">
-        <v>240</v>
+        <v>284.62</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F219" s="3">
-        <v>674</v>
+        <v>25</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>429</v>
+        <v>420</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="C220" s="3">
-        <v>140</v>
+        <v>315.36</v>
       </c>
       <c r="D220" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F220" s="3">
-        <v>2922</v>
+        <v>41</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>431</v>
+        <v>422</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>432</v>
+        <v>423</v>
       </c>
       <c r="C221" s="3">
-        <v>1108.65</v>
+        <v>210</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F221" s="3">
-        <v>4432</v>
+        <v>600</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>60</v>
+        <v>800</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>433</v>
+        <v>424</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>434</v>
+        <v>425</v>
       </c>
       <c r="C222" s="3">
-        <v>295</v>
+        <v>210</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F222" s="3">
-        <v>1036</v>
+        <v>2128</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>240</v>
+        <v>800</v>
       </c>
       <c r="I222" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>435</v>
+        <v>426</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="C223" s="3">
-        <v>4000</v>
+        <v>220</v>
       </c>
       <c r="D223" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F223" s="3">
-        <v>283</v>
+        <v>2470</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>24</v>
+        <v>800</v>
       </c>
       <c r="I223" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="C224" s="3">
-        <v>5000</v>
+        <v>284.62</v>
       </c>
       <c r="D224" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F224" s="3">
-        <v>128</v>
+        <v>74</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I224" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A225" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A225" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="B225" s="2"/>
+      <c r="C225" s="2"/>
+      <c r="D225" s="2"/>
+      <c r="E225" s="2"/>
+      <c r="F225" s="2"/>
+      <c r="G225" s="2"/>
+      <c r="H225" s="2"/>
+      <c r="I225" s="2"/>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A226" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I226" s="2"/>
+      <c r="A226" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C226" s="3">
+        <v>720.89</v>
+      </c>
+      <c r="D226" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F226" s="3">
+        <v>394</v>
+      </c>
+      <c r="G226" s="3">
+        <v>1</v>
+      </c>
+      <c r="H226" s="3">
+        <v>500</v>
+      </c>
+      <c r="I226" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A227" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I227" s="2"/>
+      <c r="A227" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B227" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C227" s="3">
+        <v>447.36</v>
+      </c>
+      <c r="D227" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F227" s="3">
+        <v>2650</v>
+      </c>
+      <c r="G227" s="3">
+        <v>1</v>
+      </c>
+      <c r="H227" s="3">
+        <v>400</v>
+      </c>
+      <c r="I227" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="C228" s="3">
-        <v>530</v>
+        <v>420.31</v>
       </c>
       <c r="D228" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>1361</v>
+        <v>671</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="C229" s="3">
+        <v>603.68</v>
+      </c>
+      <c r="D229" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F229" s="3">
+        <v>3319</v>
+      </c>
+      <c r="G229" s="3">
+        <v>1</v>
+      </c>
+      <c r="H229" s="3">
         <v>400</v>
-      </c>
-[...13 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="C230" s="3">
-        <v>280</v>
+        <v>681.78</v>
       </c>
       <c r="D230" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F230" s="3">
-        <v>0</v>
+        <v>911</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="C231" s="3">
-        <v>353</v>
+        <v>603.68</v>
       </c>
       <c r="D231" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F231" s="3">
-        <v>1659</v>
+        <v>94</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="C232" s="3">
-        <v>260</v>
+        <v>720.89</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F232" s="3">
-        <v>9537</v>
+        <v>500</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
       <c r="C233" s="3">
+        <v>447.36</v>
+      </c>
+      <c r="D233" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F233" s="3">
+        <v>4964</v>
+      </c>
+      <c r="G233" s="3">
+        <v>1</v>
+      </c>
+      <c r="H233" s="3">
         <v>400</v>
-      </c>
-[...13 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
       <c r="C234" s="3">
-        <v>260</v>
+        <v>410.42</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F234" s="3">
-        <v>98</v>
+        <v>1819</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="C235" s="3">
-        <v>260</v>
+        <v>644.33</v>
       </c>
       <c r="D235" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F235" s="3">
-        <v>904</v>
+        <v>151</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="C236" s="3">
-        <v>470</v>
+        <v>740</v>
       </c>
       <c r="D236" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F236" s="3">
-        <v>1780</v>
+        <v>25</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="C237" s="3">
-        <v>850</v>
+        <v>427.83</v>
       </c>
       <c r="D237" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F237" s="3">
-        <v>521</v>
+        <v>1298</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A238" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I238" s="2"/>
+      <c r="A238" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="B238" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="C238" s="3">
+        <v>340</v>
+      </c>
+      <c r="D238" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F238" s="3">
+        <v>2144</v>
+      </c>
+      <c r="G238" s="3">
+        <v>1</v>
+      </c>
+      <c r="H238" s="3">
+        <v>400</v>
+      </c>
+      <c r="I238" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="C239" s="3">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="D239" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F239" s="3">
-        <v>2458</v>
+        <v>2864</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="C240" s="3">
+        <v>625.49</v>
+      </c>
+      <c r="D240" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F240" s="3">
+        <v>1280</v>
+      </c>
+      <c r="G240" s="3">
+        <v>1</v>
+      </c>
+      <c r="H240" s="3">
         <v>400</v>
-      </c>
-[...13 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="C241" s="3">
-        <v>440</v>
+        <v>420</v>
       </c>
       <c r="D241" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F241" s="3">
-        <v>2374</v>
+        <v>10</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="C242" s="3">
-        <v>380</v>
+        <v>810</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F242" s="3">
-        <v>2298</v>
+        <v>2</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="C243" s="3">
-        <v>440</v>
+        <v>498.13</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F243" s="3">
-        <v>314</v>
+        <v>437</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="C244" s="3">
-        <v>520</v>
+        <v>662.27</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F244" s="3">
-        <v>878</v>
+        <v>1678</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="C245" s="3">
-        <v>340</v>
+        <v>643.44</v>
       </c>
       <c r="D245" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F245" s="3">
-        <v>2211</v>
+        <v>616</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A246" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I246" s="2"/>
+      <c r="A246" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="B246" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C246" s="3">
+        <v>410.42</v>
+      </c>
+      <c r="D246" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F246" s="3">
+        <v>0</v>
+      </c>
+      <c r="G246" s="3">
+        <v>1</v>
+      </c>
+      <c r="H246" s="3">
+        <v>400</v>
+      </c>
+      <c r="I246" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A247" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A247" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="B247" s="2"/>
+      <c r="C247" s="2"/>
+      <c r="D247" s="2"/>
+      <c r="E247" s="2"/>
+      <c r="F247" s="2"/>
+      <c r="G247" s="2"/>
+      <c r="H247" s="2"/>
+      <c r="I247" s="2"/>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="C248" s="3">
-        <v>260</v>
+        <v>1850</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F248" s="3">
-        <v>651</v>
+        <v>12</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="C249" s="3">
-        <v>380</v>
+        <v>740</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F249" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="C250" s="3">
-        <v>440</v>
+        <v>1400</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F250" s="3">
         <v>0</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="C251" s="3">
-        <v>630</v>
+        <v>1800</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F251" s="3">
-        <v>80</v>
+        <v>283</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="C252" s="3">
-        <v>600</v>
+        <v>880</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F252" s="3">
-        <v>489</v>
+        <v>0</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="C253" s="3">
-        <v>480</v>
+        <v>980</v>
       </c>
       <c r="D253" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F253" s="3">
-        <v>815</v>
+        <v>31</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="C254" s="3">
-        <v>340</v>
+        <v>740</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F254" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="C255" s="3">
-        <v>300</v>
+        <v>1110</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F255" s="3">
-        <v>2036</v>
+        <v>0</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A256" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A256" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B256" s="2"/>
+      <c r="C256" s="2"/>
+      <c r="D256" s="2"/>
+      <c r="E256" s="2"/>
+      <c r="F256" s="2"/>
+      <c r="G256" s="2"/>
+      <c r="H256" s="2"/>
+      <c r="I256" s="2"/>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A257" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A257" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B257" s="2"/>
+      <c r="C257" s="2"/>
+      <c r="D257" s="2"/>
+      <c r="E257" s="2"/>
+      <c r="F257" s="2"/>
+      <c r="G257" s="2"/>
+      <c r="H257" s="2"/>
+      <c r="I257" s="2"/>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A258" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I258" s="2"/>
+      <c r="A258" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="C258" s="3">
+        <v>520</v>
+      </c>
+      <c r="D258" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F258" s="3">
+        <v>45</v>
+      </c>
+      <c r="G258" s="3">
+        <v>1</v>
+      </c>
+      <c r="H258" s="3">
+        <v>288</v>
+      </c>
+      <c r="I258" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A259" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A259" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="B259" s="2"/>
+      <c r="C259" s="2"/>
+      <c r="D259" s="2"/>
+      <c r="E259" s="2"/>
+      <c r="F259" s="2"/>
+      <c r="G259" s="2"/>
+      <c r="H259" s="2"/>
+      <c r="I259" s="2"/>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>504</v>
+        <v>495</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>505</v>
+        <v>496</v>
       </c>
       <c r="C260" s="3">
         <v>550</v>
       </c>
       <c r="D260" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F260" s="3">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>48</v>
+        <v>576</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>506</v>
+        <v>497</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="C261" s="3">
-        <v>550</v>
+        <v>420</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F261" s="3">
-        <v>0</v>
+        <v>101</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>48</v>
+        <v>576</v>
       </c>
       <c r="I261" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A262" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I262" s="2"/>
+      <c r="A262" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="B262" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="C262" s="3">
+        <v>440</v>
+      </c>
+      <c r="D262" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F262" s="3">
+        <v>138</v>
+      </c>
+      <c r="G262" s="3">
+        <v>1</v>
+      </c>
+      <c r="H262" s="3">
+        <v>576</v>
+      </c>
+      <c r="I262" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="C263" s="3">
-        <v>1000</v>
+        <v>1187.5</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F263" s="3">
-        <v>143</v>
+        <v>185</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="C264" s="3">
-        <v>750</v>
+        <v>880</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F264" s="3">
-        <v>960</v>
+        <v>103</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="C265" s="3">
-        <v>650</v>
+        <v>390</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F265" s="3">
-        <v>220</v>
+        <v>66</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>60</v>
+        <v>576</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A266" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I266" s="2"/>
+      <c r="A266" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="B266" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C266" s="3">
+        <v>630</v>
+      </c>
+      <c r="D266" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F266" s="3">
+        <v>64</v>
+      </c>
+      <c r="G266" s="3">
+        <v>1</v>
+      </c>
+      <c r="H266" s="3">
+        <v>576</v>
+      </c>
+      <c r="I266" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>517</v>
+        <v>510</v>
       </c>
       <c r="C267" s="3">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F267" s="3">
-        <v>0</v>
+        <v>112</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>60</v>
+        <v>576</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A268" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A268" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="B268" s="2"/>
+      <c r="C268" s="2"/>
+      <c r="D268" s="2"/>
+      <c r="E268" s="2"/>
+      <c r="F268" s="2"/>
+      <c r="G268" s="2"/>
+      <c r="H268" s="2"/>
+      <c r="I268" s="2"/>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="C269" s="3">
-        <v>420</v>
+        <v>155</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F269" s="3">
-        <v>293</v>
+        <v>184</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>60</v>
+        <v>1152</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="C270" s="3">
-        <v>420</v>
+        <v>150</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F270" s="3">
-        <v>175</v>
+        <v>130</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>60</v>
+        <v>720</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A271" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I271" s="2"/>
+      <c r="A271" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="B271" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C271" s="3">
+        <v>150</v>
+      </c>
+      <c r="D271" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F271" s="3">
+        <v>0</v>
+      </c>
+      <c r="G271" s="3">
+        <v>1</v>
+      </c>
+      <c r="H271" s="3">
+        <v>720</v>
+      </c>
+      <c r="I271" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="C272" s="3">
-        <v>730</v>
+        <v>110</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F272" s="3">
-        <v>1815</v>
+        <v>429</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>60</v>
+        <v>1152</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="C273" s="3">
-        <v>520</v>
+        <v>150</v>
       </c>
       <c r="D273" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F273" s="3">
-        <v>2957</v>
+        <v>324</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>60</v>
+        <v>720</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="C274" s="3">
-        <v>810</v>
+        <v>2240</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F274" s="3">
-        <v>909</v>
+        <v>63</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I274" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="C275" s="3">
-        <v>650</v>
+        <v>495</v>
       </c>
       <c r="D275" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F275" s="3">
-        <v>3599</v>
+        <v>2135</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="C276" s="3">
-        <v>571</v>
+        <v>150</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F276" s="3">
-        <v>1761</v>
+        <v>0</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>60</v>
+        <v>720</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
       <c r="C277" s="3">
-        <v>850</v>
+        <v>100</v>
       </c>
       <c r="D277" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F277" s="3">
-        <v>823</v>
+        <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>60</v>
+        <v>720</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A278" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I278" s="2"/>
+      <c r="A278" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="B278" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="C278" s="3">
+        <v>2550</v>
+      </c>
+      <c r="D278" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F278" s="3">
+        <v>0</v>
+      </c>
+      <c r="G278" s="3">
+        <v>1</v>
+      </c>
+      <c r="H278" s="3">
+        <v>100</v>
+      </c>
+      <c r="I278" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="C279" s="3">
-        <v>950</v>
+        <v>690</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F279" s="3">
-        <v>0</v>
+        <v>239</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I279" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="C280" s="3">
-        <v>1150</v>
+        <v>93</v>
       </c>
       <c r="D280" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F280" s="3">
-        <v>3335</v>
+        <v>1186</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>60</v>
+        <v>1152</v>
       </c>
       <c r="I280" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A281" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A281" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="B281" s="2"/>
+      <c r="C281" s="2"/>
+      <c r="D281" s="2"/>
+      <c r="E281" s="2"/>
+      <c r="F281" s="2"/>
+      <c r="G281" s="2"/>
+      <c r="H281" s="2"/>
+      <c r="I281" s="2"/>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="C282" s="3">
-        <v>950</v>
+        <v>315</v>
       </c>
       <c r="D282" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F282" s="3">
-        <v>48</v>
+        <v>1104</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I282" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="C283" s="3">
-        <v>1120.21</v>
+        <v>600</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F283" s="3">
-        <v>0</v>
+        <v>2072</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="I283" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="C284" s="3">
-        <v>1950</v>
+        <v>900</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F284" s="3">
-        <v>731</v>
+        <v>1490</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I284" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="B285" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="C285" s="3">
         <v>550</v>
       </c>
-      <c r="B285" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D285" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F285" s="3">
         <v>0</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I285" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="C286" s="3">
-        <v>1066.87</v>
+        <v>300</v>
       </c>
       <c r="D286" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F286" s="3">
-        <v>0</v>
+        <v>2742</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>100</v>
+        <v>168</v>
       </c>
       <c r="I286" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="C287" s="3">
-        <v>1800</v>
+        <v>450</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F287" s="3">
-        <v>760</v>
+        <v>1305</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I287" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="C288" s="3">
-        <v>2300</v>
+        <v>1100</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F288" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I288" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
       <c r="C289" s="3">
-        <v>2100</v>
+        <v>500</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F289" s="3">
-        <v>310</v>
+        <v>462</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I289" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="2" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="B290" s="2"/>
       <c r="C290" s="2"/>
       <c r="D290" s="2"/>
       <c r="E290" s="2"/>
       <c r="F290" s="2"/>
       <c r="G290" s="2"/>
       <c r="H290" s="2"/>
       <c r="I290" s="2"/>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A291" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I291" s="2"/>
+      <c r="A291" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="B291" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="C291" s="3">
+        <v>330</v>
+      </c>
+      <c r="D291" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F291" s="3">
+        <v>0</v>
+      </c>
+      <c r="G291" s="3">
+        <v>1</v>
+      </c>
+      <c r="H291" s="3">
+        <v>120</v>
+      </c>
+      <c r="I291" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="C292" s="3">
-        <v>90</v>
+        <v>480</v>
       </c>
       <c r="D292" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F292" s="3">
-        <v>27174</v>
+        <v>0</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>180</v>
+        <v>48</v>
       </c>
       <c r="I292" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="C293" s="3">
-        <v>44</v>
+        <v>440</v>
       </c>
       <c r="D293" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F293" s="3">
-        <v>10855</v>
+        <v>654</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>480</v>
+        <v>60</v>
       </c>
       <c r="I293" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
       <c r="C294" s="3">
-        <v>40</v>
+        <v>510</v>
       </c>
       <c r="D294" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F294" s="3">
-        <v>14379</v>
+        <v>2267</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>288</v>
+        <v>48</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>569</v>
+        <v>562</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="C295" s="3">
-        <v>98.97</v>
+        <v>540</v>
       </c>
       <c r="D295" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F295" s="3">
-        <v>5937</v>
+        <v>0</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>576</v>
+        <v>48</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="C296" s="3">
-        <v>300</v>
+        <v>520</v>
       </c>
       <c r="D296" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F296" s="3">
-        <v>282</v>
+        <v>2010</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="C297" s="3">
-        <v>240</v>
+        <v>1700</v>
       </c>
       <c r="D297" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F297" s="3">
-        <v>15997</v>
+        <v>342</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>575</v>
+        <v>568</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>576</v>
+        <v>569</v>
       </c>
       <c r="C298" s="3">
-        <v>30</v>
+        <v>1440</v>
       </c>
       <c r="D298" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F298" s="3">
-        <v>3742</v>
+        <v>731</v>
       </c>
       <c r="G298" s="3">
         <v>1</v>
       </c>
       <c r="H298" s="3">
-        <v>576</v>
+        <v>24</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="C299" s="3">
-        <v>400</v>
+        <v>660</v>
       </c>
       <c r="D299" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F299" s="3">
-        <v>1924</v>
+        <v>0</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A300" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A300" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="B300" s="2"/>
+      <c r="C300" s="2"/>
+      <c r="D300" s="2"/>
+      <c r="E300" s="2"/>
+      <c r="F300" s="2"/>
+      <c r="G300" s="2"/>
+      <c r="H300" s="2"/>
+      <c r="I300" s="2"/>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="C301" s="3">
-        <v>500</v>
+        <v>2750</v>
       </c>
       <c r="D301" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F301" s="3">
-        <v>3739</v>
+        <v>1200</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="C302" s="3">
-        <v>190</v>
+        <v>4537</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F302" s="3">
-        <v>2187</v>
+        <v>0</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>144</v>
+        <v>10</v>
       </c>
       <c r="I302" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="C303" s="3">
-        <v>354.33</v>
+        <v>770</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>587</v>
+        <v>14</v>
       </c>
       <c r="F303" s="3">
-        <v>0</v>
+        <v>596</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>1</v>
+        <v>120</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>588</v>
+        <v>579</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>589</v>
+        <v>580</v>
       </c>
       <c r="C304" s="3">
-        <v>842</v>
+        <v>11000</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>15</v>
+        <v>204</v>
       </c>
       <c r="F304" s="3">
-        <v>633</v>
+        <v>540</v>
       </c>
       <c r="G304" s="3">
         <v>1</v>
       </c>
       <c r="H304" s="3">
-        <v>48</v>
+        <v>4</v>
       </c>
       <c r="I304" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>590</v>
+        <v>581</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>591</v>
+        <v>582</v>
       </c>
       <c r="C305" s="3">
-        <v>380</v>
+        <v>900</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F305" s="3">
-        <v>8472</v>
+        <v>0</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A306" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I306" s="2"/>
+      <c r="A306" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="B306" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="C306" s="3">
+        <v>20500</v>
+      </c>
+      <c r="D306" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F306" s="3">
+        <v>16</v>
+      </c>
+      <c r="G306" s="3">
+        <v>1</v>
+      </c>
+      <c r="H306" s="3">
+        <v>1</v>
+      </c>
+      <c r="I306" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="C307" s="3">
-        <v>600</v>
+        <v>18000</v>
       </c>
       <c r="D307" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F307" s="3">
-        <v>1925</v>
+        <v>28</v>
       </c>
       <c r="G307" s="3">
         <v>1</v>
       </c>
       <c r="H307" s="3">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="I307" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="C308" s="3">
-        <v>440</v>
+        <v>10500</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>15</v>
+        <v>204</v>
       </c>
       <c r="F308" s="3">
-        <v>935</v>
+        <v>754</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>72</v>
+        <v>4</v>
       </c>
       <c r="I308" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A309" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A309" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="B309" s="2"/>
+      <c r="C309" s="2"/>
+      <c r="D309" s="2"/>
+      <c r="E309" s="2"/>
+      <c r="F309" s="2"/>
+      <c r="G309" s="2"/>
+      <c r="H309" s="2"/>
+      <c r="I309" s="2"/>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A310" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A310" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="B310" s="2"/>
+      <c r="C310" s="2"/>
+      <c r="D310" s="2"/>
+      <c r="E310" s="2"/>
+      <c r="F310" s="2"/>
+      <c r="G310" s="2"/>
+      <c r="H310" s="2"/>
+      <c r="I310" s="2"/>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
       <c r="C311" s="3">
-        <v>540</v>
+        <v>97</v>
       </c>
       <c r="D311" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F311" s="3">
-        <v>954</v>
+        <v>970</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>72</v>
+        <v>480</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>604</v>
+        <v>594</v>
       </c>
       <c r="C312" s="3">
-        <v>1390</v>
+        <v>180</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F312" s="3">
-        <v>359</v>
+        <v>21</v>
       </c>
       <c r="G312" s="3">
         <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>605</v>
+        <v>595</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>606</v>
+        <v>596</v>
       </c>
       <c r="C313" s="3">
-        <v>1205</v>
+        <v>144</v>
       </c>
       <c r="D313" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F313" s="3">
-        <v>648</v>
+        <v>199</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>60</v>
+        <v>360</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A314" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I314" s="2"/>
+      <c r="A314" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="B314" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="C314" s="3">
+        <v>131</v>
+      </c>
+      <c r="D314" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F314" s="3">
+        <v>743</v>
+      </c>
+      <c r="G314" s="3">
+        <v>1</v>
+      </c>
+      <c r="H314" s="3">
+        <v>360</v>
+      </c>
+      <c r="I314" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>609</v>
+        <v>600</v>
       </c>
       <c r="C315" s="3">
-        <v>400</v>
+        <v>135</v>
       </c>
       <c r="D315" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F315" s="3">
-        <v>86</v>
+        <v>1024</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="C316" s="3">
-        <v>450</v>
+        <v>117</v>
       </c>
       <c r="D316" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F316" s="3">
-        <v>156</v>
+        <v>92</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>612</v>
+        <v>603</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>613</v>
+        <v>604</v>
       </c>
       <c r="C317" s="3">
-        <v>550</v>
+        <v>99</v>
       </c>
       <c r="D317" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F317" s="3">
-        <v>132</v>
+        <v>1252</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>614</v>
+        <v>605</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>615</v>
+        <v>606</v>
       </c>
       <c r="C318" s="3">
-        <v>470</v>
+        <v>108</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F318" s="3">
-        <v>188</v>
+        <v>0</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>616</v>
+        <v>607</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="C319" s="3">
-        <v>177.44</v>
+        <v>148</v>
       </c>
       <c r="D319" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F319" s="3">
-        <v>2533</v>
+        <v>2703</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I319" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>618</v>
+        <v>609</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>619</v>
+        <v>610</v>
       </c>
       <c r="C320" s="3">
-        <v>327.64</v>
+        <v>350</v>
       </c>
       <c r="D320" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F320" s="3">
         <v>0</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>288</v>
+        <v>144</v>
       </c>
       <c r="I320" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>621</v>
+        <v>612</v>
       </c>
       <c r="C321" s="3">
-        <v>592.7</v>
+        <v>216</v>
       </c>
       <c r="D321" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F321" s="3">
-        <v>3383</v>
+        <v>452</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>144</v>
+        <v>240</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>622</v>
+        <v>613</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>623</v>
+        <v>614</v>
       </c>
       <c r="C322" s="3">
-        <v>291.24</v>
+        <v>216</v>
       </c>
       <c r="D322" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F322" s="3">
-        <v>11677</v>
+        <v>0</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>288</v>
+        <v>360</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A323" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I323" s="2"/>
+      <c r="A323" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="B323" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="C323" s="3">
+        <v>180</v>
+      </c>
+      <c r="D323" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F323" s="3">
+        <v>648</v>
+      </c>
+      <c r="G323" s="3">
+        <v>1</v>
+      </c>
+      <c r="H323" s="3">
+        <v>240</v>
+      </c>
+      <c r="I323" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="C324" s="3">
-        <v>231.46</v>
+        <v>180</v>
       </c>
       <c r="D324" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F324" s="3">
-        <v>3057</v>
+        <v>1994</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
         <v>240</v>
       </c>
       <c r="I324" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="C325" s="3">
-        <v>320</v>
+        <v>81</v>
       </c>
       <c r="D325" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F325" s="3">
-        <v>3877</v>
+        <v>2768</v>
       </c>
       <c r="G325" s="3">
         <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>288</v>
+        <v>480</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="C326" s="3">
-        <v>145.85</v>
+        <v>115</v>
       </c>
       <c r="D326" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F326" s="3">
-        <v>3889</v>
+        <v>3447</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>300</v>
+        <v>360</v>
       </c>
       <c r="I326" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="C327" s="3">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="D327" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F327" s="3">
-        <v>2513</v>
+        <v>37</v>
       </c>
       <c r="G327" s="3">
         <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="C328" s="3">
-        <v>110</v>
+        <v>261</v>
       </c>
       <c r="D328" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F328" s="3">
-        <v>5569</v>
+        <v>235</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
-        <v>240</v>
+        <v>144</v>
       </c>
       <c r="I328" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>635</v>
+        <v>627</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="C329" s="3">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D329" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F329" s="3">
-        <v>2342</v>
+        <v>1081</v>
       </c>
       <c r="G329" s="3">
         <v>1</v>
       </c>
       <c r="H329" s="3">
-        <v>300</v>
+        <v>360</v>
       </c>
       <c r="I329" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
       <c r="C330" s="3">
-        <v>730.68</v>
+        <v>207</v>
       </c>
       <c r="D330" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F330" s="3">
-        <v>1756</v>
+        <v>526</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>48</v>
+        <v>360</v>
       </c>
       <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>640</v>
+        <v>632</v>
       </c>
       <c r="C331" s="3">
-        <v>540.67</v>
+        <v>261</v>
       </c>
       <c r="D331" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F331" s="3">
-        <v>6</v>
+        <v>457</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I331" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A332" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I332" s="2"/>
+      <c r="A332" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="B332" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="C332" s="3">
+        <v>252</v>
+      </c>
+      <c r="D332" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F332" s="3">
+        <v>293</v>
+      </c>
+      <c r="G332" s="3">
+        <v>1</v>
+      </c>
+      <c r="H332" s="3">
+        <v>144</v>
+      </c>
+      <c r="I332" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>642</v>
+        <v>635</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>643</v>
+        <v>636</v>
       </c>
       <c r="C333" s="3">
-        <v>700</v>
+        <v>117</v>
       </c>
       <c r="D333" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F333" s="3">
-        <v>73</v>
+        <v>756</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I333" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>644</v>
+        <v>637</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>645</v>
+        <v>638</v>
       </c>
       <c r="C334" s="3">
-        <v>570</v>
+        <v>99</v>
       </c>
       <c r="D334" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F334" s="3">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>646</v>
+        <v>639</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="C335" s="3">
-        <v>675</v>
+        <v>99</v>
       </c>
       <c r="D335" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F335" s="3">
-        <v>33</v>
+        <v>340</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A336" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A336" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="B336" s="2"/>
+      <c r="C336" s="2"/>
+      <c r="D336" s="2"/>
+      <c r="E336" s="2"/>
+      <c r="F336" s="2"/>
+      <c r="G336" s="2"/>
+      <c r="H336" s="2"/>
+      <c r="I336" s="2"/>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A337" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I337" s="2"/>
+      <c r="A337" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="B337" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="C337" s="3">
+        <v>126</v>
+      </c>
+      <c r="D337" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F337" s="3">
+        <v>174</v>
+      </c>
+      <c r="G337" s="3">
+        <v>1</v>
+      </c>
+      <c r="H337" s="3">
+        <v>480</v>
+      </c>
+      <c r="I337" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A338" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I338" s="2"/>
+      <c r="A338" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="B338" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="C338" s="3">
+        <v>153</v>
+      </c>
+      <c r="D338" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F338" s="3">
+        <v>0</v>
+      </c>
+      <c r="G338" s="3">
+        <v>1</v>
+      </c>
+      <c r="H338" s="3">
+        <v>240</v>
+      </c>
+      <c r="I338" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>652</v>
+        <v>646</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="C339" s="3">
-        <v>140</v>
+        <v>171</v>
       </c>
       <c r="D339" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F339" s="3">
-        <v>2059</v>
+        <v>395</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I339" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>655</v>
+        <v>649</v>
       </c>
       <c r="C340" s="3">
-        <v>550</v>
+        <v>234</v>
       </c>
       <c r="D340" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F340" s="3">
-        <v>1331</v>
+        <v>230</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="I340" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
-        <v>656</v>
+        <v>650</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>657</v>
+        <v>651</v>
       </c>
       <c r="C341" s="3">
-        <v>380</v>
+        <v>126</v>
       </c>
       <c r="D341" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F341" s="3">
-        <v>1415</v>
+        <v>381</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
-        <v>72</v>
+        <v>480</v>
       </c>
       <c r="I341" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>659</v>
+        <v>653</v>
       </c>
       <c r="C342" s="3">
-        <v>290</v>
+        <v>171</v>
       </c>
       <c r="D342" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F342" s="3">
-        <v>322</v>
+        <v>1722</v>
       </c>
       <c r="G342" s="3">
         <v>1</v>
       </c>
       <c r="H342" s="3">
-        <v>72</v>
+        <v>240</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
-        <v>660</v>
+        <v>654</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="C343" s="3">
-        <v>215</v>
+        <v>113</v>
       </c>
       <c r="D343" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F343" s="3">
-        <v>1981</v>
+        <v>640</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>120</v>
+        <v>480</v>
       </c>
       <c r="I343" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
-        <v>662</v>
+        <v>656</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
       <c r="C344" s="3">
-        <v>330</v>
+        <v>306</v>
       </c>
       <c r="D344" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F344" s="3">
-        <v>2472</v>
+        <v>0</v>
       </c>
       <c r="G344" s="3">
         <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="I344" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>664</v>
+        <v>658</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>665</v>
+        <v>659</v>
       </c>
       <c r="C345" s="3">
-        <v>600</v>
+        <v>113</v>
       </c>
       <c r="D345" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F345" s="3">
-        <v>2634</v>
+        <v>1453</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>36</v>
+        <v>480</v>
       </c>
       <c r="I345" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
-        <v>666</v>
+        <v>660</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="C346" s="3">
-        <v>801</v>
+        <v>117</v>
       </c>
       <c r="D346" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F346" s="3">
-        <v>530</v>
+        <v>0</v>
       </c>
       <c r="G346" s="3">
         <v>1</v>
       </c>
       <c r="H346" s="3">
-        <v>36</v>
+        <v>480</v>
       </c>
       <c r="I346" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>669</v>
+        <v>663</v>
       </c>
       <c r="C347" s="3">
-        <v>700</v>
+        <v>154</v>
       </c>
       <c r="D347" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F347" s="3">
-        <v>777</v>
+        <v>217</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>12</v>
+        <v>480</v>
       </c>
       <c r="I347" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>670</v>
+        <v>664</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>671</v>
+        <v>665</v>
       </c>
       <c r="C348" s="3">
-        <v>522</v>
+        <v>144</v>
       </c>
       <c r="D348" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F348" s="3">
-        <v>2988</v>
+        <v>311</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>96</v>
+        <v>360</v>
       </c>
       <c r="I348" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="C349" s="3">
-        <v>550</v>
+        <v>156</v>
       </c>
       <c r="D349" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F349" s="3">
-        <v>0</v>
+        <v>1468</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>12</v>
+        <v>360</v>
       </c>
       <c r="I349" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>675</v>
+        <v>669</v>
       </c>
       <c r="C350" s="3">
-        <v>240</v>
+        <v>162</v>
       </c>
       <c r="D350" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F350" s="3">
-        <v>4168</v>
+        <v>1758</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>120</v>
+        <v>480</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="C351" s="3">
-        <v>380</v>
+        <v>252</v>
       </c>
       <c r="D351" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F351" s="3">
-        <v>2057</v>
+        <v>279</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C352" s="3">
-        <v>630</v>
+        <v>99</v>
       </c>
       <c r="D352" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F352" s="3">
-        <v>1021</v>
+        <v>1478</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>120</v>
+        <v>480</v>
       </c>
       <c r="I352" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>680</v>
+        <v>674</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="C353" s="3">
-        <v>980</v>
+        <v>144</v>
       </c>
       <c r="D353" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F353" s="3">
-        <v>1367</v>
+        <v>0</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I353" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A354" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I354" s="2"/>
+      <c r="A354" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="B354" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="C354" s="3">
+        <v>117</v>
+      </c>
+      <c r="D354" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F354" s="3">
+        <v>2526</v>
+      </c>
+      <c r="G354" s="3">
+        <v>1</v>
+      </c>
+      <c r="H354" s="3">
+        <v>360</v>
+      </c>
+      <c r="I354" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
       <c r="C355" s="3">
-        <v>778</v>
+        <v>137</v>
       </c>
       <c r="D355" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F355" s="3">
-        <v>971</v>
+        <v>562</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>30</v>
+        <v>240</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="C356" s="3">
-        <v>335</v>
+        <v>252</v>
       </c>
       <c r="D356" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F356" s="3">
-        <v>0</v>
+        <v>1307</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I356" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="C357" s="3">
-        <v>426</v>
+        <v>126</v>
       </c>
       <c r="D357" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F357" s="3">
-        <v>0</v>
+        <v>658</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I357" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="C358" s="3">
-        <v>670</v>
+        <v>83</v>
       </c>
       <c r="D358" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F358" s="3">
-        <v>230</v>
+        <v>2529</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>30</v>
+        <v>480</v>
       </c>
       <c r="I358" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="C359" s="3">
-        <v>520</v>
+        <v>101</v>
       </c>
       <c r="D359" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F359" s="3">
-        <v>1193</v>
+        <v>1737</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>30</v>
+        <v>480</v>
       </c>
       <c r="I359" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A360" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I360" s="2"/>
+      <c r="A360" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="B360" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="C360" s="3">
+        <v>126</v>
+      </c>
+      <c r="D360" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F360" s="3">
+        <v>864</v>
+      </c>
+      <c r="G360" s="3">
+        <v>1</v>
+      </c>
+      <c r="H360" s="3">
+        <v>480</v>
+      </c>
+      <c r="I360" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A361" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A361" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="B361" s="2"/>
+      <c r="C361" s="2"/>
+      <c r="D361" s="2"/>
+      <c r="E361" s="2"/>
+      <c r="F361" s="2"/>
+      <c r="G361" s="2"/>
+      <c r="H361" s="2"/>
+      <c r="I361" s="2"/>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="C362" s="3">
-        <v>4000</v>
+        <v>2363</v>
       </c>
       <c r="D362" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F362" s="3">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I362" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="C363" s="3">
-        <v>2000</v>
+        <v>1020</v>
       </c>
       <c r="D363" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F363" s="3">
-        <v>580</v>
+        <v>54</v>
       </c>
       <c r="G363" s="3">
         <v>1</v>
       </c>
       <c r="H363" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I363" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="C364" s="3">
-        <v>2050</v>
+        <v>1603.3</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F364" s="3">
-        <v>2296</v>
+        <v>1782</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I364" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="C365" s="3">
-        <v>3550</v>
+        <v>155</v>
       </c>
       <c r="D365" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F365" s="3">
-        <v>794</v>
+        <v>1223</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I365" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="B366" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="C366" s="3">
+        <v>175</v>
+      </c>
+      <c r="D366" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F366" s="3">
+        <v>433</v>
+      </c>
+      <c r="G366" s="3">
+        <v>1</v>
+      </c>
+      <c r="H366" s="3">
+        <v>240</v>
+      </c>
+      <c r="I366" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="367" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A367" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="B367" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="C367" s="3">
+        <v>460</v>
+      </c>
+      <c r="D367" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F367" s="3">
+        <v>2563</v>
+      </c>
+      <c r="G367" s="3">
+        <v>1</v>
+      </c>
+      <c r="H367" s="3">
+        <v>120</v>
+      </c>
+      <c r="I367" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="368" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A368" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="B368" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="B366" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I368" s="2"/>
+      <c r="C368" s="3">
+        <v>576</v>
+      </c>
+      <c r="D368" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F368" s="3">
+        <v>546</v>
+      </c>
+      <c r="G368" s="3">
+        <v>1</v>
+      </c>
+      <c r="H368" s="3">
+        <v>80</v>
+      </c>
+      <c r="I368" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="C369" s="3">
-        <v>520</v>
+        <v>1280</v>
       </c>
       <c r="D369" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F369" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G369" s="3">
         <v>1</v>
       </c>
       <c r="H369" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I369" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="C370" s="3">
-        <v>420</v>
+        <v>1400</v>
       </c>
       <c r="D370" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F370" s="3">
-        <v>0</v>
+        <v>664</v>
       </c>
       <c r="G370" s="3">
         <v>1</v>
       </c>
       <c r="H370" s="3">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I370" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="C371" s="3">
-        <v>110</v>
+        <v>750</v>
       </c>
       <c r="D371" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F371" s="3">
-        <v>322</v>
+        <v>0</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I371" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="C372" s="3">
-        <v>185</v>
+        <v>550</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F372" s="3">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I372" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="C373" s="3">
-        <v>215</v>
+        <v>700</v>
       </c>
       <c r="D373" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F373" s="3">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I373" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="C374" s="3">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="D374" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F374" s="3">
-        <v>132</v>
+        <v>2648</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
-        <v>20</v>
+        <v>480</v>
       </c>
       <c r="I374" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="C375" s="3">
-        <v>250</v>
+        <v>1140</v>
       </c>
       <c r="D375" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F375" s="3">
-        <v>0</v>
+        <v>355</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I375" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A376" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A376" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="B376" s="2"/>
+      <c r="C376" s="2"/>
+      <c r="D376" s="2"/>
+      <c r="E376" s="2"/>
+      <c r="F376" s="2"/>
+      <c r="G376" s="2"/>
+      <c r="H376" s="2"/>
+      <c r="I376" s="2"/>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="C377" s="3">
-        <v>135</v>
+        <v>310</v>
       </c>
       <c r="D377" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F377" s="3">
         <v>0</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>20</v>
+        <v>400</v>
       </c>
       <c r="I377" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="C378" s="3">
-        <v>100</v>
+        <v>440</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F378" s="3">
-        <v>205</v>
+        <v>1055</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I378" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="C379" s="3">
-        <v>225</v>
+        <v>600</v>
       </c>
       <c r="D379" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F379" s="3">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I379" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
       <c r="C380" s="3">
-        <v>125</v>
+        <v>500</v>
       </c>
       <c r="D380" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F380" s="3">
-        <v>203</v>
+        <v>55</v>
       </c>
       <c r="G380" s="3">
         <v>1</v>
       </c>
       <c r="H380" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I380" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="C381" s="3">
-        <v>200</v>
+        <v>376.58</v>
       </c>
       <c r="D381" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F381" s="3">
-        <v>256</v>
+        <v>63</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>20</v>
+        <v>400</v>
       </c>
       <c r="I381" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="C382" s="3">
-        <v>155</v>
+        <v>220</v>
       </c>
       <c r="D382" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F382" s="3">
-        <v>129</v>
+        <v>3002</v>
       </c>
       <c r="G382" s="3">
         <v>1</v>
       </c>
       <c r="H382" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I382" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A383" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I383" s="2"/>
+      <c r="A383" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="B383" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C383" s="3">
+        <v>400</v>
+      </c>
+      <c r="D383" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E383" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F383" s="3">
+        <v>1780</v>
+      </c>
+      <c r="G383" s="3">
+        <v>1</v>
+      </c>
+      <c r="H383" s="3">
+        <v>60</v>
+      </c>
+      <c r="I383" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="C384" s="3">
-        <v>900</v>
+        <v>2000</v>
       </c>
       <c r="D384" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F384" s="3">
-        <v>1097</v>
+        <v>127</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I384" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="C385" s="3">
-        <v>430</v>
+        <v>1250</v>
       </c>
       <c r="D385" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F385" s="3">
-        <v>752</v>
+        <v>0</v>
       </c>
       <c r="G385" s="3">
         <v>1</v>
       </c>
       <c r="H385" s="3">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="C386" s="3">
-        <v>61</v>
+        <v>3400</v>
       </c>
       <c r="D386" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F386" s="3">
         <v>0</v>
       </c>
       <c r="G386" s="3">
         <v>1</v>
       </c>
       <c r="H386" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I386" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="C387" s="3">
-        <v>888</v>
+        <v>240</v>
       </c>
       <c r="D387" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F387" s="3">
-        <v>1631</v>
+        <v>1745</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I387" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="C388" s="3">
-        <v>79.03</v>
+        <v>1300</v>
       </c>
       <c r="D388" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F388" s="3">
         <v>0</v>
       </c>
       <c r="G388" s="3">
         <v>1</v>
       </c>
       <c r="H388" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I388" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="C389" s="3">
-        <v>809</v>
+        <v>2300</v>
       </c>
       <c r="D389" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>749</v>
+        <v>14</v>
       </c>
       <c r="F389" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G389" s="3">
         <v>1</v>
       </c>
       <c r="H389" s="3">
         <v>20</v>
       </c>
       <c r="I389" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="C390" s="3">
-        <v>53.09</v>
+        <v>3000</v>
       </c>
       <c r="D390" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>564</v>
+        <v>14</v>
       </c>
       <c r="F390" s="3">
-        <v>876</v>
+        <v>0</v>
       </c>
       <c r="G390" s="3">
         <v>1</v>
       </c>
       <c r="H390" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I390" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A391" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I391" s="2"/>
+      <c r="A391" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="B391" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="C391" s="3">
+        <v>320</v>
+      </c>
+      <c r="D391" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F391" s="3">
+        <v>783</v>
+      </c>
+      <c r="G391" s="3">
+        <v>1</v>
+      </c>
+      <c r="H391" s="3">
+        <v>288</v>
+      </c>
+      <c r="I391" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="C392" s="3">
-        <v>300</v>
+        <v>1250</v>
       </c>
       <c r="D392" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F392" s="3">
-        <v>20216</v>
+        <v>711</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I392" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="C393" s="3">
-        <v>293.99</v>
+        <v>900</v>
       </c>
       <c r="D393" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F393" s="3">
-        <v>7870</v>
+        <v>472</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I393" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="C394" s="3">
-        <v>260</v>
+        <v>550</v>
       </c>
       <c r="D394" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F394" s="3">
-        <v>0</v>
+        <v>1599</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>40</v>
+        <v>216</v>
       </c>
       <c r="I394" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="C395" s="3">
-        <v>1000</v>
+        <v>3850</v>
       </c>
       <c r="D395" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F395" s="3">
-        <v>1101</v>
+        <v>0</v>
       </c>
       <c r="G395" s="3">
         <v>1</v>
       </c>
       <c r="H395" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I395" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="C396" s="3">
-        <v>500</v>
+        <v>1270</v>
       </c>
       <c r="D396" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F396" s="3">
-        <v>2274</v>
+        <v>183</v>
       </c>
       <c r="G396" s="3">
         <v>1</v>
       </c>
       <c r="H396" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I396" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="B397" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="C397" s="3">
+        <v>420</v>
+      </c>
+      <c r="D397" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E397" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F397" s="3">
+        <v>1710</v>
+      </c>
+      <c r="G397" s="3">
+        <v>1</v>
+      </c>
+      <c r="H397" s="3">
+        <v>120</v>
+      </c>
+      <c r="I397" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A398" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="B398" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="B397" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I398" s="2"/>
+      <c r="C398" s="3">
+        <v>300</v>
+      </c>
+      <c r="D398" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F398" s="3">
+        <v>5157</v>
+      </c>
+      <c r="G398" s="3">
+        <v>1</v>
+      </c>
+      <c r="H398" s="3">
+        <v>240</v>
+      </c>
+      <c r="I398" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="C399" s="3">
-        <v>2750</v>
+        <v>800</v>
       </c>
       <c r="D399" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F399" s="3">
-        <v>1374</v>
+        <v>0</v>
       </c>
       <c r="G399" s="3">
         <v>1</v>
       </c>
       <c r="H399" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I399" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="C400" s="3">
-        <v>4537</v>
+        <v>500</v>
       </c>
       <c r="D400" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F400" s="3">
-        <v>691</v>
+        <v>0</v>
       </c>
       <c r="G400" s="3">
         <v>1</v>
       </c>
       <c r="H400" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I400" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="C401" s="3">
-        <v>770</v>
+        <v>800</v>
       </c>
       <c r="D401" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F401" s="3">
-        <v>670</v>
+        <v>1147</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I401" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="C402" s="3">
-        <v>10500</v>
+        <v>720</v>
       </c>
       <c r="D402" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>587</v>
+        <v>14</v>
       </c>
       <c r="F402" s="3">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="G402" s="3">
         <v>1</v>
       </c>
       <c r="H402" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I402" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="C403" s="3">
-        <v>11000</v>
+        <v>1584.84</v>
       </c>
       <c r="D403" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>587</v>
+        <v>14</v>
       </c>
       <c r="F403" s="3">
         <v>0</v>
       </c>
       <c r="G403" s="3">
         <v>1</v>
       </c>
       <c r="H403" s="3">
-        <v>4</v>
+        <v>72</v>
       </c>
       <c r="I403" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="C404" s="3">
-        <v>900</v>
+        <v>2340.58</v>
       </c>
       <c r="D404" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F404" s="3">
         <v>0</v>
       </c>
       <c r="G404" s="3">
         <v>1</v>
       </c>
       <c r="H404" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I404" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="C405" s="3">
-        <v>18000</v>
+        <v>2768.54</v>
       </c>
       <c r="D405" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F405" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G405" s="3">
         <v>1</v>
       </c>
       <c r="H405" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I405" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="B406" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="C406" s="3">
+        <v>420</v>
+      </c>
+      <c r="D406" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F406" s="3">
+        <v>53</v>
+      </c>
+      <c r="G406" s="3">
+        <v>1</v>
+      </c>
+      <c r="H406" s="3">
+        <v>100</v>
+      </c>
+      <c r="I406" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="407" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A407" s="3" t="s">
         <v>780</v>
       </c>
-      <c r="B406" s="3" t="s">
+      <c r="B407" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="C406" s="3">
-[...22 lines deleted...]
-      <c r="A407" s="2" t="s">
+      <c r="C407" s="3">
+        <v>2650</v>
+      </c>
+      <c r="D407" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F407" s="3">
+        <v>27</v>
+      </c>
+      <c r="G407" s="3">
+        <v>1</v>
+      </c>
+      <c r="H407" s="3">
+        <v>20</v>
+      </c>
+      <c r="I407" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="408" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A408" s="2" t="s">
         <v>782</v>
       </c>
-      <c r="B407" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B408" s="2"/>
+      <c r="C408" s="2"/>
+      <c r="D408" s="2"/>
+      <c r="E408" s="2"/>
+      <c r="F408" s="2"/>
+      <c r="G408" s="2"/>
+      <c r="H408" s="2"/>
+      <c r="I408" s="2"/>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="C409" s="3">
-        <v>1250</v>
+        <v>295</v>
       </c>
       <c r="D409" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F409" s="3">
-        <v>594</v>
+        <v>784</v>
       </c>
       <c r="G409" s="3">
         <v>1</v>
       </c>
       <c r="H409" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I409" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C410" s="3">
-        <v>1500</v>
+        <v>5000</v>
       </c>
       <c r="D410" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F410" s="3">
-        <v>7367</v>
+        <v>104</v>
       </c>
       <c r="G410" s="3">
         <v>1</v>
       </c>
       <c r="H410" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I410" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="C411" s="3">
-        <v>2500</v>
+        <v>4000</v>
       </c>
       <c r="D411" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F411" s="3">
-        <v>703</v>
+        <v>0</v>
       </c>
       <c r="G411" s="3">
         <v>1</v>
       </c>
       <c r="H411" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I411" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="C412" s="3">
-        <v>2500</v>
+        <v>140</v>
       </c>
       <c r="D412" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F412" s="3">
-        <v>1208</v>
+        <v>1703</v>
       </c>
       <c r="G412" s="3">
         <v>1</v>
       </c>
       <c r="H412" s="3">
-        <v>36</v>
+        <v>480</v>
       </c>
       <c r="I412" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C413" s="3">
-        <v>1800</v>
+        <v>240</v>
       </c>
       <c r="D413" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F413" s="3">
-        <v>142</v>
+        <v>28</v>
       </c>
       <c r="G413" s="3">
         <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I413" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="B414" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="C414" s="3">
+        <v>140</v>
+      </c>
+      <c r="D414" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F414" s="3">
+        <v>6312</v>
+      </c>
+      <c r="G414" s="3">
+        <v>1</v>
+      </c>
+      <c r="H414" s="3">
+        <v>480</v>
+      </c>
+      <c r="I414" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A415" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="B414" s="3" t="s">
+      <c r="B415" s="3" t="s">
         <v>796</v>
       </c>
-      <c r="C414" s="3">
-[...22 lines deleted...]
-      <c r="A415" s="2" t="s">
+      <c r="C415" s="3">
+        <v>160</v>
+      </c>
+      <c r="D415" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F415" s="3">
+        <v>2413</v>
+      </c>
+      <c r="G415" s="3">
+        <v>1</v>
+      </c>
+      <c r="H415" s="3">
+        <v>480</v>
+      </c>
+      <c r="I415" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="416" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A416" s="3" t="s">
         <v>797</v>
       </c>
-      <c r="B415" s="2"/>
-[...9 lines deleted...]
-      <c r="A416" s="2" t="s">
+      <c r="B416" s="3" t="s">
         <v>798</v>
       </c>
-      <c r="B416" s="2"/>
-[...6 lines deleted...]
-      <c r="I416" s="2"/>
+      <c r="C416" s="3">
+        <v>200</v>
+      </c>
+      <c r="D416" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F416" s="3">
+        <v>1810</v>
+      </c>
+      <c r="G416" s="3">
+        <v>1</v>
+      </c>
+      <c r="H416" s="3">
+        <v>360</v>
+      </c>
+      <c r="I416" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
         <v>799</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>800</v>
       </c>
       <c r="C417" s="3">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="D417" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F417" s="3">
-        <v>2116</v>
+        <v>6269</v>
       </c>
       <c r="G417" s="3">
         <v>1</v>
       </c>
       <c r="H417" s="3">
-        <v>800</v>
+        <v>360</v>
       </c>
       <c r="I417" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
         <v>801</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>802</v>
       </c>
       <c r="C418" s="3">
-        <v>220</v>
+        <v>1950</v>
       </c>
       <c r="D418" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F418" s="3">
-        <v>2537</v>
+        <v>179</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
-        <v>800</v>
+        <v>80</v>
       </c>
       <c r="I418" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
         <v>803</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>804</v>
       </c>
       <c r="C419" s="3">
-        <v>533.89</v>
+        <v>160</v>
       </c>
       <c r="D419" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F419" s="3">
-        <v>13</v>
+        <v>1506</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I419" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
         <v>805</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>806</v>
       </c>
       <c r="C420" s="3">
-        <v>284.62</v>
+        <v>260</v>
       </c>
       <c r="D420" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F420" s="3">
-        <v>118</v>
+        <v>2331</v>
       </c>
       <c r="G420" s="3">
         <v>1</v>
       </c>
       <c r="H420" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I420" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
         <v>807</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>808</v>
       </c>
       <c r="C421" s="3">
-        <v>315.36</v>
+        <v>1108.65</v>
       </c>
       <c r="D421" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F421" s="3">
-        <v>102</v>
+        <v>2819</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I421" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A422" s="3" t="s">
+      <c r="A422" s="2" t="s">
         <v>809</v>
       </c>
-      <c r="B422" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B422" s="2"/>
+      <c r="C422" s="2"/>
+      <c r="D422" s="2"/>
+      <c r="E422" s="2"/>
+      <c r="F422" s="2"/>
+      <c r="G422" s="2"/>
+      <c r="H422" s="2"/>
+      <c r="I422" s="2"/>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="B423" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="B423" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C423" s="3">
-        <v>284.62</v>
+        <v>524.08</v>
       </c>
       <c r="D423" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F423" s="3">
-        <v>100</v>
+        <v>1662</v>
       </c>
       <c r="G423" s="3">
         <v>1</v>
       </c>
       <c r="H423" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I423" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="B424" s="3" t="s">
         <v>813</v>
       </c>
-      <c r="B424" s="3" t="s">
+      <c r="C424" s="3">
+        <v>1000</v>
+      </c>
+      <c r="D424" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F424" s="3">
+        <v>303</v>
+      </c>
+      <c r="G424" s="3">
+        <v>1</v>
+      </c>
+      <c r="H424" s="3">
+        <v>24</v>
+      </c>
+      <c r="I424" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="425" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A425" s="3" t="s">
         <v>814</v>
       </c>
-      <c r="C424" s="3">
-[...22 lines deleted...]
-      <c r="A425" s="2" t="s">
+      <c r="B425" s="3" t="s">
         <v>815</v>
       </c>
-      <c r="B425" s="2"/>
-[...6 lines deleted...]
-      <c r="I425" s="2"/>
+      <c r="C425" s="3">
+        <v>610</v>
+      </c>
+      <c r="D425" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F425" s="3">
+        <v>550</v>
+      </c>
+      <c r="G425" s="3">
+        <v>1</v>
+      </c>
+      <c r="H425" s="3">
+        <v>36</v>
+      </c>
+      <c r="I425" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
         <v>816</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>817</v>
       </c>
       <c r="C426" s="3">
-        <v>980</v>
+        <v>484</v>
       </c>
       <c r="D426" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F426" s="3">
-        <v>25</v>
+        <v>333</v>
       </c>
       <c r="G426" s="3">
         <v>1</v>
       </c>
       <c r="H426" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I426" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
         <v>818</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>819</v>
       </c>
       <c r="C427" s="3">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="D427" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F427" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G427" s="3">
         <v>1</v>
       </c>
       <c r="H427" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I427" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
         <v>820</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>821</v>
       </c>
       <c r="C428" s="3">
-        <v>1400</v>
+        <v>3330</v>
       </c>
       <c r="D428" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F428" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G428" s="3">
         <v>1</v>
       </c>
       <c r="H428" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I428" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
         <v>822</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>823</v>
       </c>
       <c r="C429" s="3">
-        <v>740</v>
+        <v>626.27</v>
       </c>
       <c r="D429" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F429" s="3">
-        <v>6</v>
+        <v>154</v>
       </c>
       <c r="G429" s="3">
         <v>1</v>
       </c>
       <c r="H429" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I429" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
         <v>824</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>825</v>
       </c>
       <c r="C430" s="3">
-        <v>880</v>
+        <v>358</v>
       </c>
       <c r="D430" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F430" s="3">
+        <v>0</v>
+      </c>
+      <c r="G430" s="3">
+        <v>1</v>
+      </c>
+      <c r="H430" s="3">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I430" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
         <v>826</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>827</v>
       </c>
       <c r="C431" s="3">
-        <v>1110</v>
+        <v>1335</v>
       </c>
       <c r="D431" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F431" s="3">
         <v>0</v>
       </c>
       <c r="G431" s="3">
         <v>1</v>
       </c>
       <c r="H431" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I431" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
         <v>828</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>829</v>
       </c>
       <c r="C432" s="3">
-        <v>1800</v>
+        <v>3800</v>
       </c>
       <c r="D432" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F432" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G432" s="3">
         <v>1</v>
       </c>
       <c r="H432" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I432" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
         <v>830</v>
       </c>
       <c r="B433" s="3" t="s">
         <v>831</v>
       </c>
       <c r="C433" s="3">
-        <v>1850</v>
+        <v>379.69</v>
       </c>
       <c r="D433" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F433" s="3">
-        <v>35</v>
+        <v>1692</v>
       </c>
       <c r="G433" s="3">
         <v>1</v>
       </c>
       <c r="H433" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I433" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A434" s="2" t="s">
+      <c r="A434" s="3" t="s">
         <v>832</v>
       </c>
-      <c r="B434" s="2"/>
-[...6 lines deleted...]
-      <c r="I434" s="2"/>
+      <c r="B434" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="C434" s="3">
+        <v>830</v>
+      </c>
+      <c r="D434" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E434" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F434" s="3">
+        <v>266</v>
+      </c>
+      <c r="G434" s="3">
+        <v>1</v>
+      </c>
+      <c r="H434" s="3">
+        <v>24</v>
+      </c>
+      <c r="I434" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B435" s="3" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C435" s="3">
-        <v>420</v>
+        <v>468</v>
       </c>
       <c r="D435" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F435" s="3">
-        <v>1218</v>
+        <v>0</v>
       </c>
       <c r="G435" s="3">
         <v>1</v>
       </c>
       <c r="H435" s="3">
-        <v>500</v>
+        <v>48</v>
       </c>
       <c r="I435" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C436" s="3">
-        <v>320</v>
+        <v>2700</v>
       </c>
       <c r="D436" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F436" s="3">
-        <v>2985</v>
+        <v>457</v>
       </c>
       <c r="G436" s="3">
         <v>1</v>
       </c>
       <c r="H436" s="3">
-        <v>400</v>
+        <v>4</v>
       </c>
       <c r="I436" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B437" s="3" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C437" s="3">
-        <v>340</v>
+        <v>432</v>
       </c>
       <c r="D437" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F437" s="3">
-        <v>2278</v>
+        <v>388</v>
       </c>
       <c r="G437" s="3">
         <v>1</v>
       </c>
       <c r="H437" s="3">
-        <v>400</v>
+        <v>48</v>
       </c>
       <c r="I437" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C438" s="3">
-        <v>625.49</v>
+        <v>833</v>
       </c>
       <c r="D438" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F438" s="3">
-        <v>2193</v>
+        <v>281</v>
       </c>
       <c r="G438" s="3">
         <v>1</v>
       </c>
       <c r="H438" s="3">
-        <v>400</v>
+        <v>24</v>
       </c>
       <c r="I438" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B439" s="3" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C439" s="3">
-        <v>498.13</v>
+        <v>518</v>
       </c>
       <c r="D439" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F439" s="3">
-        <v>538</v>
+        <v>2006</v>
       </c>
       <c r="G439" s="3">
         <v>1</v>
       </c>
       <c r="H439" s="3">
-        <v>400</v>
+        <v>36</v>
       </c>
       <c r="I439" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="3" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B440" s="3" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C440" s="3">
-        <v>410.42</v>
+        <v>617</v>
       </c>
       <c r="D440" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F440" s="3">
-        <v>0</v>
+        <v>1479</v>
       </c>
       <c r="G440" s="3">
         <v>1</v>
       </c>
       <c r="H440" s="3">
-        <v>400</v>
+        <v>36</v>
       </c>
       <c r="I440" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C441" s="3">
-        <v>427.83</v>
+        <v>950</v>
       </c>
       <c r="D441" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F441" s="3">
-        <v>1527</v>
+        <v>0</v>
       </c>
       <c r="G441" s="3">
         <v>1</v>
       </c>
       <c r="H441" s="3">
-        <v>400</v>
+        <v>24</v>
       </c>
       <c r="I441" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C442" s="3">
-        <v>810</v>
+        <v>650</v>
       </c>
       <c r="D442" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F442" s="3">
-        <v>174</v>
+        <v>2858</v>
       </c>
       <c r="G442" s="3">
         <v>1</v>
       </c>
       <c r="H442" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I442" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B443" s="3" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C443" s="3">
-        <v>662.27</v>
+        <v>583</v>
       </c>
       <c r="D443" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F443" s="3">
-        <v>2055</v>
+        <v>248</v>
       </c>
       <c r="G443" s="3">
         <v>1</v>
       </c>
       <c r="H443" s="3">
-        <v>400</v>
+        <v>24</v>
       </c>
       <c r="I443" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A444" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B444" s="3" t="s">
+      <c r="A444" s="2" t="s">
         <v>852</v>
       </c>
-      <c r="C444" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B444" s="2"/>
+      <c r="C444" s="2"/>
+      <c r="D444" s="2"/>
+      <c r="E444" s="2"/>
+      <c r="F444" s="2"/>
+      <c r="G444" s="2"/>
+      <c r="H444" s="2"/>
+      <c r="I444" s="2"/>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A445" s="3" t="s">
+      <c r="A445" s="2" t="s">
         <v>853</v>
       </c>
-      <c r="B445" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B445" s="2"/>
+      <c r="C445" s="2"/>
+      <c r="D445" s="2"/>
+      <c r="E445" s="2"/>
+      <c r="F445" s="2"/>
+      <c r="G445" s="2"/>
+      <c r="H445" s="2"/>
+      <c r="I445" s="2"/>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="B446" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="B446" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C446" s="3">
-        <v>720.89</v>
+        <v>1265.63</v>
       </c>
       <c r="D446" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F446" s="3">
-        <v>293</v>
+        <v>1100</v>
       </c>
       <c r="G446" s="3">
         <v>1</v>
       </c>
       <c r="H446" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I446" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="B447" s="3" t="s">
         <v>857</v>
       </c>
-      <c r="B447" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C447" s="3">
-        <v>720.89</v>
+        <v>2400</v>
       </c>
       <c r="D447" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F447" s="3">
-        <v>293</v>
+        <v>856</v>
       </c>
       <c r="G447" s="3">
         <v>1</v>
       </c>
       <c r="H447" s="3">
-        <v>500</v>
+        <v>12</v>
       </c>
       <c r="I447" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="B448" s="3" t="s">
         <v>859</v>
       </c>
-      <c r="B448" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C448" s="3">
-        <v>410.42</v>
+        <v>1519.01</v>
       </c>
       <c r="D448" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F448" s="3">
-        <v>1370</v>
+        <v>990</v>
       </c>
       <c r="G448" s="3">
         <v>1</v>
       </c>
       <c r="H448" s="3">
-        <v>400</v>
+        <v>48</v>
       </c>
       <c r="I448" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="B449" s="3" t="s">
         <v>861</v>
       </c>
-      <c r="B449" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C449" s="3">
-        <v>447.36</v>
+        <v>1850</v>
       </c>
       <c r="D449" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F449" s="3">
-        <v>2993</v>
+        <v>675</v>
       </c>
       <c r="G449" s="3">
         <v>1</v>
       </c>
       <c r="H449" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I449" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="B450" s="3" t="s">
         <v>863</v>
       </c>
-      <c r="B450" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C450" s="3">
-        <v>603.68</v>
+        <v>2100</v>
       </c>
       <c r="D450" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E450" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F450" s="3">
+        <v>482</v>
+      </c>
+      <c r="G450" s="3">
+        <v>1</v>
+      </c>
+      <c r="H450" s="3">
         <v>15</v>
       </c>
-      <c r="F450" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="I450" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="B451" s="3" t="s">
         <v>865</v>
       </c>
-      <c r="B451" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C451" s="3">
-        <v>420.31</v>
+        <v>4704</v>
       </c>
       <c r="D451" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F451" s="3">
-        <v>789</v>
+        <v>162</v>
       </c>
       <c r="G451" s="3">
         <v>1</v>
       </c>
       <c r="H451" s="3">
-        <v>400</v>
+        <v>4</v>
       </c>
       <c r="I451" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="B452" s="3" t="s">
         <v>867</v>
       </c>
-      <c r="B452" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C452" s="3">
-        <v>603.68</v>
+        <v>550</v>
       </c>
       <c r="D452" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F452" s="3">
-        <v>280</v>
+        <v>452</v>
       </c>
       <c r="G452" s="3">
         <v>1</v>
       </c>
       <c r="H452" s="3">
         <v>100</v>
       </c>
       <c r="I452" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="B453" s="3" t="s">
         <v>869</v>
       </c>
-      <c r="B453" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C453" s="3">
-        <v>740</v>
+        <v>1800</v>
       </c>
       <c r="D453" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F453" s="3">
-        <v>63</v>
+        <v>672</v>
       </c>
       <c r="G453" s="3">
         <v>1</v>
       </c>
       <c r="H453" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I453" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="B454" s="3" t="s">
         <v>871</v>
       </c>
-      <c r="B454" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C454" s="3">
-        <v>644.33</v>
+        <v>700</v>
       </c>
       <c r="D454" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F454" s="3">
-        <v>80</v>
+        <v>565</v>
       </c>
       <c r="G454" s="3">
         <v>1</v>
       </c>
       <c r="H454" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I454" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="B455" s="3" t="s">
         <v>873</v>
       </c>
-      <c r="B455" s="3" t="s">
+      <c r="C455" s="3">
+        <v>2800</v>
+      </c>
+      <c r="D455" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E455" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F455" s="3">
+        <v>505</v>
+      </c>
+      <c r="G455" s="3">
+        <v>1</v>
+      </c>
+      <c r="H455" s="3">
+        <v>30</v>
+      </c>
+      <c r="I455" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="456" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A456" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="C455" s="3">
-[...22 lines deleted...]
-      <c r="A456" s="2" t="s">
+      <c r="B456" s="3" t="s">
         <v>875</v>
       </c>
-      <c r="B456" s="2"/>
-[...6 lines deleted...]
-      <c r="I456" s="2"/>
+      <c r="C456" s="3">
+        <v>2000</v>
+      </c>
+      <c r="D456" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E456" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F456" s="3">
+        <v>209</v>
+      </c>
+      <c r="G456" s="3">
+        <v>1</v>
+      </c>
+      <c r="H456" s="3">
+        <v>72</v>
+      </c>
+      <c r="I456" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A457" s="2" t="s">
+      <c r="A457" s="3" t="s">
         <v>876</v>
       </c>
-      <c r="B457" s="2"/>
-[...6 lines deleted...]
-      <c r="I457" s="2"/>
+      <c r="B457" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="C457" s="3">
+        <v>1293.6</v>
+      </c>
+      <c r="D457" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E457" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F457" s="3">
+        <v>476</v>
+      </c>
+      <c r="G457" s="3">
+        <v>1</v>
+      </c>
+      <c r="H457" s="3">
+        <v>20</v>
+      </c>
+      <c r="I457" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B458" s="3" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C458" s="3">
-        <v>520</v>
+        <v>4300</v>
       </c>
       <c r="D458" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F458" s="3">
-        <v>48</v>
+        <v>480</v>
       </c>
       <c r="G458" s="3">
         <v>1</v>
       </c>
       <c r="H458" s="3">
-        <v>288</v>
+        <v>5</v>
       </c>
       <c r="I458" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A459" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I459" s="2"/>
+      <c r="A459" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="B459" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="C459" s="3">
+        <v>1761.22</v>
+      </c>
+      <c r="D459" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F459" s="3">
+        <v>20</v>
+      </c>
+      <c r="G459" s="3">
+        <v>1</v>
+      </c>
+      <c r="H459" s="3">
+        <v>30</v>
+      </c>
+      <c r="I459" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="B460" s="3" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="C460" s="3">
-        <v>440</v>
+        <v>800</v>
       </c>
       <c r="D460" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F460" s="3">
-        <v>255</v>
+        <v>818</v>
       </c>
       <c r="G460" s="3">
         <v>1</v>
       </c>
       <c r="H460" s="3">
-        <v>576</v>
+        <v>36</v>
       </c>
       <c r="I460" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="B461" s="3" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C461" s="3">
-        <v>1250</v>
+        <v>4600</v>
       </c>
       <c r="D461" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F461" s="3">
-        <v>259</v>
+        <v>1128</v>
       </c>
       <c r="G461" s="3">
         <v>1</v>
       </c>
       <c r="H461" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I461" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462" s="3" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="B462" s="3" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C462" s="3">
-        <v>630</v>
+        <v>931.28</v>
       </c>
       <c r="D462" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F462" s="3">
-        <v>133</v>
+        <v>0</v>
       </c>
       <c r="G462" s="3">
         <v>1</v>
       </c>
       <c r="H462" s="3">
-        <v>576</v>
+        <v>100</v>
       </c>
       <c r="I462" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C463" s="3">
-        <v>450</v>
+        <v>1460</v>
       </c>
       <c r="D463" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F463" s="3">
-        <v>90</v>
+        <v>1433</v>
       </c>
       <c r="G463" s="3">
         <v>1</v>
       </c>
       <c r="H463" s="3">
-        <v>576</v>
+        <v>24</v>
       </c>
       <c r="I463" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A464" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A464" s="2" t="s">
+        <v>890</v>
+      </c>
+      <c r="B464" s="2"/>
+      <c r="C464" s="2"/>
+      <c r="D464" s="2"/>
+      <c r="E464" s="2"/>
+      <c r="F464" s="2"/>
+      <c r="G464" s="2"/>
+      <c r="H464" s="2"/>
+      <c r="I464" s="2"/>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C465" s="3">
-        <v>880</v>
+        <v>741.14</v>
       </c>
       <c r="D465" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F465" s="3">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="G465" s="3">
         <v>1</v>
       </c>
       <c r="H465" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I465" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C466" s="3">
-        <v>550</v>
+        <v>84.29</v>
       </c>
       <c r="D466" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F466" s="3">
-        <v>66</v>
+        <v>685</v>
       </c>
       <c r="G466" s="3">
         <v>1</v>
       </c>
       <c r="H466" s="3">
-        <v>576</v>
+        <v>800</v>
       </c>
       <c r="I466" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B467" s="3" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C467" s="3">
-        <v>420</v>
+        <v>128.86</v>
       </c>
       <c r="D467" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F467" s="3">
-        <v>266</v>
+        <v>11813</v>
       </c>
       <c r="G467" s="3">
         <v>1</v>
       </c>
       <c r="H467" s="3">
-        <v>576</v>
+        <v>320</v>
       </c>
       <c r="I467" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A468" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I468" s="2"/>
+      <c r="A468" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="B468" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="C468" s="3">
+        <v>129.3</v>
+      </c>
+      <c r="D468" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E468" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F468" s="3">
+        <v>2219</v>
+      </c>
+      <c r="G468" s="3">
+        <v>1</v>
+      </c>
+      <c r="H468" s="3">
+        <v>240</v>
+      </c>
+      <c r="I468" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="3" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="B469" s="3" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="C469" s="3">
-        <v>495</v>
+        <v>170.53</v>
       </c>
       <c r="D469" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F469" s="3">
-        <v>2572</v>
+        <v>2042</v>
       </c>
       <c r="G469" s="3">
         <v>1</v>
       </c>
       <c r="H469" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I469" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="C470" s="3">
-        <v>2240</v>
+        <v>209.75</v>
       </c>
       <c r="D470" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>749</v>
+        <v>14</v>
       </c>
       <c r="F470" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G470" s="3">
         <v>1</v>
       </c>
       <c r="H470" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="C471" s="3">
-        <v>93</v>
+        <v>237.72</v>
       </c>
       <c r="D471" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F471" s="3">
-        <v>1157</v>
+        <v>861</v>
       </c>
       <c r="G471" s="3">
         <v>1</v>
       </c>
       <c r="H471" s="3">
-        <v>1152</v>
+        <v>160</v>
       </c>
       <c r="I471" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="C472" s="3">
-        <v>150</v>
+        <v>516.13</v>
       </c>
       <c r="D472" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F472" s="3">
-        <v>52</v>
+        <v>910</v>
       </c>
       <c r="G472" s="3">
         <v>1</v>
       </c>
       <c r="H472" s="3">
-        <v>720</v>
+        <v>100</v>
       </c>
       <c r="I472" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="3" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="B473" s="3" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="C473" s="3">
-        <v>150</v>
+        <v>545</v>
       </c>
       <c r="D473" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F473" s="3">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="G473" s="3">
         <v>1</v>
       </c>
       <c r="H473" s="3">
-        <v>720</v>
+        <v>40</v>
       </c>
       <c r="I473" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C474" s="3">
-        <v>150</v>
+        <v>434.66</v>
       </c>
       <c r="D474" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F474" s="3">
-        <v>214</v>
+        <v>979</v>
       </c>
       <c r="G474" s="3">
         <v>1</v>
       </c>
       <c r="H474" s="3">
-        <v>720</v>
+        <v>120</v>
       </c>
       <c r="I474" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="3" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="B475" s="3" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="C475" s="3">
-        <v>110</v>
+        <v>94.29</v>
       </c>
       <c r="D475" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F475" s="3">
-        <v>334</v>
+        <v>2373</v>
       </c>
       <c r="G475" s="3">
         <v>1</v>
       </c>
       <c r="H475" s="3">
-        <v>1152</v>
+        <v>800</v>
       </c>
       <c r="I475" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="C476" s="3">
-        <v>155</v>
+        <v>244.5</v>
       </c>
       <c r="D476" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F476" s="3">
-        <v>374</v>
+        <v>1346</v>
       </c>
       <c r="G476" s="3">
         <v>1</v>
       </c>
       <c r="H476" s="3">
-        <v>1152</v>
+        <v>160</v>
       </c>
       <c r="I476" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="3" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="B477" s="3" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="C477" s="3">
-        <v>100</v>
+        <v>95.96</v>
       </c>
       <c r="D477" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F477" s="3">
-        <v>0</v>
+        <v>10992</v>
       </c>
       <c r="G477" s="3">
         <v>1</v>
       </c>
       <c r="H477" s="3">
-        <v>720</v>
+        <v>500</v>
       </c>
       <c r="I477" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="3" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C478" s="3">
-        <v>690</v>
+        <v>101.55</v>
       </c>
       <c r="D478" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F478" s="3">
-        <v>197</v>
+        <v>551</v>
       </c>
       <c r="G478" s="3">
         <v>1</v>
       </c>
       <c r="H478" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I478" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="C479" s="3">
-        <v>2550</v>
+        <v>81.11</v>
       </c>
       <c r="D479" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>749</v>
+        <v>14</v>
       </c>
       <c r="F479" s="3">
-        <v>25</v>
+        <v>690</v>
       </c>
       <c r="G479" s="3">
         <v>1</v>
       </c>
       <c r="H479" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I479" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="C480" s="3">
-        <v>150</v>
+        <v>616.65</v>
       </c>
       <c r="D480" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F480" s="3">
-        <v>419</v>
+        <v>927</v>
       </c>
       <c r="G480" s="3">
         <v>1</v>
       </c>
       <c r="H480" s="3">
-        <v>720</v>
+        <v>80</v>
       </c>
       <c r="I480" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A481" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I481" s="2"/>
+      <c r="A481" s="3" t="s">
+        <v>923</v>
+      </c>
+      <c r="B481" s="3" t="s">
+        <v>924</v>
+      </c>
+      <c r="C481" s="3">
+        <v>792.04</v>
+      </c>
+      <c r="D481" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E481" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F481" s="3">
+        <v>655</v>
+      </c>
+      <c r="G481" s="3">
+        <v>1</v>
+      </c>
+      <c r="H481" s="3">
+        <v>40</v>
+      </c>
+      <c r="I481" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="3" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B482" s="3" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="C482" s="3">
-        <v>1100</v>
+        <v>110.15</v>
       </c>
       <c r="D482" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F482" s="3">
-        <v>43</v>
+        <v>800</v>
       </c>
       <c r="G482" s="3">
         <v>1</v>
       </c>
       <c r="H482" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I482" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="C483" s="3">
-        <v>300</v>
+        <v>104.83</v>
       </c>
       <c r="D483" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F483" s="3">
-        <v>2409</v>
+        <v>40</v>
       </c>
       <c r="G483" s="3">
         <v>1</v>
       </c>
       <c r="H483" s="3">
-        <v>144</v>
+        <v>320</v>
       </c>
       <c r="I483" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="C484" s="3">
-        <v>450</v>
+        <v>750</v>
       </c>
       <c r="D484" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F484" s="3">
-        <v>1406</v>
+        <v>1</v>
       </c>
       <c r="G484" s="3">
         <v>1</v>
       </c>
       <c r="H484" s="3">
-        <v>144</v>
+        <v>30</v>
       </c>
       <c r="I484" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A485" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A485" s="2" t="s">
+        <v>931</v>
+      </c>
+      <c r="B485" s="2"/>
+      <c r="C485" s="2"/>
+      <c r="D485" s="2"/>
+      <c r="E485" s="2"/>
+      <c r="F485" s="2"/>
+      <c r="G485" s="2"/>
+      <c r="H485" s="2"/>
+      <c r="I485" s="2"/>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="3" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="C486" s="3">
-        <v>550</v>
+        <v>85</v>
       </c>
       <c r="D486" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F486" s="3">
-        <v>261</v>
+        <v>444</v>
       </c>
       <c r="G486" s="3">
         <v>1</v>
       </c>
       <c r="H486" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="I486" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="C487" s="3">
-        <v>500</v>
+        <v>106.19</v>
       </c>
       <c r="D487" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F487" s="3">
-        <v>550</v>
+        <v>2136</v>
       </c>
       <c r="G487" s="3">
         <v>1</v>
       </c>
       <c r="H487" s="3">
-        <v>120</v>
+        <v>600</v>
       </c>
       <c r="I487" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="3" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="C488" s="3">
-        <v>350</v>
+        <v>87</v>
       </c>
       <c r="D488" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F488" s="3">
-        <v>1153</v>
+        <v>0</v>
       </c>
       <c r="G488" s="3">
         <v>1</v>
       </c>
       <c r="H488" s="3">
-        <v>144</v>
+        <v>600</v>
       </c>
       <c r="I488" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C489" s="3">
-        <v>600</v>
+        <v>141.78</v>
       </c>
       <c r="D489" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F489" s="3">
-        <v>2250</v>
+        <v>2168</v>
       </c>
       <c r="G489" s="3">
         <v>1</v>
       </c>
       <c r="H489" s="3">
-        <v>100</v>
+        <v>320</v>
       </c>
       <c r="I489" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A490" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I490" s="2"/>
+      <c r="A490" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="B490" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="C490" s="3">
+        <v>173.26</v>
+      </c>
+      <c r="D490" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E490" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F490" s="3">
+        <v>1663</v>
+      </c>
+      <c r="G490" s="3">
+        <v>1</v>
+      </c>
+      <c r="H490" s="3">
+        <v>240</v>
+      </c>
+      <c r="I490" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="3" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="B491" s="3" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="C491" s="3">
-        <v>330</v>
+        <v>258.08</v>
       </c>
       <c r="D491" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F491" s="3">
-        <v>2106</v>
+        <v>1659</v>
       </c>
       <c r="G491" s="3">
         <v>1</v>
       </c>
       <c r="H491" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I491" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="C492" s="3">
-        <v>666</v>
+        <v>311.17</v>
       </c>
       <c r="D492" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F492" s="3">
-        <v>293</v>
+        <v>564</v>
       </c>
       <c r="G492" s="3">
         <v>1</v>
       </c>
       <c r="H492" s="3">
         <v>100</v>
       </c>
       <c r="I492" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="3" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="B493" s="3" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="C493" s="3">
-        <v>420</v>
+        <v>478.37</v>
       </c>
       <c r="D493" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F493" s="3">
-        <v>154</v>
+        <v>2014</v>
       </c>
       <c r="G493" s="3">
         <v>1</v>
       </c>
       <c r="H493" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I493" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="3" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="C494" s="3">
-        <v>666</v>
+        <v>579</v>
       </c>
       <c r="D494" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F494" s="3">
-        <v>2595</v>
+        <v>929</v>
       </c>
       <c r="G494" s="3">
         <v>1</v>
       </c>
       <c r="H494" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I494" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495" s="3" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="B495" s="3" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="C495" s="3">
-        <v>870</v>
+        <v>127.29</v>
       </c>
       <c r="D495" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F495" s="3">
-        <v>269</v>
+        <v>1814</v>
       </c>
       <c r="G495" s="3">
         <v>1</v>
       </c>
       <c r="H495" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I495" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="3" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="C496" s="3">
-        <v>430</v>
+        <v>217.64</v>
       </c>
       <c r="D496" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F496" s="3">
-        <v>365</v>
+        <v>1603</v>
       </c>
       <c r="G496" s="3">
         <v>1</v>
       </c>
       <c r="H496" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I496" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="3" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="B497" s="3" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="C497" s="3">
-        <v>1340</v>
+        <v>79</v>
       </c>
       <c r="D497" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F497" s="3">
-        <v>174</v>
+        <v>0</v>
       </c>
       <c r="G497" s="3">
         <v>1</v>
       </c>
       <c r="H497" s="3">
-        <v>80</v>
+        <v>800</v>
       </c>
       <c r="I497" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A498" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I498" s="2"/>
+      <c r="A498" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="B498" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="C498" s="3">
+        <v>151.8</v>
+      </c>
+      <c r="D498" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E498" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F498" s="3">
+        <v>1392</v>
+      </c>
+      <c r="G498" s="3">
+        <v>1</v>
+      </c>
+      <c r="H498" s="3">
+        <v>320</v>
+      </c>
+      <c r="I498" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="C499" s="3">
-        <v>440</v>
+        <v>279.12</v>
       </c>
       <c r="D499" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F499" s="3">
-        <v>662</v>
+        <v>722</v>
       </c>
       <c r="G499" s="3">
         <v>1</v>
       </c>
       <c r="H499" s="3">
         <v>100</v>
       </c>
       <c r="I499" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A500" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A500" s="2" t="s">
+        <v>960</v>
+      </c>
+      <c r="B500" s="2"/>
+      <c r="C500" s="2"/>
+      <c r="D500" s="2"/>
+      <c r="E500" s="2"/>
+      <c r="F500" s="2"/>
+      <c r="G500" s="2"/>
+      <c r="H500" s="2"/>
+      <c r="I500" s="2"/>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="3" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="B501" s="3" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="C501" s="3">
-        <v>350</v>
+        <v>1500</v>
       </c>
       <c r="D501" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F501" s="3">
-        <v>0</v>
+        <v>1951</v>
       </c>
       <c r="G501" s="3">
         <v>1</v>
       </c>
       <c r="H501" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I501" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502" s="3" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="C502" s="3">
-        <v>6300</v>
+        <v>3300</v>
       </c>
       <c r="D502" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F502" s="3">
-        <v>43</v>
+        <v>464</v>
       </c>
       <c r="G502" s="3">
         <v>1</v>
       </c>
       <c r="H502" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I502" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="3" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="B503" s="3" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="C503" s="3">
-        <v>10000</v>
+        <v>563</v>
       </c>
       <c r="D503" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F503" s="3">
-        <v>9</v>
+        <v>117</v>
       </c>
       <c r="G503" s="3">
         <v>1</v>
       </c>
       <c r="H503" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I503" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="C504" s="3">
         <v>800</v>
       </c>
       <c r="D504" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F504" s="3">
-        <v>43</v>
+        <v>225</v>
       </c>
       <c r="G504" s="3">
         <v>1</v>
       </c>
       <c r="H504" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I504" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="3" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="B505" s="3" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="C505" s="3">
-        <v>1050</v>
+        <v>3000</v>
       </c>
       <c r="D505" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F505" s="3">
-        <v>0</v>
+        <v>188</v>
       </c>
       <c r="G505" s="3">
         <v>1</v>
       </c>
       <c r="H505" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I505" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="C506" s="3">
-        <v>1600</v>
+        <v>1350</v>
       </c>
       <c r="D506" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F506" s="3">
-        <v>267</v>
+        <v>433</v>
       </c>
       <c r="G506" s="3">
         <v>1</v>
       </c>
       <c r="H506" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I506" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="3" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="B507" s="3" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="C507" s="3">
-        <v>510</v>
+        <v>950</v>
       </c>
       <c r="D507" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F507" s="3">
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="G507" s="3">
         <v>1</v>
       </c>
       <c r="H507" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I507" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508" s="3" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="C508" s="3">
-        <v>590</v>
+        <v>1666</v>
       </c>
       <c r="D508" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F508" s="3">
-        <v>612</v>
+        <v>491</v>
       </c>
       <c r="G508" s="3">
         <v>1</v>
       </c>
       <c r="H508" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I508" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="3" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="B509" s="3" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="C509" s="3">
-        <v>500</v>
+        <v>900</v>
       </c>
       <c r="D509" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F509" s="3">
-        <v>0</v>
+        <v>508</v>
       </c>
       <c r="G509" s="3">
         <v>1</v>
       </c>
       <c r="H509" s="3">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="I509" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="C510" s="3">
-        <v>700</v>
+        <v>480</v>
       </c>
       <c r="D510" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F510" s="3">
         <v>0</v>
       </c>
       <c r="G510" s="3">
         <v>1</v>
       </c>
       <c r="H510" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I510" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="C511" s="3">
-        <v>2000</v>
+        <v>780</v>
       </c>
       <c r="D511" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F511" s="3">
-        <v>133</v>
+        <v>608</v>
       </c>
       <c r="G511" s="3">
         <v>1</v>
       </c>
       <c r="H511" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I511" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="C512" s="3">
-        <v>3900</v>
+        <v>850</v>
       </c>
       <c r="D512" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F512" s="3">
-        <v>181</v>
+        <v>365</v>
       </c>
       <c r="G512" s="3">
         <v>1</v>
       </c>
       <c r="H512" s="3">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="I512" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A513" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I513" s="2"/>
+      <c r="A513" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="B513" s="3" t="s">
+        <v>986</v>
+      </c>
+      <c r="C513" s="3">
+        <v>600</v>
+      </c>
+      <c r="D513" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E513" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F513" s="3">
+        <v>0</v>
+      </c>
+      <c r="G513" s="3">
+        <v>1</v>
+      </c>
+      <c r="H513" s="3">
+        <v>40</v>
+      </c>
+      <c r="I513" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="3" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="C514" s="3">
-        <v>750</v>
+        <v>7600</v>
       </c>
       <c r="D514" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E514" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F514" s="3">
-        <v>17</v>
+        <v>355</v>
       </c>
       <c r="G514" s="3">
         <v>1</v>
       </c>
       <c r="H514" s="3">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="I514" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A515" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A515" s="2" t="s">
+        <v>989</v>
+      </c>
+      <c r="B515" s="2"/>
+      <c r="C515" s="2"/>
+      <c r="D515" s="2"/>
+      <c r="E515" s="2"/>
+      <c r="F515" s="2"/>
+      <c r="G515" s="2"/>
+      <c r="H515" s="2"/>
+      <c r="I515" s="2"/>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516" s="3" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="C516" s="3">
-        <v>1335</v>
+        <v>470</v>
       </c>
       <c r="D516" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F516" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G516" s="3">
         <v>1</v>
       </c>
       <c r="H516" s="3">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="I516" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="3" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="B517" s="3" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="C517" s="3">
-        <v>3330</v>
+        <v>570</v>
       </c>
       <c r="D517" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F517" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G517" s="3">
         <v>1</v>
       </c>
       <c r="H517" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I517" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C518" s="3">
-        <v>3800</v>
+        <v>650</v>
       </c>
       <c r="D518" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F518" s="3">
-        <v>28</v>
+        <v>497</v>
       </c>
       <c r="G518" s="3">
         <v>1</v>
       </c>
       <c r="H518" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="I518" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="B519" s="3" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="C519" s="3">
-        <v>432</v>
+        <v>760</v>
       </c>
       <c r="D519" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F519" s="3">
-        <v>498</v>
+        <v>357</v>
       </c>
       <c r="G519" s="3">
         <v>1</v>
       </c>
       <c r="H519" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I519" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520" s="3" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B520" s="3" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="C520" s="3">
-        <v>583</v>
+        <v>382.91</v>
       </c>
       <c r="D520" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F520" s="3">
-        <v>277</v>
+        <v>1180</v>
       </c>
       <c r="G520" s="3">
         <v>1</v>
       </c>
       <c r="H520" s="3">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="I520" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="B521" s="3" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="C521" s="3">
-        <v>650</v>
+        <v>600</v>
       </c>
       <c r="D521" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F521" s="3">
-        <v>2939</v>
+        <v>0</v>
       </c>
       <c r="G521" s="3">
         <v>1</v>
       </c>
       <c r="H521" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I521" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="C522" s="3">
-        <v>518</v>
+        <v>275.4</v>
       </c>
       <c r="D522" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F522" s="3">
-        <v>2179</v>
+        <v>252</v>
       </c>
       <c r="G522" s="3">
         <v>1</v>
       </c>
       <c r="H522" s="3">
-        <v>36</v>
+        <v>200</v>
       </c>
       <c r="I522" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="3" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="B523" s="3" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="C523" s="3">
-        <v>468</v>
+        <v>950</v>
       </c>
       <c r="D523" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F523" s="3">
-        <v>85</v>
+        <v>395</v>
       </c>
       <c r="G523" s="3">
         <v>1</v>
       </c>
       <c r="H523" s="3">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="I523" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="C524" s="3">
-        <v>617</v>
+        <v>360</v>
       </c>
       <c r="D524" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F524" s="3">
-        <v>1736</v>
+        <v>225</v>
       </c>
       <c r="G524" s="3">
         <v>1</v>
       </c>
       <c r="H524" s="3">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="I524" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="B525" s="3" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="C525" s="3">
-        <v>950</v>
+        <v>810</v>
       </c>
       <c r="D525" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F525" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G525" s="3">
         <v>1</v>
       </c>
       <c r="H525" s="3">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="I525" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="C526" s="3">
-        <v>2700</v>
+        <v>540</v>
       </c>
       <c r="D526" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F526" s="3">
-        <v>486</v>
+        <v>645</v>
       </c>
       <c r="G526" s="3">
         <v>1</v>
       </c>
       <c r="H526" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I526" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A527" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A527" s="2" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B527" s="2"/>
+      <c r="C527" s="2"/>
+      <c r="D527" s="2"/>
+      <c r="E527" s="2"/>
+      <c r="F527" s="2"/>
+      <c r="G527" s="2"/>
+      <c r="H527" s="2"/>
+      <c r="I527" s="2"/>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="3" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B528" s="3" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="C528" s="3">
-        <v>833</v>
+        <v>590</v>
       </c>
       <c r="D528" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F528" s="3">
-        <v>333</v>
+        <v>5</v>
       </c>
       <c r="G528" s="3">
         <v>1</v>
       </c>
       <c r="H528" s="3">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="I528" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="3" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="B529" s="3" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="C529" s="3">
-        <v>421.88</v>
+        <v>750</v>
       </c>
       <c r="D529" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F529" s="3">
-        <v>1828</v>
+        <v>471</v>
       </c>
       <c r="G529" s="3">
         <v>1</v>
       </c>
       <c r="H529" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I529" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="3" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="C530" s="3">
-        <v>830</v>
+        <v>850</v>
       </c>
       <c r="D530" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F530" s="3">
-        <v>306</v>
+        <v>0</v>
       </c>
       <c r="G530" s="3">
         <v>1</v>
       </c>
       <c r="H530" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I530" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="C531" s="3">
-        <v>524.08</v>
+        <v>1000</v>
       </c>
       <c r="D531" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F531" s="3">
-        <v>1754</v>
+        <v>0</v>
       </c>
       <c r="G531" s="3">
         <v>1</v>
       </c>
       <c r="H531" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I531" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A532" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A532" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B532" s="2"/>
+      <c r="C532" s="2"/>
+      <c r="D532" s="2"/>
+      <c r="E532" s="2"/>
+      <c r="F532" s="2"/>
+      <c r="G532" s="2"/>
+      <c r="H532" s="2"/>
+      <c r="I532" s="2"/>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="3" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="B533" s="3" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C533" s="3">
-        <v>626.27</v>
+        <v>835</v>
       </c>
       <c r="D533" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E533" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F533" s="3">
+        <v>771</v>
+      </c>
+      <c r="G533" s="3">
+        <v>1</v>
+      </c>
+      <c r="H533" s="3">
         <v>15</v>
       </c>
-      <c r="F533" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="I533" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C534" s="3">
-        <v>610</v>
+        <v>870</v>
       </c>
       <c r="D534" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E534" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F534" s="3">
+        <v>929</v>
+      </c>
+      <c r="G534" s="3">
+        <v>1</v>
+      </c>
+      <c r="H534" s="3">
         <v>15</v>
       </c>
-      <c r="F534" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="I534" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="2" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="B535" s="2"/>
       <c r="C535" s="2"/>
       <c r="D535" s="2"/>
       <c r="E535" s="2"/>
       <c r="F535" s="2"/>
       <c r="G535" s="2"/>
       <c r="H535" s="2"/>
       <c r="I535" s="2"/>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C536" s="3">
-        <v>510</v>
+        <v>1110</v>
       </c>
       <c r="D536" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F536" s="3">
-        <v>2668</v>
+        <v>0</v>
       </c>
       <c r="G536" s="3">
         <v>1</v>
       </c>
       <c r="H536" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I536" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A537" s="3" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B537" s="3" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="C537" s="3">
-        <v>540</v>
+        <v>760</v>
       </c>
       <c r="D537" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F537" s="3">
         <v>0</v>
       </c>
       <c r="G537" s="3">
         <v>1</v>
       </c>
       <c r="H537" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I537" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C538" s="3">
-        <v>520</v>
+        <v>1800</v>
       </c>
       <c r="D538" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F538" s="3">
         <v>0</v>
       </c>
       <c r="G538" s="3">
         <v>1</v>
       </c>
       <c r="H538" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C539" s="3">
-        <v>480</v>
+        <v>815</v>
       </c>
       <c r="D539" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F539" s="3">
-        <v>655</v>
+        <v>0</v>
       </c>
       <c r="G539" s="3">
         <v>1</v>
       </c>
       <c r="H539" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I539" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A540" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B540" s="3" t="s">
+      <c r="A540" s="2" t="s">
         <v>1035</v>
       </c>
-      <c r="C540" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B540" s="2"/>
+      <c r="C540" s="2"/>
+      <c r="D540" s="2"/>
+      <c r="E540" s="2"/>
+      <c r="F540" s="2"/>
+      <c r="G540" s="2"/>
+      <c r="H540" s="2"/>
+      <c r="I540" s="2"/>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
         <v>1036</v>
       </c>
       <c r="B541" s="3" t="s">
         <v>1037</v>
       </c>
       <c r="C541" s="3">
-        <v>1700</v>
+        <v>575</v>
       </c>
       <c r="D541" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F541" s="3">
-        <v>364</v>
+        <v>943</v>
       </c>
       <c r="G541" s="3">
         <v>1</v>
       </c>
       <c r="H541" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I541" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
         <v>1038</v>
       </c>
       <c r="B542" s="3" t="s">
         <v>1039</v>
       </c>
       <c r="C542" s="3">
-        <v>330</v>
+        <v>640</v>
       </c>
       <c r="D542" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F542" s="3">
-        <v>1143</v>
+        <v>849</v>
       </c>
       <c r="G542" s="3">
         <v>1</v>
       </c>
       <c r="H542" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I542" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="B543" s="3" t="s">
         <v>1041</v>
       </c>
       <c r="C543" s="3">
-        <v>1440</v>
+        <v>350</v>
       </c>
       <c r="D543" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F543" s="3">
-        <v>768</v>
+        <v>2105</v>
       </c>
       <c r="G543" s="3">
         <v>1</v>
       </c>
       <c r="H543" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I543" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544" s="3" t="s">
         <v>1042</v>
       </c>
       <c r="B544" s="3" t="s">
         <v>1043</v>
       </c>
       <c r="C544" s="3">
-        <v>660</v>
+        <v>150</v>
       </c>
       <c r="D544" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F544" s="3">
-        <v>465</v>
+        <v>2515</v>
       </c>
       <c r="G544" s="3">
         <v>1</v>
       </c>
       <c r="H544" s="3">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="I544" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A545" s="2" t="s">
+      <c r="A545" s="3" t="s">
         <v>1044</v>
       </c>
-      <c r="B545" s="2"/>
-[...6 lines deleted...]
-      <c r="I545" s="2"/>
+      <c r="B545" s="3" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C545" s="3">
+        <v>205</v>
+      </c>
+      <c r="D545" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E545" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F545" s="3">
+        <v>1962</v>
+      </c>
+      <c r="G545" s="3">
+        <v>1</v>
+      </c>
+      <c r="H545" s="3">
+        <v>100</v>
+      </c>
+      <c r="I545" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="3" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C546" s="3">
-        <v>405.97</v>
+        <v>520</v>
       </c>
       <c r="D546" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>749</v>
+        <v>14</v>
       </c>
       <c r="F546" s="3">
-        <v>1438</v>
+        <v>0</v>
       </c>
       <c r="G546" s="3">
         <v>1</v>
       </c>
       <c r="H546" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I546" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A547" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B547" s="3" t="s">
+      <c r="A547" s="2" t="s">
         <v>1048</v>
       </c>
-      <c r="C547" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B547" s="2"/>
+      <c r="C547" s="2"/>
+      <c r="D547" s="2"/>
+      <c r="E547" s="2"/>
+      <c r="F547" s="2"/>
+      <c r="G547" s="2"/>
+      <c r="H547" s="2"/>
+      <c r="I547" s="2"/>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
         <v>1049</v>
       </c>
       <c r="B548" s="3" t="s">
         <v>1050</v>
       </c>
       <c r="C548" s="3">
-        <v>933.5</v>
+        <v>202</v>
       </c>
       <c r="D548" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>749</v>
+        <v>14</v>
       </c>
       <c r="F548" s="3">
-        <v>2</v>
+        <v>876</v>
       </c>
       <c r="G548" s="3">
         <v>1</v>
       </c>
       <c r="H548" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I548" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A549" s="3" t="s">
         <v>1051</v>
       </c>
       <c r="B549" s="3" t="s">
         <v>1052</v>
       </c>
       <c r="C549" s="3">
-        <v>188.33</v>
+        <v>279</v>
       </c>
       <c r="D549" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F549" s="3">
-        <v>1585</v>
+        <v>771</v>
       </c>
       <c r="G549" s="3">
         <v>1</v>
       </c>
       <c r="H549" s="3">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="I549" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A550" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="B550" s="3" t="s">
         <v>1054</v>
       </c>
       <c r="C550" s="3">
-        <v>217.53</v>
+        <v>390</v>
       </c>
       <c r="D550" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F550" s="3">
-        <v>0</v>
+        <v>790</v>
       </c>
       <c r="G550" s="3">
         <v>1</v>
       </c>
       <c r="H550" s="3">
-        <v>108</v>
+        <v>80</v>
       </c>
       <c r="I550" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A551" s="3" t="s">
         <v>1055</v>
       </c>
       <c r="B551" s="3" t="s">
         <v>1056</v>
       </c>
       <c r="C551" s="3">
-        <v>867.74</v>
+        <v>339.3</v>
       </c>
       <c r="D551" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>749</v>
+        <v>14</v>
       </c>
       <c r="F551" s="3">
-        <v>1</v>
+        <v>210</v>
       </c>
       <c r="G551" s="3">
         <v>1</v>
       </c>
       <c r="H551" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I551" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="552" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A552" s="3" t="s">
         <v>1057</v>
       </c>
       <c r="B552" s="3" t="s">
         <v>1058</v>
       </c>
       <c r="C552" s="3">
-        <v>1019.49</v>
+        <v>597</v>
       </c>
       <c r="D552" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>749</v>
+        <v>14</v>
       </c>
       <c r="F552" s="3">
-        <v>0</v>
+        <v>395</v>
       </c>
       <c r="G552" s="3">
         <v>1</v>
       </c>
       <c r="H552" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I552" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="3" t="s">
         <v>1059</v>
       </c>
       <c r="B553" s="3" t="s">
         <v>1060</v>
       </c>
       <c r="C553" s="3">
-        <v>504.29</v>
+        <v>707.75</v>
       </c>
       <c r="D553" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F553" s="3">
+        <v>149</v>
+      </c>
+      <c r="G553" s="3">
+        <v>1</v>
+      </c>
+      <c r="H553" s="3">
+        <v>40</v>
+      </c>
+      <c r="I553" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="554" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A554" s="3" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B554" s="3" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C554" s="3">
+        <v>533</v>
+      </c>
+      <c r="D554" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E554" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F554" s="3">
+        <v>798</v>
+      </c>
+      <c r="G554" s="3">
+        <v>1</v>
+      </c>
+      <c r="H554" s="3">
+        <v>60</v>
+      </c>
+      <c r="I554" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="555" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A555" s="3" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B555" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C555" s="3">
+        <v>181</v>
+      </c>
+      <c r="D555" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E555" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F555" s="3">
+        <v>1166</v>
+      </c>
+      <c r="G555" s="3">
+        <v>1</v>
+      </c>
+      <c r="H555" s="3">
+        <v>100</v>
+      </c>
+      <c r="I555" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="556" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A556" s="3" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B556" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C556" s="3">
+        <v>342</v>
+      </c>
+      <c r="D556" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E556" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F556" s="3">
+        <v>984</v>
+      </c>
+      <c r="G556" s="3">
+        <v>1</v>
+      </c>
+      <c r="H556" s="3">
+        <v>120</v>
+      </c>
+      <c r="I556" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="557" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A557" s="3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B557" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C557" s="3">
+        <v>164</v>
+      </c>
+      <c r="D557" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E557" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F557" s="3">
         <v>0</v>
       </c>
-      <c r="G553" s="3">
-[...5 lines deleted...]
-      <c r="I553" s="3">
+      <c r="G557" s="3">
+        <v>1</v>
+      </c>
+      <c r="H557" s="3">
+        <v>100</v>
+      </c>
+      <c r="I557" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="558" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A558" s="3" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B558" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C558" s="3">
+        <v>202</v>
+      </c>
+      <c r="D558" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E558" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F558" s="3">
+        <v>347</v>
+      </c>
+      <c r="G558" s="3">
+        <v>1</v>
+      </c>
+      <c r="H558" s="3">
+        <v>200</v>
+      </c>
+      <c r="I558" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="559" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A559" s="3" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B559" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C559" s="3">
+        <v>826</v>
+      </c>
+      <c r="D559" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E559" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F559" s="3">
+        <v>267</v>
+      </c>
+      <c r="G559" s="3">
+        <v>1</v>
+      </c>
+      <c r="H559" s="3">
+        <v>40</v>
+      </c>
+      <c r="I559" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="560" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A560" s="3" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B560" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C560" s="3">
+        <v>279</v>
+      </c>
+      <c r="D560" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E560" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F560" s="3">
         <v>0</v>
+      </c>
+      <c r="G560" s="3">
+        <v>1</v>
+      </c>
+      <c r="H560" s="3">
+        <v>80</v>
+      </c>
+      <c r="I560" s="3">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="57">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A4:I4"/>
-[...5 lines deleted...]
-    <mergeCell ref="A94:I94"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A27:I27"/>
+    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A74:I74"/>
+    <mergeCell ref="A78:I78"/>
+    <mergeCell ref="A83:I83"/>
+    <mergeCell ref="A90:I90"/>
     <mergeCell ref="A99:I99"/>
-    <mergeCell ref="A102:I102"/>
-[...1 lines deleted...]
-    <mergeCell ref="A114:I114"/>
+    <mergeCell ref="A100:I100"/>
     <mergeCell ref="A115:I115"/>
-    <mergeCell ref="A141:I141"/>
-[...11 lines deleted...]
-    <mergeCell ref="A278:I278"/>
+    <mergeCell ref="A120:I120"/>
+    <mergeCell ref="A128:I128"/>
+    <mergeCell ref="A137:I137"/>
+    <mergeCell ref="A146:I146"/>
+    <mergeCell ref="A147:I147"/>
+    <mergeCell ref="A153:I153"/>
+    <mergeCell ref="A160:I160"/>
+    <mergeCell ref="A176:I176"/>
+    <mergeCell ref="A177:I177"/>
+    <mergeCell ref="A192:I192"/>
+    <mergeCell ref="A200:I200"/>
+    <mergeCell ref="A207:I207"/>
+    <mergeCell ref="A215:I215"/>
+    <mergeCell ref="A216:I216"/>
+    <mergeCell ref="A225:I225"/>
+    <mergeCell ref="A247:I247"/>
+    <mergeCell ref="A256:I256"/>
+    <mergeCell ref="A257:I257"/>
+    <mergeCell ref="A259:I259"/>
+    <mergeCell ref="A268:I268"/>
+    <mergeCell ref="A281:I281"/>
     <mergeCell ref="A290:I290"/>
-    <mergeCell ref="A291:I291"/>
-[...25 lines deleted...]
-    <mergeCell ref="A513:I513"/>
+    <mergeCell ref="A300:I300"/>
+    <mergeCell ref="A309:I309"/>
+    <mergeCell ref="A310:I310"/>
+    <mergeCell ref="A336:I336"/>
+    <mergeCell ref="A361:I361"/>
+    <mergeCell ref="A376:I376"/>
+    <mergeCell ref="A408:I408"/>
+    <mergeCell ref="A422:I422"/>
+    <mergeCell ref="A444:I444"/>
+    <mergeCell ref="A445:I445"/>
+    <mergeCell ref="A464:I464"/>
+    <mergeCell ref="A485:I485"/>
+    <mergeCell ref="A500:I500"/>
+    <mergeCell ref="A515:I515"/>
+    <mergeCell ref="A527:I527"/>
+    <mergeCell ref="A532:I532"/>
     <mergeCell ref="A535:I535"/>
-    <mergeCell ref="A545:I545"/>
+    <mergeCell ref="A540:I540"/>
+    <mergeCell ref="A547:I547"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D5" r:id="rId1"/>
-[...5 lines deleted...]
-    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D4" r:id="rId1"/>
+    <hyperlink ref="D5" r:id="rId2"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
-    <hyperlink ref="D26" r:id="rId21"/>
-[...348 lines deleted...]
-    <hyperlink ref="D414" r:id="rId370"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D28" r:id="rId22"/>
+    <hyperlink ref="D29" r:id="rId23"/>
+    <hyperlink ref="D30" r:id="rId24"/>
+    <hyperlink ref="D32" r:id="rId25"/>
+    <hyperlink ref="D33" r:id="rId26"/>
+    <hyperlink ref="D34" r:id="rId27"/>
+    <hyperlink ref="D35" r:id="rId28"/>
+    <hyperlink ref="D36" r:id="rId29"/>
+    <hyperlink ref="D37" r:id="rId30"/>
+    <hyperlink ref="D38" r:id="rId31"/>
+    <hyperlink ref="D39" r:id="rId32"/>
+    <hyperlink ref="D40" r:id="rId33"/>
+    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D42" r:id="rId35"/>
+    <hyperlink ref="D44" r:id="rId36"/>
+    <hyperlink ref="D45" r:id="rId37"/>
+    <hyperlink ref="D46" r:id="rId38"/>
+    <hyperlink ref="D47" r:id="rId39"/>
+    <hyperlink ref="D48" r:id="rId40"/>
+    <hyperlink ref="D49" r:id="rId41"/>
+    <hyperlink ref="D50" r:id="rId42"/>
+    <hyperlink ref="D51" r:id="rId43"/>
+    <hyperlink ref="D52" r:id="rId44"/>
+    <hyperlink ref="D53" r:id="rId45"/>
+    <hyperlink ref="D55" r:id="rId46"/>
+    <hyperlink ref="D56" r:id="rId47"/>
+    <hyperlink ref="D57" r:id="rId48"/>
+    <hyperlink ref="D58" r:id="rId49"/>
+    <hyperlink ref="D59" r:id="rId50"/>
+    <hyperlink ref="D60" r:id="rId51"/>
+    <hyperlink ref="D61" r:id="rId52"/>
+    <hyperlink ref="D63" r:id="rId53"/>
+    <hyperlink ref="D64" r:id="rId54"/>
+    <hyperlink ref="D65" r:id="rId55"/>
+    <hyperlink ref="D66" r:id="rId56"/>
+    <hyperlink ref="D67" r:id="rId57"/>
+    <hyperlink ref="D68" r:id="rId58"/>
+    <hyperlink ref="D69" r:id="rId59"/>
+    <hyperlink ref="D70" r:id="rId60"/>
+    <hyperlink ref="D71" r:id="rId61"/>
+    <hyperlink ref="D72" r:id="rId62"/>
+    <hyperlink ref="D73" r:id="rId63"/>
+    <hyperlink ref="D75" r:id="rId64"/>
+    <hyperlink ref="D76" r:id="rId65"/>
+    <hyperlink ref="D77" r:id="rId66"/>
+    <hyperlink ref="D79" r:id="rId67"/>
+    <hyperlink ref="D80" r:id="rId68"/>
+    <hyperlink ref="D81" r:id="rId69"/>
+    <hyperlink ref="D82" r:id="rId70"/>
+    <hyperlink ref="D84" r:id="rId71"/>
+    <hyperlink ref="D85" r:id="rId72"/>
+    <hyperlink ref="D86" r:id="rId73"/>
+    <hyperlink ref="D87" r:id="rId74"/>
+    <hyperlink ref="D88" r:id="rId75"/>
+    <hyperlink ref="D89" r:id="rId76"/>
+    <hyperlink ref="D91" r:id="rId77"/>
+    <hyperlink ref="D92" r:id="rId78"/>
+    <hyperlink ref="D93" r:id="rId79"/>
+    <hyperlink ref="D94" r:id="rId80"/>
+    <hyperlink ref="D95" r:id="rId81"/>
+    <hyperlink ref="D96" r:id="rId82"/>
+    <hyperlink ref="D97" r:id="rId83"/>
+    <hyperlink ref="D98" r:id="rId84"/>
+    <hyperlink ref="D101" r:id="rId85"/>
+    <hyperlink ref="D102" r:id="rId86"/>
+    <hyperlink ref="D103" r:id="rId87"/>
+    <hyperlink ref="D104" r:id="rId88"/>
+    <hyperlink ref="D105" r:id="rId89"/>
+    <hyperlink ref="D106" r:id="rId90"/>
+    <hyperlink ref="D107" r:id="rId91"/>
+    <hyperlink ref="D108" r:id="rId92"/>
+    <hyperlink ref="D109" r:id="rId93"/>
+    <hyperlink ref="D110" r:id="rId94"/>
+    <hyperlink ref="D111" r:id="rId95"/>
+    <hyperlink ref="D112" r:id="rId96"/>
+    <hyperlink ref="D113" r:id="rId97"/>
+    <hyperlink ref="D114" r:id="rId98"/>
+    <hyperlink ref="D116" r:id="rId99"/>
+    <hyperlink ref="D117" r:id="rId100"/>
+    <hyperlink ref="D118" r:id="rId101"/>
+    <hyperlink ref="D119" r:id="rId102"/>
+    <hyperlink ref="D121" r:id="rId103"/>
+    <hyperlink ref="D122" r:id="rId104"/>
+    <hyperlink ref="D123" r:id="rId105"/>
+    <hyperlink ref="D124" r:id="rId106"/>
+    <hyperlink ref="D125" r:id="rId107"/>
+    <hyperlink ref="D126" r:id="rId108"/>
+    <hyperlink ref="D127" r:id="rId109"/>
+    <hyperlink ref="D129" r:id="rId110"/>
+    <hyperlink ref="D130" r:id="rId111"/>
+    <hyperlink ref="D131" r:id="rId112"/>
+    <hyperlink ref="D132" r:id="rId113"/>
+    <hyperlink ref="D133" r:id="rId114"/>
+    <hyperlink ref="D134" r:id="rId115"/>
+    <hyperlink ref="D135" r:id="rId116"/>
+    <hyperlink ref="D136" r:id="rId117"/>
+    <hyperlink ref="D138" r:id="rId118"/>
+    <hyperlink ref="D139" r:id="rId119"/>
+    <hyperlink ref="D140" r:id="rId120"/>
+    <hyperlink ref="D141" r:id="rId121"/>
+    <hyperlink ref="D142" r:id="rId122"/>
+    <hyperlink ref="D143" r:id="rId123"/>
+    <hyperlink ref="D144" r:id="rId124"/>
+    <hyperlink ref="D145" r:id="rId125"/>
+    <hyperlink ref="D148" r:id="rId126"/>
+    <hyperlink ref="D149" r:id="rId127"/>
+    <hyperlink ref="D150" r:id="rId128"/>
+    <hyperlink ref="D151" r:id="rId129"/>
+    <hyperlink ref="D152" r:id="rId130"/>
+    <hyperlink ref="D154" r:id="rId131"/>
+    <hyperlink ref="D155" r:id="rId132"/>
+    <hyperlink ref="D156" r:id="rId133"/>
+    <hyperlink ref="D157" r:id="rId134"/>
+    <hyperlink ref="D158" r:id="rId135"/>
+    <hyperlink ref="D159" r:id="rId136"/>
+    <hyperlink ref="D161" r:id="rId137"/>
+    <hyperlink ref="D162" r:id="rId138"/>
+    <hyperlink ref="D163" r:id="rId139"/>
+    <hyperlink ref="D164" r:id="rId140"/>
+    <hyperlink ref="D165" r:id="rId141"/>
+    <hyperlink ref="D166" r:id="rId142"/>
+    <hyperlink ref="D167" r:id="rId143"/>
+    <hyperlink ref="D168" r:id="rId144"/>
+    <hyperlink ref="D169" r:id="rId145"/>
+    <hyperlink ref="D170" r:id="rId146"/>
+    <hyperlink ref="D171" r:id="rId147"/>
+    <hyperlink ref="D172" r:id="rId148"/>
+    <hyperlink ref="D173" r:id="rId149"/>
+    <hyperlink ref="D174" r:id="rId150"/>
+    <hyperlink ref="D175" r:id="rId151"/>
+    <hyperlink ref="D178" r:id="rId152"/>
+    <hyperlink ref="D179" r:id="rId153"/>
+    <hyperlink ref="D180" r:id="rId154"/>
+    <hyperlink ref="D181" r:id="rId155"/>
+    <hyperlink ref="D182" r:id="rId156"/>
+    <hyperlink ref="D183" r:id="rId157"/>
+    <hyperlink ref="D184" r:id="rId158"/>
+    <hyperlink ref="D185" r:id="rId159"/>
+    <hyperlink ref="D186" r:id="rId160"/>
+    <hyperlink ref="D187" r:id="rId161"/>
+    <hyperlink ref="D188" r:id="rId162"/>
+    <hyperlink ref="D189" r:id="rId163"/>
+    <hyperlink ref="D190" r:id="rId164"/>
+    <hyperlink ref="D191" r:id="rId165"/>
+    <hyperlink ref="D193" r:id="rId166"/>
+    <hyperlink ref="D194" r:id="rId167"/>
+    <hyperlink ref="D195" r:id="rId168"/>
+    <hyperlink ref="D196" r:id="rId169"/>
+    <hyperlink ref="D197" r:id="rId170"/>
+    <hyperlink ref="D198" r:id="rId171"/>
+    <hyperlink ref="D199" r:id="rId172"/>
+    <hyperlink ref="D201" r:id="rId173"/>
+    <hyperlink ref="D202" r:id="rId174"/>
+    <hyperlink ref="D203" r:id="rId175"/>
+    <hyperlink ref="D204" r:id="rId176"/>
+    <hyperlink ref="D205" r:id="rId177"/>
+    <hyperlink ref="D206" r:id="rId178"/>
+    <hyperlink ref="D208" r:id="rId179"/>
+    <hyperlink ref="D209" r:id="rId180"/>
+    <hyperlink ref="D210" r:id="rId181"/>
+    <hyperlink ref="D211" r:id="rId182"/>
+    <hyperlink ref="D212" r:id="rId183"/>
+    <hyperlink ref="D213" r:id="rId184"/>
+    <hyperlink ref="D214" r:id="rId185"/>
+    <hyperlink ref="D217" r:id="rId186"/>
+    <hyperlink ref="D218" r:id="rId187"/>
+    <hyperlink ref="D219" r:id="rId188"/>
+    <hyperlink ref="D220" r:id="rId189"/>
+    <hyperlink ref="D221" r:id="rId190"/>
+    <hyperlink ref="D222" r:id="rId191"/>
+    <hyperlink ref="D223" r:id="rId192"/>
+    <hyperlink ref="D224" r:id="rId193"/>
+    <hyperlink ref="D226" r:id="rId194"/>
+    <hyperlink ref="D227" r:id="rId195"/>
+    <hyperlink ref="D228" r:id="rId196"/>
+    <hyperlink ref="D229" r:id="rId197"/>
+    <hyperlink ref="D230" r:id="rId198"/>
+    <hyperlink ref="D231" r:id="rId199"/>
+    <hyperlink ref="D232" r:id="rId200"/>
+    <hyperlink ref="D233" r:id="rId201"/>
+    <hyperlink ref="D234" r:id="rId202"/>
+    <hyperlink ref="D235" r:id="rId203"/>
+    <hyperlink ref="D236" r:id="rId204"/>
+    <hyperlink ref="D237" r:id="rId205"/>
+    <hyperlink ref="D238" r:id="rId206"/>
+    <hyperlink ref="D239" r:id="rId207"/>
+    <hyperlink ref="D240" r:id="rId208"/>
+    <hyperlink ref="D241" r:id="rId209"/>
+    <hyperlink ref="D242" r:id="rId210"/>
+    <hyperlink ref="D243" r:id="rId211"/>
+    <hyperlink ref="D244" r:id="rId212"/>
+    <hyperlink ref="D245" r:id="rId213"/>
+    <hyperlink ref="D246" r:id="rId214"/>
+    <hyperlink ref="D248" r:id="rId215"/>
+    <hyperlink ref="D249" r:id="rId216"/>
+    <hyperlink ref="D250" r:id="rId217"/>
+    <hyperlink ref="D251" r:id="rId218"/>
+    <hyperlink ref="D252" r:id="rId219"/>
+    <hyperlink ref="D253" r:id="rId220"/>
+    <hyperlink ref="D254" r:id="rId221"/>
+    <hyperlink ref="D255" r:id="rId222"/>
+    <hyperlink ref="D258" r:id="rId223"/>
+    <hyperlink ref="D260" r:id="rId224"/>
+    <hyperlink ref="D261" r:id="rId225"/>
+    <hyperlink ref="D262" r:id="rId226"/>
+    <hyperlink ref="D263" r:id="rId227"/>
+    <hyperlink ref="D264" r:id="rId228"/>
+    <hyperlink ref="D265" r:id="rId229"/>
+    <hyperlink ref="D266" r:id="rId230"/>
+    <hyperlink ref="D267" r:id="rId231"/>
+    <hyperlink ref="D269" r:id="rId232"/>
+    <hyperlink ref="D270" r:id="rId233"/>
+    <hyperlink ref="D271" r:id="rId234"/>
+    <hyperlink ref="D272" r:id="rId235"/>
+    <hyperlink ref="D273" r:id="rId236"/>
+    <hyperlink ref="D274" r:id="rId237"/>
+    <hyperlink ref="D275" r:id="rId238"/>
+    <hyperlink ref="D276" r:id="rId239"/>
+    <hyperlink ref="D277" r:id="rId240"/>
+    <hyperlink ref="D278" r:id="rId241"/>
+    <hyperlink ref="D279" r:id="rId242"/>
+    <hyperlink ref="D280" r:id="rId243"/>
+    <hyperlink ref="D282" r:id="rId244"/>
+    <hyperlink ref="D283" r:id="rId245"/>
+    <hyperlink ref="D284" r:id="rId246"/>
+    <hyperlink ref="D285" r:id="rId247"/>
+    <hyperlink ref="D286" r:id="rId248"/>
+    <hyperlink ref="D287" r:id="rId249"/>
+    <hyperlink ref="D288" r:id="rId250"/>
+    <hyperlink ref="D289" r:id="rId251"/>
+    <hyperlink ref="D291" r:id="rId252"/>
+    <hyperlink ref="D292" r:id="rId253"/>
+    <hyperlink ref="D293" r:id="rId254"/>
+    <hyperlink ref="D294" r:id="rId255"/>
+    <hyperlink ref="D295" r:id="rId256"/>
+    <hyperlink ref="D296" r:id="rId257"/>
+    <hyperlink ref="D297" r:id="rId258"/>
+    <hyperlink ref="D298" r:id="rId259"/>
+    <hyperlink ref="D299" r:id="rId260"/>
+    <hyperlink ref="D301" r:id="rId261"/>
+    <hyperlink ref="D302" r:id="rId262"/>
+    <hyperlink ref="D303" r:id="rId263"/>
+    <hyperlink ref="D304" r:id="rId264"/>
+    <hyperlink ref="D305" r:id="rId265"/>
+    <hyperlink ref="D306" r:id="rId266"/>
+    <hyperlink ref="D307" r:id="rId267"/>
+    <hyperlink ref="D308" r:id="rId268"/>
+    <hyperlink ref="D311" r:id="rId269"/>
+    <hyperlink ref="D312" r:id="rId270"/>
+    <hyperlink ref="D313" r:id="rId271"/>
+    <hyperlink ref="D314" r:id="rId272"/>
+    <hyperlink ref="D315" r:id="rId273"/>
+    <hyperlink ref="D316" r:id="rId274"/>
+    <hyperlink ref="D317" r:id="rId275"/>
+    <hyperlink ref="D318" r:id="rId276"/>
+    <hyperlink ref="D319" r:id="rId277"/>
+    <hyperlink ref="D320" r:id="rId278"/>
+    <hyperlink ref="D321" r:id="rId279"/>
+    <hyperlink ref="D322" r:id="rId280"/>
+    <hyperlink ref="D323" r:id="rId281"/>
+    <hyperlink ref="D324" r:id="rId282"/>
+    <hyperlink ref="D325" r:id="rId283"/>
+    <hyperlink ref="D326" r:id="rId284"/>
+    <hyperlink ref="D327" r:id="rId285"/>
+    <hyperlink ref="D328" r:id="rId286"/>
+    <hyperlink ref="D329" r:id="rId287"/>
+    <hyperlink ref="D330" r:id="rId288"/>
+    <hyperlink ref="D331" r:id="rId289"/>
+    <hyperlink ref="D332" r:id="rId290"/>
+    <hyperlink ref="D333" r:id="rId291"/>
+    <hyperlink ref="D334" r:id="rId292"/>
+    <hyperlink ref="D335" r:id="rId293"/>
+    <hyperlink ref="D337" r:id="rId294"/>
+    <hyperlink ref="D338" r:id="rId295"/>
+    <hyperlink ref="D339" r:id="rId296"/>
+    <hyperlink ref="D340" r:id="rId297"/>
+    <hyperlink ref="D341" r:id="rId298"/>
+    <hyperlink ref="D342" r:id="rId299"/>
+    <hyperlink ref="D343" r:id="rId300"/>
+    <hyperlink ref="D344" r:id="rId301"/>
+    <hyperlink ref="D345" r:id="rId302"/>
+    <hyperlink ref="D346" r:id="rId303"/>
+    <hyperlink ref="D347" r:id="rId304"/>
+    <hyperlink ref="D348" r:id="rId305"/>
+    <hyperlink ref="D349" r:id="rId306"/>
+    <hyperlink ref="D350" r:id="rId307"/>
+    <hyperlink ref="D351" r:id="rId308"/>
+    <hyperlink ref="D352" r:id="rId309"/>
+    <hyperlink ref="D353" r:id="rId310"/>
+    <hyperlink ref="D354" r:id="rId311"/>
+    <hyperlink ref="D355" r:id="rId312"/>
+    <hyperlink ref="D356" r:id="rId313"/>
+    <hyperlink ref="D357" r:id="rId314"/>
+    <hyperlink ref="D358" r:id="rId315"/>
+    <hyperlink ref="D359" r:id="rId316"/>
+    <hyperlink ref="D360" r:id="rId317"/>
+    <hyperlink ref="D362" r:id="rId318"/>
+    <hyperlink ref="D363" r:id="rId319"/>
+    <hyperlink ref="D364" r:id="rId320"/>
+    <hyperlink ref="D365" r:id="rId321"/>
+    <hyperlink ref="D366" r:id="rId322"/>
+    <hyperlink ref="D367" r:id="rId323"/>
+    <hyperlink ref="D368" r:id="rId324"/>
+    <hyperlink ref="D369" r:id="rId325"/>
+    <hyperlink ref="D370" r:id="rId326"/>
+    <hyperlink ref="D371" r:id="rId327"/>
+    <hyperlink ref="D372" r:id="rId328"/>
+    <hyperlink ref="D373" r:id="rId329"/>
+    <hyperlink ref="D374" r:id="rId330"/>
+    <hyperlink ref="D375" r:id="rId331"/>
+    <hyperlink ref="D377" r:id="rId332"/>
+    <hyperlink ref="D378" r:id="rId333"/>
+    <hyperlink ref="D379" r:id="rId334"/>
+    <hyperlink ref="D380" r:id="rId335"/>
+    <hyperlink ref="D381" r:id="rId336"/>
+    <hyperlink ref="D382" r:id="rId337"/>
+    <hyperlink ref="D383" r:id="rId338"/>
+    <hyperlink ref="D384" r:id="rId339"/>
+    <hyperlink ref="D385" r:id="rId340"/>
+    <hyperlink ref="D386" r:id="rId341"/>
+    <hyperlink ref="D387" r:id="rId342"/>
+    <hyperlink ref="D388" r:id="rId343"/>
+    <hyperlink ref="D389" r:id="rId344"/>
+    <hyperlink ref="D390" r:id="rId345"/>
+    <hyperlink ref="D391" r:id="rId346"/>
+    <hyperlink ref="D392" r:id="rId347"/>
+    <hyperlink ref="D393" r:id="rId348"/>
+    <hyperlink ref="D394" r:id="rId349"/>
+    <hyperlink ref="D395" r:id="rId350"/>
+    <hyperlink ref="D396" r:id="rId351"/>
+    <hyperlink ref="D397" r:id="rId352"/>
+    <hyperlink ref="D398" r:id="rId353"/>
+    <hyperlink ref="D399" r:id="rId354"/>
+    <hyperlink ref="D400" r:id="rId355"/>
+    <hyperlink ref="D401" r:id="rId356"/>
+    <hyperlink ref="D402" r:id="rId357"/>
+    <hyperlink ref="D403" r:id="rId358"/>
+    <hyperlink ref="D404" r:id="rId359"/>
+    <hyperlink ref="D405" r:id="rId360"/>
+    <hyperlink ref="D406" r:id="rId361"/>
+    <hyperlink ref="D407" r:id="rId362"/>
+    <hyperlink ref="D409" r:id="rId363"/>
+    <hyperlink ref="D410" r:id="rId364"/>
+    <hyperlink ref="D411" r:id="rId365"/>
+    <hyperlink ref="D412" r:id="rId366"/>
+    <hyperlink ref="D413" r:id="rId367"/>
+    <hyperlink ref="D414" r:id="rId368"/>
+    <hyperlink ref="D415" r:id="rId369"/>
+    <hyperlink ref="D416" r:id="rId370"/>
     <hyperlink ref="D417" r:id="rId371"/>
     <hyperlink ref="D418" r:id="rId372"/>
     <hyperlink ref="D419" r:id="rId373"/>
     <hyperlink ref="D420" r:id="rId374"/>
     <hyperlink ref="D421" r:id="rId375"/>
-    <hyperlink ref="D422" r:id="rId376"/>
-[...1 lines deleted...]
-    <hyperlink ref="D424" r:id="rId378"/>
+    <hyperlink ref="D423" r:id="rId376"/>
+    <hyperlink ref="D424" r:id="rId377"/>
+    <hyperlink ref="D425" r:id="rId378"/>
     <hyperlink ref="D426" r:id="rId379"/>
     <hyperlink ref="D427" r:id="rId380"/>
     <hyperlink ref="D428" r:id="rId381"/>
     <hyperlink ref="D429" r:id="rId382"/>
     <hyperlink ref="D430" r:id="rId383"/>
     <hyperlink ref="D431" r:id="rId384"/>
     <hyperlink ref="D432" r:id="rId385"/>
     <hyperlink ref="D433" r:id="rId386"/>
-    <hyperlink ref="D435" r:id="rId387"/>
-[...95 lines deleted...]
-    <hyperlink ref="D540" r:id="rId483"/>
+    <hyperlink ref="D434" r:id="rId387"/>
+    <hyperlink ref="D435" r:id="rId388"/>
+    <hyperlink ref="D436" r:id="rId389"/>
+    <hyperlink ref="D437" r:id="rId390"/>
+    <hyperlink ref="D438" r:id="rId391"/>
+    <hyperlink ref="D439" r:id="rId392"/>
+    <hyperlink ref="D440" r:id="rId393"/>
+    <hyperlink ref="D441" r:id="rId394"/>
+    <hyperlink ref="D442" r:id="rId395"/>
+    <hyperlink ref="D443" r:id="rId396"/>
+    <hyperlink ref="D446" r:id="rId397"/>
+    <hyperlink ref="D447" r:id="rId398"/>
+    <hyperlink ref="D448" r:id="rId399"/>
+    <hyperlink ref="D449" r:id="rId400"/>
+    <hyperlink ref="D450" r:id="rId401"/>
+    <hyperlink ref="D451" r:id="rId402"/>
+    <hyperlink ref="D452" r:id="rId403"/>
+    <hyperlink ref="D453" r:id="rId404"/>
+    <hyperlink ref="D454" r:id="rId405"/>
+    <hyperlink ref="D455" r:id="rId406"/>
+    <hyperlink ref="D456" r:id="rId407"/>
+    <hyperlink ref="D457" r:id="rId408"/>
+    <hyperlink ref="D458" r:id="rId409"/>
+    <hyperlink ref="D459" r:id="rId410"/>
+    <hyperlink ref="D460" r:id="rId411"/>
+    <hyperlink ref="D461" r:id="rId412"/>
+    <hyperlink ref="D462" r:id="rId413"/>
+    <hyperlink ref="D463" r:id="rId414"/>
+    <hyperlink ref="D465" r:id="rId415"/>
+    <hyperlink ref="D466" r:id="rId416"/>
+    <hyperlink ref="D467" r:id="rId417"/>
+    <hyperlink ref="D468" r:id="rId418"/>
+    <hyperlink ref="D469" r:id="rId419"/>
+    <hyperlink ref="D470" r:id="rId420"/>
+    <hyperlink ref="D471" r:id="rId421"/>
+    <hyperlink ref="D472" r:id="rId422"/>
+    <hyperlink ref="D473" r:id="rId423"/>
+    <hyperlink ref="D474" r:id="rId424"/>
+    <hyperlink ref="D475" r:id="rId425"/>
+    <hyperlink ref="D476" r:id="rId426"/>
+    <hyperlink ref="D477" r:id="rId427"/>
+    <hyperlink ref="D478" r:id="rId428"/>
+    <hyperlink ref="D479" r:id="rId429"/>
+    <hyperlink ref="D480" r:id="rId430"/>
+    <hyperlink ref="D481" r:id="rId431"/>
+    <hyperlink ref="D482" r:id="rId432"/>
+    <hyperlink ref="D483" r:id="rId433"/>
+    <hyperlink ref="D484" r:id="rId434"/>
+    <hyperlink ref="D486" r:id="rId435"/>
+    <hyperlink ref="D487" r:id="rId436"/>
+    <hyperlink ref="D488" r:id="rId437"/>
+    <hyperlink ref="D489" r:id="rId438"/>
+    <hyperlink ref="D490" r:id="rId439"/>
+    <hyperlink ref="D491" r:id="rId440"/>
+    <hyperlink ref="D492" r:id="rId441"/>
+    <hyperlink ref="D493" r:id="rId442"/>
+    <hyperlink ref="D494" r:id="rId443"/>
+    <hyperlink ref="D495" r:id="rId444"/>
+    <hyperlink ref="D496" r:id="rId445"/>
+    <hyperlink ref="D497" r:id="rId446"/>
+    <hyperlink ref="D498" r:id="rId447"/>
+    <hyperlink ref="D499" r:id="rId448"/>
+    <hyperlink ref="D501" r:id="rId449"/>
+    <hyperlink ref="D502" r:id="rId450"/>
+    <hyperlink ref="D503" r:id="rId451"/>
+    <hyperlink ref="D504" r:id="rId452"/>
+    <hyperlink ref="D505" r:id="rId453"/>
+    <hyperlink ref="D506" r:id="rId454"/>
+    <hyperlink ref="D507" r:id="rId455"/>
+    <hyperlink ref="D508" r:id="rId456"/>
+    <hyperlink ref="D509" r:id="rId457"/>
+    <hyperlink ref="D510" r:id="rId458"/>
+    <hyperlink ref="D511" r:id="rId459"/>
+    <hyperlink ref="D512" r:id="rId460"/>
+    <hyperlink ref="D513" r:id="rId461"/>
+    <hyperlink ref="D514" r:id="rId462"/>
+    <hyperlink ref="D516" r:id="rId463"/>
+    <hyperlink ref="D517" r:id="rId464"/>
+    <hyperlink ref="D518" r:id="rId465"/>
+    <hyperlink ref="D519" r:id="rId466"/>
+    <hyperlink ref="D520" r:id="rId467"/>
+    <hyperlink ref="D521" r:id="rId468"/>
+    <hyperlink ref="D522" r:id="rId469"/>
+    <hyperlink ref="D523" r:id="rId470"/>
+    <hyperlink ref="D524" r:id="rId471"/>
+    <hyperlink ref="D525" r:id="rId472"/>
+    <hyperlink ref="D526" r:id="rId473"/>
+    <hyperlink ref="D528" r:id="rId474"/>
+    <hyperlink ref="D529" r:id="rId475"/>
+    <hyperlink ref="D530" r:id="rId476"/>
+    <hyperlink ref="D531" r:id="rId477"/>
+    <hyperlink ref="D533" r:id="rId478"/>
+    <hyperlink ref="D534" r:id="rId479"/>
+    <hyperlink ref="D536" r:id="rId480"/>
+    <hyperlink ref="D537" r:id="rId481"/>
+    <hyperlink ref="D538" r:id="rId482"/>
+    <hyperlink ref="D539" r:id="rId483"/>
     <hyperlink ref="D541" r:id="rId484"/>
     <hyperlink ref="D542" r:id="rId485"/>
     <hyperlink ref="D543" r:id="rId486"/>
     <hyperlink ref="D544" r:id="rId487"/>
-    <hyperlink ref="D546" r:id="rId488"/>
-    <hyperlink ref="D547" r:id="rId489"/>
+    <hyperlink ref="D545" r:id="rId488"/>
+    <hyperlink ref="D546" r:id="rId489"/>
     <hyperlink ref="D548" r:id="rId490"/>
     <hyperlink ref="D549" r:id="rId491"/>
     <hyperlink ref="D550" r:id="rId492"/>
     <hyperlink ref="D551" r:id="rId493"/>
     <hyperlink ref="D552" r:id="rId494"/>
     <hyperlink ref="D553" r:id="rId495"/>
+    <hyperlink ref="D554" r:id="rId496"/>
+    <hyperlink ref="D555" r:id="rId497"/>
+    <hyperlink ref="D556" r:id="rId498"/>
+    <hyperlink ref="D557" r:id="rId499"/>
+    <hyperlink ref="D558" r:id="rId500"/>
+    <hyperlink ref="D559" r:id="rId501"/>
+    <hyperlink ref="D560" r:id="rId502"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>