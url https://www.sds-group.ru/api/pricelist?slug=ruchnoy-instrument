--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -8,3277 +8,3265 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2074" uniqueCount="1075">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2066" uniqueCount="1071">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ручной инструмент</t>
   </si>
   <si>
-    <t>1.1 Инструмент для ремонта мобильной техники</t>
+    <t>1.1 Отвертки</t>
+  </si>
+  <si>
+    <t>1.1.1 Отвертки крестовые (PH,PZ)</t>
+  </si>
+  <si>
+    <t>12-6416</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-4728</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х125мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4726</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6403</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6405</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6409</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6414</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ1х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4729</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6408</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4730</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6415</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ2х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6404</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6401</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH00х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4727</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4728-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х125мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6402</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6407</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH2х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6412</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4726-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH0х75мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6406</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6411</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH3х250мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6413</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ0х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4727-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PH1х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6414-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ1х75мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6415-1</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая PZ2х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Отвертки шлицевые (SL)</t>
+  </si>
+  <si>
+    <t>12-4721</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4722</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6428</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6429</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6432</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6433</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL8х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4721-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х75мм, трехкомпонентная рукоятка сталь, S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-4722-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6421</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4723</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х125мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4724</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL8х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6424</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4725</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6423</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6426</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х200мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6431</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6435</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х40мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6427</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL5х75мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4723-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х125мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6430</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL6х100мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6424-1</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х100мм, трехкомпонентная рукоятка, сталь S2 REXANT</t>
+  </si>
+  <si>
+    <t>12-6422</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL3х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-6425</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая SL4х150мм, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Набор отвертки с насадками</t>
+  </si>
+  <si>
+    <t>12-4741</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, двухкомпонентная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4742</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, прозрачная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-4779</t>
+  </si>
+  <si>
+    <t>Набор 8 предметов с реверсивной отверткой REXANT</t>
+  </si>
+  <si>
+    <t>12-4776</t>
+  </si>
+  <si>
+    <t>Набор отверток 33 предмета REXANT</t>
+  </si>
+  <si>
+    <t>12-4743</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная, прозрачная рукоятка, двухсторонний стержень 40мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4791</t>
+  </si>
+  <si>
+    <t>Набор отверток 31 предмет KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4792</t>
+  </si>
+  <si>
+    <t>Набор отверток 38 предметов в кейсе KRANZ</t>
+  </si>
+  <si>
+    <t>12-4774</t>
+  </si>
+  <si>
+    <t>Набор отверток 8 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4777</t>
+  </si>
+  <si>
+    <t>Набор отверток 10 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4778</t>
+  </si>
+  <si>
+    <t>Набор 13 предметов с реверсивной отверткой REXANT</t>
+  </si>
+  <si>
+    <t>12-4703</t>
+  </si>
+  <si>
+    <t>Набор отверток 7 предметов (крестовые и шлицевые) REXANT</t>
+  </si>
+  <si>
+    <t>12-4775</t>
+  </si>
+  <si>
+    <t>Набор отверток 18 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4745</t>
+  </si>
+  <si>
+    <t>Отвертка реверсивная комбинированная, трехкомпонентная рукоятка, двухсторонний стержень 120мм (крестовая PH2, шлицевая SL6) REXANT</t>
+  </si>
+  <si>
+    <t>12-6075</t>
+  </si>
+  <si>
+    <t>Набор головок и бит с реверсивной отверткой, 21 предмет REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Наборы отверток для точных работ</t>
+  </si>
+  <si>
+    <t>KR-12-4770</t>
+  </si>
+  <si>
+    <t>Набор отверток и роликов для ремонта мобильных устройств 9 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4773</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 40 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4778</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 31 предмет KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4755</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-05, 106 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4753</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-03, 25 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>12-6051</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток 16 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4702</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 37 предметов REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4777</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 73 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>12-4704</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 16 предметов REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4752</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-02, 30 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>12-4772</t>
+  </si>
+  <si>
+    <t>Набор отверток 28 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4761</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 38 предметов Профи REXANT</t>
+  </si>
+  <si>
+    <t>12-4764</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 6 предметов REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4751</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-01, 25 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4771</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 54 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>12-4705</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отвертка с насадками 6 шт. REXANT </t>
+  </si>
+  <si>
+    <t>12-4701</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 32 предмета REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4754</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ RA-04, 24 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4774</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 62 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4776</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 37 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>12-4763</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 8 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4765</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 9 предметов в пластиковом боксе REXANT</t>
+  </si>
+  <si>
+    <t>12-4766</t>
+  </si>
+  <si>
+    <t>Отвертка для телефонов Pentalobe 0,8 (звездочка) REXANT</t>
+  </si>
+  <si>
+    <t>12-6041</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток TORX 7 предметов REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-4772</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 114 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4775</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 48 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>12-6050</t>
+  </si>
+  <si>
+    <t>Набор часовых отверток (6 предметов) REXANT</t>
+  </si>
+  <si>
+    <t>12-4754</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ REXANT XA-04, 24 предмета</t>
+  </si>
+  <si>
+    <t>12-4771</t>
+  </si>
+  <si>
+    <t>Набор отверток 19 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4706</t>
+  </si>
+  <si>
+    <t>Набор отверток для точных работ 45 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4762</t>
+  </si>
+  <si>
+    <t>Набор для точных работ 25 предметов в чехле REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 Диэлектрические отвертки</t>
+  </si>
+  <si>
+    <t>12-4714</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL6х150мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4715</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH0х75мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4716</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH0х100мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4773</t>
+  </si>
+  <si>
+    <t>Набор отверток (8 предметов) PROconnect</t>
+  </si>
+  <si>
+    <t>12-4771-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 76 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4773-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 14 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4712</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL4х100мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4711</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL3х75мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4713</t>
+  </si>
+  <si>
+    <t>Отвертка шлицевая диэлектрическая SL5х125мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4717</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH1х125мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4718</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH2х150мм, до 100В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4719</t>
+  </si>
+  <si>
+    <t>Отвертка крестовая диэлектрическая PH/SL2х150мм, до 1000В, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-4772-3</t>
+  </si>
+  <si>
+    <t>Набор отверток диэлектрических, 123 предмета REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Шарнирно-губцевый инструмент</t>
+  </si>
+  <si>
+    <t>1.2.1 Бокорезы и кусачки</t>
+  </si>
+  <si>
+    <t>12-4615</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы 180мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4624</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кусачки торцевые 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4616-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы 200мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4614</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4614-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4602</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы мини 120мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кусачки торцевые мини 100мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4607</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кусачки для точных работ 115мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4615-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бокорезы 180мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4602-1</t>
+  </si>
+  <si>
+    <t>Бокорезы мини 120мм REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2 Пассатижи и плоскогубцы</t>
+  </si>
+  <si>
+    <t>12-4601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы мини 120мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4613</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 200мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4611-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4612-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 180мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4613-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 200мм обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4611</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4612</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плоскогубцы комбинированные 180мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>1.2.3 Круглогубцы, тонкогубцы и длинногубцы</t>
+  </si>
+  <si>
+    <t>12-4606</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Круглогубцы Мини 120мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4617</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы изогнутые мини 120мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4623</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Круглогубцы 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4621</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы изогнутые 200мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4618-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы 180мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4618</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы 200мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4620</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы изогнутые 160мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4617-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4619-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы 200мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тонкогубцы мини 120мм никелированные, авторазжим, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>1.2.4 Ручные ножницы по металлу</t>
+  </si>
+  <si>
+    <t>12-4631</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы по металлу левые 260мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4629</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы по металлу правые 260мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4630</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы по металлу прямые 260мм никелированные, двухкомпонентные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>1.2.5 Строительные клещи и щипцы</t>
+  </si>
+  <si>
+    <t>12-4634</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клещи переставные 200мм никелированные, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4636</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клещи переставные 300мм никелированные, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4635</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клещи переставные 250мм никелированные, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>1.2.6 Съемники стопорных колец</t>
+  </si>
+  <si>
+    <t>12-4638</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щипцы для стопорных колец сжим 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4637</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щипцы для стопорных колец загнутый сжим 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4640</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щипцы для стопорных колец разжим загнутый 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>12-4639</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щипцы для стопорных колец разжим 160мм, обливные рукоятки REXANT </t>
+  </si>
+  <si>
+    <t>1.2.7 Диэлектрический инструмент</t>
+  </si>
+  <si>
+    <t>12-4611-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы комбинированные 160мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4615-3</t>
+  </si>
+  <si>
+    <t>Бокорезы 180мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4616-3</t>
+  </si>
+  <si>
+    <t>Бокорезы 200мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4613-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы комбинированные 200мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4612-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы комбинированные 180мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4614-3</t>
+  </si>
+  <si>
+    <t>Бокорезы 160мм, диэлектрические до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>1.2.8 Многофункциональный инструмент</t>
+  </si>
+  <si>
+    <t>KR-12-4651-5</t>
+  </si>
+  <si>
+    <t>Плоскогубцы многофункциональные универсальные 200мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4657-5</t>
+  </si>
+  <si>
+    <t>Плоскогубцы многофункциональные 15в1 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4658-5</t>
+  </si>
+  <si>
+    <t>Кабелерез многофункциональный 5в1 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4652-5</t>
+  </si>
+  <si>
+    <t>Бокорезы многофункциональные универсальные 190мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4653-5</t>
+  </si>
+  <si>
+    <t>Тонкогубцы многофункциональные универсальные 200мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4657-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы многофункциональные диэлектрические со съемником 238мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4024-5</t>
+  </si>
+  <si>
+    <t>Многофункциональный инструмент для зачистки проводов 7в1 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4655-5</t>
+  </si>
+  <si>
+    <t>Плоскогубцы профессиональные многофункциональные 200мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4652-3</t>
+  </si>
+  <si>
+    <t>Бокорезы многофункциональные диэлектрические 206мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4651-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы многофункциональные диэлектрические 230мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4656-3</t>
+  </si>
+  <si>
+    <t>Плоскогубцы многофункциональные диэлектрические с тестером PRO 210мм KRANZ</t>
+  </si>
+  <si>
+    <t>1.3 Ключи</t>
+  </si>
+  <si>
+    <t>1.3.1 Ключи комбинированные</t>
+  </si>
+  <si>
+    <t>12-5802-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 7мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5803-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 8мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5804-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 9мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5808-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 13мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5810-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 15мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5812-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 17мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5819-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 18мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5813-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 19мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5814-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5817-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 30мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5809-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 14мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5817</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный 30 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5801-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 6мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5807-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 12мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5815-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 24мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5805-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 10мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5816</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный 27 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5806-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 11мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5818</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный 32 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5816-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 27мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>1.3.2 Ключи рожковые</t>
+  </si>
+  <si>
+    <t>12-5823-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 8х10мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5826-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 12х13мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5827-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 13х14мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5828-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 13х17мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5831-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 19х22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5832-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 20х22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5835-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 30х32мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5821-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 6х7мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5833-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 24х27мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5822-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 8х9мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5824-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 10х11мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5825-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 14х15мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5829-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 14х17мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5830-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 17х19мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>1.3.3 Ключи накидные</t>
+  </si>
+  <si>
+    <t>12-5853-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 8х10мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5865-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 27х32мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5854-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 10х11мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5857-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 10х13мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5862-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 20х22мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5864-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 24х27мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5866-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 30х32мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5858-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 13х17мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5861-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 19х22мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5863-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 22х24мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5860-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 17х19мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5856-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 12х13мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5855-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 14х15мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>1.3.4 Наборы ключей</t>
+  </si>
+  <si>
+    <t>12-5841</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей комбинированных (8-19мм), 8 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5842</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (6-14, 17, 19, 22мм) 12 шт, CrV, зеркальное хромирование REXANT</t>
+  </si>
+  <si>
+    <t>12-5843-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-16х17мм), 6 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5844-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-20х22мм), 8 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5872-2</t>
+  </si>
+  <si>
+    <t>Набор ключей-трубок торцевых 6х22мм, вороток, оцинкованные, 10 шт REXANT</t>
+  </si>
+  <si>
+    <t>12-5874-2</t>
+  </si>
+  <si>
+    <t>Набор ключей-трубок торцевых 8х17мм, вороток, оцинкованные, 6 шт REXANT</t>
+  </si>
+  <si>
+    <t>12-5843</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых (8-19мм), 6 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5845-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-30х32мм), 12 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5844</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых (8-24мм), 8 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5845</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых 6-32мм 12 предметов CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5841-2</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (8, 10, 12, 13, 14, 17мм), 6 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5848</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных 6х32мм, 26 шт, CrV, полированный хром REXANT</t>
+  </si>
+  <si>
+    <t>12-4841-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей комбинированных трещоточных (8, 10, 13, 17, 19мм), 5 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5842-2</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (8-11, 13, 14, 17, 19мм), 8 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>1.3.5 Комбинированные трещеточные ключи</t>
+  </si>
+  <si>
+    <t>12-5804-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 9мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5806-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 11мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5809-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 14мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5811-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 16мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5812-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 17мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5819-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 18мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5813-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 19мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5807-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 12мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5808-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 13мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5805-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 10мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5810-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 15мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>1.3.6 Ключи разводные</t>
+  </si>
+  <si>
+    <t>12-4675</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 300мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 200мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4674</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 250мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 150мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>1.3.7 Ключи баллонные</t>
+  </si>
+  <si>
+    <t>12-5883</t>
+  </si>
+  <si>
+    <t>Ключ-крест баллонный 17х19х21х22мм, усиленный, толщина 16мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5881</t>
+  </si>
+  <si>
+    <t>Ключ-крест баллонный 17х19х21мм, под квадрат 1/2, усиленный, толщина 16мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.8 Ключи трубные (газовые)</t>
+  </si>
+  <si>
+    <t>KR-12-5902</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 1, 300 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 2, 400 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 0, 250 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5904</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 3, 500 мм, литой </t>
+  </si>
+  <si>
+    <t>1.3.9 Набор ключей имбусовых</t>
+  </si>
+  <si>
+    <t>KR-12-5203</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых TORX KRANZ T10-T50, CrV, 9 шт., оксидированные, на кольце</t>
+  </si>
+  <si>
+    <t>KR-12-5213</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 2,0-12 мм, CrV, 9 шт., удлиненные</t>
+  </si>
+  <si>
+    <t>KR-12-5201</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 10 шт., оксидированные, на кольце</t>
+  </si>
+  <si>
+    <t>KR-12-5211</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 9 шт., удлиненные, с шаром</t>
+  </si>
+  <si>
+    <t>KR-12-5215</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 9 шт.</t>
+  </si>
+  <si>
+    <t>KR-12-5221</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых Tamper-Torx KRANZ 9 шт., ТТ10-ТТ50, закаленные, удлиненные, никель</t>
+  </si>
+  <si>
+    <t>1.3.10 Ключи-трещотки и наборы</t>
+  </si>
+  <si>
+    <t>12-8304</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, двенадцатигранные, CrV, 10 шт., 10-24мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8314</t>
+  </si>
+  <si>
+    <t>Набор универсальных торцевых головок 1/4, двенадцатигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8401</t>
+  </si>
+  <si>
+    <t>Ключ-трещотка для торцовых головок 1/2, СrV, 72 зубца KRANZ</t>
+  </si>
+  <si>
+    <t>12-8306</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, шестигранные, CrV, 10 шт., 10-22мм REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8430</t>
+  </si>
+  <si>
+    <t>Переходник ударный F3/4" х M1/2" KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8413</t>
+  </si>
+  <si>
+    <t>Ключ телескопический трещоточный 1/4, 162-210мм, CrV, двухкомпонентная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>12-8308</t>
+  </si>
+  <si>
+    <t>Набор удлиненных торцевых головок 1/2, шестигранные, CrV, 10 шт., 10-22мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8316</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/4, шестигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8420</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 78мм, 20 предметов (8-32мм) пластиковый кейс KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-12-8423</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных удлиненных торцевых головок для колесных дисков, 1/2", 3 предмета (17, 19, 21мм) пластиковый кейс KRANZ</t>
+  </si>
+  <si>
+    <t>12-8318</t>
+  </si>
+  <si>
+    <t>Набор удлиненных торцевых головок 1/4, шестигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>12-6080</t>
+  </si>
+  <si>
+    <t>Ключ торцевой с трещоткой универсальный 7-19мм REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8403</t>
+  </si>
+  <si>
+    <t>Ключ-трещотка для торцовых головок 1/4, СrV, 72 зубца KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8411</t>
+  </si>
+  <si>
+    <t>Ключ телескопический трещоточный 1/2, 307-434мм, CrV, двухкомпонентная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8431</t>
+  </si>
+  <si>
+    <t>Шарнир карданный ударный 1/2"DR KRANZ</t>
+  </si>
+  <si>
+    <t>12-8301</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, головки 10-24 мм, с трещоточным ключом, 12 предметов REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8422</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 38мм, 10 предметов (10-24мм) металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8421</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 78мм, 12 предметов (10-24мм) металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>1.4 Ножи, ножницы, скальпели и скребки</t>
+  </si>
+  <si>
+    <t>1.4.1 Ножи с сегментированными лезвиями</t>
+  </si>
+  <si>
+    <t>12-4901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 18мм, корпус ABS пластик обрезиненный REXANT </t>
+  </si>
+  <si>
+    <t>12-4907</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с трапециевидным выдвижным лезвием REXANT </t>
+  </si>
+  <si>
+    <t>12-4908</t>
+  </si>
+  <si>
+    <t>Нож с трапециевидным выдвижным лезвием, винтовой фиксатор лезвия REXANT</t>
+  </si>
+  <si>
+    <t>12-4912</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 18мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>12-4918</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 25мм, металлический обрезиненный корпус, с дополнительным замком на лезвии REXANT</t>
+  </si>
+  <si>
+    <t>12-4905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 9мм, корпус пластик, c клипсой REXANT </t>
+  </si>
+  <si>
+    <t>12-4900</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 18мм, металлический обрезиненный корпус REXANT</t>
+  </si>
+  <si>
+    <t>12-4912-1</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 18мм Профи 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 18мм корпус пластик REXANT </t>
+  </si>
+  <si>
+    <t>12-4906</t>
+  </si>
+  <si>
+    <t>Нож с сегментированным лезвием 9мм, корпус металлический, c клипсой REXANT</t>
+  </si>
+  <si>
+    <t>12-4909-8</t>
+  </si>
+  <si>
+    <t>Набор нож с сегментированным лезвием + комплект сменных лезвий (10 шт) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>12-4919</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож с сегментированным лезвием 25мм, корпус ABS пластик обрезиненный REXANT </t>
+  </si>
+  <si>
+    <t>12-4915</t>
+  </si>
+  <si>
+    <t>Сегментированное лезвие 25мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сегментированное лезвие 9мм 10 шт. REXANT </t>
+  </si>
+  <si>
+    <t>1.4.2 Ножи строительные</t>
+  </si>
+  <si>
+    <t>12-4922</t>
+  </si>
+  <si>
+    <t>Нож строительный нержавеющая сталь лезвие 90мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4928</t>
+  </si>
+  <si>
+    <t>Нож для резки теплоизоляционных панелей лезвие 280мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4926</t>
+  </si>
+  <si>
+    <t>Нож для резки теплоизоляционных панелей лезвие 340мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4921</t>
+  </si>
+  <si>
+    <t>Нож строительный нержавеющая сталь лезвие 95мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4923</t>
+  </si>
+  <si>
+    <t>Нож строительный нержавеющая сталь лезвие 100мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4934</t>
+  </si>
+  <si>
+    <t>Нож-стамеска, нержавеющая сталь, лезвие 75х22мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4939</t>
+  </si>
+  <si>
+    <t>Нож монтажника с чехлом лезвие 67мм REXANT</t>
+  </si>
+  <si>
+    <t>1.4.3 Скальпели</t>
+  </si>
+  <si>
+    <t>12-4910</t>
+  </si>
+  <si>
+    <t>Нож с перовым лезвием 5 запасных лезвий (скальпель) REXANT</t>
+  </si>
+  <si>
+    <t>12-4911</t>
+  </si>
+  <si>
+    <t>Лезвия перовые 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4909</t>
+  </si>
+  <si>
+    <t>Нож с перовым лезвием (скальпель) REXANT</t>
+  </si>
+  <si>
+    <t>12-4308-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель СК-03 150мм</t>
+  </si>
+  <si>
+    <t>12-4306-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель СК-01 120мм</t>
+  </si>
+  <si>
+    <t>12-4917</t>
+  </si>
+  <si>
+    <t>Набор скальпель со сменными лезвиями 7 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-4301-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель остроконечный СО-01 130мм</t>
+  </si>
+  <si>
+    <t>12-4303-8</t>
+  </si>
+  <si>
+    <t>Нож монтажный тип Скальпель остроконечный СО-03 150мм</t>
+  </si>
+  <si>
+    <t>1.4.4 Скребки</t>
+  </si>
+  <si>
+    <t>12-4961</t>
+  </si>
+  <si>
+    <t>Скребок строительный универсальный 140мм металл REXANT</t>
+  </si>
+  <si>
+    <t>12-4962</t>
+  </si>
+  <si>
+    <t>Скребок строительный универсальный 400мм металл REXANT</t>
+  </si>
+  <si>
+    <t>12-4965</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скребок с фиксированным лезвием пластик REXANT </t>
+  </si>
+  <si>
+    <t>12-4914</t>
+  </si>
+  <si>
+    <t>Трапециевидные лезвия 19мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4963</t>
+  </si>
+  <si>
+    <t>Скребок с выдвижным лезвием, обрезиненный корпус, 5 запасных лезвий в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>12-4969</t>
+  </si>
+  <si>
+    <t>Лезвия сменные для скребка 14х100х0,4мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4968</t>
+  </si>
+  <si>
+    <t>Лезвия сменные для скребка 19х39х0,25мм 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-4966</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скребок с выдвижным лезвием пластик REXANT </t>
+  </si>
+  <si>
+    <t>1.4.5 Ножницы</t>
+  </si>
+  <si>
+    <t>12-4929-9</t>
+  </si>
+  <si>
+    <t>Ножницы остроконечные прямые 165мм</t>
+  </si>
+  <si>
+    <t>12-4927-9</t>
+  </si>
+  <si>
+    <t>Ножницы тупоконечные прямые 165 мм</t>
+  </si>
+  <si>
+    <t>12-4925-9</t>
+  </si>
+  <si>
+    <t>Ножницы с двумя острыми концами прямые 145 мм</t>
+  </si>
+  <si>
+    <t>12-4926-9</t>
+  </si>
+  <si>
+    <t>Ножницы тупоконечные прямые 140 мм</t>
+  </si>
+  <si>
+    <t>1.5 Измерительный инструмент</t>
+  </si>
+  <si>
+    <t>1.5.1 Рулетки</t>
+  </si>
+  <si>
+    <t>KR-12-9024</t>
+  </si>
+  <si>
+    <t>Рулетка Selbstfixierung, 10м x 25мм, магнитный двухсторонний зацеп, нейлон, двухсторонняя шкала, автоматическая фиксация KRANZ</t>
+  </si>
+  <si>
+    <t>12-9008</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Стандарт, 7,5м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9000</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Стандарт, 3м х 16мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9002</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Стандарт, 5м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9003</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Стандарт, 10м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9004</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, 3м х 16мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9005</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, 5м х 19мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9006</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, 5м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9012</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, магнитная, 3м х 16мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9014</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, магнитная, 5м х 19мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9007</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, 10м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-9023</t>
+  </si>
+  <si>
+    <t>Рулетка Selbstfixierung, 5м x 25мм, магнитный двухсторонний зацеп, нейлон, двухсторонняя шкала, автоматическая фиксация KRANZ</t>
+  </si>
+  <si>
+    <t>12-9016</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, магнитная, 7,5м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9017</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, магнитная, 10м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9009</t>
+  </si>
+  <si>
+    <t>Рулетка измерительная Профи прорезиненный корпус, 7,5м х 25мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 Уровни измерительные</t>
+  </si>
+  <si>
+    <t>12-9215</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый Рельс, 1500мм, 3 глазка (1 поворотный) REXANT</t>
+  </si>
+  <si>
+    <t>12-9212</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый Рельс, 800мм, 3 глазка (1 поворотный) REXANT</t>
+  </si>
+  <si>
+    <t>12-9213</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый Рельс, 1000мм, 3 глазка (1 поворотный) REXANT</t>
+  </si>
+  <si>
+    <t>12-9210</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый Рельс, 400мм, 3 глазка (1 поворотный) REXANT</t>
+  </si>
+  <si>
+    <t>12-9211</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый Рельс, 600мм, 3 глазка (1 поворотный) REXANT</t>
+  </si>
+  <si>
+    <t>1.5.3 Штангенциркули и микрометры</t>
+  </si>
+  <si>
+    <t>12-9102</t>
+  </si>
+  <si>
+    <t>Штангенциркуль ШЦ - 250мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9101-2</t>
+  </si>
+  <si>
+    <t>Штангенциркуль ШЦ - 150мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9106</t>
+  </si>
+  <si>
+    <t>Штангенциркуль стрелочный 150мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9111</t>
+  </si>
+  <si>
+    <t>Микрометр МК 25-50мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9100</t>
+  </si>
+  <si>
+    <t>Электронный штангенциркуль 150мм REXANT</t>
+  </si>
+  <si>
+    <t>12-9110-2</t>
+  </si>
+  <si>
+    <t>Микрометр МК 0-25мм REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Наборы инструментов</t>
+  </si>
+  <si>
+    <t>12-4691-3</t>
+  </si>
+  <si>
+    <t>Набор диэлектрического инструмента RI-01, тканевый пенал, 7 предметов, до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4692-3</t>
+  </si>
+  <si>
+    <t>Набор диэлектрического инструмента RI-02, тканевый пенал, 11 предметов, до 1000В REXANT</t>
+  </si>
+  <si>
+    <t>12-4694-2</t>
+  </si>
+  <si>
+    <t>Набор инструментов электрика, 29 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-6070</t>
+  </si>
+  <si>
+    <t>Набор головок и бит с ключом-трещоткой 17 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-6071</t>
+  </si>
+  <si>
+    <t>Набор инструментов HOBBY 26 предметов REXANT</t>
+  </si>
+  <si>
+    <t>KR-66-6682</t>
+  </si>
+  <si>
+    <t>Набор инструментов, 1/2, 1/4, CrV, пластиковый кейс, 82 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>12-4693-2</t>
+  </si>
+  <si>
+    <t>Набор инструментов электрика, 21 предмет REXANT</t>
+  </si>
+  <si>
+    <t>KR-66-6694</t>
+  </si>
+  <si>
+    <t>Набор инструментов, 1/2, 1/4, CrV, пластиковый кейс, 94 предмета KRANZ</t>
+  </si>
+  <si>
+    <t>1.7 Мультитулы и складные ножи</t>
+  </si>
+  <si>
+    <t>KR-12-4942-2</t>
+  </si>
+  <si>
+    <t>Мультитул 15 в 1, 158мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4944-2</t>
+  </si>
+  <si>
+    <t>Мультитул 11 в 1, 154мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4945-2</t>
+  </si>
+  <si>
+    <t>Мультитул 10 в 1, 155мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4947-2</t>
+  </si>
+  <si>
+    <t>Мультитул 14 в 1, 155мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4902-2</t>
+  </si>
+  <si>
+    <t>Мультитул 10 функций, 113мм KRANZ</t>
+  </si>
+  <si>
+    <t>12-4906-2</t>
+  </si>
+  <si>
+    <t>Нож складной Коготь полуавтоматический Titanium REXANT</t>
+  </si>
+  <si>
+    <t>12-4911-2</t>
+  </si>
+  <si>
+    <t>Нож складной полуавтоматический Hunter REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Монтажный инструмент</t>
+  </si>
+  <si>
+    <t>1.8.1 Спуджеры, шило, лопатки</t>
+  </si>
+  <si>
+    <t>12-4322-8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шило монтажное прямое ШМ-02 160мм </t>
+  </si>
+  <si>
+    <t>12-4326-8</t>
+  </si>
+  <si>
+    <t>Шило монтажное серповидное ШМ-06 155мм</t>
+  </si>
+  <si>
+    <t>12-4334</t>
+  </si>
+  <si>
+    <t>Спуджер металлический (лопатка двухсторонняя) 170мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4333-8</t>
+  </si>
+  <si>
+    <t>Инструмент монтажный ЛП-03 160мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4335</t>
+  </si>
+  <si>
+    <t>Спуджер металлический узкий (лопатка двухсторонняя) 170мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4334-8</t>
+  </si>
+  <si>
+    <t>Спуджер металлический (лопатка двухсторонняя) ЛП-04 180мм</t>
+  </si>
+  <si>
+    <t>12-4336</t>
+  </si>
+  <si>
+    <t>Спуджер металлический широкий (лопатка двухсторонняя) 170мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4324-8</t>
+  </si>
+  <si>
+    <t>Шило монтажное изогнутое ШМ-04 155мм</t>
+  </si>
+  <si>
+    <t>1.8.2 Зажимы</t>
+  </si>
+  <si>
+    <t>12-4351-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный изогнутый 125мм</t>
+  </si>
+  <si>
+    <t>12-4344-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный прямой 270мм</t>
+  </si>
+  <si>
+    <t>12-4342-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный прямой 160мм</t>
+  </si>
+  <si>
+    <t>12-4352-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный изогнутый 160мм</t>
+  </si>
+  <si>
+    <t>12-4354-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный изогнутый 270мм</t>
+  </si>
+  <si>
+    <t>12-4341-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный прямой 125мм</t>
+  </si>
+  <si>
+    <t>12-4343-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный прямой 200мм</t>
+  </si>
+  <si>
+    <t>12-4353-8</t>
+  </si>
+  <si>
+    <t>Зажим монтажный изогнутый 200мм</t>
+  </si>
+  <si>
+    <t>1.8.3 Пинцеты</t>
+  </si>
+  <si>
+    <t>12-0373</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 130мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0347</t>
+  </si>
+  <si>
+    <t>Пинцет прямой рифленый 200мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0365</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 155мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0346</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, узкий, рифленый 145мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0355</t>
+  </si>
+  <si>
+    <t>Пинцет изогнутый, узкий, фиксатор, рифленый 155мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0340</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, узкий, фиксатор, рифленый 100мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0372</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 120мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0376</t>
+  </si>
+  <si>
+    <t>Пинцет прямой с острыми кончиками 125мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0378</t>
+  </si>
+  <si>
+    <t>Пинцет изогнутый, узкий 125мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0368</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 200мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0385</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пинцет изогнутый узкий 120мм Airy (блистер) REXANT </t>
+  </si>
+  <si>
+    <t>12-0366</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 160мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0380</t>
+  </si>
+  <si>
+    <t>Пинцет прямой узкий 140мм Airy (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0369</t>
+  </si>
+  <si>
+    <t>Пинцет прямой рифленый 250мм ПРОФИ</t>
+  </si>
+  <si>
+    <t>12-0377</t>
+  </si>
+  <si>
+    <t>Пинцет прямой с закругленными кончиками 125мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0381</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 160мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0358</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пинцет изогнутый, узкий, рифленый 160мм REXANT </t>
+  </si>
+  <si>
+    <t>12-0360</t>
+  </si>
+  <si>
+    <t>Пинцет прямой, рифленый 125мм (блистер) REXANT</t>
+  </si>
+  <si>
+    <t>12-0370</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 120мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0371</t>
+  </si>
+  <si>
+    <t>Пинцет прямой 140мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0375</t>
+  </si>
+  <si>
+    <t>Пинцет прямой с острыми кончиками 120мм REXANT</t>
+  </si>
+  <si>
+    <t>1.9 Инструмент для маркировки</t>
+  </si>
+  <si>
+    <t>1.9.1 Маркеры меловые</t>
+  </si>
+  <si>
+    <t>08-7005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маркер меловой Chalk Marker 3мм, спиртовая основа, белый MunHwa </t>
+  </si>
+  <si>
+    <t>1.9.2 Маркер-краска</t>
+  </si>
+  <si>
+    <t>08-7401</t>
+  </si>
+  <si>
+    <t>Маркер-краска Slim 2мм, нитрооснова, черный MunHwa</t>
+  </si>
+  <si>
+    <t>08-7601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маркер-краска 4мм, нитрооснова, черный MunHwa </t>
+  </si>
+  <si>
+    <t>08-7605</t>
+  </si>
+  <si>
+    <t>Маркер-краска 4мм, нитрооснова, белый MunHwa</t>
+  </si>
+  <si>
+    <t>09-3991</t>
+  </si>
+  <si>
+    <t>Маркер эмаль 1-2мм (для печатных плат) чёрный Edding-791</t>
+  </si>
+  <si>
+    <t>09-3990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маркер эмаль 0,8мм (для рисунка печатных плат) черный Edding-780 </t>
+  </si>
+  <si>
+    <t>08-7405</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маркер-краска Slim 2мм, нитрооснова, белый MunHwa </t>
+  </si>
+  <si>
+    <t>08-7201</t>
+  </si>
+  <si>
+    <t>Маркер-краска Extra Fine Paint Marker 1мм, нитрооснова, черный MunHwa</t>
+  </si>
+  <si>
+    <t>08-7205</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маркер-краска Extra Fine Paint Marker 1мм, нитрооснова, белый MunHwa </t>
+  </si>
+  <si>
+    <t>1.9.3 Маркеры перманентные</t>
+  </si>
+  <si>
+    <t>08-8401</t>
+  </si>
+  <si>
+    <t>Маркер перманентный двухсторонний Multi Marker Twin 2мм/1мм, черный, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>08-8602</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker 3мм, синий, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>08-9001</t>
+  </si>
+  <si>
+    <t>Маркер перманентный 1-2мм, черный, пулевидный Luxor 100</t>
+  </si>
+  <si>
+    <t>08-8601</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker 3мм, черный, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>09-3995</t>
+  </si>
+  <si>
+    <t>Маркер перманентный S 0,3мм (для пленок и ПВХ) черный Edding-140</t>
+  </si>
+  <si>
+    <t>08-8801</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker Chisel 5мм, черный, скошенный Crown</t>
+  </si>
+  <si>
+    <t>09-3993</t>
+  </si>
+  <si>
+    <t>Маркер перманентный 0,75мм (для рисунка печатных плат) черный Edding-404</t>
+  </si>
+  <si>
+    <t>09-3995-9</t>
+  </si>
+  <si>
+    <t>Набор маркеров permanent 0,3мм (для пленок и ПВХ) набор:черный,красный,зеленый,синий Edding-140</t>
+  </si>
+  <si>
+    <t>08-8001</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker Super Slim 1мм, черный, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>09-3997</t>
+  </si>
+  <si>
+    <t>Набор маркеров 4S 0,3мм (для маркировки кабелей) набор:черный,красный,зеленый,синий Edding-8407</t>
+  </si>
+  <si>
+    <t>08-8201</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker Slim 2мм, черный, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>08-8603</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Multi Marker 3мм, красный, пулевидный Crown</t>
+  </si>
+  <si>
+    <t>1.10 Телескопический инструмент</t>
+  </si>
+  <si>
+    <t>12-4812</t>
+  </si>
+  <si>
+    <t>Магнит телескопический 160-850мм (удержание 2300г) REXANT</t>
+  </si>
+  <si>
+    <t>12-4801</t>
+  </si>
+  <si>
+    <t>Зеркало телескопическое диаметром 57мм на (240-920мм) REXANT</t>
+  </si>
+  <si>
+    <t>12-4813</t>
+  </si>
+  <si>
+    <t>Магнит на шарнире телескопический 280-430мм (удержание 450г) REXANT</t>
+  </si>
+  <si>
+    <t>12-4811</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Магнит телескопический 130-640мм (удержание 1600г) REXANT </t>
+  </si>
+  <si>
+    <t>12-4822</t>
+  </si>
+  <si>
+    <t>Магнит телескопический и зеркало в наборе (2 пр.) REXANT</t>
+  </si>
+  <si>
+    <t>12-4814</t>
+  </si>
+  <si>
+    <t>Захват магнитный гибкий, 465мм (удержание 1кг) REXANT</t>
+  </si>
+  <si>
+    <t>12-4815</t>
+  </si>
+  <si>
+    <t>Захват магнитный цанговый 4 лапки, 610мм, встроенный светодиодный фонарик, (удержание 2кг) REXANT</t>
+  </si>
+  <si>
+    <t>12-4816</t>
+  </si>
+  <si>
+    <t>Захват магнитный цанговый 4 лапки, 610мм, (удержание 2кг) REXANT</t>
+  </si>
+  <si>
+    <t>1.11 Инструмент для ремонта мобильной техники</t>
+  </si>
+  <si>
+    <t>12-4785</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор инструментов для вскрытия корпусов мобильной техники 6 предметов RA-05 REXANT </t>
+  </si>
+  <si>
+    <t>12-4787</t>
+  </si>
+  <si>
+    <t>Инструмент для вскрытия корпусов мобильной техники RA-07 REXANT</t>
+  </si>
+  <si>
+    <t>12-4786</t>
+  </si>
+  <si>
+    <t>Инструмент для вскрытия корпусов мобильной техники RA-06 REXANT</t>
   </si>
   <si>
     <t>12-4782</t>
   </si>
   <si>
     <t xml:space="preserve">Присоска-ножницы для снятия дисплея RA-02 REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Инструмент для вскрытия корпусов мобильной техники RA-07 REXANT</t>
+    <t>12-4784</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор инструментов для вскрытия корпусов мобильной техники 10 предметов RA-04 REXANT </t>
   </si>
   <si>
     <t>12-4788</t>
   </si>
   <si>
     <t>Инструмент для вскрытия корпусов мобильной техники, гибкая двухсторонняя лопатка RA-08 REXANT</t>
   </si>
   <si>
-    <t>12-4786</t>
-[...16 lines deleted...]
-  <si>
     <t>12-4781</t>
   </si>
   <si>
     <t>Присоска для снятия дисплея и тачскрина (вакуумный съемник) RA-01 REXANT</t>
   </si>
   <si>
-    <t>1.2 Тиски, струбцины, зажимы</t>
+    <t>1.12 Тиски, струбцины, зажимы</t>
+  </si>
+  <si>
+    <t>12-5703</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 100мм REXANT </t>
   </si>
   <si>
     <t>12-4664</t>
   </si>
   <si>
     <t xml:space="preserve">Зажим ручной 125мм REXANT </t>
   </si>
   <si>
+    <t>12-4665</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Зажим ручной 175мм REXANT </t>
+  </si>
+  <si>
+    <t>12-5705</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 125мм REXANT </t>
+  </si>
+  <si>
     <t>12-5706</t>
   </si>
   <si>
     <t xml:space="preserve">Струбцина G-образная 150мм REXANT </t>
   </si>
   <si>
+    <t>12-5707</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 200мм REXANT </t>
+  </si>
+  <si>
     <t>12-5708</t>
   </si>
   <si>
     <t xml:space="preserve">Струбцина G-образная 250мм REXANT </t>
   </si>
   <si>
     <t>12-5709</t>
   </si>
   <si>
     <t xml:space="preserve">Струбцина G-образная 300мм REXANT </t>
   </si>
   <si>
-    <t>12-5705</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Струбцина G-образная 200мм REXANT </t>
+    <t>KR-12-5103</t>
+  </si>
+  <si>
+    <t>Тиски слесарные 200мм, поворотные, с наковальней KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-5101</t>
+  </si>
+  <si>
+    <t>Тиски слесарные 100мм, поворотные, с наковальней KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-5102</t>
+  </si>
+  <si>
+    <t>Тиски слесарные 150мм, поворотные, с наковальней KRANZ</t>
   </si>
   <si>
     <t>12-4666</t>
   </si>
   <si>
     <t xml:space="preserve">Зажим ручной 250мм REXANT </t>
   </si>
   <si>
-    <t>KR-12-5103</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Струбцина G-образная 100мм REXANT </t>
+    <t>12-5701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Струбцина G-образная 50мм REXANT </t>
   </si>
   <si>
     <t>12-5702</t>
   </si>
   <si>
     <t xml:space="preserve">Струбцина G-образная 75мм REXANT </t>
   </si>
   <si>
-    <t>12-5701</t>
-[...368 lines deleted...]
-    <t>1.4 Надфили и напильники</t>
+    <t>1.13 Ударно-забивной инструмент</t>
+  </si>
+  <si>
+    <t>12-8121</t>
+  </si>
+  <si>
+    <t>Молоток-гвоздодер 450г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8134</t>
+  </si>
+  <si>
+    <t>Кувалда с фибергласовой обрезиненной рукояткой 4000г REXANT</t>
+  </si>
+  <si>
+    <t>12-8135</t>
+  </si>
+  <si>
+    <t>Кувалда с фибергласовой обрезиненной рукояткой 5000г REXANT</t>
+  </si>
+  <si>
+    <t>12-8115</t>
+  </si>
+  <si>
+    <t>Молоток 500г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8145</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 910 г, черная резина, деревянная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8152</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 225 г, черно-белая резина, фибергласовая рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8153</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 450 г, черно-белая резина, фибергласовая рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8154</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 680 г, черно-белая резина, фибергласовая рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>12-8105</t>
+  </si>
+  <si>
+    <t>Молоток слесарный с деревянной рукояткой 500г REXANT</t>
+  </si>
+  <si>
+    <t>12-8118</t>
+  </si>
+  <si>
+    <t>Молоток 800г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8106</t>
+  </si>
+  <si>
+    <t>Молоток слесарный с деревянной рукояткой 600г REXANT</t>
+  </si>
+  <si>
+    <t>12-8114</t>
+  </si>
+  <si>
+    <t>Молоток 400г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-8144</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 680 г, черная резина, деревянная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8146</t>
+  </si>
+  <si>
+    <t>Киянка резиновая 1130 г, черная резина, деревянная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>12-8131</t>
+  </si>
+  <si>
+    <t>Кувалда с фибергласовой обрезиненной рукояткой 1500г REXANT</t>
+  </si>
+  <si>
+    <t>12-8103</t>
+  </si>
+  <si>
+    <t>Молоток слесарный с деревянной рукояткой 300г REXANT</t>
+  </si>
+  <si>
+    <t>12-8104</t>
+  </si>
+  <si>
+    <t>Молоток слесарный с деревянной рукояткой 400г REXANT</t>
+  </si>
+  <si>
+    <t>12-8108</t>
+  </si>
+  <si>
+    <t>Молоток слесарный с деревянной рукояткой 800г REXANT</t>
+  </si>
+  <si>
+    <t>12-8113</t>
+  </si>
+  <si>
+    <t>Молоток 300г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8116</t>
+  </si>
+  <si>
+    <t>Молоток 600г фибергласовая рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8133</t>
+  </si>
+  <si>
+    <t>Кувалда с фибергласовой обрезиненной рукояткой 3000г REXANT</t>
+  </si>
+  <si>
+    <t>1.14 Пилы и ножовки</t>
+  </si>
+  <si>
+    <t>12-8221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножовка по гипсокартону 180мм, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-8215</t>
+  </si>
+  <si>
+    <t>Ножовка по дереву Зубец 500мм, 7-8 TPI, каленый зуб 2D, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пила для фанеры с запилом 330мм, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-8212</t>
+  </si>
+  <si>
+    <t>Ножовка по дереву Зубец 350мм, 7-8 TPI, каленый зуб 2D, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8213</t>
+  </si>
+  <si>
+    <t>Ножовка по дереву Зубец 400мм, 7-8 TPI, каленый зуб 2D, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8214</t>
+  </si>
+  <si>
+    <t>Ножовка по дереву Зубец 450мм, 7-8 TPI, каленый зуб 2D, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8227</t>
+  </si>
+  <si>
+    <t>Ножовка по пенобетону 700мм, защитное покрытие, твердосплавные напайки на зубья, двухкомпонентная рукоятка REXANT</t>
+  </si>
+  <si>
+    <t>12-8201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лобзик 200мм REXANT </t>
+  </si>
+  <si>
+    <t>12-8225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножовка по пенобетону 500мм, защитное покрытие, твердосплавные напайки на зубья, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>1.15 Надфили и напильники</t>
   </si>
   <si>
     <t>KR-12-4111</t>
   </si>
   <si>
     <t>Набор надфилей алмазных KRANZ 140х50х3 мм, 5 шт.</t>
   </si>
   <si>
-    <t>наб.</t>
+    <t>KR-12-4121</t>
+  </si>
+  <si>
+    <t>Напильник треугольный KRANZ 150 мм, деревянная ручка</t>
+  </si>
+  <si>
+    <t>KR-12-4122</t>
+  </si>
+  <si>
+    <t>Напильник плоский KRANZ 150 мм, деревянная ручка</t>
+  </si>
+  <si>
+    <t>KR-12-4123</t>
+  </si>
+  <si>
+    <t>Напильник круглый KRANZ 150 мм, деревянная ручка</t>
+  </si>
+  <si>
+    <t>KR-12-4103</t>
+  </si>
+  <si>
+    <t>Набор надфилей 160х4мм, обрезиненные рукоятки, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4112</t>
+  </si>
+  <si>
+    <t>Набор надфилей алмазных 140х50х3мм, 10 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-4102</t>
+  </si>
+  <si>
+    <t>Набор надфилей KRANZ 160х4 мм, 6 шт., обрезиненные рукоятки</t>
   </si>
   <si>
     <t>KR-12-4115</t>
   </si>
   <si>
     <t>Набор надфилей алмазных 140х70х3мм, 10 шт. KRANZ</t>
   </si>
   <si>
-    <t>KR-12-4123</t>
-[...476 lines deleted...]
-    <t>1.7.1 Заклепочники и заклепки</t>
+    <t>1.16 Крепежный инструмент</t>
+  </si>
+  <si>
+    <t>1.16.1 Заклепочники и заклепки</t>
+  </si>
+  <si>
+    <t>12-5343</t>
+  </si>
+  <si>
+    <t>Заклепки, 3,2x10мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5354</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,0x12мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5362</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,8x8мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5363</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,8x10мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5364</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,8x12мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5366</t>
+  </si>
+  <si>
+    <t>Заклепки, 4,8x16мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5341</t>
+  </si>
+  <si>
+    <t>Заклепки, 3,2x6мм, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>12-5301</t>
+  </si>
+  <si>
+    <t>Заклепочник, 2,4-4,8мм, 240мм REXANT</t>
   </si>
   <si>
     <t>12-5342</t>
   </si>
   <si>
     <t>Заклепки, 3,2x8мм, 50 шт. REXANT</t>
   </si>
   <si>
-    <t>12-5343</t>
-[...4 lines deleted...]
-  <si>
     <t>12-5356</t>
   </si>
   <si>
     <t>Заклепки, 4,0x16мм, 50 шт. REXANT</t>
   </si>
   <si>
-    <t>12-5362</t>
-[...8 lines deleted...]
-    <t>Заклепки, 4,8x16мм, 50 шт. REXANT</t>
+    <t>12-5302</t>
+  </si>
+  <si>
+    <t>Заклепочник, 2,4-4,8мм, 240мм, 60 заклепок в комплекте REXANT</t>
   </si>
   <si>
     <t>12-5353</t>
   </si>
   <si>
     <t>Заклепки, 4,0x10мм, 50 шт. REXANT</t>
   </si>
   <si>
-    <t>12-5363</t>
-[...16 lines deleted...]
-  <si>
     <t>12-5351</t>
   </si>
   <si>
     <t>Заклепки, 4,0x6мм, 50 шт. REXANT</t>
   </si>
   <si>
-    <t>12-5354</t>
-[...23 lines deleted...]
-    <t>1.7.2 Степлеры и скобы</t>
+    <t>1.16.2 Пистолеты для пены и герметика</t>
+  </si>
+  <si>
+    <t>12-7301</t>
+  </si>
+  <si>
+    <t>Пистолет для монтажной пены, пластмассовый корпус REXANT</t>
+  </si>
+  <si>
+    <t>12-7201</t>
+  </si>
+  <si>
+    <t>Пистолет для герметика, 310мл, скелетный, с фиксатором, шестигранный шток 7 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-7202</t>
+  </si>
+  <si>
+    <t>Пистолет для герметика, 310мл, полуоткрытый, круглый шток 7 мм, утолщенные стенки REXANT</t>
+  </si>
+  <si>
+    <t>12-7301-9</t>
+  </si>
+  <si>
+    <t>Набор пистолет + пена 50 л.</t>
+  </si>
+  <si>
+    <t>12-7303</t>
+  </si>
+  <si>
+    <t>Пистолет для монтажной пены пластиковый усиленный с конфузором и регулировкой-трещоткой REXANT</t>
+  </si>
+  <si>
+    <t>12-7305</t>
+  </si>
+  <si>
+    <t>Пистолет для монтажной пены металлический с конфузором и регулировкой REXANT</t>
+  </si>
+  <si>
+    <t>1.16.3 Степлеры и скобы</t>
+  </si>
+  <si>
+    <t>KR-12-5502</t>
+  </si>
+  <si>
+    <t>Скобы для мебельного степлера 8 мм, тип 53, 1000 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-5504</t>
+  </si>
+  <si>
+    <t>Скобы для мебельного степлера 12 мм, тип 53, 1000 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>12-5402</t>
+  </si>
+  <si>
+    <t>Степлер мебельный металлический REXANT</t>
+  </si>
+  <si>
+    <t>KR-12-5503</t>
+  </si>
+  <si>
+    <t>Скобы для мебельного степлера 10 мм, тип 53, 1000 шт. KRANZ</t>
   </si>
   <si>
     <t>12-5401-9</t>
   </si>
   <si>
     <t>Набор: степлер с металлической ручкой + 2000 шт. скоб 8мм (тип 53) REXANT</t>
   </si>
   <si>
-    <t>12-5402</t>
-[...2 lines deleted...]
-    <t>Степлер мебельный металлический REXANT</t>
+    <t>12-5401</t>
+  </si>
+  <si>
+    <t>Степлер мебельный с металлической ручкой REXANT</t>
   </si>
   <si>
     <t>12-5403</t>
   </si>
   <si>
     <t>Степлер мебельный металлический со вставками 3в1 REXANT</t>
-  </si>
-[...2095 lines deleted...]
-    <t xml:space="preserve">Ключ накидной коленчатый 14х15мм, цинк REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -3663,56 +3651,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-nojnitsi-dlya-snyatiya-displeya-ra-02-rexant-17810" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskritiya-korpusov-mobilnoy-tehniki-ra-07-rexant-17813" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskritiya-korpusov-mobilnoy-tehniki-gibkaya-dvuhstoronnyaya-lopatka-ra-08-rexant-17820" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskritiya-korpusov-mobilnoy-tehniki-ra-06-rexant-17809" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-dlya-vskritiya-korpusov-mobilnoy-tehniki-10-predmetov-ra-04-rexant-17817" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-dlya-vskritiya-korpusov-mobilnoy-tehniki-6-predmetov-ra-05-rexant-17808" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-dlya-snyatiya-displeya-i-tachskrina-vakuumniy-semnik-ra-01-rexant-17816" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-ruchnoy-125mm-rexant-20593" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-150mm-rexant-20599" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-250mm-rexant-20591" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-300mm-rexant-20592" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-125mm-rexant-20598" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-ruchnoy-175mm-rexant-20595" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-200mm-rexant-20590" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-ruchnoy-250mm-rexant-20596" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnie-200mm-povorotnie-s-nakovalney-kranz-27273" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnie-150mm-povorotnie-s-nakovalney-kranz-27272" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-100mm-rexant-20594" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-75mm-rexant-20597" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-50mm-rexant-20600" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnie-100mm-povorotnie-s-nakovalney-kranz-27271" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnie-200mm-nikelirovannie-oblivnie-rukoyatki-rexant-20830" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnie-300mm-nikelirovannie-oblivnie-rukoyatki-rexant-20832" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnie-250mm-nikelirovannie-oblivnie-rukoyatki-rexant-20831" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-mnogofunktsionalnie-universalnie-200mm-kranz-29721" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mnogofunktsionalnie-15v1-kranz-31539" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-mnogofunktsionalniy-5v1-kranz-31540" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mnogofunktsionalnie-dielektricheskie-230mm-kranz-31976" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-mnogofunktsionalnie-dielektricheskie-206mm-kranz-31975" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-mnogofunktsionalnie-universalnie-190mm-kranz-29720" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalniy-instrument-dlya-zachistki-provodov-7v1-kranz-31541" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mnogofunktsionalnie-dielektricheskie-s-testerom-pro-210mm-kranz-31973" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mnogofunktsionalnie-universalnie-200mm-kranz-29719" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mnogofunktsionalnie-dielektricheskie-so-semnikom-238mm-kranz-31974" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-professionalnie-mnogofunktsionalnie-200mm-kranz-29722" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-180mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20871" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-tortsevie-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20861" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20860" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-mini-120mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20868" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-tortsevie-mini-100mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20858" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-dlya-tochnih-rabot-115mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20859" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-160mm-oblivnie-rukoyatki-rexant-20862" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-180mm-oblivnie-rukoyatki-rexant-20870" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-200mm-oblivnie-rukoyatki-rexant-20869" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-mini-120mm-rexant-15435" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-200mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20839" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-160mm-oblivnie-rukoyatki-rexant-20841" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-180mm-oblivnie-rukoyatki-rexant-20842" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20837" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-200mm-oblivnie-rukoyatki-rexant-20843" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-180mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20838" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-mini-120mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20840" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-izognutie-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20844" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20853" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kruglogubtsi-mini-120mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20851" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-izognutie-mini-120mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20854" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-180mm-oblivnie-rukoyatki-rexant-20852" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-200mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20849" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-160mm-oblivnie-rukoyatki-rexant-20847" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-200mm-oblivnie-rukoyatki-rexant-20848" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-izognutie-200mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20845" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kruglogubtsi-160mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20846" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsi-mini-120mm-nikelirovannie-avtorazjim-oblivnie-rukoyatki-rexant-20850" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-po-metallu-levie-260mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20855" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-po-metallu-pravie-260mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20856" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-po-metallu-pryamie-260mm-nikelirovannie-dvuhkomponentnie-rukoyatki-rexant-20857" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-stopornih-kolets-zagnutiy-sjim-160mm-oblivnie-rukoyatki-rexant-20833" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-stopornih-kolets-sjim-160mm-oblivnie-rukoyatki-rexant-20835" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-stopornih-kolets-razjim-160mm-oblivnie-rukoyatki-rexant-20834" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-stopornih-kolets-razjim-zagnutiy-160mm-oblivnie-rukoyatki-rexant-20836" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-180mm-dielektricheskie-do-1000v-rexant-24351" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-160mm-dielektricheskie-do-1000v-rexant-24350" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-180mm-dielektricheskie-do-1000v-rexant-24354" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-rexant-200-mm-dielektricheskie-do-1000-v-24355" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezi-160mm-dielektricheskie-do-1000v-rexant-24353" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-kombinirovannie-200mm-dielektricheskie-do-1000v-rexant-24352" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznih-kranz-140h50h3-mm-5-sht-27845" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznih-140h70h3mm-10-sht-kranz-30385" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-krugliy-kranz-150-mm-derevyannaya-ruchka-27848" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-treugolniy-kranz-150-mm-derevyannaya-ruchka-27846" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-ploskiy-kranz-150-mm-derevyannaya-ruchka-27847" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-kranz-160h4-mm-6-sht-obrezinennie-rukoyatki-27844" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-160h4mm-obrezinennie-rukoyatki-10-sht-kranz-30383" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznih-140h50h3mm-10-sht-kranz-30384" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-metallicheskiy-obrezinenniy-korpus-rexant-9508" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-25mm-metallicheskiy-obrezinenniy-korpus-s-dopolnitelnim-zamkom-na-lezvii-rexant-15209" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-25mm-10-sht-rexant-15207" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-noj-s-segmentirovannim-lezviem-komplekt-smennih-lezviy-10-sht-rexant-28556" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-korpus-plastik-rexant-9511" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-18mm-korpus-abs-plastik-obrezinenniy-rexant-9509" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-9mm-10-sht-rexant-11169" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-9mm-korpus-metallicheskiy-c-klipsoy-rexant-9514" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-trapetsievidnim-vidvijnim-lezviem-rexant-9516" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-trapetsievidnim-vidvijnim-lezviem-vintovoy-fiksator-lezviya-rexant-9517" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-9mm-korpus-plastik-c-klipsoy-rexant-9513" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-10-sht-rexant-11168" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-profi-10-sht-rexant-15210" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-segmentirovannim-lezviem-25mm-korpus-abs-plastik-obrezinenniy-rexant-15206" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-ostrokonechnie-pryamie-165mm-14511" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-s-dvumya-ostrimi-kontsami-pryamie-145-mm-14529" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-tupokonechnie-pryamie-140-mm-14514" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-tupokonechnie-pryamie-165-mm-14508" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-90mm-rexant-14491" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-95mm-rexant-14492" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-dlya-rezki-teploizolyatsionnih-paneley-lezvie-280mm-rexant-20824" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stameska-nerjaveyuschaya-stal-lezvie-75h22mm-rexant-14493" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-dlya-rezki-teploizolyatsionnih-paneley-lezvie-340mm-rexant-20822" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-stroitelniy-nerjaveyuschaya-stal-lezvie-100mm-rexant-14488" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-s-chehlom-lezvie-67mm-rexant-20823" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-perovim-lezviem-skalpel-rexant-9518" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-ostrokonechniy-so-01-130mm-12561" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-ostrokonechniy-so-03-150mm-12562" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-sk-03-150mm-12563" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajniy-tip-skalpel-sk-01-120mm-12564" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-perovie-5-sht-rexant-9520" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-s-perovim-lezviem-5-zapasnih-lezviy-skalpel-rexant-9519" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-skalpel-so-smennimi-lezviyami-7-predmetov-rexant-12505" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trapetsievidnie-lezviya-19mm-10-sht-rexant-12506" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennie-dlya-skrebka-19h39h0-25mm-10-sht-rexant-15720" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelniy-universalniy-400mm-metall-rexant-15719" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vidvijnim-lezviem-plastik-rexant-15723" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-fiksirovannim-lezviem-plastik-rexant-15715" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vidvijnim-lezviem-obrezinenniy-korpus-5-zapasnih-lezviy-v-komplekte-rexant-15718" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelniy-universalniy-140mm-metall-rexant-15717" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennie-dlya-skrebka-14h100h0-4mm-10-sht-rexant-15724" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminieviy-rels-1500mm-3-glazka-1-povorotniy-rexant-22100" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminieviy-rels-400mm-3-glazka-1-povorotniy-rexant-22098" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminieviy-rels-800mm-3-glazka-1-povorotniy-rexant-24989" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminieviy-rels-600mm-3-glazka-1-povorotniy-rexant-22099" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminieviy-rels-1000mm-3-glazka-1-povorotniy-rexant-24990" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrometr-mk-0-25mm-rexant-22057" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-shts-150mm-rexant-22054" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-strelochniy-150mm-rexant-22056" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-shtangentsirkul-150mm-rexant-12483" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-shts-250mm-rexant-22055" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrometr-mk-25-50mm-rexant-22058" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-7-5m-h-25mm-20879" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-5m-h-25mm-11516" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-3m-h-16mm-11515" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-5m-h-25mm-11517" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-3m-h-16mm-11512" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-10m-h-25mm-11514" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-selbstfixierung-5m-x-25mm-magnitniy-dvuhstoronniy-zatsep-neylon-dvuhstoronnyaya-shkala-avtomaticheskaya-fiksatsiya-kranz-31999" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-10m-h-25mm-11513" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-selbstfixierung-10m-x-25mm-magnitniy-dvuhstoronniy-zatsep-neylon-dvuhstoronnyaya-shkala-avtomaticheskaya-fiksatsiya-kranz-32000" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-magnitnaya-7-5m-h-25mm-20878" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-magnitnaya-3m-h-16mm-20877" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-magnitnaya-5m-h-19mm-20875" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-magnitnaya-10m-h-25mm-20880" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-7-5m-h-25mm-20876" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinenniy-korpus-5m-h-19mm-11518" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x8mm-50-sht-rexant-17215" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x10mm-50-sht-rexant-17217" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x16mm-50-sht-rexant-17216" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x8mm-50-sht-rexant-17220" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x16mm-50-sht-rexant-17230" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x10mm-50-sht-rexant-17214" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x10mm-50-sht-rexant-17211" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x14mm-50-sht-rexant-17222" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepochnik-2-4-4-8mm-240mm-rexant-15646" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x6mm-50-sht-rexant-17219" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x12mm-50-sht-rexant-17226" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x6mm-50-sht-rexant-17225" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x12mm-50-sht-rexant-17203" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepochnik-2-4-4-8mm-240mm-60-zaklepok-v-komplekte-rexant-15640" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stepler-s-metallicheskoy-ruchkoy-2000-sht-skob-8mm-tip-53-rexant-28595" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelniy-metallicheskiy-rexant-15653" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelniy-metallicheskiy-so-vstavkami-3v1-rexant-15647" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skobi-dlya-mebelnogo-steplera-12-mm-tip-53-1000-sht-kranz-27564" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelniy-s-metallicheskoy-ruchkoy-rexant-15641" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skobi-dlya-mebelnogo-steplera-8-mm-tip-53-1000-sht-kranz-27562" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skobi-dlya-mebelnogo-steplera-10-mm-tip-53-1000-sht-kranz-27563" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montajnoy-peni-plastmassoviy-korpus-rexant-23439" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-germetika-310ml-poluotkritiy-krugliy-shtok-7-mm-utolschennie-stenki-rexant-23438" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-germetika-310ml-skeletniy-s-fiksatorom-shestigranniy-shtok-7-mm-rexant-23437" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montajnoy-peni-plastikoviy-usilenniy-s-konfuzorom-i-regulirovkoy-treschotkoy-rexant-23440" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montajnoy-peni-metallicheskiy-s-konfuzorom-i-regulirovkoy-rexant-23441" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pistolet-pena-50-l-28591" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-11-v-1-154mm-kranz-30241" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-10-v-1-155mm-kranz-30242" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-14-v-1-155mm-kranz-30243" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-skladnoy-poluavtomaticheskiy-hunter-rexant-14971" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-15-v-1-158mm-kranz-30240" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-10-funktsiy-kranz-113-mm-26924" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-skladnoy-kogot-poluavtomaticheskiy-titanium-rexant-18376" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montajnoe-serpovidnoe-shm-06-155mm-13016" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montajnoe-pryamoe-shm-02-160mm-13020" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montajnoe-izognutoe-shm-04-155mm-13021" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudjer-metallicheskiy-lopatka-dvuhstoronnyaya-lp-04-180mm-13022" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudjer-metallicheskiy-uzkiy-lopatka-dvuhstoronnyaya-170mm-rexant-14518" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudjer-metallicheskiy-lopatka-dvuhstoronnyaya-170mm-rexant-14526" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudjer-metallicheskiy-shirokiy-lopatka-dvuhstoronnyaya-170mm-rexant-14527" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-montajniy-lp-03-160mm-rexant-13017" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-fiksator-rifleniy-155mm-profi-12520" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-130mm-blister-rexant-16885" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrimi-konchikami-125mm-blister-rexant-16894" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-200mm-blister-rexant-16883" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-140mm-airy-blister-rexant-12517" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-rifleniy-145mm-profi-17125" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-155mm-profi-12516" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-125mm-blister-rexant-16882" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-blister-rexant-16896" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-fiksator-rifleniy-100mm-profi-12534" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-200mm-profi-19852" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-125mm-blister-rexant-16881" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrimi-konchikami-120mm-rexant-11919" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-rexant-11917" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-120mm-airy-blister-rexant-12518" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-140mm-rexant-11918" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-250mm-profi-19979" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-zakruglennimi-konchikami-125mm-blister-rexant-16886" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-160mm-blister-rexant-16895" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutiy-uzkiy-rifleniy-160mm-rexant-16884" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-rifleniy-160mm-blister-rexant-17757" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-pryamoy-270mm-13125" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-pryamoy-125mm-13135" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-izognutiy-200mm-13136" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-izognutiy-270mm-13133" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-pryamoy-160mm-13127" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-pryamoy-200mm-13124" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-izognutiy-125mm-13128" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-montajniy-izognutiy-160mm-13131" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-melovoy-chalk-marker-3mm-spirtovaya-osnova-beliy-munhwa-19326" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-extra-fine-paint-marker-1mm-nitroosnova-cherniy-munhwa-19321" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-slim-2mm-nitroosnova-beliy-munhwa-19318" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-4mm-nitroosnova-beliy-munhwa-19319" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-emal-0-8mm-dlya-risunka-pechatnih-plat-cherniy-edding-780-7517" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-emal-1-2mm-dlya-pechatnih-plat-chyorniy-edding-791-7515" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-slim-2mm-nitroosnova-cherniy-munhwa-19310" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-extra-fine-paint-marker-1mm-nitroosnova-beliy-munhwa-19309" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-4mm-nitroosnova-cherniy-munhwa-19298" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-dvuhstoronniy-multi-marker-twin-2mm-1mm-cherniy-pulevidniy-crown-19301" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-chisel-5mm-cherniy-skoshenniy-crown-19296" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-3mm-krasniy-pulevidniy-crown-19294" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-slim-2mm-cherniy-pulevidniy-crown-19317" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-3mm-cherniy-pulevidniy-crown-19302" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-markerov-permanent-0-3mm-dlya-plenok-i-pvh-nabor-cherniy-krasniy-zeleniy-siniy-edding-140-7915" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-s-0-3mm-dlya-plenok-i-pvh-cherniy-edding-140-7516" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-3mm-siniy-pulevidniy-crown-19333" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-1-2mm-cherniy-pulevidniy-luxor-100-19291" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-markerov-4s-0-3mm-dlya-markirovki-kabeley-nabor-cherniy-krasniy-zeleniy-siniy-edding-8407-7914" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-0-75mm-dlya-risunka-pechatnih-plat-cherniy-edding-404-7913" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentniy-multi-marker-super-slim-1mm-cherniy-pulevidniy-crown-19328" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-na-sharnire-teleskopicheskiy-280-430mm-uderjanie-450g-rexant-9505" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitniy-tsangoviy-4-lapki-610mm-uderjanie-2kg-rexant-10756" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-i-zerkalo-v-nabore-2-pr-rexant-9507" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zerkalo-teleskopicheskoe-diametrom-57mm-na-240-920mm-rexant-9502" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-130-640mm-uderjanie-1600g-rexant-9503" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-160-850mm-uderjanie-2300g-rexant-9504" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitniy-tsangoviy-4-lapki-610mm-vstroenniy-svetodiodniy-fonarik-uderjanie-2kg-rexant-10755" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitniy-gibkiy-465mm-uderjanie-1kg-rexant-10754" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lobzik-200mm-rexant-23457" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-derevu-zubets-400mm-7-8-tpi-kaleniy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant-23459" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-gipsokartonu-180mm-dvuhkomponentnaya-rukoyatka-rexant-23462" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-derevu-zubets-450mm-7-8-tpi-kaleniy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant-23460" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-derevu-zubets-500mm-7-8-tpi-kaleniy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant-23461" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-derevu-zubets-350mm-7-8-tpi-kaleniy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant-23458" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-penobetonu-700mm-zaschitnoe-pokritie-tverdosplavnie-napayki-na-zubya-dvuhkomponentnaya-rukoyatka-rexant-23464" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojovka-po-penobetonu-500mm-zaschitnoe-pokritie-tverdosplavnie-napayki-na-zubya-dvuhkomponentnaya-rukoyatka-rexant-23463" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-dlya-faneri-s-zapilom-330mm-dvuhkomponentnaya-rukoyatka-rexant-23465" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dielektricheskogo-instrumenta-ri-01-tkaneviy-penal-7-predmetov-do-1000v-rexant-24356" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dielektricheskogo-instrumenta-ri-02-tkaneviy-penal-11-predmetov-do-1000v-rexant-24357" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-klyuchom-treschotkoy-17-predmetov-rexant-14978" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-1-2-1-4-crv-plastikoviy-keys-82-predmeta-kranz-29701" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-hobby-26-predmetov-rexant-2296" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-elektrika-21-predmet-rexant-30842" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-elektrika-29-predmetov-rexant-30843" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-1-2-1-4-crv-plastikoviy-keys-94-predmeta-kranz-29702" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h100mm-dvuhkomponentnaya-rukoyatka-rexant-23737" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h150mm-dvuhkomponentnaya-rukoyatka-rexant-23743" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h150mm-dvuhkomponentnaya-rukoyatka-rexant-23740" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h75mm-dvuhkomponentnaya-rukoyatka-rexant-23739" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-dvuhkomponentnaya-rukoyatka-rexant-23749" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h150mm-dvuhkomponentnaya-rukoyatka-rexant-23738" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23752" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h40mm-dvuhkomponentnaya-rukoyatka-rexant-9552" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-dvuhkomponentnaya-rukoyatka-rexant-9550" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h250mm-dvuhkomponentnaya-rukoyatka-rexant-23746" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h200mm-dvuhkomponentnaya-rukoyatka-rexant-23744" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h200mm-dvuhkomponentnaya-rukoyatka-rexant-23741" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h100mm-dvuhkomponentnaya-rukoyatka-rexant-23742" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23754" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-dvuhkomponentnaya-rukoyatka-rexant-9548" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-dvuhkomponentnaya-rukoyatka-rexant-9549" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-dvuhkomponentnaya-rukoyatka-rexant-23750" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz3h150mm-dvuhkomponentnaya-rukoyatka-rexant-23751" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23753" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23755" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23756" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h150mm-dvuhkomponentnaya-rukoyatka-rexant-9551" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph00h75mm-dvuhkomponentnaya-rukoyatka-rexant-23736" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h40mm-dvuhkomponentnaya-rukoyatka-rexant-23747" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz0h75mm-dvuhkomponentnaya-rukoyatka-rexant-23748" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h75mm-dvuhkomponentnaya-rukoyatka-rexant-23723" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h100mm-dvuhkomponentnaya-rukoyatka-rexant-23726" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h150mm-dvuhkomponentnaya-rukoyatka-rexant-23727" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h200mm-dvuhkomponentnaya-rukoyatka-rexant-23728" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23733" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23735" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h40mm-dvuhkomponentnaya-rukoyatka-rexant-9547" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h250mm-dvuhkomponentnaya-rukoyatka-rexant-23730" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-dvuhkomponentnaya-rukoyatka-rexant-22116" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h40mm-dvuhkomponentnaya-rukoyatka-rexant-23731" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h200mm-dvuhkomponentnaya-rukoyatka-rexant-22118" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h150mm-dvuhkomponentnaya-rukoyatka-rexant-23724" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23734" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h200mm-dvuhkomponentnaya-rukoyatka-rexant-23725" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h200mm-dvuhkomponentnaya-rukoyatka-rexant-23729" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant-23732" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h200mm-dvuhkomponentnaya-rukoyatka-rexant-22115" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-dvuhkomponentnaya-rukoyatka-rexant-9544" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-dvuhkomponentnaya-rukoyatka-rexant-9545" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h150mm-dvuhkomponentnaya-rukoyatka-rexant-9546" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h150mm-dvuhkomponentnaya-rukoyatka-rexant-22114" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-dvuhkomponentnaya-rukoyatka-rexant-9543" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h100mm-dvuhkomponentnaya-rukoyatka-rexant-22113" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h150mm-dvuhkomponentnaya-rukoyatka-rexant-22117" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-18-predmetov-rexant-23758" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-31-predmet-kranz-26343" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-7-predmetov-krestovie-i-shlitsevie-rexant-9534" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9554" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9553" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-reversivnaya-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterjen-120mm-krestovaya-ph2-shlitsevaya-sl6-rexant-23763" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-8-predmetov-s-reversivnoy-otvertkoy-rexant-23762" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-33-predmeta-rexant-23759" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-rexant-23757" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-10-predmetov-rexant-23760" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-13-predmetov-s-reversivnoy-otvertkoy-rexant-23761" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-reversivnoy-otvertkoy-21-predmet-rexant-23764" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterjen-40mm-krestovaya-ph2-shlitsevaya-sl6-rexant-9555" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-38-predmetov-v-keyse-kranz-26342" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-6-predmetov-rexant-14243" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-19-predmetov-rexant-12394" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-28-predmetov-rexant-12395" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-9-predmetov-v-plastikovom-bokse-rexant-14239" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-dlya-telefonov-pentalobe-0-8-zvezdochka-rexant-14238" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-6-predmetov-rexant-2294" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-torx-7-predmetov-rexant-2291" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-62-predmeta-kranz-26477" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-02-30-predmetov-kranz-26121" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-73-predmeta-kranz-26480" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-16-predmetov-rexant-9556" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-03-25-predmetov-kranz-26122" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-05-106-predmetov-kranz-26124" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-37-predmetov-kranz-26479" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-s-nasadkami-6-sht-rexant-9515" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-04-24-predmeta-kranz-26123" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-ra-01-25-predmetov-kranz-26344" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-25-predmetov-v-chehle-rexant-14242" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-31-predmet-kranz-26481" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-114-predmetov-kranz-26485" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-32-predmeta-rexant-9532" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-8-predmetov-rexant-14248" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnih-rabot-38-predmetov-profi-rexant-12396" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-37-predmetov-rexant-9533" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-45-predmetov-rexant-12397" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovih-otvertok-16-predmetov-rexant-2295" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-rexant-xa-04-24-predmeta-24437" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-54-predmeta-kranz-26484" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-40-predmetov-kranz-26476" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-i-rolikov-dlya-remonta-mobilnih-ustroystv-9-predmetov-kranz-26483" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnih-rabot-48-predmetov-kranz-26478" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph-sl2h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-30645" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-123-predmeta-rexant-30647" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-76-predmetov-rexant-30646" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9539" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl6h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9538" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl3h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9535" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl4h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9536" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl5h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9537" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph1h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9541" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-14-predmetov-rexant-30648" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant-9540" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph2h150mm-do-100v-dvuhkomponentnaya-rukoyatka-rexant-9542" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-proconnect-14120" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-680-g-chernaya-rezina-derevyannaya-rukoyatka-27557" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-680-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-27561" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-225-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-27559" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarniy-s-derevyannoy-rukoyatkoy-500g-rexant-23444" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-gvozdoder-450g-fiberglasovaya-rukoyatka-rexant-23452" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-4000g-rexant-23455" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-910-g-chernaya-rezina-derevyannaya-rukoyatka-27558" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarniy-s-derevyannoy-rukoyatkoy-300g-rexant-23442" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-1500g-rexant-23453" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-5000g-rexant-23456" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-450-g-chernaya-rezina-derevyannaya-rukoyatka-27556" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-kranz-450-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-27560" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-300g-fiberglasovaya-rukoyatka-rexant-23447" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-3000g-rexant-23454" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarniy-s-derevyannoy-rukoyatkoy-400g-rexant-23443" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarniy-s-derevyannoy-rukoyatkoy-800g-rexant-23446" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-400g-fiberglasovaya-rukoyatka-rexant-23448" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-500g-fiberglasovaya-rukoyatka-rexant-23449" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-800g-fiberglasovaya-rukoyatka-rexant-23451" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-600g-fiberglasovaya-rukoyatka-rexant-23450" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarniy-s-derevyannoy-rukoyatkoy-600g-rexant-23445" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovih-golovok-1-4-srv-72-zubtsa-kranz-30545" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennih-tortsevih-golovok-1-2-shestigrannie-crv-10-sht-10-22mm-rexant-23469" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovih-golovok-1-2-srv-72-zubtsa-kranz-30546" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochniy-1-4-162-210mm-crv-dvuhkomponentnaya-rukoyatka-kranz-30541" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-38mm-10-predmetov-10-24mm-metallicheskiy-keys-kran.html" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-20-predmetov-8-32mm-plastikovyy-keys-kranz.html" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-udarnyy-f3-4-h-m1-2-kranz.html" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-dvenadtsatigrannie-crv-10-sht-10-24mm-rexant-23467" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnir-kardannyy-udarnyy-1-2-dr-kranz.html" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochniy-1-2-330-460mm-crv-dvuhkomponentnaya-rukoyatka-kranz-30542" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-tortsevoy-s-treschotkoy-universalniy-7-19mm-rexant-17818" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-udlinennyh-tortsevyh-golovok-dlya-kolesnyh-diskov-1-2-3-predmeta-17-19-2.html" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-12-predmetov-10-24mm-metallicheskiy-keys-kran.html" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-shestigrannie-crv-10-sht-10-22mm-rexant-23468" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-4-shestigrannie-crv-10-sht-4-13mm-rexant-23471" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-golovki-10-24-mm-s-treschotochnim-klyuchom-12-predmetov-rexant-23466" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnih-tortsevih-golovok-1-4-dvenadtsatigrannie-crv-10-sht-4-13mm-rexant-23470" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennih-tortsevih-golovok-1-4-shestigrannie-crv-10-sht-4-13mm-rexant-23472" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-32-mm-rexant-17269" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-7mm-jeltiy-tsink-rexant-20629" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-13mm-jeltiy-tsink-rexant-20641" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-14mm-jeltiy-tsink-rexant-20631" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-15mm-jeltiy-tsink-rexant-20643" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-17mm-jeltiy-tsink-rexant-20628" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-18mm-jeltiy-tsink-rexant-20644" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-24mm-jeltiy-tsink-rexant-20625" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-27-mm-rexant-17290" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-22mm-jeltiy-tsink-rexant-20646" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-8mm-jeltiy-tsink-rexant-20642" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-19mm-jeltiy-tsink-rexant-20645" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-10mm-jeltiy-tsink-rexant-20638" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-9mm-jeltiy-tsink-rexant-20630" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-6mm-jeltiy-tsink-rexant-20624" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-27mm-jeltiy-tsink-rexant-20626" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-30mm-jeltiy-tsink-rexant-20627" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-11mm-jeltiy-tsink-rexant-20639" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-12mm-jeltiy-tsink-rexant-20640" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-30-mm-rexant-17268" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-8h9mm-jeltiy-tsink-rexant-20610" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-10h11mm-jeltiy-tsink-rexant-20620" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-8h10mm-jeltiy-tsink-rexant-20611" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-13h14mm-jeltiy-tsink-rexant-20613" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-13h17mm-jeltiy-tsink-rexant-20616" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-17h19mm-jeltiy-tsink-rexant-20608" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-20h22mm-jeltiy-tsink-rexant-20618" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-24h27mm-jeltiy-tsink-rexant-20619" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-30h32mm-jeltiy-tsink-rexant-23664" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-12h13mm-jeltiy-tsink-rexant-20612" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-14h17mm-jeltiy-tsink-rexant-20615" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-6h7mm-jeltiy-tsink-rexant-20609" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-14h15mm-jeltiy-tsink-rexant-20614" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-19h22mm-jeltiy-tsink-rexant-20617" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-6-14-17-19-22mm-12-sht-crv-zerkalnoe-hromirovanie-rexant-17298" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6-32mm-12-predmetov-crv-zerkalnoe-hromirovanie-rexant-17264" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-16h17mm-6-sht-jeltiy-tsink-rexant-20632" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-20h22mm-8-sht-jeltiy-tsink-rexant-20636" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-treschotochnih-8-10-13-17-19mm-5-sht-crv-zerkalnoe-hromirovanie-rexant-20637" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-8-24mm-8-sht-crv-zerkalnoe-hromirovanie-rexant-17271" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevih-6h22mm-vorotok-otsinkovannie-10-sht-rexant-24803" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-30h32mm-12-sht-jeltiy-tsink-rexant-20633" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-19mm-8-sht-crv-zerkalnoe-hromirovanie-rexant-17276" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-10-12-13-14-17mm-6-sht-jeltiy-tsink-rexant-20635" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-11-13-14-17-19mm-8-sht-jeltiy-tsink-rexant-20634" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-8-19mm-6-sht-crv-zerkalnoe-hromirovanie-rexant-17281" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevih-8h17mm-vorotok-otsinkovannie-6-sht-rexant-24804" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-6h32mm-26-sht-crv-polirovanniy-hrom-rexant-24802" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-12mm-crv-zerkalniy-hrom-rexant-20605" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-14mm-crv-zerkalniy-hrom-rexant-20606" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-16mm-crv-zerkalniy-hrom-rexant-20607" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-17mm-crv-zerkalniy-hrom-rexant-20621" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-10mm-crv-zerkalniy-hrom-rexant-20603" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-15mm-crv-zerkalniy-hrom-rexant-20601" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-9mm-crv-zerkalniy-hrom-rexant-20602" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-19mm-crv-zerkalniy-hrom-rexant-23668" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-11mm-crv-zerkalniy-hrom-rexant-20604" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-18mm-crv-zerkalniy-hrom-rexant-20622" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-13mm-crv-zerkalniy-hrom-rexant-20623" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-150mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20826" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-200mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20827" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-250mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20828" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-300mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20829" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonniy-17h19h21h22mm-usilenniy-tolschina-16mm-rexant-24806" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonniy-17h19h21mm-pod-kvadrat-1-2-usilenniy-tolschina-16mm-rexant-24805" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-2-400-mm-litoy-27269" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-0-250-mm-litoy-27267" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-3-500-mm-litoy-27270" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-1-300-mm-litoy-27268" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-9-sht-udlinennie-s-sharom-27567" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-2-0-12-mm-crv-9-sht-udlinennie-27568" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-9-sht-27569" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-10-sht-oksidirovannie-na-koltse-27565" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-torx-kranz-t10-t50-crv-9-sht-oksidirovannie-na-koltse-27566" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-tamper-torx-kranz-9-sht-tt10-tt50-zakalennie-udlinennie-nikel-27570" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-10h13mm-tsink-rexant-20657" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-13h17mm-tsink-rexant-20647" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-19h22mm-tsink-rexant-20651" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-20h22mm-tsink-rexant-20654" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-24h27mm-tsink-rexant-20652" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-27h32mm-tsink-rexant-20655" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-22h24mm-tsink-rexant-20653" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-8h10mm-tsink-rexant-20649" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-17h19mm-tsink-rexant-20648" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-10h11mm-tsink-rexant-20656" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-12h13mm-tsink-rexant-20658" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-30h32mm-tsink-rexant-23666" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-14h15mm-tsink-rexant-20650" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph00h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph2h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph0h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph3h250mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz0h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-ph1h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz1h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-pz2h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h75mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl8h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h200mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h40mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl5h75mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h125mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl6h100mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h100mm-trehkomponentnaya-rukoyatka-stal-s2-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl3h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-sl4h150mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-dvuhkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-sh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-krestovaya-ph2-shlitse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-8-predmetov-s-reversivnoy-otvertkoy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-33-predmeta-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-kombinirovannaya-prozrachnaya-rukoyatka-dvuhstoronniy-sterzhen-40mm-krestovaya-ph2-shlitsev" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-31-predmet-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-38-predmetov-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-10-predmetov-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-13-predmetov-s-reversivnoy-otvertkoy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-7-predmetov-krestovye-i-shlitsevye-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-18-predmetov-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-reversivnaya-kombinirovannaya-trehkomponentnaya-rukoyatka-dvuhstoronniy-sterzhen-120mm-kres" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-reversivnoy-otvertkoy-21-predmet-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-i-rolikov-dlya-remonta-mobilnyh-ustroystv-9-predmetov-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-40-predmetov-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-31-predmet-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-05-106-predmetov-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-03-25-predmetov-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-16-predmetov-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-73-predmeta-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-16-predmetov-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-02-30-predmetov-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-28-predmetov-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-38-predmetov-profi-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-6-predmetov-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-01-25-predmetov-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-54-predmeta-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-s-nasadkami-6-sht-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-32-predmeta-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-ra-04-24-predmeta-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-62-predmeta-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-37-predmetov-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-8-predmetov-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-9-predmetov-v-plastikovom-bokse-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-dlya-telefonov-pentalobe-0-8-zvezdochka-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-torx-7-predmetov-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-114-predmetov-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-48-predmetov-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-chasovyh-otvertok-6-predmetov-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-rexant-xa-04-24-predmeta" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-19-predmetov-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dlya-tochnyh-rabot-45-predmetov-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-tochnyh-rabot-25-predmetov-v-chehle-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl6h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph0h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-8-predmetov-proconnect" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-76-predmetov-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-14-predmetov-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl4h100mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl3h75mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-shlitsevaya-dielektricheskaya-sl5h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph1h125mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph2h150mm-do-100v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvertka-krestovaya-dielektricheskaya-ph-sl2h150mm-do-1000v-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otvertok-dielektricheskih-123-predmeta-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-180mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-tortsevye-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-200mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-160mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-mini-120mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-tortsevye-mini-100mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kusachki-dlya-tochnyh-rabot-115mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-180mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-mini-120mm-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mini-120mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-200mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-160mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-180mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-200mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-180mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kruglogubtsy-mini-120mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-izognutye-mini-120mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kruglogubtsy-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-izognutye-200mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-180mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-200mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-izognutye-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-160mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-200mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-mini-120mm-nikelirovannye-avtorazzhim-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-po-metallu-levye-260mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-po-metallu-pravye-260mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-po-metallu-pryamye-260mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnye-200mm-nikelirovannye-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnye-300mm-nikelirovannye-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kleschi-perestavnye-250mm-nikelirovannye-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-stopornyh-kolets-szhim-160mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-stopornyh-kolets-zagnutyy-szhim-160mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-stopornyh-kolets-razzhim-zagnutyy-160mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-stopornyh-kolets-razzhim-160mm-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-160mm-dielektricheskie-do-1000v-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-180mm-dielektricheskie-do-1000v-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-200mm-dielektricheskie-do-1000v-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-200mm-dielektricheskie-do-1000v-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-kombinirovannye-180mm-dielektricheskie-do-1000v-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-160mm-dielektricheskie-do-1000v-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mnogofunktsionalnye-universalnye-200mm-kranz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mnogofunktsionalnye-15v1-kranz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-mnogofunktsionalnyy-5v1-kranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-mnogofunktsionalnye-universalnye-190mm-kranz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tonkogubtsy-mnogofunktsionalnye-universalnye-200mm-kranz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mnogofunktsionalnye-dielektricheskie-so-semnikom-238mm-kranz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalnyy-instrument-dlya-zachistki-provodov-7v1-kranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-professionalnye-mnogofunktsionalnye-200mm-kranz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bokorezy-mnogofunktsionalnye-dielektricheskie-206mm-kranz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mnogofunktsionalnye-dielektricheskie-230mm-kranz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-mnogofunktsionalnye-dielektricheskie-s-testerom-pro-210mm-kranz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-7mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-8mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-9mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-13mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-15mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-18mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-19mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-14mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30-mm-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-6mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-12mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-24mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-10mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-27-mm-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-11mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-32-mm-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-27mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h10mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-12h13mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h14mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-19h22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-20h22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-30h32mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-6h7mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-24h27mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h9mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-10h11mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h15mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-17h19mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-8h10mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-27h32mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h11mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h13mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-20h22mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-24h27mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-30h32mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-13h17mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-19h22mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-22h24mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-17h19mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-12h13mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-14h15mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-19mm-8-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6-14-17-19-22mm-12-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-16h17mm-6-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-20h22mm-8-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-6h22mm-vorotok-otsinkovannye-10-sht-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-8h17mm-vorotok-otsinkovannye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-19mm-6-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-30h32mm-12-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-24mm-8-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6-32mm-12-predmetov-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-10-12-13-14-17mm-6-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6h32mm-26-sht-crv-polirovannyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-treschotochnyh-8-10-13-17-19mm-5-sht-crv-zerkalnoe-hromirovanie-rexan" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-11-13-14-17-19mm-8-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-9mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-11mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-14mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-16mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-17mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-18mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-19mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-12mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-13mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-10mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-15mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-300mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-200mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-250mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-150mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21h22mm-usilennyy-tolschina-16mm-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21mm-pod-kvadrat-1-2-usilennyy-tolschina-16mm-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-1-300-mm-litoy" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-2-400-mm-litoy" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-0-250-mm-litoy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-3-500-mm-litoy" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-torx-kranz-t10-t50-crv-9-sht-oksidirovannye-na-koltse" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-2-0-12-mm-crv-9-sht-udlinennye" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-10-sht-oksidirovannye-na-koltse" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht-udlinennye-s-sharom" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-tamper-torx-kranz-9-sht-tt10-tt50-zakalennye-udlinennye-nikel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-dvenadtsatigrannye-crv-10-sht-10-24mm-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyh-tortsevyh-golovok-1-4-dvenadtsatigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-2-srv-72-zubtsa-kranz" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-shestigrannye-crv-10-sht-10-22mm-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-udarnyy-f3-4-h-m1-2-kranz" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-4-162-210mm-crv-dvuhkomponentnaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-1-2-shestigrannye-crv-10-sht-10-22mm-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-4-shestigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-20-predmetov-8-32mm-plastikovyy-keys-kranz" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-udlinennyh-tortsevyh-golovok-dlya-kolesnyh-diskov-1-2-3-predmeta-17-19-2" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-1-4-shestigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-tortsevoy-s-treschotkoy-universalnyy-7-19mm-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-4-srv-72-zubtsa-kranz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-2-307-434mm-crv-dvuhkomponentnaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnir-kardannyy-udarnyy-1-2-dr-kranz" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-golovki-10-24-mm-s-treschotochnym-klyuchom-12-predmetov-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-38mm-10-predmetov-10-24mm-metallicheskiy-keys-kran" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-12-predmetov-10-24mm-metallicheskiy-keys-kran" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-abs-plastik-obrezinennyy-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-trapetsievidnym-vydvizhnym-lezviem-vintovoy-fiksator-lezviya-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-metallicheskiy-obrezinennyy-korpus-s-dopolnitelnym-zamkom-na-le" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-plastik-c-klipsoy-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-metallicheskiy-obrezinennyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-18mm-profi-10-sht-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-18mm-korpus-plastik-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-9mm-korpus-metallicheskiy-c-klipsoy-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nozh-s-segmentirovannym-lezviem-komplekt-smennyh-lezviy-10-sht-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-segmentirovannym-lezviem-25mm-korpus-abs-plastik-obrezinennyy-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-25mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/segmentirovannoe-lezvie-9mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-90mm-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-280mm-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-dlya-rezki-teploizolyatsionnyh-paneley-lezvie-340mm-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-95mm-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stroitelnyy-nerzhaveyuschaya-stal-lezvie-100mm-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-stameska-nerzhaveyuschaya-stal-lezvie-75h22mm-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-s-chehlom-lezvie-67mm-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-5-zapasnyh-lezviy-skalpel-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-perovye-5-sht-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-s-perovym-lezviem-skalpel-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-03-150mm" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-sk-01-120mm" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-skalpel-so-smennymi-lezviyami-7-predmetov-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-01-130mm" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-tip-skalpel-ostrokonechnyy-so-03-150mm" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-140mm-metall-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-stroitelnyy-universalnyy-400mm-metall-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-fiksirovannym-lezviem-plastik-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trapetsievidnye-lezviya-19mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-obrezinennyy-korpus-5-zapasnyh-lezviy-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-14h100h0-4mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lezviya-smennye-dlya-skrebka-19h39h0-25mm-10-sht-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrebok-s-vydvizhnym-lezviem-plastik-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-ostrokonechnye-pryamye-165mm" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-165-mm" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-s-dvumya-ostrymi-kontsami-pryamye-145-mm" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-tupokonechnye-pryamye-140-mm" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-selbstfixierung-10m-x-25mm-magnitnyy-dvuhstoronniy-zatsep-neylon-dvuhstoronnyaya-shkala-avto" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-7-5m-h-25mm-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-3m-h-16mm-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-5m-h-25mm-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-standart-10m-h-25mm-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-3m-h-16mm-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-5m-h-19mm-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-5m-h-25mm-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-magnitnaya-3m-h-16mm-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-magnitnaya-5m-h-19mm-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-10m-h-25mm-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-selbstfixierung-5m-x-25mm-magnitnyy-dvuhstoronniy-zatsep-neylon-dvuhstoronnyaya-shkala-avtom" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-magnitnaya-7-5m-h-25mm-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-magnitnaya-10m-h-25mm-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruletka-izmeritelnaya-profi-prorezinennyy-korpus-7-5m-h-25mm-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminievyy-rels-1500mm-3-glazka-1-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminievyy-rels-800mm-3-glazka-1-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminievyy-rels-1000mm-3-glazka-1-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminievyy-rels-400mm-3-glazka-1-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uroven-alyuminievyy-rels-600mm-3-glazka-1-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-shts-250mm-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-shts-150mm-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shtangentsirkul-strelochnyy-150mm-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrometr-mk-25-50mm-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-shtangentsirkul-150mm-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mikrometr-mk-0-25mm-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dielektricheskogo-instrumenta-ri-01-tkanevyy-penal-7-predmetov-do-1000v-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dielektricheskogo-instrumenta-ri-02-tkanevyy-penal-11-predmetov-do-1000v-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-elektrika-29-predmetov-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-golovok-i-bit-s-klyuchom-treschotkoy-17-predmetov-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-hobby-26-predmetov-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-1-2-1-4-crv-plastikovyy-keys-82-predmeta-kranz" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-elektrika-21-predmet-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-1-2-1-4-crv-plastikovyy-keys-94-predmeta-kranz" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-15-v-1-158mm-kranz" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-11-v-1-154mm-kranz" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-10-v-1-155mm-kranz" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-14-v-1-155mm-kranz" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multitul-10-funktsiy-113mm-kranz" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-skladnoy-kogot-poluavtomaticheskiy-titanium-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-skladnoy-poluavtomaticheskiy-hunter-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montazhnoe-pryamoe-shm-02-160mm" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montazhnoe-serpovidnoe-shm-06-155mm" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudzher-metallicheskiy-lopatka-dvuhstoronnyaya-170mm-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-montazhnyy-lp-03-160mm-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudzher-metallicheskiy-uzkiy-lopatka-dvuhstoronnyaya-170mm-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudzher-metallicheskiy-lopatka-dvuhstoronnyaya-lp-04-180mm" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/spudzher-metallicheskiy-shirokiy-lopatka-dvuhstoronnyaya-170mm-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shilo-montazhnoe-izognutoe-shm-04-155mm" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-izognutyy-125mm" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-pryamoy-270mm" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-pryamoy-160mm" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-izognutyy-160mm" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-izognutyy-270mm" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-pryamoy-125mm" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-pryamoy-200mm" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-montazhnyy-izognutyy-200mm" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-130mm-blister-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-200mm-profi" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-155mm-profi" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-riflenyy-145mm-profi" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-fiksator-riflenyy-155mm-profi" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-fiksator-riflenyy-100mm-profi" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-blister-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrymi-konchikami-125mm-blister-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-125mm-blister-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-200mm-blister-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-120mm-airy-blister-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-160mm-blister-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-uzkiy-140mm-airy-blister-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-250mm-profi" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-zakruglennymi-konchikami-125mm-blister-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-160mm-blister-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-izognutyy-uzkiy-riflenyy-160mm-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-riflenyy-125mm-blister-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-120mm-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-140mm-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pintset-pryamoy-s-ostrymi-konchikami-120mm-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-melovoy-chalk-marker-3mm-spirtovaya-osnova-belyy-munhwa" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-slim-2mm-nitroosnova-chernyy-munhwa" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-4mm-nitroosnova-chernyy-munhwa" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-4mm-nitroosnova-belyy-munhwa" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-emal-1-2mm-dlya-pechatnyh-plat-chernyy-edding-791" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-emal-0-8mm-dlya-risunka-pechatnyh-plat-chernyy-edding-780" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-slim-2mm-nitroosnova-belyy-munhwa" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-extra-fine-paint-marker-1mm-nitroosnova-chernyy-munhwa" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kraska-extra-fine-paint-marker-1mm-nitroosnova-belyy-munhwa" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-dvuhstoronniy-multi-marker-twin-2mm-1mm-chernyy-pulevidnyy-crown" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-3mm-siniy-pulevidnyy-crown" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-1-2mm-chernyy-pulevidnyy-luxor-100" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-3mm-chernyy-pulevidnyy-crown" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-s-0-3mm-dlya-plenok-i-pvh-chernyy-edding-140" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-chisel-5mm-chernyy-skoshennyy-crown" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-0-75mm-dlya-risunka-pechatnyh-plat-chernyy-edding-404" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-markerov-permanent-0-3mm-dlya-plenok-i-pvh-nabor-chernyy-krasnyy-zelenyy-siniy-edding-140" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-super-slim-1mm-chernyy-pulevidnyy-crown" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-markerov-4s-0-3mm-dlya-markirovki-kabeley-nabor-chernyy-krasnyy-zelenyy-siniy-edding-8407" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-slim-2mm-chernyy-pulevidnyy-crown" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-permanentnyy-multi-marker-3mm-krasnyy-pulevidnyy-crown" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-160-850mm-uderzhanie-2300g-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zerkalo-teleskopicheskoe-diametrom-57mm-na-240-920mm-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-na-sharnire-teleskopicheskiy-280-430mm-uderzhanie-450g-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-130-640mm-uderzhanie-1600g-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-i-zerkalo-v-nabore-2-pr-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitnyy-gibkiy-465mm-uderzhanie-1kg-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitnyy-tsangovyy-4-lapki-610mm-vstroennyy-svetodiodnyy-fonarik-uderzhanie-2kg-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitnyy-tsangovyy-4-lapki-610mm-uderzhanie-2kg-rexant" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-dlya-vskrytiya-korpusov-mobilnoy-tehniki-6-predmetov-ra-05-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskrytiya-korpusov-mobilnoy-tehniki-ra-07-rexant" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskrytiya-korpusov-mobilnoy-tehniki-ra-06-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-nozhnitsy-dlya-snyatiya-displeya-ra-02-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-instrumentov-dlya-vskrytiya-korpusov-mobilnoy-tehniki-10-predmetov-ra-04-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-vskrytiya-korpusov-mobilnoy-tehniki-gibkaya-dvuhstoronnyaya-lopatka-ra-08-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-dlya-snyatiya-displeya-i-tachskrina-vakuumnyy-semnik-ra-01-rexant" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-100mm-rexant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-ruchnoy-125mm-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-ruchnoy-175mm-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-125mm-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-150mm-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-200mm-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-250mm-rexant" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-300mm-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnye-200mm-povorotnye-s-nakovalney-kranz" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnye-100mm-povorotnye-s-nakovalney-kranz" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tiski-slesarnye-150mm-povorotnye-s-nakovalney-kranz" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-ruchnoy-250mm-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-50mm-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsina-g-obraznaya-75mm-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-gvozdoder-450g-fiberglasovaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-4000g-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-5000g-rexant" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-500g-fiberglasovaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-910-g-chernaya-rezina-derevyannaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-225-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-450-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-680-g-cherno-belaya-rezina-fiberglasovaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarnyy-s-derevyannoy-rukoyatkoy-500g-rexant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-800g-fiberglasovaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarnyy-s-derevyannoy-rukoyatkoy-600g-rexant" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-400g-fiberglasovaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-680-g-chernaya-rezina-derevyannaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kiyanka-rezinovaya-1130-g-chernaya-rezina-derevyannaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-1500g-rexant" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarnyy-s-derevyannoy-rukoyatkoy-300g-rexant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarnyy-s-derevyannoy-rukoyatkoy-400g-rexant" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-slesarnyy-s-derevyannoy-rukoyatkoy-800g-rexant" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-300g-fiberglasovaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/molotok-600g-fiberglasovaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuvalda-s-fiberglasovoy-obrezinennoy-rukoyatkoy-3000g-rexant" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-gipsokartonu-180mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-derevu-zubets-500mm-7-8-tpi-kalenyy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-dlya-fanery-s-zapilom-330mm-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-derevu-zubets-350mm-7-8-tpi-kalenyy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-derevu-zubets-400mm-7-8-tpi-kalenyy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-derevu-zubets-450mm-7-8-tpi-kalenyy-zub-2d-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-penobetonu-700mm-zaschitnoe-pokrytie-tverdosplavnye-napayki-na-zubya-dvuhkomponentnaya-r" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lobzik-200mm-rexant" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhovka-po-penobetonu-500mm-zaschitnoe-pokrytie-tverdosplavnye-napayki-na-zubya-dvuhkomponentnaya-r" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznyh-kranz-140h50h3-mm-5-sht" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-treugolnyy-kranz-150-mm-derevyannaya-ruchka" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-ploskiy-kranz-150-mm-derevyannaya-ruchka" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napilnik-kruglyy-kranz-150-mm-derevyannaya-ruchka" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-160h4mm-obrezinennye-rukoyatki-10-sht-kranz" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznyh-140h50h3mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-kranz-160h4-mm-6-sht-obrezinennye-rukoyatki" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nadfiley-almaznyh-140h70h3mm-10-sht-kranz" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x10mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x12mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x8mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x10mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x12mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-8x16mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x6mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepochnik-2-4-4-8mm-240mm-rexant" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-3-2x8mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x16mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepochnik-2-4-4-8mm-240mm-60-zaklepok-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x10mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaklepki-4-0x6mm-50-sht-rexant" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montazhnoy-peny-plastmassovyy-korpus-rexant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-germetika-310ml-skeletnyy-s-fiksatorom-shestigrannyy-shtok-7-mm-rexant" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-germetika-310ml-poluotkrytyy-kruglyy-shtok-7-mm-utolschennye-stenki-rexant" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pistolet-pena-50-l" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montazhnoy-peny-plastikovyy-usilennyy-s-konfuzorom-i-regulirovkoy-treschotkoy-rexant" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-montazhnoy-peny-metallicheskiy-s-konfuzorom-i-regulirovkoy-rexant" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoby-dlya-mebelnogo-steplera-8-mm-tip-53-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoby-dlya-mebelnogo-steplera-12-mm-tip-53-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelnyy-metallicheskiy-rexant" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoby-dlya-mebelnogo-steplera-10-mm-tip-53-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stepler-s-metallicheskoy-ruchkoy-2000-sht-skob-8mm-tip-53-rexant" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelnyy-s-metallicheskoy-ruchkoy-rexant" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stepler-mebelnyy-metallicheskiy-so-vstavkami-3v1-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I560"/>
+  <dimension ref="A1:I558"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -3737,15885 +3725,15825 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>387</v>
+        <v>265.44</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>282</v>
+        <v>237</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>144</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>870</v>
+        <v>150.52</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>5</v>
+        <v>433</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>420</v>
+        <v>82.38</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>136</v>
+        <v>2072</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>330</v>
+        <v>118.99</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>1810</v>
+        <v>20</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>666</v>
+        <v>146.45</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>1629</v>
+        <v>97</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>120</v>
+        <v>360</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="C10" s="3">
+        <v>219.67</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="3">
+        <v>333</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>240</v>
+      </c>
+      <c r="I10" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="C10" s="3">
-[...22 lines deleted...]
-      <c r="A11" s="2" t="s">
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="2"/>
-[...6 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="C11" s="3">
+        <v>137.3</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="3">
+        <v>591</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>360</v>
+      </c>
+      <c r="I11" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>396</v>
+        <v>256.28</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>616</v>
+        <v>132</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>144</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>800</v>
+        <v>183.06</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1440</v>
+        <v>109.84</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>263</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>8</v>
+        <v>480</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>2000</v>
+        <v>164.75</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>114</v>
+        <v>15</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>700</v>
+        <v>133.23</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>445</v>
+        <v>295</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>360</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>510</v>
+        <v>118.99</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>240</v>
+        <v>672</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>1050</v>
+        <v>116.96</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>2444</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>360</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>590</v>
+        <v>183.06</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>570</v>
+        <v>1887</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>40</v>
+        <v>240</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>10000</v>
+        <v>98.65</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>1</v>
+        <v>813</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1</v>
+        <v>480</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>6300</v>
+        <v>183.06</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>1</v>
+        <v>240</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>500</v>
+        <v>100.68</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>480</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>350</v>
+        <v>100.68</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>565</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>220</v>
+        <v>219.67</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>1147</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>80</v>
+        <v>360</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>3900</v>
+        <v>355.95</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>147</v>
+        <v>1</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>4</v>
+        <v>144</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="2" t="s">
+      <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="2"/>
-[...6 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="B26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" s="3">
+        <v>100.68</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F26" s="3">
+        <v>306</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>480</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I27" s="2"/>
+      <c r="A27" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C27" s="3">
+        <v>158.65</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F27" s="3">
+        <v>555</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>360</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>650</v>
+        <v>210.52</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>106</v>
+        <v>80</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>60</v>
+        <v>360</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>1000</v>
+        <v>265.44</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>85</v>
+        <v>406</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A30" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="3">
+        <v>84.41</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F31" s="3">
+        <v>3843</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>480</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>950</v>
+        <v>118.99</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>368</v>
+        <v>1685</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>60</v>
+        <v>360</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>1626.97</v>
+        <v>146.45</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>276</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>72</v>
+        <v>360</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>1120.21</v>
+        <v>148.28</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>1690</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>84</v>
+        <v>480</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>1950</v>
+        <v>237.98</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>1763</v>
+        <v>194</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>1800</v>
+        <v>256.28</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>2078</v>
+        <v>260</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>950</v>
+        <v>100.68</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>534</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>48</v>
+        <v>480</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>1066.87</v>
+        <v>158.65</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>1391</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>2300</v>
+        <v>102.72</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>1010</v>
+        <v>612</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>950</v>
+        <v>139.33</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>322</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>2100</v>
+        <v>256.28</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>1125</v>
+        <v>773</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>1040</v>
+        <v>114.92</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>1225</v>
+        <v>390</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I43" s="2"/>
+      <c r="A43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43" s="3">
+        <v>114.92</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F43" s="3">
+        <v>368</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>480</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>470</v>
+        <v>146.45</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>1279</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>850</v>
+        <v>156.62</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>482</v>
+        <v>156</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>400</v>
+        <v>173.91</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>3366</v>
+        <v>381</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>260</v>
+        <v>118.99</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>5814</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>120</v>
+        <v>480</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>260</v>
+        <v>128.14</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>109</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>120</v>
+        <v>480</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>260</v>
+        <v>173.91</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>298</v>
+        <v>1662</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>280</v>
+        <v>155.6</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>353</v>
+        <v>128.14</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>1019</v>
+        <v>233</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>400</v>
+        <v>128.14</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>530</v>
+        <v>128.14</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>848</v>
+        <v>739</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>520</v>
+        <v>177.98</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>616</v>
+        <v>3</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>340</v>
+        <v>157.64</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>1821</v>
+        <v>85</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>380</v>
+        <v>585.79</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>2014</v>
+        <v>510</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>400</v>
+        <v>1301.76</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>450</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>440</v>
+        <v>128.14</v>
       </c>
       <c r="D59" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F59" s="3">
         <v>13</v>
       </c>
-      <c r="E59" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>440</v>
+        <v>1037.34</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>1752</v>
+        <v>1250</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>317</v>
+        <v>1159.38</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>2184</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I62" s="2"/>
+      <c r="A62" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C62" s="3">
+        <v>1423.8</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F62" s="3">
+        <v>210</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>40</v>
+      </c>
+      <c r="I62" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>500</v>
+        <v>762.75</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>60</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>500</v>
+        <v>559.35</v>
       </c>
       <c r="D64" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F64" s="3">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>417</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>60</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>260</v>
+        <v>1372.95</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>662</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>300</v>
+        <v>2403.17</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>380</v>
+        <v>467.82</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>2058</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>600</v>
+        <v>711.9</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>60</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A69" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A69" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" s="2"/>
+      <c r="C69" s="2"/>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C70" s="3">
-        <v>440</v>
+        <v>427.14</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C71" s="3">
-        <v>630</v>
+        <v>2815.61</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>60</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C72" s="3">
-        <v>480</v>
+        <v>3915.45</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>664</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C73" s="3">
-        <v>300</v>
+        <v>2339.1</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>411</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I74" s="2"/>
+      <c r="A74" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C74" s="3">
+        <v>1322.1</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F74" s="3">
+        <v>0</v>
+      </c>
+      <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
+        <v>100</v>
+      </c>
+      <c r="I74" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C75" s="3">
-        <v>550</v>
+        <v>732.24</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F75" s="3">
         <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C76" s="3">
-        <v>550</v>
+        <v>508.5</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F76" s="3">
         <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C77" s="3">
-        <v>600</v>
+        <v>3457.8</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A78" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I78" s="2"/>
+      <c r="A78" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C78" s="3">
+        <v>244.08</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F78" s="3">
+        <v>972</v>
+      </c>
+      <c r="G78" s="3">
+        <v>1</v>
+      </c>
+      <c r="H78" s="3">
+        <v>200</v>
+      </c>
+      <c r="I78" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C79" s="3">
-        <v>420</v>
+        <v>1271.25</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C80" s="3">
-        <v>420</v>
+        <v>610.2</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>60</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C81" s="3">
-        <v>420</v>
+        <v>813.6</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F81" s="3">
         <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>60</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C82" s="3">
-        <v>420</v>
+        <v>315.27</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>143</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I83" s="2"/>
+      <c r="A83" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C83" s="3">
+        <v>915.3</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F83" s="3">
+        <v>236</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>72</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="C84" s="3">
-        <v>650</v>
+        <v>2380.37</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>2917</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C85" s="3">
-        <v>520</v>
+        <v>325.44</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>2245</v>
+        <v>685</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>60</v>
+        <v>288</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="C86" s="3">
-        <v>730</v>
+        <v>427.14</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>1277</v>
+        <v>1392</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C87" s="3">
-        <v>810</v>
+        <v>1271.25</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>776</v>
+        <v>672</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C88" s="3">
-        <v>571</v>
+        <v>2034</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>1885</v>
+        <v>41</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="C89" s="3">
-        <v>850</v>
+        <v>3051</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>839</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="A90" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C90" s="3">
+        <v>305.1</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F90" s="3">
+        <v>1135</v>
+      </c>
+      <c r="G90" s="3">
+        <v>1</v>
+      </c>
+      <c r="H90" s="3">
+        <v>240</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="C91" s="3">
-        <v>405.97</v>
+        <v>508.5</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>1283</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I91" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="C92" s="3">
-        <v>1019.49</v>
+        <v>382.98</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="C93" s="3">
-        <v>182.41</v>
+        <v>406.8</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>99</v>
+        <v>1489</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="C94" s="3">
-        <v>188.33</v>
+        <v>1291.59</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>1407</v>
+        <v>127</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="C95" s="3">
-        <v>217.53</v>
+        <v>2695.05</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
         <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>108</v>
+        <v>20</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="C96" s="3">
-        <v>504.29</v>
+        <v>223.74</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>1409</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C97" s="3">
-        <v>933.5</v>
+        <v>1611.78</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F97" s="3">
         <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="I97" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C98" s="3">
-        <v>867.74</v>
+        <v>447.48</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>817</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I99" s="2"/>
+      <c r="A99" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C99" s="3">
+        <v>813.6</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F99" s="3">
+        <v>949</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
+        <v>60</v>
+      </c>
+      <c r="I99" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I100" s="2"/>
+      <c r="A100" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C100" s="3">
+        <v>559.35</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F100" s="3">
+        <v>645</v>
+      </c>
+      <c r="G100" s="3">
+        <v>1</v>
+      </c>
+      <c r="H100" s="3">
+        <v>216</v>
+      </c>
+      <c r="I100" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A101" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A101" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="B101" s="2"/>
+      <c r="C101" s="2"/>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="C102" s="3">
-        <v>842</v>
+        <v>244.08</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>376</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C103" s="3">
-        <v>369</v>
+        <v>142.38</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>3752</v>
+        <v>948</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>80</v>
+        <v>480</v>
       </c>
       <c r="I103" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="C104" s="3">
-        <v>354.33</v>
+        <v>162.72</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>204</v>
+        <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>366</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>1</v>
+        <v>480</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C105" s="3">
-        <v>40</v>
+        <v>1127.5</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>5781</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C106" s="3">
-        <v>240</v>
+        <v>4068</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>12846</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="I106" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="C107" s="3">
-        <v>44</v>
+        <v>1983.15</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>8772</v>
+        <v>1</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>480</v>
+        <v>80</v>
       </c>
       <c r="I107" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C108" s="3">
-        <v>98.97</v>
+        <v>162.72</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>4117</v>
+        <v>295</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>576</v>
+        <v>480</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C109" s="3">
-        <v>300</v>
+        <v>142.38</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>307</v>
+        <v>425</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C110" s="3">
-        <v>400</v>
+        <v>203.4</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>660</v>
+        <v>931</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>72</v>
+        <v>360</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C111" s="3">
-        <v>30</v>
+        <v>203.4</v>
       </c>
       <c r="D111" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>210</v>
+        <v>5118</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>576</v>
+        <v>360</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C112" s="3">
-        <v>90</v>
+        <v>264.42</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>18395</v>
+        <v>900</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="I112" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C113" s="3">
-        <v>190</v>
+        <v>300.02</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>1854</v>
+        <v>582</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>144</v>
+        <v>240</v>
       </c>
       <c r="I113" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C114" s="3">
-        <v>500</v>
+        <v>5085</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>3022</v>
+        <v>35</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I114" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="2"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
       <c r="I115" s="2"/>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A116" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="B116" s="2"/>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C117" s="3">
-        <v>700</v>
+        <v>477.99</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>49</v>
+        <v>390</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C118" s="3">
-        <v>570</v>
+        <v>864.45</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>27</v>
+        <v>475</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C119" s="3">
-        <v>675</v>
+        <v>406.8</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A120" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I120" s="2"/>
+      <c r="A120" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C120" s="3">
+        <v>406.8</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F120" s="3">
+        <v>2430</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>60</v>
+      </c>
+      <c r="I120" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C121" s="3">
-        <v>540</v>
+        <v>284.76</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>849</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C122" s="3">
-        <v>600</v>
+        <v>264.42</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>1446</v>
+        <v>2316</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="C123" s="3">
-        <v>1205</v>
+        <v>264.42</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F123" s="3">
         <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C124" s="3">
-        <v>600</v>
+        <v>264.42</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>0</v>
+        <v>628</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C125" s="3">
-        <v>1390</v>
+        <v>359</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>205</v>
+        <v>791</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>60</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C126" s="3">
-        <v>440</v>
+        <v>539.01</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F126" s="3">
+        <v>719</v>
+      </c>
+      <c r="G126" s="3">
+        <v>1</v>
+      </c>
+      <c r="H126" s="3">
+        <v>200</v>
+      </c>
+      <c r="I126" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="B127" s="2"/>
+      <c r="C127" s="2"/>
+      <c r="D127" s="2"/>
+      <c r="E127" s="2"/>
+      <c r="F127" s="2"/>
+      <c r="G127" s="2"/>
+      <c r="H127" s="2"/>
+      <c r="I127" s="2"/>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C128" s="3">
+        <v>322.39</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F128" s="3">
         <v>0</v>
       </c>
-      <c r="G126" s="3">
-[...49 lines deleted...]
-      <c r="I128" s="2"/>
+      <c r="G128" s="3">
+        <v>1</v>
+      </c>
+      <c r="H128" s="3">
+        <v>120</v>
+      </c>
+      <c r="I128" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C129" s="3">
-        <v>291.24</v>
+        <v>528.84</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>10816</v>
+        <v>448</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C130" s="3">
-        <v>550</v>
+        <v>345.78</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>72</v>
+        <v>1701</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C131" s="3">
-        <v>470</v>
+        <v>386.46</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>178</v>
+        <v>1858</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C132" s="3">
-        <v>450</v>
+        <v>447.48</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>48</v>
+        <v>115</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C133" s="3">
-        <v>400</v>
+        <v>406.8</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>0</v>
+        <v>707</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C134" s="3">
-        <v>177.44</v>
+        <v>447.48</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>1816</v>
+        <v>379</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I134" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A135" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A135" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="B135" s="2"/>
+      <c r="C135" s="2"/>
+      <c r="D135" s="2"/>
+      <c r="E135" s="2"/>
+      <c r="F135" s="2"/>
+      <c r="G135" s="2"/>
+      <c r="H135" s="2"/>
+      <c r="I135" s="2"/>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C136" s="3">
-        <v>592.7</v>
+        <v>264.42</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>1748</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A137" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I137" s="2"/>
+      <c r="A137" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B137" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="C137" s="3">
+        <v>508.5</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F137" s="3">
+        <v>317</v>
+      </c>
+      <c r="G137" s="3">
+        <v>1</v>
+      </c>
+      <c r="H137" s="3">
+        <v>60</v>
+      </c>
+      <c r="I137" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="C138" s="3">
-        <v>145.85</v>
+        <v>305.1</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>2937</v>
+        <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I138" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="C139" s="3">
-        <v>160</v>
+        <v>488.16</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>1295</v>
+        <v>567</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="I139" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C140" s="3">
-        <v>730.68</v>
+        <v>640.71</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>2306</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="C141" s="3">
-        <v>110</v>
+        <v>386.46</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>5203</v>
+        <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="C142" s="3">
-        <v>130</v>
+        <v>610.2</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>1723</v>
+        <v>223</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C143" s="3">
-        <v>320</v>
+        <v>508.5</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>2723</v>
+        <v>4</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C144" s="3">
-        <v>540.67</v>
+        <v>345.78</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C145" s="3">
-        <v>231.46</v>
+        <v>447.48</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>2078</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I145" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A146" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I146" s="2"/>
+      <c r="A146" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="C146" s="3">
+        <v>305.1</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F146" s="3">
+        <v>0</v>
+      </c>
+      <c r="G146" s="3">
+        <v>1</v>
+      </c>
+      <c r="H146" s="3">
+        <v>120</v>
+      </c>
+      <c r="I146" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="2" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="B147" s="2"/>
       <c r="C147" s="2"/>
       <c r="D147" s="2"/>
       <c r="E147" s="2"/>
       <c r="F147" s="2"/>
       <c r="G147" s="2"/>
       <c r="H147" s="2"/>
       <c r="I147" s="2"/>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C148" s="3">
-        <v>778</v>
+        <v>559.35</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="C149" s="3">
-        <v>335</v>
+        <v>559.35</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F149" s="3">
         <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="C150" s="3">
-        <v>520</v>
+        <v>610.2</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>1032</v>
+        <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A151" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A151" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B151" s="2"/>
+      <c r="C151" s="2"/>
+      <c r="D151" s="2"/>
+      <c r="E151" s="2"/>
+      <c r="F151" s="2"/>
+      <c r="G151" s="2"/>
+      <c r="H151" s="2"/>
+      <c r="I151" s="2"/>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="C152" s="3">
-        <v>670</v>
+        <v>661.05</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>0</v>
+        <v>101</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A153" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I153" s="2"/>
+      <c r="A153" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C153" s="3">
+        <v>1017</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F153" s="3">
+        <v>90</v>
+      </c>
+      <c r="G153" s="3">
+        <v>1</v>
+      </c>
+      <c r="H153" s="3">
+        <v>24</v>
+      </c>
+      <c r="I153" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C154" s="3">
-        <v>2000</v>
+        <v>762.75</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>503</v>
+        <v>543</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A155" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A155" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="B155" s="2"/>
+      <c r="C155" s="2"/>
+      <c r="D155" s="2"/>
+      <c r="E155" s="2"/>
+      <c r="F155" s="2"/>
+      <c r="G155" s="2"/>
+      <c r="H155" s="2"/>
+      <c r="I155" s="2"/>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="C156" s="3">
-        <v>4000</v>
+        <v>427.14</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="C157" s="3">
-        <v>2050</v>
+        <v>427.14</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>2114</v>
+        <v>54</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="C158" s="3">
-        <v>3550</v>
+        <v>427.14</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>765</v>
+        <v>114</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C159" s="3">
-        <v>2861.48</v>
+        <v>427.14</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="2" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="B160" s="2"/>
       <c r="C160" s="2"/>
       <c r="D160" s="2"/>
       <c r="E160" s="2"/>
       <c r="F160" s="2"/>
       <c r="G160" s="2"/>
       <c r="H160" s="2"/>
       <c r="I160" s="2"/>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="C161" s="3">
-        <v>380</v>
+        <v>528.84</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>1865</v>
+        <v>2145</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C162" s="3">
-        <v>290</v>
+        <v>742.41</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>0</v>
+        <v>1073</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C163" s="3">
-        <v>215</v>
+        <v>823.77</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>1166</v>
+        <v>568</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="C164" s="3">
-        <v>380</v>
+        <v>864.45</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>1221</v>
+        <v>645</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="C165" s="3">
-        <v>140</v>
+        <v>661.05</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>1260</v>
+        <v>2544</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="C166" s="3">
-        <v>600</v>
+        <v>580.71</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>2413</v>
+        <v>1687</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A167" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A167" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="B167" s="2"/>
+      <c r="C167" s="2"/>
+      <c r="D167" s="2"/>
+      <c r="E167" s="2"/>
+      <c r="F167" s="2"/>
+      <c r="G167" s="2"/>
+      <c r="H167" s="2"/>
+      <c r="I167" s="2"/>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C168" s="3">
-        <v>550</v>
+        <v>813.6</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>1086</v>
+        <v>1254</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I168" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="C169" s="3">
-        <v>980</v>
+        <v>1654.63</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>973</v>
+        <v>26</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C170" s="3">
-        <v>700</v>
+        <v>1139.25</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>606</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="I170" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C171" s="3">
-        <v>240</v>
+        <v>813.6</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>3716</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I171" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C172" s="3">
-        <v>522</v>
+        <v>813.6</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>2497</v>
+        <v>14</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I172" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C173" s="3">
-        <v>801</v>
+        <v>2135.7</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F173" s="3">
+        <v>1048</v>
+      </c>
+      <c r="G173" s="3">
+        <v>1</v>
+      </c>
+      <c r="H173" s="3">
+        <v>60</v>
+      </c>
+      <c r="I173" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C174" s="3">
-        <v>550</v>
+        <v>1085.01</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F174" s="3">
+        <v>102</v>
+      </c>
+      <c r="G174" s="3">
+        <v>1</v>
+      </c>
+      <c r="H174" s="3">
+        <v>100</v>
+      </c>
+      <c r="I174" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C175" s="3">
-        <v>330</v>
+        <v>864.45</v>
       </c>
       <c r="D175" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>1634</v>
+        <v>397</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I175" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A176" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I176" s="2"/>
+      <c r="A176" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C176" s="3">
+        <v>1830.6</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F176" s="3">
+        <v>958</v>
+      </c>
+      <c r="G176" s="3">
+        <v>1</v>
+      </c>
+      <c r="H176" s="3">
+        <v>60</v>
+      </c>
+      <c r="I176" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A177" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I177" s="2"/>
+      <c r="A177" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="C177" s="3">
+        <v>1983.15</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F177" s="3">
+        <v>1323</v>
+      </c>
+      <c r="G177" s="3">
+        <v>1</v>
+      </c>
+      <c r="H177" s="3">
+        <v>60</v>
+      </c>
+      <c r="I177" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C178" s="3">
-        <v>110</v>
+        <v>2339.1</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>475</v>
+        <v>350</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I178" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A179" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A179" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="B179" s="2"/>
+      <c r="C179" s="2"/>
+      <c r="D179" s="2"/>
+      <c r="E179" s="2"/>
+      <c r="F179" s="2"/>
+      <c r="G179" s="2"/>
+      <c r="H179" s="2"/>
+      <c r="I179" s="2"/>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A180" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A180" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="B180" s="2"/>
+      <c r="C180" s="2"/>
+      <c r="D180" s="2"/>
+      <c r="E180" s="2"/>
+      <c r="F180" s="2"/>
+      <c r="G180" s="2"/>
+      <c r="H180" s="2"/>
+      <c r="I180" s="2"/>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C181" s="3">
-        <v>200</v>
+        <v>85.72</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>802</v>
+        <v>568</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>20</v>
+        <v>800</v>
       </c>
       <c r="I181" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C182" s="3">
-        <v>275</v>
+        <v>95.89</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>0</v>
+        <v>2248</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>20</v>
+        <v>800</v>
       </c>
       <c r="I182" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C183" s="3">
-        <v>135</v>
+        <v>103.28</v>
       </c>
       <c r="D183" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>787</v>
+        <v>497</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I183" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C184" s="3">
-        <v>215</v>
+        <v>131.05</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>667</v>
+        <v>3656</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>20</v>
+        <v>320</v>
       </c>
       <c r="I184" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C185" s="3">
-        <v>250</v>
+        <v>173.43</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>0</v>
+        <v>3077</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I185" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C186" s="3">
-        <v>420</v>
+        <v>213.32</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F186" s="3">
         <v>0</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>48</v>
+        <v>160</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="C187" s="3">
-        <v>125</v>
+        <v>241.76</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>162</v>
+        <v>780</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="I187" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="C188" s="3">
-        <v>155</v>
+        <v>248.66</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>478</v>
+        <v>1277</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="I188" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C189" s="3">
-        <v>100</v>
+        <v>442.05</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>474</v>
+        <v>932</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I189" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C190" s="3">
-        <v>225</v>
+        <v>805.5</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>550</v>
+        <v>602</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I190" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C191" s="3">
-        <v>520</v>
+        <v>131.5</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>0</v>
+        <v>2049</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A192" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I192" s="2"/>
+      <c r="A192" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="C192" s="3">
+        <v>762.75</v>
+      </c>
+      <c r="D192" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F192" s="3">
+        <v>1</v>
+      </c>
+      <c r="G192" s="3">
+        <v>1</v>
+      </c>
+      <c r="H192" s="3">
+        <v>30</v>
+      </c>
+      <c r="I192" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="C193" s="3">
-        <v>809</v>
+        <v>82.49</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>0</v>
+        <v>617</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="C194" s="3">
-        <v>888</v>
+        <v>106.61</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>2312</v>
+        <v>0</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>40</v>
+        <v>320</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="C195" s="3">
-        <v>900</v>
+        <v>524.9</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>873</v>
+        <v>866</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="C196" s="3">
-        <v>79.03</v>
+        <v>97.59</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>0</v>
+        <v>9016</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I196" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="C197" s="3">
-        <v>430</v>
+        <v>554.27</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>1526</v>
+        <v>0</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
         <v>40</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="C198" s="3">
-        <v>53.09</v>
+        <v>112.02</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>0</v>
+        <v>719</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I198" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="C199" s="3">
-        <v>61</v>
+        <v>753.74</v>
       </c>
       <c r="D199" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>201</v>
+        <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I199" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A200" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I200" s="2"/>
+      <c r="A200" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="C200" s="3">
+        <v>627.13</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F200" s="3">
+        <v>907</v>
+      </c>
+      <c r="G200" s="3">
+        <v>1</v>
+      </c>
+      <c r="H200" s="3">
+        <v>80</v>
+      </c>
+      <c r="I200" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A201" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A201" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="B201" s="2"/>
+      <c r="C201" s="2"/>
+      <c r="D201" s="2"/>
+      <c r="E201" s="2"/>
+      <c r="F201" s="2"/>
+      <c r="G201" s="2"/>
+      <c r="H201" s="2"/>
+      <c r="I201" s="2"/>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C202" s="3">
-        <v>260</v>
+        <v>88.48</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>9564</v>
+        <v>0</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>40</v>
+        <v>600</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C203" s="3">
-        <v>293.99</v>
+        <v>129.45</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>88</v>
+        <v>1776</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C204" s="3">
-        <v>500</v>
+        <v>144.19</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>1359</v>
+        <v>2125</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>20</v>
+        <v>320</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C205" s="3">
-        <v>1000</v>
+        <v>176.21</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>634</v>
+        <v>1605</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C206" s="3">
-        <v>1637.24</v>
+        <v>283.87</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>1</v>
+        <v>704</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A207" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I207" s="2"/>
+      <c r="A207" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="C207" s="3">
+        <v>316.46</v>
+      </c>
+      <c r="D207" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F207" s="3">
+        <v>549</v>
+      </c>
+      <c r="G207" s="3">
+        <v>1</v>
+      </c>
+      <c r="H207" s="3">
+        <v>100</v>
+      </c>
+      <c r="I207" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="C208" s="3">
-        <v>2500</v>
+        <v>588.84</v>
       </c>
       <c r="D208" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>951</v>
+        <v>925</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I208" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="C209" s="3">
-        <v>2500</v>
+        <v>80.34</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>473</v>
+        <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>36</v>
+        <v>800</v>
       </c>
       <c r="I209" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="C210" s="3">
-        <v>3600</v>
+        <v>486.5</v>
       </c>
       <c r="D210" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>360</v>
+        <v>572</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I210" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="C211" s="3">
-        <v>1500</v>
+        <v>86.44</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>6523</v>
+        <v>415</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>48</v>
+        <v>800</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="C212" s="3">
-        <v>1800</v>
+        <v>108</v>
       </c>
       <c r="D212" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>0</v>
+        <v>2005</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>48</v>
+        <v>600</v>
       </c>
       <c r="I212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="C213" s="3">
-        <v>1050</v>
+        <v>154.38</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>315</v>
+        <v>1370</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>48</v>
+        <v>320</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="C214" s="3">
-        <v>1250</v>
+        <v>221.34</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>319</v>
+        <v>641</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A215" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I215" s="2"/>
+      <c r="A215" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C215" s="3">
+        <v>262.47</v>
+      </c>
+      <c r="D215" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F215" s="3">
+        <v>1587</v>
+      </c>
+      <c r="G215" s="3">
+        <v>1</v>
+      </c>
+      <c r="H215" s="3">
+        <v>180</v>
+      </c>
+      <c r="I215" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="2" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="B216" s="2"/>
       <c r="C216" s="2"/>
       <c r="D216" s="2"/>
       <c r="E216" s="2"/>
       <c r="F216" s="2"/>
       <c r="G216" s="2"/>
       <c r="H216" s="2"/>
       <c r="I216" s="2"/>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="C217" s="3">
-        <v>533.89</v>
+        <v>184.08</v>
       </c>
       <c r="D217" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>0</v>
+        <v>1162</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
         <v>100</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="C218" s="3">
-        <v>533.89</v>
+        <v>683.79</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>8</v>
+        <v>140</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="C219" s="3">
-        <v>284.62</v>
+        <v>166.79</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
         <v>100</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="C220" s="3">
-        <v>315.36</v>
+        <v>205.43</v>
       </c>
       <c r="D220" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>41</v>
+        <v>851</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="C221" s="3">
-        <v>210</v>
+        <v>310.56</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>600</v>
+        <v>203</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>800</v>
+        <v>60</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="C222" s="3">
-        <v>210</v>
+        <v>607.15</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>2128</v>
+        <v>393</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>800</v>
+        <v>60</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="C223" s="3">
-        <v>220</v>
+        <v>840.04</v>
       </c>
       <c r="D223" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>2470</v>
+        <v>273</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>800</v>
+        <v>40</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="C224" s="3">
-        <v>284.62</v>
+        <v>283.74</v>
       </c>
       <c r="D224" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>74</v>
+        <v>762</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A225" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I225" s="2"/>
+      <c r="A225" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="B225" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="C225" s="3">
+        <v>396.63</v>
+      </c>
+      <c r="D225" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F225" s="3">
+        <v>602</v>
+      </c>
+      <c r="G225" s="3">
+        <v>1</v>
+      </c>
+      <c r="H225" s="3">
+        <v>80</v>
+      </c>
+      <c r="I225" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="C226" s="3">
-        <v>720.89</v>
+        <v>542.06</v>
       </c>
       <c r="D226" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>394</v>
+        <v>781</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="C227" s="3">
-        <v>447.36</v>
+        <v>347.81</v>
       </c>
       <c r="D227" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>2650</v>
+        <v>355</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="C228" s="3">
-        <v>420.31</v>
+        <v>205.43</v>
       </c>
       <c r="D228" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>671</v>
+        <v>333</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="C229" s="3">
-        <v>603.68</v>
+        <v>283.74</v>
       </c>
       <c r="D229" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>3319</v>
+        <v>0</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>400</v>
+        <v>80</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A230" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A230" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="B230" s="2"/>
+      <c r="C230" s="2"/>
+      <c r="D230" s="2"/>
+      <c r="E230" s="2"/>
+      <c r="F230" s="2"/>
+      <c r="G230" s="2"/>
+      <c r="H230" s="2"/>
+      <c r="I230" s="2"/>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="C231" s="3">
-        <v>603.68</v>
+        <v>915.3</v>
       </c>
       <c r="D231" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>94</v>
+        <v>501</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="C232" s="3">
-        <v>720.89</v>
+        <v>1525.5</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>500</v>
+        <v>1932</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="C233" s="3">
-        <v>447.36</v>
+        <v>572.57</v>
       </c>
       <c r="D233" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>4964</v>
+        <v>1</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="C234" s="3">
-        <v>410.42</v>
+        <v>813.6</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>1819</v>
+        <v>0</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="C235" s="3">
-        <v>644.33</v>
+        <v>966.15</v>
       </c>
       <c r="D235" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="C236" s="3">
-        <v>740</v>
+        <v>610.2</v>
       </c>
       <c r="D236" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="C237" s="3">
-        <v>427.83</v>
+        <v>864.45</v>
       </c>
       <c r="D237" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>1298</v>
+        <v>302</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>400</v>
+        <v>32</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="C238" s="3">
-        <v>340</v>
+        <v>1694.32</v>
       </c>
       <c r="D238" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>2144</v>
+        <v>164</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>400</v>
+        <v>16</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="C239" s="3">
-        <v>320</v>
+        <v>1372.95</v>
       </c>
       <c r="D239" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>2864</v>
+        <v>266</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="C240" s="3">
-        <v>625.49</v>
+        <v>3356.1</v>
       </c>
       <c r="D240" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>1280</v>
+        <v>445</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>400</v>
+        <v>8</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="C241" s="3">
-        <v>420</v>
+        <v>488.16</v>
       </c>
       <c r="D241" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="C242" s="3">
-        <v>810</v>
+        <v>7729.2</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>2</v>
+        <v>306</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="C243" s="3">
-        <v>498.13</v>
+        <v>3051</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>437</v>
+        <v>57</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="C244" s="3">
-        <v>662.27</v>
+        <v>793.26</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>1678</v>
+        <v>107</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A245" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A245" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="B245" s="2"/>
+      <c r="C245" s="2"/>
+      <c r="D245" s="2"/>
+      <c r="E245" s="2"/>
+      <c r="F245" s="2"/>
+      <c r="G245" s="2"/>
+      <c r="H245" s="2"/>
+      <c r="I245" s="2"/>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="C246" s="3">
-        <v>410.42</v>
+        <v>252.07</v>
       </c>
       <c r="D246" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>0</v>
+        <v>248</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A247" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I247" s="2"/>
+      <c r="A247" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="B247" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="C247" s="3">
+        <v>329.51</v>
+      </c>
+      <c r="D247" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F247" s="3">
+        <v>236</v>
+      </c>
+      <c r="G247" s="3">
+        <v>1</v>
+      </c>
+      <c r="H247" s="3">
+        <v>80</v>
+      </c>
+      <c r="I247" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="C248" s="3">
-        <v>1850</v>
+        <v>579.69</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
         <v>100</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="C249" s="3">
-        <v>740</v>
+        <v>661.05</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>0</v>
+        <v>493</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
         <v>100</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="C250" s="3">
-        <v>1400</v>
+        <v>772.92</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>0</v>
+        <v>354</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
         <v>100</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="C251" s="3">
-        <v>1800</v>
+        <v>823.77</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>283</v>
+        <v>0</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="C252" s="3">
-        <v>880</v>
+        <v>966.15</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>0</v>
+        <v>377</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="C253" s="3">
-        <v>980</v>
+        <v>477.99</v>
       </c>
       <c r="D253" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="C254" s="3">
-        <v>740</v>
+        <v>549.18</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>21</v>
+        <v>674</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
         <v>100</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="C255" s="3">
-        <v>1110</v>
+        <v>389.42</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>0</v>
+        <v>1146</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
+        <v>160</v>
+      </c>
+      <c r="I255" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="256" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A256" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B256" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="C256" s="3">
+        <v>610.2</v>
+      </c>
+      <c r="D256" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F256" s="3">
+        <v>1</v>
+      </c>
+      <c r="G256" s="3">
+        <v>1</v>
+      </c>
+      <c r="H256" s="3">
         <v>100</v>
       </c>
-      <c r="I255" s="3">
-[...14 lines deleted...]
-      <c r="I256" s="2"/>
+      <c r="I256" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="2" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="B257" s="2"/>
       <c r="C257" s="2"/>
       <c r="D257" s="2"/>
       <c r="E257" s="2"/>
       <c r="F257" s="2"/>
       <c r="G257" s="2"/>
       <c r="H257" s="2"/>
       <c r="I257" s="2"/>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="C258" s="3">
-        <v>520</v>
+        <v>1017</v>
       </c>
       <c r="D258" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>288</v>
+        <v>36</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A259" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I259" s="2"/>
+      <c r="A259" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="C259" s="3">
+        <v>762.75</v>
+      </c>
+      <c r="D259" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F259" s="3">
+        <v>372</v>
+      </c>
+      <c r="G259" s="3">
+        <v>1</v>
+      </c>
+      <c r="H259" s="3">
+        <v>60</v>
+      </c>
+      <c r="I259" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="C260" s="3">
-        <v>550</v>
+        <v>864.45</v>
       </c>
       <c r="D260" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>576</v>
+        <v>36</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="C261" s="3">
-        <v>420</v>
+        <v>600.03</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>576</v>
+        <v>120</v>
       </c>
       <c r="I261" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A262" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A262" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="B262" s="2"/>
+      <c r="C262" s="2"/>
+      <c r="D262" s="2"/>
+      <c r="E262" s="2"/>
+      <c r="F262" s="2"/>
+      <c r="G262" s="2"/>
+      <c r="H262" s="2"/>
+      <c r="I262" s="2"/>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="C263" s="3">
-        <v>1187.5</v>
+        <v>849.19</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>185</v>
+        <v>644</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="C264" s="3">
-        <v>880</v>
+        <v>884.79</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>103</v>
+        <v>812</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A265" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A265" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="B265" s="2"/>
+      <c r="C265" s="2"/>
+      <c r="D265" s="2"/>
+      <c r="E265" s="2"/>
+      <c r="F265" s="2"/>
+      <c r="G265" s="2"/>
+      <c r="H265" s="2"/>
+      <c r="I265" s="2"/>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="C266" s="3">
-        <v>630</v>
+        <v>828.85</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>64</v>
+        <v>670</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>576</v>
+        <v>36</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="C267" s="3">
-        <v>450</v>
+        <v>1128.87</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>112</v>
+        <v>894</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>576</v>
+        <v>24</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A268" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I268" s="2"/>
+      <c r="A268" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="B268" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="C268" s="3">
+        <v>772.92</v>
+      </c>
+      <c r="D268" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F268" s="3">
+        <v>1104</v>
+      </c>
+      <c r="G268" s="3">
+        <v>1</v>
+      </c>
+      <c r="H268" s="3">
+        <v>36</v>
+      </c>
+      <c r="I268" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="C269" s="3">
-        <v>155</v>
+        <v>1830.6</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>184</v>
+        <v>0</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>1152</v>
+        <v>12</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A270" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A270" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="B270" s="2"/>
+      <c r="C270" s="2"/>
+      <c r="D270" s="2"/>
+      <c r="E270" s="2"/>
+      <c r="F270" s="2"/>
+      <c r="G270" s="2"/>
+      <c r="H270" s="2"/>
+      <c r="I270" s="2"/>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="C271" s="3">
-        <v>150</v>
+        <v>208.49</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>0</v>
+        <v>396</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>720</v>
+        <v>100</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="C272" s="3">
-        <v>110</v>
+        <v>650.88</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>429</v>
+        <v>752</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>1152</v>
+        <v>40</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="C273" s="3">
-        <v>150</v>
+        <v>152.55</v>
       </c>
       <c r="D273" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>324</v>
+        <v>2169</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>720</v>
+        <v>80</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="C274" s="3">
-        <v>2240</v>
+        <v>584.78</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F274" s="3">
-        <v>63</v>
+        <v>112</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I274" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="C275" s="3">
-        <v>495</v>
+        <v>355.95</v>
       </c>
       <c r="D275" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>2135</v>
+        <v>2193</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="C276" s="3">
-        <v>150</v>
+        <v>528.84</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>720</v>
+        <v>60</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A277" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A277" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="B277" s="2"/>
+      <c r="C277" s="2"/>
+      <c r="D277" s="2"/>
+      <c r="E277" s="2"/>
+      <c r="F277" s="2"/>
+      <c r="G277" s="2"/>
+      <c r="H277" s="2"/>
+      <c r="I277" s="2"/>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="C278" s="3">
-        <v>2550</v>
+        <v>1830.6</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>0</v>
+        <v>642</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="C279" s="3">
-        <v>690</v>
+        <v>947.11</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>239</v>
+        <v>0</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
         <v>100</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="C280" s="3">
-        <v>93</v>
+        <v>1544.83</v>
       </c>
       <c r="D280" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>1186</v>
+        <v>939</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>1152</v>
+        <v>48</v>
       </c>
       <c r="I280" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A281" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I281" s="2"/>
+      <c r="A281" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="B281" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="C281" s="3">
+        <v>1791.16</v>
+      </c>
+      <c r="D281" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F281" s="3">
+        <v>19</v>
+      </c>
+      <c r="G281" s="3">
+        <v>1</v>
+      </c>
+      <c r="H281" s="3">
+        <v>30</v>
+      </c>
+      <c r="I281" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="C282" s="3">
-        <v>315</v>
+        <v>559.35</v>
       </c>
       <c r="D282" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>1104</v>
+        <v>271</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>144</v>
+        <v>100</v>
       </c>
       <c r="I282" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="C283" s="3">
-        <v>600</v>
+        <v>1881.45</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>2072</v>
+        <v>684</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I283" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="C284" s="3">
-        <v>900</v>
+        <v>2440.8</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>1490</v>
+        <v>832</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="C285" s="3">
-        <v>550</v>
+        <v>813.6</v>
       </c>
       <c r="D285" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>0</v>
+        <v>812</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="C286" s="3">
-        <v>300</v>
+        <v>4783.97</v>
       </c>
       <c r="D286" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>14</v>
+        <v>554</v>
       </c>
       <c r="F286" s="3">
-        <v>2742</v>
+        <v>140</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>168</v>
+        <v>4</v>
       </c>
       <c r="I286" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="C287" s="3">
-        <v>450</v>
+        <v>1315.59</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>14</v>
+        <v>554</v>
       </c>
       <c r="F287" s="3">
-        <v>1305</v>
+        <v>455</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I287" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="C288" s="3">
-        <v>1100</v>
+        <v>1484.82</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>0</v>
+        <v>1407</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="C289" s="3">
-        <v>500</v>
+        <v>1932.3</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>462</v>
+        <v>206</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
+        <v>72</v>
+      </c>
+      <c r="I289" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A290" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="B290" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="C290" s="3">
+        <v>1287.15</v>
+      </c>
+      <c r="D290" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F290" s="3">
+        <v>1046</v>
+      </c>
+      <c r="G290" s="3">
+        <v>1</v>
+      </c>
+      <c r="H290" s="3">
         <v>120</v>
       </c>
-      <c r="I289" s="3">
-[...14 lines deleted...]
-      <c r="I290" s="2"/>
+      <c r="I290" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="C291" s="3">
-        <v>330</v>
+        <v>2847.6</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F291" s="3">
+        <v>545</v>
+      </c>
+      <c r="G291" s="3">
+        <v>1</v>
+      </c>
+      <c r="H291" s="3">
+        <v>30</v>
+      </c>
+      <c r="I291" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C292" s="3">
-        <v>480</v>
+        <v>711.9</v>
       </c>
       <c r="D292" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F292" s="3">
+        <v>382</v>
+      </c>
+      <c r="G292" s="3">
+        <v>1</v>
+      </c>
+      <c r="H292" s="3">
+        <v>200</v>
+      </c>
+      <c r="I292" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="C293" s="3">
-        <v>440</v>
+        <v>4678.2</v>
       </c>
       <c r="D293" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>654</v>
+        <v>1051</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>561</v>
+        <v>570</v>
       </c>
       <c r="C294" s="3">
-        <v>510</v>
+        <v>2135.7</v>
       </c>
       <c r="D294" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>14</v>
+        <v>554</v>
       </c>
       <c r="F294" s="3">
-        <v>2267</v>
+        <v>472</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="I294" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>563</v>
+        <v>572</v>
       </c>
       <c r="C295" s="3">
-        <v>540</v>
+        <v>4373.1</v>
       </c>
       <c r="D295" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>14</v>
+        <v>554</v>
       </c>
       <c r="F295" s="3">
+        <v>469</v>
+      </c>
+      <c r="G295" s="3">
+        <v>1</v>
+      </c>
+      <c r="H295" s="3">
+        <v>5</v>
+      </c>
+      <c r="I295" s="3">
         <v>0</v>
       </c>
-      <c r="G295" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A296" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A296" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="B296" s="2"/>
+      <c r="C296" s="2"/>
+      <c r="D296" s="2"/>
+      <c r="E296" s="2"/>
+      <c r="F296" s="2"/>
+      <c r="G296" s="2"/>
+      <c r="H296" s="2"/>
+      <c r="I296" s="2"/>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A297" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A297" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="B297" s="2"/>
+      <c r="C297" s="2"/>
+      <c r="D297" s="2"/>
+      <c r="E297" s="2"/>
+      <c r="F297" s="2"/>
+      <c r="G297" s="2"/>
+      <c r="H297" s="2"/>
+      <c r="I297" s="2"/>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="C298" s="3">
-        <v>1440</v>
+        <v>244.08</v>
       </c>
       <c r="D298" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>731</v>
+        <v>11137</v>
       </c>
       <c r="G298" s="3">
         <v>1</v>
       </c>
       <c r="H298" s="3">
-        <v>24</v>
+        <v>144</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="C299" s="3">
-        <v>660</v>
+        <v>305.1</v>
       </c>
       <c r="D299" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F299" s="3">
-        <v>0</v>
+        <v>216</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A300" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I300" s="2"/>
+      <c r="A300" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="B300" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="C300" s="3">
+        <v>406.8</v>
+      </c>
+      <c r="D300" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F300" s="3">
+        <v>232</v>
+      </c>
+      <c r="G300" s="3">
+        <v>1</v>
+      </c>
+      <c r="H300" s="3">
+        <v>72</v>
+      </c>
+      <c r="I300" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="C301" s="3">
-        <v>2750</v>
+        <v>91.53</v>
       </c>
       <c r="D301" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F301" s="3">
-        <v>1200</v>
+        <v>8443</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="I301" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>575</v>
+        <v>584</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="C302" s="3">
-        <v>4537</v>
+        <v>856.31</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>0</v>
+        <v>361</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>577</v>
+        <v>586</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>578</v>
+        <v>587</v>
       </c>
       <c r="C303" s="3">
-        <v>770</v>
+        <v>30.51</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>596</v>
+        <v>611</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>120</v>
+        <v>576</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="C304" s="3">
-        <v>11000</v>
+        <v>386.46</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>204</v>
+        <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>540</v>
+        <v>4660</v>
       </c>
       <c r="G304" s="3">
         <v>1</v>
       </c>
       <c r="H304" s="3">
-        <v>4</v>
+        <v>144</v>
       </c>
       <c r="I304" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
       <c r="C305" s="3">
-        <v>900</v>
+        <v>193.23</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F305" s="3">
-        <v>0</v>
+        <v>853</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>20</v>
+        <v>144</v>
       </c>
       <c r="I305" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="C306" s="3">
-        <v>20500</v>
+        <v>40.68</v>
       </c>
       <c r="D306" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F306" s="3">
-        <v>16</v>
+        <v>3860</v>
       </c>
       <c r="G306" s="3">
         <v>1</v>
       </c>
       <c r="H306" s="3">
-        <v>1</v>
+        <v>288</v>
       </c>
       <c r="I306" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>585</v>
+        <v>594</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
       <c r="C307" s="3">
-        <v>18000</v>
+        <v>100.65</v>
       </c>
       <c r="D307" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F307" s="3">
-        <v>28</v>
+        <v>3372</v>
       </c>
       <c r="G307" s="3">
         <v>1</v>
       </c>
       <c r="H307" s="3">
-        <v>1</v>
+        <v>576</v>
       </c>
       <c r="I307" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>588</v>
+        <v>597</v>
       </c>
       <c r="C308" s="3">
-        <v>10500</v>
+        <v>360.35</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>204</v>
+        <v>598</v>
       </c>
       <c r="F308" s="3">
-        <v>754</v>
+        <v>0</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I308" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A309" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I309" s="2"/>
+      <c r="A309" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="B309" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="C309" s="3">
+        <v>508.5</v>
+      </c>
+      <c r="D309" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F309" s="3">
+        <v>2652</v>
+      </c>
+      <c r="G309" s="3">
+        <v>1</v>
+      </c>
+      <c r="H309" s="3">
+        <v>72</v>
+      </c>
+      <c r="I309" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A310" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I310" s="2"/>
+      <c r="A310" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="B310" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="C310" s="3">
+        <v>375.27</v>
+      </c>
+      <c r="D310" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F310" s="3">
+        <v>2530</v>
+      </c>
+      <c r="G310" s="3">
+        <v>1</v>
+      </c>
+      <c r="H310" s="3">
+        <v>80</v>
+      </c>
+      <c r="I310" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>592</v>
+        <v>604</v>
       </c>
       <c r="C311" s="3">
-        <v>97</v>
+        <v>44.75</v>
       </c>
       <c r="D311" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F311" s="3">
-        <v>970</v>
+        <v>1034</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
         <v>480</v>
       </c>
       <c r="I311" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A312" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A312" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="B312" s="2"/>
+      <c r="C312" s="2"/>
+      <c r="D312" s="2"/>
+      <c r="E312" s="2"/>
+      <c r="F312" s="2"/>
+      <c r="G312" s="2"/>
+      <c r="H312" s="2"/>
+      <c r="I312" s="2"/>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>595</v>
+        <v>606</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>596</v>
+        <v>607</v>
       </c>
       <c r="C313" s="3">
-        <v>144</v>
+        <v>549.18</v>
       </c>
       <c r="D313" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>199</v>
+        <v>695</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>360</v>
+        <v>72</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>597</v>
+        <v>608</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>598</v>
+        <v>609</v>
       </c>
       <c r="C314" s="3">
-        <v>131</v>
+        <v>1225.49</v>
       </c>
       <c r="D314" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F314" s="3">
-        <v>743</v>
+        <v>0</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>360</v>
+        <v>60</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>599</v>
+        <v>610</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="C315" s="3">
-        <v>135</v>
+        <v>1413.63</v>
       </c>
       <c r="D315" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>1024</v>
+        <v>123</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>360</v>
+        <v>60</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>601</v>
+        <v>612</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="C316" s="3">
-        <v>117</v>
+        <v>610.2</v>
       </c>
       <c r="D316" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F316" s="3">
-        <v>92</v>
+        <v>1253</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>480</v>
+        <v>72</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>603</v>
+        <v>614</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
       <c r="C317" s="3">
-        <v>99</v>
+        <v>447.48</v>
       </c>
       <c r="D317" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F317" s="3">
-        <v>1252</v>
+        <v>0</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>480</v>
+        <v>72</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>605</v>
+        <v>616</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="C318" s="3">
-        <v>108</v>
+        <v>610.2</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F318" s="3">
         <v>0</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>480</v>
+        <v>72</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>607</v>
+        <v>618</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>608</v>
+        <v>619</v>
       </c>
       <c r="C319" s="3">
-        <v>148</v>
+        <v>868.52</v>
       </c>
       <c r="D319" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>2703</v>
+        <v>455</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A320" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A320" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="B320" s="2"/>
+      <c r="C320" s="2"/>
+      <c r="D320" s="2"/>
+      <c r="E320" s="2"/>
+      <c r="F320" s="2"/>
+      <c r="G320" s="2"/>
+      <c r="H320" s="2"/>
+      <c r="I320" s="2"/>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="C321" s="3">
-        <v>216</v>
+        <v>333.21</v>
       </c>
       <c r="D321" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F321" s="3">
-        <v>452</v>
+        <v>0</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>240</v>
+        <v>288</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
       <c r="C322" s="3">
-        <v>216</v>
+        <v>180.46</v>
       </c>
       <c r="D322" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F322" s="3">
-        <v>0</v>
+        <v>1162</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>360</v>
+        <v>200</v>
       </c>
       <c r="I322" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="C323" s="3">
-        <v>180</v>
+        <v>296.19</v>
       </c>
       <c r="D323" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F323" s="3">
-        <v>648</v>
+        <v>4021</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>240</v>
+        <v>288</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="C324" s="3">
-        <v>180</v>
+        <v>457.65</v>
       </c>
       <c r="D324" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F324" s="3">
-        <v>1994</v>
+        <v>3</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="C325" s="3">
-        <v>81</v>
+        <v>406.8</v>
       </c>
       <c r="D325" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F325" s="3">
-        <v>2768</v>
+        <v>0</v>
       </c>
       <c r="G325" s="3">
         <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="C326" s="3">
-        <v>115</v>
+        <v>602.78</v>
       </c>
       <c r="D326" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F326" s="3">
-        <v>3447</v>
+        <v>235</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>360</v>
+        <v>144</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="C327" s="3">
-        <v>162</v>
+        <v>559.35</v>
       </c>
       <c r="D327" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F327" s="3">
-        <v>37</v>
+        <v>120</v>
       </c>
       <c r="G327" s="3">
         <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="C328" s="3">
-        <v>261</v>
+        <v>477.99</v>
       </c>
       <c r="D328" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F328" s="3">
-        <v>235</v>
+        <v>0</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
-        <v>144</v>
+        <v>100</v>
       </c>
       <c r="I328" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A329" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A329" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="B329" s="2"/>
+      <c r="C329" s="2"/>
+      <c r="D329" s="2"/>
+      <c r="E329" s="2"/>
+      <c r="F329" s="2"/>
+      <c r="G329" s="2"/>
+      <c r="H329" s="2"/>
+      <c r="I329" s="2"/>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
       <c r="C330" s="3">
-        <v>207</v>
+        <v>549.86</v>
       </c>
       <c r="D330" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F330" s="3">
-        <v>526</v>
+        <v>1034</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>360</v>
+        <v>48</v>
       </c>
       <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="C331" s="3">
-        <v>261</v>
+        <v>743.1</v>
       </c>
       <c r="D331" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F331" s="3">
-        <v>457</v>
+        <v>847</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I331" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="C332" s="3">
-        <v>252</v>
+        <v>132.21</v>
       </c>
       <c r="D332" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F332" s="3">
-        <v>293</v>
+        <v>1260</v>
       </c>
       <c r="G332" s="3">
         <v>1</v>
       </c>
       <c r="H332" s="3">
-        <v>144</v>
+        <v>200</v>
       </c>
       <c r="I332" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="C333" s="3">
-        <v>117</v>
+        <v>148.33</v>
       </c>
       <c r="D333" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F333" s="3">
-        <v>756</v>
+        <v>2399</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I333" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="C334" s="3">
-        <v>99</v>
+        <v>325.44</v>
       </c>
       <c r="D334" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F334" s="3">
-        <v>0</v>
+        <v>2178</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
-        <v>480</v>
+        <v>288</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="C335" s="3">
-        <v>99</v>
+        <v>235.39</v>
       </c>
       <c r="D335" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F335" s="3">
-        <v>340</v>
+        <v>1349</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I335" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A336" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I336" s="2"/>
+      <c r="A336" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="B336" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="C336" s="3">
+        <v>162.72</v>
+      </c>
+      <c r="D336" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F336" s="3">
+        <v>708</v>
+      </c>
+      <c r="G336" s="3">
+        <v>1</v>
+      </c>
+      <c r="H336" s="3">
+        <v>300</v>
+      </c>
+      <c r="I336" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="C337" s="3">
-        <v>126</v>
+        <v>111.87</v>
       </c>
       <c r="D337" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F337" s="3">
-        <v>174</v>
+        <v>5021</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A338" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A338" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="B338" s="2"/>
+      <c r="C338" s="2"/>
+      <c r="D338" s="2"/>
+      <c r="E338" s="2"/>
+      <c r="F338" s="2"/>
+      <c r="G338" s="2"/>
+      <c r="H338" s="2"/>
+      <c r="I338" s="2"/>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="C339" s="3">
-        <v>171</v>
+        <v>686.47</v>
       </c>
       <c r="D339" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F339" s="3">
-        <v>395</v>
+        <v>0</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I339" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
       <c r="C340" s="3">
-        <v>234</v>
+        <v>686.47</v>
       </c>
       <c r="D340" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F340" s="3">
-        <v>230</v>
+        <v>63</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I340" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="C341" s="3">
-        <v>126</v>
+        <v>711.9</v>
       </c>
       <c r="D341" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F341" s="3">
-        <v>381</v>
+        <v>6</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I341" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="C342" s="3">
-        <v>171</v>
+        <v>579.69</v>
       </c>
       <c r="D342" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F342" s="3">
-        <v>1722</v>
+        <v>49</v>
       </c>
       <c r="G342" s="3">
         <v>1</v>
       </c>
       <c r="H342" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A343" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A343" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="B343" s="2"/>
+      <c r="C343" s="2"/>
+      <c r="D343" s="2"/>
+      <c r="E343" s="2"/>
+      <c r="F343" s="2"/>
+      <c r="G343" s="2"/>
+      <c r="H343" s="2"/>
+      <c r="I343" s="2"/>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A344" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A344" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="B344" s="2"/>
+      <c r="C344" s="2"/>
+      <c r="D344" s="2"/>
+      <c r="E344" s="2"/>
+      <c r="F344" s="2"/>
+      <c r="G344" s="2"/>
+      <c r="H344" s="2"/>
+      <c r="I344" s="2"/>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="C345" s="3">
-        <v>113</v>
+        <v>996.66</v>
       </c>
       <c r="D345" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F345" s="3">
-        <v>1453</v>
+        <v>831</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>480</v>
+        <v>60</v>
       </c>
       <c r="I345" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="C346" s="3">
-        <v>117</v>
+        <v>386.46</v>
       </c>
       <c r="D346" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F346" s="3">
-        <v>0</v>
+        <v>1770</v>
       </c>
       <c r="G346" s="3">
         <v>1</v>
       </c>
       <c r="H346" s="3">
-        <v>480</v>
+        <v>72</v>
       </c>
       <c r="I346" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="C347" s="3">
-        <v>154</v>
+        <v>142.38</v>
       </c>
       <c r="D347" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F347" s="3">
-        <v>217</v>
+        <v>760</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>480</v>
+        <v>120</v>
       </c>
       <c r="I347" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="C348" s="3">
-        <v>144</v>
+        <v>294.93</v>
       </c>
       <c r="D348" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F348" s="3">
-        <v>311</v>
+        <v>0</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>360</v>
+        <v>72</v>
       </c>
       <c r="I348" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="C349" s="3">
-        <v>156</v>
+        <v>559.35</v>
       </c>
       <c r="D349" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F349" s="3">
-        <v>1468</v>
+        <v>971</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>360</v>
+        <v>36</v>
       </c>
       <c r="I349" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="C350" s="3">
-        <v>162</v>
+        <v>218.66</v>
       </c>
       <c r="D350" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F350" s="3">
-        <v>1758</v>
+        <v>869</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>480</v>
+        <v>120</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="C351" s="3">
-        <v>252</v>
+        <v>335.61</v>
       </c>
       <c r="D351" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F351" s="3">
-        <v>279</v>
+        <v>1356</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>144</v>
+        <v>96</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="C352" s="3">
-        <v>99</v>
+        <v>386.46</v>
       </c>
       <c r="D352" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F352" s="3">
-        <v>1478</v>
+        <v>943</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>480</v>
+        <v>72</v>
       </c>
       <c r="I352" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="C353" s="3">
-        <v>144</v>
+        <v>244.08</v>
       </c>
       <c r="D353" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F353" s="3">
-        <v>0</v>
+        <v>3474</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>480</v>
+        <v>120</v>
       </c>
       <c r="I353" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="C354" s="3">
-        <v>117</v>
+        <v>530.87</v>
       </c>
       <c r="D354" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F354" s="3">
-        <v>2526</v>
+        <v>2384</v>
       </c>
       <c r="G354" s="3">
         <v>1</v>
       </c>
       <c r="H354" s="3">
-        <v>360</v>
+        <v>96</v>
       </c>
       <c r="I354" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C355" s="3">
-        <v>137</v>
+        <v>610.2</v>
       </c>
       <c r="D355" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F355" s="3">
-        <v>562</v>
+        <v>1349</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>240</v>
+        <v>36</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="C356" s="3">
-        <v>252</v>
+        <v>640.71</v>
       </c>
       <c r="D356" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F356" s="3">
-        <v>1307</v>
+        <v>0</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="I356" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="C357" s="3">
-        <v>126</v>
+        <v>711.9</v>
       </c>
       <c r="D357" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F357" s="3">
-        <v>658</v>
+        <v>508</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>480</v>
+        <v>12</v>
       </c>
       <c r="I357" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="C358" s="3">
-        <v>83</v>
+        <v>814.62</v>
       </c>
       <c r="D358" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F358" s="3">
-        <v>2529</v>
+        <v>0</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>480</v>
+        <v>36</v>
       </c>
       <c r="I358" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="C359" s="3">
-        <v>101</v>
+        <v>559.35</v>
       </c>
       <c r="D359" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F359" s="3">
-        <v>1737</v>
+        <v>0</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>480</v>
+        <v>12</v>
       </c>
       <c r="I359" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A360" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A360" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="B360" s="2"/>
+      <c r="C360" s="2"/>
+      <c r="D360" s="2"/>
+      <c r="E360" s="2"/>
+      <c r="F360" s="2"/>
+      <c r="G360" s="2"/>
+      <c r="H360" s="2"/>
+      <c r="I360" s="2"/>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A361" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I361" s="2"/>
+      <c r="A361" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="B361" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="C361" s="3">
+        <v>791.23</v>
+      </c>
+      <c r="D361" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F361" s="3">
+        <v>166</v>
+      </c>
+      <c r="G361" s="3">
+        <v>1</v>
+      </c>
+      <c r="H361" s="3">
+        <v>30</v>
+      </c>
+      <c r="I361" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="C362" s="3">
-        <v>2363</v>
+        <v>528.84</v>
       </c>
       <c r="D362" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F362" s="3">
-        <v>0</v>
+        <v>937</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I362" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="C363" s="3">
-        <v>1020</v>
+        <v>681.39</v>
       </c>
       <c r="D363" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F363" s="3">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G363" s="3">
         <v>1</v>
       </c>
       <c r="H363" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I363" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="C364" s="3">
-        <v>1603.3</v>
+        <v>340.7</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F364" s="3">
-        <v>1782</v>
+        <v>0</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I364" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="C365" s="3">
-        <v>155</v>
+        <v>433.24</v>
       </c>
       <c r="D365" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F365" s="3">
-        <v>1223</v>
+        <v>0</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I365" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A366" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A366" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="B366" s="2"/>
+      <c r="C366" s="2"/>
+      <c r="D366" s="2"/>
+      <c r="E366" s="2"/>
+      <c r="F366" s="2"/>
+      <c r="G366" s="2"/>
+      <c r="H366" s="2"/>
+      <c r="I366" s="2"/>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="C367" s="3">
-        <v>460</v>
+        <v>3429.83</v>
       </c>
       <c r="D367" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F367" s="3">
-        <v>2563</v>
+        <v>703</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I367" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="C368" s="3">
-        <v>576</v>
+        <v>1423.8</v>
       </c>
       <c r="D368" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F368" s="3">
-        <v>546</v>
+        <v>2343</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I368" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="C369" s="3">
-        <v>1280</v>
+        <v>4068</v>
       </c>
       <c r="D369" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F369" s="3">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="G369" s="3">
         <v>1</v>
       </c>
       <c r="H369" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I369" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="C370" s="3">
-        <v>1400</v>
+        <v>2910.13</v>
       </c>
       <c r="D370" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F370" s="3">
-        <v>664</v>
+        <v>36</v>
       </c>
       <c r="G370" s="3">
         <v>1</v>
       </c>
       <c r="H370" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I370" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="C371" s="3">
-        <v>750</v>
+        <v>2084.85</v>
       </c>
       <c r="D371" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F371" s="3">
-        <v>0</v>
+        <v>1987</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I371" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="C372" s="3">
-        <v>550</v>
+        <v>2034</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F372" s="3">
-        <v>15</v>
+        <v>470</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
         <v>60</v>
       </c>
       <c r="I372" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A373" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A373" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="B373" s="2"/>
+      <c r="C373" s="2"/>
+      <c r="D373" s="2"/>
+      <c r="E373" s="2"/>
+      <c r="F373" s="2"/>
+      <c r="G373" s="2"/>
+      <c r="H373" s="2"/>
+      <c r="I373" s="2"/>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="C374" s="3">
-        <v>126</v>
+        <v>2796.75</v>
       </c>
       <c r="D374" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F374" s="3">
-        <v>2648</v>
+        <v>968</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
-        <v>480</v>
+        <v>20</v>
       </c>
       <c r="I374" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="C375" s="3">
-        <v>1140</v>
+        <v>4614.13</v>
       </c>
       <c r="D375" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F375" s="3">
-        <v>355</v>
+        <v>1065</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I375" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A376" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I376" s="2"/>
+      <c r="A376" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="B376" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="C376" s="3">
+        <v>18306</v>
+      </c>
+      <c r="D376" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F376" s="3">
+        <v>46</v>
+      </c>
+      <c r="G376" s="3">
+        <v>1</v>
+      </c>
+      <c r="H376" s="3">
+        <v>1</v>
+      </c>
+      <c r="I376" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="C377" s="3">
-        <v>310</v>
+        <v>783.09</v>
       </c>
       <c r="D377" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F377" s="3">
-        <v>0</v>
+        <v>550</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I377" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="C378" s="3">
-        <v>440</v>
+        <v>915.3</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F378" s="3">
-        <v>1055</v>
+        <v>0</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="C379" s="3">
-        <v>600</v>
+        <v>11187</v>
       </c>
       <c r="D379" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>14</v>
+        <v>598</v>
       </c>
       <c r="F379" s="3">
-        <v>109</v>
+        <v>526</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="I379" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="C380" s="3">
-        <v>500</v>
+        <v>20848.5</v>
       </c>
       <c r="D380" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F380" s="3">
-        <v>55</v>
+        <v>7</v>
       </c>
       <c r="G380" s="3">
         <v>1</v>
       </c>
       <c r="H380" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I380" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="C381" s="3">
-        <v>376.58</v>
+        <v>10678.5</v>
       </c>
       <c r="D381" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>14</v>
+        <v>598</v>
       </c>
       <c r="F381" s="3">
-        <v>63</v>
+        <v>751</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>400</v>
+        <v>4</v>
       </c>
       <c r="I381" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A382" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A382" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="B382" s="2"/>
+      <c r="C382" s="2"/>
+      <c r="D382" s="2"/>
+      <c r="E382" s="2"/>
+      <c r="F382" s="2"/>
+      <c r="G382" s="2"/>
+      <c r="H382" s="2"/>
+      <c r="I382" s="2"/>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="C383" s="3">
-        <v>400</v>
+        <v>1830.6</v>
       </c>
       <c r="D383" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F383" s="3">
-        <v>1780</v>
+        <v>0</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I383" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="C384" s="3">
-        <v>2000</v>
+        <v>2542.5</v>
       </c>
       <c r="D384" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F384" s="3">
-        <v>127</v>
+        <v>828</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I384" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="C385" s="3">
-        <v>1250</v>
+        <v>2542.5</v>
       </c>
       <c r="D385" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F385" s="3">
+        <v>402</v>
+      </c>
+      <c r="G385" s="3">
+        <v>1</v>
+      </c>
+      <c r="H385" s="3">
+        <v>36</v>
+      </c>
+      <c r="I385" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="C386" s="3">
-        <v>3400</v>
+        <v>3661.2</v>
       </c>
       <c r="D386" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F386" s="3">
+        <v>103</v>
+      </c>
+      <c r="G386" s="3">
+        <v>1</v>
+      </c>
+      <c r="H386" s="3">
+        <v>48</v>
+      </c>
+      <c r="I386" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="C387" s="3">
-        <v>240</v>
+        <v>1067.85</v>
       </c>
       <c r="D387" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F387" s="3">
-        <v>1745</v>
+        <v>74</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I387" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="C388" s="3">
-        <v>1300</v>
+        <v>1271.25</v>
       </c>
       <c r="D388" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F388" s="3">
-        <v>0</v>
+        <v>262</v>
       </c>
       <c r="G388" s="3">
         <v>1</v>
       </c>
       <c r="H388" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I388" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="C389" s="3">
-        <v>2300</v>
+        <v>1525.5</v>
       </c>
       <c r="D389" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F389" s="3">
-        <v>0</v>
+        <v>1587</v>
       </c>
       <c r="G389" s="3">
         <v>1</v>
       </c>
       <c r="H389" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I389" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A390" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A390" s="2" t="s">
+        <v>751</v>
+      </c>
+      <c r="B390" s="2"/>
+      <c r="C390" s="2"/>
+      <c r="D390" s="2"/>
+      <c r="E390" s="2"/>
+      <c r="F390" s="2"/>
+      <c r="G390" s="2"/>
+      <c r="H390" s="2"/>
+      <c r="I390" s="2"/>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A391" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A391" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="B391" s="2"/>
+      <c r="C391" s="2"/>
+      <c r="D391" s="2"/>
+      <c r="E391" s="2"/>
+      <c r="F391" s="2"/>
+      <c r="G391" s="2"/>
+      <c r="H391" s="2"/>
+      <c r="I391" s="2"/>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="C392" s="3">
-        <v>1250</v>
+        <v>542.97</v>
       </c>
       <c r="D392" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F392" s="3">
-        <v>711</v>
+        <v>0</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I392" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="C393" s="3">
-        <v>900</v>
+        <v>542.97</v>
       </c>
       <c r="D393" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F393" s="3">
-        <v>472</v>
+        <v>0</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I393" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="C394" s="3">
-        <v>550</v>
+        <v>213.57</v>
       </c>
       <c r="D394" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F394" s="3">
-        <v>1599</v>
+        <v>1924</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>216</v>
+        <v>800</v>
       </c>
       <c r="I394" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="C395" s="3">
-        <v>3850</v>
+        <v>289.46</v>
       </c>
       <c r="D395" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F395" s="3">
-        <v>0</v>
+        <v>153</v>
       </c>
       <c r="G395" s="3">
         <v>1</v>
       </c>
       <c r="H395" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I395" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="C396" s="3">
-        <v>1270</v>
+        <v>213.57</v>
       </c>
       <c r="D396" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F396" s="3">
-        <v>183</v>
+        <v>473</v>
       </c>
       <c r="G396" s="3">
         <v>1</v>
       </c>
       <c r="H396" s="3">
-        <v>60</v>
+        <v>800</v>
       </c>
       <c r="I396" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="C397" s="3">
-        <v>420</v>
+        <v>320.72</v>
       </c>
       <c r="D397" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F397" s="3">
-        <v>1710</v>
+        <v>17</v>
       </c>
       <c r="G397" s="3">
         <v>1</v>
       </c>
       <c r="H397" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I397" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="C398" s="3">
-        <v>300</v>
+        <v>223.74</v>
       </c>
       <c r="D398" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F398" s="3">
-        <v>5157</v>
+        <v>2156</v>
       </c>
       <c r="G398" s="3">
         <v>1</v>
       </c>
       <c r="H398" s="3">
-        <v>240</v>
+        <v>800</v>
       </c>
       <c r="I398" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="C399" s="3">
-        <v>800</v>
+        <v>289.46</v>
       </c>
       <c r="D399" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F399" s="3">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G399" s="3">
         <v>1</v>
       </c>
       <c r="H399" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I399" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A400" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A400" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="B400" s="2"/>
+      <c r="C400" s="2"/>
+      <c r="D400" s="2"/>
+      <c r="E400" s="2"/>
+      <c r="F400" s="2"/>
+      <c r="G400" s="2"/>
+      <c r="H400" s="2"/>
+      <c r="I400" s="2"/>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C401" s="3">
-        <v>800</v>
+        <v>752.58</v>
       </c>
       <c r="D401" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F401" s="3">
-        <v>1147</v>
+        <v>11</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I401" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="C402" s="3">
-        <v>720</v>
+        <v>1881.45</v>
       </c>
       <c r="D402" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F402" s="3">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G402" s="3">
         <v>1</v>
       </c>
       <c r="H402" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I402" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C403" s="3">
-        <v>1584.84</v>
+        <v>894.96</v>
       </c>
       <c r="D403" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F403" s="3">
         <v>0</v>
       </c>
       <c r="G403" s="3">
         <v>1</v>
       </c>
       <c r="H403" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I403" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C404" s="3">
-        <v>2340.58</v>
+        <v>1128.87</v>
       </c>
       <c r="D404" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F404" s="3">
         <v>0</v>
       </c>
       <c r="G404" s="3">
         <v>1</v>
       </c>
       <c r="H404" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I404" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="C405" s="3">
-        <v>2768.54</v>
+        <v>1830.6</v>
       </c>
       <c r="D405" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F405" s="3">
-        <v>0</v>
+        <v>195</v>
       </c>
       <c r="G405" s="3">
         <v>1</v>
       </c>
       <c r="H405" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I405" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C406" s="3">
-        <v>420</v>
+        <v>752.58</v>
       </c>
       <c r="D406" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F406" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G406" s="3">
         <v>1</v>
       </c>
       <c r="H406" s="3">
         <v>100</v>
       </c>
       <c r="I406" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="C407" s="3">
-        <v>2650</v>
+        <v>996.66</v>
       </c>
       <c r="D407" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F407" s="3">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="G407" s="3">
         <v>1</v>
       </c>
       <c r="H407" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I407" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A408" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I408" s="2"/>
+      <c r="A408" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="B408" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="C408" s="3">
+        <v>1423.8</v>
+      </c>
+      <c r="D408" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E408" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F408" s="3">
+        <v>19</v>
+      </c>
+      <c r="G408" s="3">
+        <v>1</v>
+      </c>
+      <c r="H408" s="3">
+        <v>100</v>
+      </c>
+      <c r="I408" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A409" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A409" s="2" t="s">
+        <v>786</v>
+      </c>
+      <c r="B409" s="2"/>
+      <c r="C409" s="2"/>
+      <c r="D409" s="2"/>
+      <c r="E409" s="2"/>
+      <c r="F409" s="2"/>
+      <c r="G409" s="2"/>
+      <c r="H409" s="2"/>
+      <c r="I409" s="2"/>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="C410" s="3">
-        <v>5000</v>
+        <v>454.97</v>
       </c>
       <c r="D410" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F410" s="3">
-        <v>104</v>
+        <v>2219</v>
       </c>
       <c r="G410" s="3">
         <v>1</v>
       </c>
       <c r="H410" s="3">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="I410" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C411" s="3">
-        <v>4000</v>
+        <v>752.58</v>
       </c>
       <c r="D411" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F411" s="3">
         <v>0</v>
       </c>
       <c r="G411" s="3">
         <v>1</v>
       </c>
       <c r="H411" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I411" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="C412" s="3">
-        <v>140</v>
+        <v>733.15</v>
       </c>
       <c r="D412" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F412" s="3">
-        <v>1703</v>
+        <v>271</v>
       </c>
       <c r="G412" s="3">
         <v>1</v>
       </c>
       <c r="H412" s="3">
-        <v>480</v>
+        <v>500</v>
       </c>
       <c r="I412" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C413" s="3">
-        <v>240</v>
+        <v>613.94</v>
       </c>
       <c r="D413" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F413" s="3">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="G413" s="3">
         <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I413" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C414" s="3">
-        <v>140</v>
+        <v>733.15</v>
       </c>
       <c r="D414" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F414" s="3">
-        <v>6312</v>
+        <v>338</v>
       </c>
       <c r="G414" s="3">
         <v>1</v>
       </c>
       <c r="H414" s="3">
-        <v>480</v>
+        <v>500</v>
       </c>
       <c r="I414" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C415" s="3">
-        <v>160</v>
+        <v>655.28</v>
       </c>
       <c r="D415" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F415" s="3">
-        <v>2413</v>
+        <v>91</v>
       </c>
       <c r="G415" s="3">
         <v>1</v>
       </c>
       <c r="H415" s="3">
-        <v>480</v>
+        <v>500</v>
       </c>
       <c r="I415" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C416" s="3">
-        <v>200</v>
+        <v>417.4</v>
       </c>
       <c r="D416" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F416" s="3">
-        <v>1810</v>
+        <v>1181</v>
       </c>
       <c r="G416" s="3">
         <v>1</v>
       </c>
       <c r="H416" s="3">
-        <v>360</v>
+        <v>400</v>
       </c>
       <c r="I416" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B417" s="3" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C417" s="3">
-        <v>200</v>
+        <v>427.46</v>
       </c>
       <c r="D417" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F417" s="3">
-        <v>6269</v>
+        <v>647</v>
       </c>
       <c r="G417" s="3">
         <v>1</v>
       </c>
       <c r="H417" s="3">
-        <v>360</v>
+        <v>400</v>
       </c>
       <c r="I417" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B418" s="3" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C418" s="3">
-        <v>1950</v>
+        <v>454.97</v>
       </c>
       <c r="D418" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F418" s="3">
-        <v>179</v>
+        <v>4553</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I418" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B419" s="3" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C419" s="3">
-        <v>160</v>
+        <v>613.94</v>
       </c>
       <c r="D419" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F419" s="3">
-        <v>1506</v>
+        <v>2928</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
-        <v>480</v>
+        <v>400</v>
       </c>
       <c r="I419" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B420" s="3" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C420" s="3">
-        <v>260</v>
+        <v>636.12</v>
       </c>
       <c r="D420" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F420" s="3">
-        <v>2331</v>
+        <v>974</v>
       </c>
       <c r="G420" s="3">
         <v>1</v>
       </c>
       <c r="H420" s="3">
-        <v>240</v>
+        <v>400</v>
       </c>
       <c r="I420" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B421" s="3" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C421" s="3">
-        <v>1108.65</v>
+        <v>417.4</v>
       </c>
       <c r="D421" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F421" s="3">
-        <v>2819</v>
+        <v>0</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I421" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A422" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I422" s="2"/>
+      <c r="A422" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="B422" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="C422" s="3">
+        <v>693.37</v>
+      </c>
+      <c r="D422" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F422" s="3">
+        <v>717</v>
+      </c>
+      <c r="G422" s="3">
+        <v>1</v>
+      </c>
+      <c r="H422" s="3">
+        <v>400</v>
+      </c>
+      <c r="I422" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B423" s="3" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="C423" s="3">
-        <v>524.08</v>
+        <v>823.77</v>
       </c>
       <c r="D423" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F423" s="3">
-        <v>1662</v>
+        <v>0</v>
       </c>
       <c r="G423" s="3">
         <v>1</v>
       </c>
       <c r="H423" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I423" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="C424" s="3">
-        <v>1000</v>
+        <v>506.6</v>
       </c>
       <c r="D424" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F424" s="3">
-        <v>303</v>
+        <v>383</v>
       </c>
       <c r="G424" s="3">
         <v>1</v>
       </c>
       <c r="H424" s="3">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="I424" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="C425" s="3">
-        <v>610</v>
+        <v>673.53</v>
       </c>
       <c r="D425" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F425" s="3">
-        <v>550</v>
+        <v>1435</v>
       </c>
       <c r="G425" s="3">
         <v>1</v>
       </c>
       <c r="H425" s="3">
-        <v>36</v>
+        <v>400</v>
       </c>
       <c r="I425" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="B426" s="3" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="C426" s="3">
-        <v>484</v>
+        <v>654.38</v>
       </c>
       <c r="D426" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F426" s="3">
-        <v>333</v>
+        <v>533</v>
       </c>
       <c r="G426" s="3">
         <v>1</v>
       </c>
       <c r="H426" s="3">
-        <v>36</v>
+        <v>400</v>
       </c>
       <c r="I426" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="B427" s="3" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="C427" s="3">
-        <v>750</v>
+        <v>435.1</v>
       </c>
       <c r="D427" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F427" s="3">
-        <v>0</v>
+        <v>572</v>
       </c>
       <c r="G427" s="3">
         <v>1</v>
       </c>
       <c r="H427" s="3">
-        <v>36</v>
+        <v>400</v>
       </c>
       <c r="I427" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="B428" s="3" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C428" s="3">
-        <v>3330</v>
+        <v>325.44</v>
       </c>
       <c r="D428" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F428" s="3">
-        <v>0</v>
+        <v>2795</v>
       </c>
       <c r="G428" s="3">
         <v>1</v>
       </c>
       <c r="H428" s="3">
-        <v>4</v>
+        <v>400</v>
       </c>
       <c r="I428" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="B429" s="3" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="C429" s="3">
-        <v>626.27</v>
+        <v>427.14</v>
       </c>
       <c r="D429" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F429" s="3">
-        <v>154</v>
+        <v>4</v>
       </c>
       <c r="G429" s="3">
         <v>1</v>
       </c>
       <c r="H429" s="3">
-        <v>12</v>
+        <v>500</v>
       </c>
       <c r="I429" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="C430" s="3">
-        <v>358</v>
+        <v>345.78</v>
       </c>
       <c r="D430" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F430" s="3">
-        <v>0</v>
+        <v>2046</v>
       </c>
       <c r="G430" s="3">
         <v>1</v>
       </c>
       <c r="H430" s="3">
-        <v>48</v>
+        <v>400</v>
       </c>
       <c r="I430" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A431" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A431" s="2" t="s">
+        <v>829</v>
+      </c>
+      <c r="B431" s="2"/>
+      <c r="C431" s="2"/>
+      <c r="D431" s="2"/>
+      <c r="E431" s="2"/>
+      <c r="F431" s="2"/>
+      <c r="G431" s="2"/>
+      <c r="H431" s="2"/>
+      <c r="I431" s="2"/>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A432" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A432" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="B432" s="2"/>
+      <c r="C432" s="2"/>
+      <c r="D432" s="2"/>
+      <c r="E432" s="2"/>
+      <c r="F432" s="2"/>
+      <c r="G432" s="2"/>
+      <c r="H432" s="2"/>
+      <c r="I432" s="2"/>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B433" s="3" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C433" s="3">
-        <v>379.69</v>
+        <v>528.84</v>
       </c>
       <c r="D433" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F433" s="3">
-        <v>1692</v>
+        <v>43</v>
       </c>
       <c r="G433" s="3">
         <v>1</v>
       </c>
       <c r="H433" s="3">
-        <v>24</v>
+        <v>288</v>
       </c>
       <c r="I433" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A434" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B434" s="3" t="s">
+      <c r="A434" s="2" t="s">
         <v>833</v>
       </c>
-      <c r="C434" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B434" s="2"/>
+      <c r="C434" s="2"/>
+      <c r="D434" s="2"/>
+      <c r="E434" s="2"/>
+      <c r="F434" s="2"/>
+      <c r="G434" s="2"/>
+      <c r="H434" s="2"/>
+      <c r="I434" s="2"/>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
         <v>834</v>
       </c>
       <c r="B435" s="3" t="s">
         <v>835</v>
       </c>
       <c r="C435" s="3">
-        <v>468</v>
+        <v>396.63</v>
       </c>
       <c r="D435" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F435" s="3">
-        <v>0</v>
+        <v>47</v>
       </c>
       <c r="G435" s="3">
         <v>1</v>
       </c>
       <c r="H435" s="3">
-        <v>48</v>
+        <v>576</v>
       </c>
       <c r="I435" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
         <v>836</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>837</v>
       </c>
       <c r="C436" s="3">
-        <v>2700</v>
+        <v>457.65</v>
       </c>
       <c r="D436" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F436" s="3">
-        <v>457</v>
+        <v>90</v>
       </c>
       <c r="G436" s="3">
         <v>1</v>
       </c>
       <c r="H436" s="3">
-        <v>4</v>
+        <v>576</v>
       </c>
       <c r="I436" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
         <v>838</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>839</v>
       </c>
       <c r="C437" s="3">
-        <v>432</v>
+        <v>447.48</v>
       </c>
       <c r="D437" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F437" s="3">
-        <v>388</v>
+        <v>211</v>
       </c>
       <c r="G437" s="3">
         <v>1</v>
       </c>
       <c r="H437" s="3">
-        <v>48</v>
+        <v>576</v>
       </c>
       <c r="I437" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
         <v>840</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>841</v>
       </c>
       <c r="C438" s="3">
-        <v>833</v>
+        <v>894.96</v>
       </c>
       <c r="D438" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F438" s="3">
-        <v>281</v>
+        <v>99</v>
       </c>
       <c r="G438" s="3">
         <v>1</v>
       </c>
       <c r="H438" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I438" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
         <v>842</v>
       </c>
       <c r="B439" s="3" t="s">
         <v>843</v>
       </c>
       <c r="C439" s="3">
-        <v>518</v>
+        <v>1207.69</v>
       </c>
       <c r="D439" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F439" s="3">
-        <v>2006</v>
+        <v>179</v>
       </c>
       <c r="G439" s="3">
         <v>1</v>
       </c>
       <c r="H439" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I439" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="3" t="s">
         <v>844</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>845</v>
       </c>
       <c r="C440" s="3">
-        <v>617</v>
+        <v>427.14</v>
       </c>
       <c r="D440" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F440" s="3">
-        <v>1479</v>
+        <v>277</v>
       </c>
       <c r="G440" s="3">
         <v>1</v>
       </c>
       <c r="H440" s="3">
-        <v>36</v>
+        <v>576</v>
       </c>
       <c r="I440" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
         <v>846</v>
       </c>
       <c r="B441" s="3" t="s">
         <v>847</v>
       </c>
       <c r="C441" s="3">
-        <v>950</v>
+        <v>559.35</v>
       </c>
       <c r="D441" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F441" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G441" s="3">
         <v>1</v>
       </c>
       <c r="H441" s="3">
-        <v>24</v>
+        <v>576</v>
       </c>
       <c r="I441" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
         <v>848</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>849</v>
       </c>
       <c r="C442" s="3">
-        <v>650</v>
+        <v>640.71</v>
       </c>
       <c r="D442" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F442" s="3">
-        <v>2858</v>
+        <v>207</v>
       </c>
       <c r="G442" s="3">
         <v>1</v>
       </c>
       <c r="H442" s="3">
-        <v>24</v>
+        <v>576</v>
       </c>
       <c r="I442" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A443" s="3" t="s">
+      <c r="A443" s="2" t="s">
         <v>850</v>
       </c>
-      <c r="B443" s="3" t="s">
+      <c r="B443" s="2"/>
+      <c r="C443" s="2"/>
+      <c r="D443" s="2"/>
+      <c r="E443" s="2"/>
+      <c r="F443" s="2"/>
+      <c r="G443" s="2"/>
+      <c r="H443" s="2"/>
+      <c r="I443" s="2"/>
+    </row>
+    <row r="444" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A444" s="3" t="s">
         <v>851</v>
       </c>
-      <c r="C443" s="3">
-[...22 lines deleted...]
-      <c r="A444" s="2" t="s">
+      <c r="B444" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="B444" s="2"/>
-[...6 lines deleted...]
-      <c r="I444" s="2"/>
+      <c r="C444" s="3">
+        <v>157.64</v>
+      </c>
+      <c r="D444" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E444" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F444" s="3">
+        <v>280</v>
+      </c>
+      <c r="G444" s="3">
+        <v>1</v>
+      </c>
+      <c r="H444" s="3">
+        <v>1152</v>
+      </c>
+      <c r="I444" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A445" s="2" t="s">
+      <c r="A445" s="3" t="s">
         <v>853</v>
       </c>
-      <c r="B445" s="2"/>
-[...6 lines deleted...]
-      <c r="I445" s="2"/>
+      <c r="B445" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="C445" s="3">
+        <v>152.55</v>
+      </c>
+      <c r="D445" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E445" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F445" s="3">
+        <v>0</v>
+      </c>
+      <c r="G445" s="3">
+        <v>1</v>
+      </c>
+      <c r="H445" s="3">
+        <v>720</v>
+      </c>
+      <c r="I445" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B446" s="3" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C446" s="3">
-        <v>1265.63</v>
+        <v>101.7</v>
       </c>
       <c r="D446" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F446" s="3">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="G446" s="3">
         <v>1</v>
       </c>
       <c r="H446" s="3">
-        <v>120</v>
+        <v>720</v>
       </c>
       <c r="I446" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B447" s="3" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C447" s="3">
-        <v>2400</v>
+        <v>152.55</v>
       </c>
       <c r="D447" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F447" s="3">
-        <v>856</v>
+        <v>335</v>
       </c>
       <c r="G447" s="3">
         <v>1</v>
       </c>
       <c r="H447" s="3">
-        <v>12</v>
+        <v>720</v>
       </c>
       <c r="I447" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C448" s="3">
-        <v>1519.01</v>
+        <v>503.42</v>
       </c>
       <c r="D448" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F448" s="3">
-        <v>990</v>
+        <v>2302</v>
       </c>
       <c r="G448" s="3">
         <v>1</v>
       </c>
       <c r="H448" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I448" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C449" s="3">
-        <v>1850</v>
+        <v>152.55</v>
       </c>
       <c r="D449" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F449" s="3">
-        <v>675</v>
+        <v>212</v>
       </c>
       <c r="G449" s="3">
         <v>1</v>
       </c>
       <c r="H449" s="3">
-        <v>120</v>
+        <v>720</v>
       </c>
       <c r="I449" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C450" s="3">
-        <v>2100</v>
+        <v>701.73</v>
       </c>
       <c r="D450" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F450" s="3">
-        <v>482</v>
+        <v>117</v>
       </c>
       <c r="G450" s="3">
         <v>1</v>
       </c>
       <c r="H450" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="I450" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C451" s="3">
-        <v>4704</v>
+        <v>2278.08</v>
       </c>
       <c r="D451" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>178</v>
+        <v>554</v>
       </c>
       <c r="F451" s="3">
-        <v>162</v>
+        <v>54</v>
       </c>
       <c r="G451" s="3">
         <v>1</v>
       </c>
       <c r="H451" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I451" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C452" s="3">
-        <v>550</v>
+        <v>94.58</v>
       </c>
       <c r="D452" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F452" s="3">
-        <v>452</v>
+        <v>1032</v>
       </c>
       <c r="G452" s="3">
         <v>1</v>
       </c>
       <c r="H452" s="3">
-        <v>100</v>
+        <v>1152</v>
       </c>
       <c r="I452" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C453" s="3">
-        <v>1800</v>
+        <v>2593.35</v>
       </c>
       <c r="D453" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>14</v>
+        <v>554</v>
       </c>
       <c r="F453" s="3">
-        <v>672</v>
+        <v>28</v>
       </c>
       <c r="G453" s="3">
         <v>1</v>
       </c>
       <c r="H453" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I453" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C454" s="3">
-        <v>700</v>
+        <v>111.87</v>
       </c>
       <c r="D454" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F454" s="3">
-        <v>565</v>
+        <v>0</v>
       </c>
       <c r="G454" s="3">
         <v>1</v>
       </c>
       <c r="H454" s="3">
-        <v>200</v>
+        <v>1152</v>
       </c>
       <c r="I454" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C455" s="3">
-        <v>2800</v>
+        <v>152.55</v>
       </c>
       <c r="D455" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F455" s="3">
-        <v>505</v>
+        <v>0</v>
       </c>
       <c r="G455" s="3">
         <v>1</v>
       </c>
       <c r="H455" s="3">
-        <v>30</v>
+        <v>720</v>
       </c>
       <c r="I455" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A456" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B456" s="3" t="s">
+      <c r="A456" s="2" t="s">
         <v>875</v>
       </c>
-      <c r="C456" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B456" s="2"/>
+      <c r="C456" s="2"/>
+      <c r="D456" s="2"/>
+      <c r="E456" s="2"/>
+      <c r="F456" s="2"/>
+      <c r="G456" s="2"/>
+      <c r="H456" s="2"/>
+      <c r="I456" s="2"/>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
         <v>876</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>877</v>
       </c>
       <c r="C457" s="3">
-        <v>1293.6</v>
+        <v>457.65</v>
       </c>
       <c r="D457" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F457" s="3">
-        <v>476</v>
+        <v>1036</v>
       </c>
       <c r="G457" s="3">
         <v>1</v>
       </c>
       <c r="H457" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I457" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
         <v>878</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>879</v>
       </c>
       <c r="C458" s="3">
-        <v>4300</v>
+        <v>559.35</v>
       </c>
       <c r="D458" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F458" s="3">
-        <v>480</v>
+        <v>0</v>
       </c>
       <c r="G458" s="3">
         <v>1</v>
       </c>
       <c r="H458" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I458" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
         <v>880</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>881</v>
       </c>
       <c r="C459" s="3">
-        <v>1761.22</v>
+        <v>288.32</v>
       </c>
       <c r="D459" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F459" s="3">
-        <v>20</v>
+        <v>1041</v>
       </c>
       <c r="G459" s="3">
         <v>1</v>
       </c>
       <c r="H459" s="3">
-        <v>30</v>
+        <v>144</v>
       </c>
       <c r="I459" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
         <v>882</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>883</v>
       </c>
       <c r="C460" s="3">
-        <v>800</v>
+        <v>305.1</v>
       </c>
       <c r="D460" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F460" s="3">
-        <v>818</v>
+        <v>2494</v>
       </c>
       <c r="G460" s="3">
         <v>1</v>
       </c>
       <c r="H460" s="3">
-        <v>36</v>
+        <v>168</v>
       </c>
       <c r="I460" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
         <v>884</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>885</v>
       </c>
       <c r="C461" s="3">
-        <v>4600</v>
+        <v>915.3</v>
       </c>
       <c r="D461" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F461" s="3">
-        <v>1128</v>
+        <v>1296</v>
       </c>
       <c r="G461" s="3">
         <v>1</v>
       </c>
       <c r="H461" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I461" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462" s="3" t="s">
         <v>886</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>887</v>
       </c>
       <c r="C462" s="3">
-        <v>931.28</v>
+        <v>508.5</v>
       </c>
       <c r="D462" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F462" s="3">
-        <v>0</v>
+        <v>291</v>
       </c>
       <c r="G462" s="3">
         <v>1</v>
       </c>
       <c r="H462" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I462" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
         <v>888</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>889</v>
       </c>
       <c r="C463" s="3">
-        <v>1460</v>
+        <v>1118.7</v>
       </c>
       <c r="D463" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F463" s="3">
-        <v>1433</v>
+        <v>0</v>
       </c>
       <c r="G463" s="3">
         <v>1</v>
       </c>
       <c r="H463" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I463" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A464" s="2" t="s">
+      <c r="A464" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="B464" s="2"/>
-[...6 lines deleted...]
-      <c r="I464" s="2"/>
+      <c r="B464" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="C464" s="3">
+        <v>610.2</v>
+      </c>
+      <c r="D464" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F464" s="3">
+        <v>1997</v>
+      </c>
+      <c r="G464" s="3">
+        <v>1</v>
+      </c>
+      <c r="H464" s="3">
+        <v>100</v>
+      </c>
+      <c r="I464" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A465" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B465" s="3" t="s">
+      <c r="A465" s="2" t="s">
         <v>892</v>
       </c>
-      <c r="C465" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B465" s="2"/>
+      <c r="C465" s="2"/>
+      <c r="D465" s="2"/>
+      <c r="E465" s="2"/>
+      <c r="F465" s="2"/>
+      <c r="G465" s="2"/>
+      <c r="H465" s="2"/>
+      <c r="I465" s="2"/>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
         <v>893</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>894</v>
       </c>
       <c r="C466" s="3">
-        <v>84.29</v>
+        <v>677.32</v>
       </c>
       <c r="D466" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F466" s="3">
-        <v>685</v>
+        <v>161</v>
       </c>
       <c r="G466" s="3">
         <v>1</v>
       </c>
       <c r="H466" s="3">
-        <v>800</v>
+        <v>120</v>
       </c>
       <c r="I466" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
         <v>895</v>
       </c>
       <c r="B467" s="3" t="s">
         <v>896</v>
       </c>
       <c r="C467" s="3">
-        <v>128.86</v>
+        <v>373.9</v>
       </c>
       <c r="D467" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F467" s="3">
-        <v>11813</v>
+        <v>220</v>
       </c>
       <c r="G467" s="3">
         <v>1</v>
       </c>
       <c r="H467" s="3">
-        <v>320</v>
+        <v>200</v>
       </c>
       <c r="I467" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
         <v>897</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>898</v>
       </c>
       <c r="C468" s="3">
-        <v>129.3</v>
+        <v>427.14</v>
       </c>
       <c r="D468" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F468" s="3">
-        <v>2219</v>
+        <v>135</v>
       </c>
       <c r="G468" s="3">
         <v>1</v>
       </c>
       <c r="H468" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I468" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="3" t="s">
         <v>899</v>
       </c>
       <c r="B469" s="3" t="s">
         <v>900</v>
       </c>
       <c r="C469" s="3">
-        <v>170.53</v>
+        <v>1362.78</v>
       </c>
       <c r="D469" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F469" s="3">
-        <v>2042</v>
+        <v>140</v>
       </c>
       <c r="G469" s="3">
         <v>1</v>
       </c>
       <c r="H469" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I469" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
         <v>901</v>
       </c>
       <c r="B470" s="3" t="s">
         <v>902</v>
       </c>
       <c r="C470" s="3">
-        <v>209.75</v>
+        <v>335.61</v>
       </c>
       <c r="D470" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F470" s="3">
-        <v>0</v>
+        <v>1578</v>
       </c>
       <c r="G470" s="3">
         <v>1</v>
       </c>
       <c r="H470" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
         <v>903</v>
       </c>
       <c r="B471" s="3" t="s">
         <v>904</v>
       </c>
       <c r="C471" s="3">
-        <v>237.72</v>
+        <v>884.79</v>
       </c>
       <c r="D471" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F471" s="3">
-        <v>861</v>
+        <v>2</v>
       </c>
       <c r="G471" s="3">
         <v>1</v>
       </c>
       <c r="H471" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I471" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
         <v>905</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>906</v>
       </c>
       <c r="C472" s="3">
-        <v>516.13</v>
+        <v>677.32</v>
       </c>
       <c r="D472" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F472" s="3">
-        <v>910</v>
+        <v>0</v>
       </c>
       <c r="G472" s="3">
         <v>1</v>
       </c>
       <c r="H472" s="3">
         <v>100</v>
       </c>
       <c r="I472" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A473" s="3" t="s">
+      <c r="A473" s="2" t="s">
         <v>907</v>
       </c>
-      <c r="B473" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B473" s="2"/>
+      <c r="C473" s="2"/>
+      <c r="D473" s="2"/>
+      <c r="E473" s="2"/>
+      <c r="F473" s="2"/>
+      <c r="G473" s="2"/>
+      <c r="H473" s="2"/>
+      <c r="I473" s="2"/>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="B474" s="3" t="s">
         <v>909</v>
       </c>
-      <c r="B474" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C474" s="3">
-        <v>434.66</v>
+        <v>508.5</v>
       </c>
       <c r="D474" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F474" s="3">
-        <v>979</v>
+        <v>0</v>
       </c>
       <c r="G474" s="3">
         <v>1</v>
       </c>
       <c r="H474" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I474" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="B475" s="3" t="s">
         <v>911</v>
       </c>
-      <c r="B475" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C475" s="3">
-        <v>94.29</v>
+        <v>382.6</v>
       </c>
       <c r="D475" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F475" s="3">
-        <v>2373</v>
+        <v>523</v>
       </c>
       <c r="G475" s="3">
         <v>1</v>
       </c>
       <c r="H475" s="3">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="I475" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="B476" s="3" t="s">
         <v>913</v>
       </c>
-      <c r="B476" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C476" s="3">
-        <v>244.5</v>
+        <v>518.67</v>
       </c>
       <c r="D476" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F476" s="3">
-        <v>1346</v>
+        <v>118</v>
       </c>
       <c r="G476" s="3">
         <v>1</v>
       </c>
       <c r="H476" s="3">
-        <v>160</v>
+        <v>60</v>
       </c>
       <c r="I476" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="B477" s="3" t="s">
         <v>915</v>
       </c>
-      <c r="B477" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C477" s="3">
-        <v>95.96</v>
+        <v>711.9</v>
       </c>
       <c r="D477" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F477" s="3">
-        <v>10992</v>
+        <v>194</v>
       </c>
       <c r="G477" s="3">
         <v>1</v>
       </c>
       <c r="H477" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I477" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="B478" s="3" t="s">
         <v>917</v>
       </c>
-      <c r="B478" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C478" s="3">
-        <v>101.55</v>
+        <v>813.6</v>
       </c>
       <c r="D478" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F478" s="3">
-        <v>551</v>
+        <v>0</v>
       </c>
       <c r="G478" s="3">
         <v>1</v>
       </c>
       <c r="H478" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I478" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="B479" s="3" t="s">
         <v>919</v>
       </c>
-      <c r="B479" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C479" s="3">
-        <v>81.11</v>
+        <v>1067.85</v>
       </c>
       <c r="D479" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F479" s="3">
-        <v>690</v>
+        <v>0</v>
       </c>
       <c r="G479" s="3">
         <v>1</v>
       </c>
       <c r="H479" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I479" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="B480" s="3" t="s">
         <v>921</v>
       </c>
-      <c r="B480" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C480" s="3">
-        <v>616.65</v>
+        <v>1318.03</v>
       </c>
       <c r="D480" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F480" s="3">
-        <v>927</v>
+        <v>251</v>
       </c>
       <c r="G480" s="3">
         <v>1</v>
       </c>
       <c r="H480" s="3">
-        <v>80</v>
+        <v>8</v>
       </c>
       <c r="I480" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="B481" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="B481" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C481" s="3">
-        <v>792.04</v>
+        <v>2034</v>
       </c>
       <c r="D481" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F481" s="3">
-        <v>655</v>
+        <v>84</v>
       </c>
       <c r="G481" s="3">
         <v>1</v>
       </c>
       <c r="H481" s="3">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="3" t="s">
+        <v>924</v>
+      </c>
+      <c r="B482" s="3" t="s">
         <v>925</v>
       </c>
-      <c r="B482" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C482" s="3">
-        <v>110.15</v>
+        <v>10170</v>
       </c>
       <c r="D482" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F482" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G482" s="3">
         <v>1</v>
       </c>
       <c r="H482" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I482" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="B483" s="3" t="s">
         <v>927</v>
       </c>
-      <c r="B483" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C483" s="3">
-        <v>104.83</v>
+        <v>3966.3</v>
       </c>
       <c r="D483" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F483" s="3">
-        <v>40</v>
+        <v>140</v>
       </c>
       <c r="G483" s="3">
         <v>1</v>
       </c>
       <c r="H483" s="3">
-        <v>320</v>
+        <v>4</v>
       </c>
       <c r="I483" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="B484" s="3" t="s">
         <v>929</v>
       </c>
-      <c r="B484" s="3" t="s">
+      <c r="C484" s="3">
+        <v>6407.1</v>
+      </c>
+      <c r="D484" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E484" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F484" s="3">
+        <v>13</v>
+      </c>
+      <c r="G484" s="3">
+        <v>1</v>
+      </c>
+      <c r="H484" s="3">
+        <v>1</v>
+      </c>
+      <c r="I484" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="485" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A485" s="3" t="s">
         <v>930</v>
       </c>
-      <c r="C484" s="3">
-[...22 lines deleted...]
-      <c r="A485" s="2" t="s">
+      <c r="B485" s="3" t="s">
         <v>931</v>
       </c>
-      <c r="B485" s="2"/>
-[...6 lines deleted...]
-      <c r="I485" s="2"/>
+      <c r="C485" s="3">
+        <v>600.03</v>
+      </c>
+      <c r="D485" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E485" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F485" s="3">
+        <v>510</v>
+      </c>
+      <c r="G485" s="3">
+        <v>1</v>
+      </c>
+      <c r="H485" s="3">
+        <v>40</v>
+      </c>
+      <c r="I485" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="3" t="s">
         <v>932</v>
       </c>
       <c r="B486" s="3" t="s">
         <v>933</v>
       </c>
       <c r="C486" s="3">
-        <v>85</v>
+        <v>223.74</v>
       </c>
       <c r="D486" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F486" s="3">
-        <v>444</v>
+        <v>465</v>
       </c>
       <c r="G486" s="3">
         <v>1</v>
       </c>
       <c r="H486" s="3">
-        <v>800</v>
+        <v>80</v>
       </c>
       <c r="I486" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
         <v>934</v>
       </c>
       <c r="B487" s="3" t="s">
         <v>935</v>
       </c>
       <c r="C487" s="3">
-        <v>106.19</v>
+        <v>355.95</v>
       </c>
       <c r="D487" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F487" s="3">
-        <v>2136</v>
+        <v>1</v>
       </c>
       <c r="G487" s="3">
         <v>1</v>
       </c>
       <c r="H487" s="3">
-        <v>600</v>
+        <v>60</v>
       </c>
       <c r="I487" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A488" s="3" t="s">
+      <c r="A488" s="2" t="s">
         <v>936</v>
       </c>
-      <c r="B488" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B488" s="2"/>
+      <c r="C488" s="2"/>
+      <c r="D488" s="2"/>
+      <c r="E488" s="2"/>
+      <c r="F488" s="2"/>
+      <c r="G488" s="2"/>
+      <c r="H488" s="2"/>
+      <c r="I488" s="2"/>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="B489" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="B489" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C489" s="3">
-        <v>141.78</v>
+        <v>762.75</v>
       </c>
       <c r="D489" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F489" s="3">
-        <v>2168</v>
+        <v>0</v>
       </c>
       <c r="G489" s="3">
         <v>1</v>
       </c>
       <c r="H489" s="3">
-        <v>320</v>
+        <v>36</v>
       </c>
       <c r="I489" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="B490" s="3" t="s">
         <v>940</v>
       </c>
-      <c r="B490" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C490" s="3">
-        <v>173.26</v>
+        <v>3386.61</v>
       </c>
       <c r="D490" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F490" s="3">
-        <v>1663</v>
+        <v>0</v>
       </c>
       <c r="G490" s="3">
         <v>1</v>
       </c>
       <c r="H490" s="3">
-        <v>240</v>
+        <v>4</v>
       </c>
       <c r="I490" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="B491" s="3" t="s">
         <v>942</v>
       </c>
-      <c r="B491" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C491" s="3">
-        <v>258.08</v>
+        <v>3864.6</v>
       </c>
       <c r="D491" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F491" s="3">
-        <v>1659</v>
+        <v>116</v>
       </c>
       <c r="G491" s="3">
         <v>1</v>
       </c>
       <c r="H491" s="3">
-        <v>180</v>
+        <v>2</v>
       </c>
       <c r="I491" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="B492" s="3" t="s">
         <v>944</v>
       </c>
-      <c r="B492" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C492" s="3">
-        <v>311.17</v>
+        <v>627.49</v>
       </c>
       <c r="D492" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F492" s="3">
-        <v>564</v>
+        <v>1412</v>
       </c>
       <c r="G492" s="3">
         <v>1</v>
       </c>
       <c r="H492" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I492" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="B493" s="3" t="s">
         <v>946</v>
       </c>
-      <c r="B493" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C493" s="3">
-        <v>478.37</v>
+        <v>479.69</v>
       </c>
       <c r="D493" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F493" s="3">
-        <v>2014</v>
+        <v>1614</v>
       </c>
       <c r="G493" s="3">
         <v>1</v>
       </c>
       <c r="H493" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I493" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="B494" s="3" t="s">
         <v>948</v>
       </c>
-      <c r="B494" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C494" s="3">
-        <v>579</v>
+        <v>620.37</v>
       </c>
       <c r="D494" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F494" s="3">
-        <v>929</v>
+        <v>546</v>
       </c>
       <c r="G494" s="3">
         <v>1</v>
       </c>
       <c r="H494" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I494" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="B495" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="B495" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C495" s="3">
-        <v>127.29</v>
+        <v>844.11</v>
       </c>
       <c r="D495" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F495" s="3">
-        <v>1814</v>
+        <v>284</v>
       </c>
       <c r="G495" s="3">
         <v>1</v>
       </c>
       <c r="H495" s="3">
-        <v>500</v>
+        <v>24</v>
       </c>
       <c r="I495" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="B496" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="B496" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C496" s="3">
-        <v>217.64</v>
+        <v>1017</v>
       </c>
       <c r="D496" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F496" s="3">
-        <v>1603</v>
+        <v>322</v>
       </c>
       <c r="G496" s="3">
         <v>1</v>
       </c>
       <c r="H496" s="3">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="I496" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="B497" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="B497" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C497" s="3">
-        <v>79</v>
+        <v>492.23</v>
       </c>
       <c r="D497" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F497" s="3">
-        <v>0</v>
+        <v>292</v>
       </c>
       <c r="G497" s="3">
         <v>1</v>
       </c>
       <c r="H497" s="3">
-        <v>800</v>
+        <v>36</v>
       </c>
       <c r="I497" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A498" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="B498" s="3" t="s">
         <v>956</v>
       </c>
-      <c r="B498" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C498" s="3">
-        <v>151.8</v>
+        <v>966.15</v>
       </c>
       <c r="D498" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F498" s="3">
-        <v>1392</v>
+        <v>254</v>
       </c>
       <c r="G498" s="3">
         <v>1</v>
       </c>
       <c r="H498" s="3">
-        <v>320</v>
+        <v>24</v>
       </c>
       <c r="I498" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="B499" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="B499" s="3" t="s">
+      <c r="C499" s="3">
+        <v>592.91</v>
+      </c>
+      <c r="D499" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E499" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F499" s="3">
+        <v>240</v>
+      </c>
+      <c r="G499" s="3">
+        <v>1</v>
+      </c>
+      <c r="H499" s="3">
+        <v>24</v>
+      </c>
+      <c r="I499" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="500" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A500" s="3" t="s">
         <v>959</v>
       </c>
-      <c r="C499" s="3">
-[...22 lines deleted...]
-      <c r="A500" s="2" t="s">
+      <c r="B500" s="3" t="s">
         <v>960</v>
       </c>
-      <c r="B500" s="2"/>
-[...6 lines deleted...]
-      <c r="I500" s="2"/>
+      <c r="C500" s="3">
+        <v>526.81</v>
+      </c>
+      <c r="D500" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E500" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F500" s="3">
+        <v>1919</v>
+      </c>
+      <c r="G500" s="3">
+        <v>1</v>
+      </c>
+      <c r="H500" s="3">
+        <v>36</v>
+      </c>
+      <c r="I500" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="3" t="s">
         <v>961</v>
       </c>
       <c r="B501" s="3" t="s">
         <v>962</v>
       </c>
       <c r="C501" s="3">
-        <v>1500</v>
+        <v>347.53</v>
       </c>
       <c r="D501" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F501" s="3">
-        <v>1951</v>
+        <v>1393</v>
       </c>
       <c r="G501" s="3">
         <v>1</v>
       </c>
       <c r="H501" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I501" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502" s="3" t="s">
         <v>963</v>
       </c>
       <c r="B502" s="3" t="s">
         <v>964</v>
       </c>
       <c r="C502" s="3">
-        <v>3300</v>
+        <v>636.92</v>
       </c>
       <c r="D502" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F502" s="3">
-        <v>464</v>
+        <v>80</v>
       </c>
       <c r="G502" s="3">
         <v>1</v>
       </c>
       <c r="H502" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I502" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="3" t="s">
         <v>965</v>
       </c>
       <c r="B503" s="3" t="s">
         <v>966</v>
       </c>
       <c r="C503" s="3">
-        <v>563</v>
+        <v>1357.7</v>
       </c>
       <c r="D503" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F503" s="3">
-        <v>117</v>
+        <v>410</v>
       </c>
       <c r="G503" s="3">
         <v>1</v>
       </c>
       <c r="H503" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I503" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
         <v>967</v>
       </c>
       <c r="B504" s="3" t="s">
         <v>968</v>
       </c>
       <c r="C504" s="3">
-        <v>800</v>
+        <v>364.09</v>
       </c>
       <c r="D504" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F504" s="3">
-        <v>225</v>
+        <v>0</v>
       </c>
       <c r="G504" s="3">
         <v>1</v>
       </c>
       <c r="H504" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I504" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="3" t="s">
         <v>969</v>
       </c>
       <c r="B505" s="3" t="s">
         <v>970</v>
       </c>
       <c r="C505" s="3">
-        <v>3000</v>
+        <v>439.34</v>
       </c>
       <c r="D505" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F505" s="3">
-        <v>188</v>
+        <v>255</v>
       </c>
       <c r="G505" s="3">
         <v>1</v>
       </c>
       <c r="H505" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I505" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
         <v>971</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>972</v>
       </c>
       <c r="C506" s="3">
-        <v>1350</v>
+        <v>847.16</v>
       </c>
       <c r="D506" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F506" s="3">
-        <v>433</v>
+        <v>256</v>
       </c>
       <c r="G506" s="3">
         <v>1</v>
       </c>
       <c r="H506" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I506" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="3" t="s">
         <v>973</v>
       </c>
       <c r="B507" s="3" t="s">
         <v>974</v>
       </c>
       <c r="C507" s="3">
-        <v>950</v>
+        <v>475.96</v>
       </c>
       <c r="D507" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F507" s="3">
-        <v>0</v>
+        <v>223</v>
       </c>
       <c r="G507" s="3">
         <v>1</v>
       </c>
       <c r="H507" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I507" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508" s="3" t="s">
         <v>975</v>
       </c>
       <c r="B508" s="3" t="s">
         <v>976</v>
       </c>
       <c r="C508" s="3">
-        <v>1666</v>
+        <v>661.05</v>
       </c>
       <c r="D508" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F508" s="3">
-        <v>491</v>
+        <v>2811</v>
       </c>
       <c r="G508" s="3">
         <v>1</v>
       </c>
       <c r="H508" s="3">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I508" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="3" t="s">
         <v>977</v>
       </c>
       <c r="B509" s="3" t="s">
         <v>978</v>
       </c>
       <c r="C509" s="3">
-        <v>900</v>
+        <v>2745.9</v>
       </c>
       <c r="D509" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F509" s="3">
-        <v>508</v>
+        <v>416</v>
       </c>
       <c r="G509" s="3">
         <v>1</v>
       </c>
       <c r="H509" s="3">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="I509" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A510" s="3" t="s">
+      <c r="A510" s="2" t="s">
         <v>979</v>
       </c>
-      <c r="B510" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B510" s="2"/>
+      <c r="C510" s="2"/>
+      <c r="D510" s="2"/>
+      <c r="E510" s="2"/>
+      <c r="F510" s="2"/>
+      <c r="G510" s="2"/>
+      <c r="H510" s="2"/>
+      <c r="I510" s="2"/>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="B511" s="3" t="s">
         <v>981</v>
       </c>
-      <c r="B511" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C511" s="3">
-        <v>780</v>
+        <v>447.48</v>
       </c>
       <c r="D511" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F511" s="3">
-        <v>608</v>
+        <v>569</v>
       </c>
       <c r="G511" s="3">
         <v>1</v>
       </c>
       <c r="H511" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I511" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
+        <v>982</v>
+      </c>
+      <c r="B512" s="3" t="s">
         <v>983</v>
       </c>
-      <c r="B512" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C512" s="3">
-        <v>850</v>
+        <v>549.18</v>
       </c>
       <c r="D512" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F512" s="3">
-        <v>365</v>
+        <v>0</v>
       </c>
       <c r="G512" s="3">
         <v>1</v>
       </c>
       <c r="H512" s="3">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="I512" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="B513" s="3" t="s">
         <v>985</v>
       </c>
-      <c r="B513" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C513" s="3">
-        <v>600</v>
+        <v>671.22</v>
       </c>
       <c r="D513" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F513" s="3">
         <v>0</v>
       </c>
       <c r="G513" s="3">
         <v>1</v>
       </c>
       <c r="H513" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I513" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="3" t="s">
+        <v>986</v>
+      </c>
+      <c r="B514" s="3" t="s">
         <v>987</v>
       </c>
-      <c r="B514" s="3" t="s">
+      <c r="C514" s="3">
+        <v>528.84</v>
+      </c>
+      <c r="D514" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E514" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F514" s="3">
+        <v>1793</v>
+      </c>
+      <c r="G514" s="3">
+        <v>1</v>
+      </c>
+      <c r="H514" s="3">
+        <v>48</v>
+      </c>
+      <c r="I514" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="515" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A515" s="3" t="s">
         <v>988</v>
       </c>
-      <c r="C514" s="3">
-[...22 lines deleted...]
-      <c r="A515" s="2" t="s">
+      <c r="B515" s="3" t="s">
         <v>989</v>
       </c>
-      <c r="B515" s="2"/>
-[...6 lines deleted...]
-      <c r="I515" s="2"/>
+      <c r="C515" s="3">
+        <v>488.16</v>
+      </c>
+      <c r="D515" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E515" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F515" s="3">
+        <v>0</v>
+      </c>
+      <c r="G515" s="3">
+        <v>1</v>
+      </c>
+      <c r="H515" s="3">
+        <v>48</v>
+      </c>
+      <c r="I515" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516" s="3" t="s">
         <v>990</v>
       </c>
       <c r="B516" s="3" t="s">
         <v>991</v>
       </c>
       <c r="C516" s="3">
-        <v>470</v>
+        <v>518.67</v>
       </c>
       <c r="D516" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F516" s="3">
-        <v>2</v>
+        <v>833</v>
       </c>
       <c r="G516" s="3">
         <v>1</v>
       </c>
       <c r="H516" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I516" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="3" t="s">
         <v>992</v>
       </c>
       <c r="B517" s="3" t="s">
         <v>993</v>
       </c>
       <c r="C517" s="3">
-        <v>570</v>
+        <v>1728.9</v>
       </c>
       <c r="D517" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F517" s="3">
-        <v>0</v>
+        <v>338</v>
       </c>
       <c r="G517" s="3">
         <v>1</v>
       </c>
       <c r="H517" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I517" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
         <v>994</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>995</v>
       </c>
       <c r="C518" s="3">
-        <v>650</v>
+        <v>335.61</v>
       </c>
       <c r="D518" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F518" s="3">
-        <v>497</v>
+        <v>0</v>
       </c>
       <c r="G518" s="3">
         <v>1</v>
       </c>
       <c r="H518" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I518" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
         <v>996</v>
       </c>
       <c r="B519" s="3" t="s">
         <v>997</v>
       </c>
       <c r="C519" s="3">
-        <v>760</v>
+        <v>1464.48</v>
       </c>
       <c r="D519" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F519" s="3">
-        <v>357</v>
+        <v>708</v>
       </c>
       <c r="G519" s="3">
         <v>1</v>
       </c>
       <c r="H519" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I519" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A520" s="3" t="s">
+      <c r="A520" s="2" t="s">
         <v>998</v>
       </c>
-      <c r="B520" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B520" s="2"/>
+      <c r="C520" s="2"/>
+      <c r="D520" s="2"/>
+      <c r="E520" s="2"/>
+      <c r="F520" s="2"/>
+      <c r="G520" s="2"/>
+      <c r="H520" s="2"/>
+      <c r="I520" s="2"/>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="B521" s="3" t="s">
         <v>1000</v>
       </c>
-      <c r="B521" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C521" s="3">
-        <v>600</v>
+        <v>412.87</v>
       </c>
       <c r="D521" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>14</v>
+        <v>554</v>
       </c>
       <c r="F521" s="3">
+        <v>1194</v>
+      </c>
+      <c r="G521" s="3">
+        <v>1</v>
+      </c>
+      <c r="H521" s="3">
+        <v>240</v>
+      </c>
+      <c r="I521" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B522" s="3" t="s">
         <v>1002</v>
       </c>
-      <c r="B522" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C522" s="3">
-        <v>275.4</v>
+        <v>191.53</v>
       </c>
       <c r="D522" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F522" s="3">
-        <v>252</v>
+        <v>1375</v>
       </c>
       <c r="G522" s="3">
         <v>1</v>
       </c>
       <c r="H522" s="3">
-        <v>200</v>
+        <v>108</v>
       </c>
       <c r="I522" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B523" s="3" t="s">
         <v>1004</v>
       </c>
-      <c r="B523" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C523" s="3">
-        <v>950</v>
+        <v>221.23</v>
       </c>
       <c r="D523" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F523" s="3">
-        <v>395</v>
+        <v>0</v>
       </c>
       <c r="G523" s="3">
         <v>1</v>
       </c>
       <c r="H523" s="3">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="I523" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B524" s="3" t="s">
         <v>1006</v>
       </c>
-      <c r="B524" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C524" s="3">
-        <v>360</v>
+        <v>185.51</v>
       </c>
       <c r="D524" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F524" s="3">
-        <v>225</v>
+        <v>12</v>
       </c>
       <c r="G524" s="3">
         <v>1</v>
       </c>
       <c r="H524" s="3">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="I524" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B525" s="3" t="s">
         <v>1008</v>
       </c>
-      <c r="B525" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C525" s="3">
-        <v>810</v>
+        <v>949.37</v>
       </c>
       <c r="D525" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>14</v>
+        <v>554</v>
       </c>
       <c r="F525" s="3">
         <v>0</v>
       </c>
       <c r="G525" s="3">
         <v>1</v>
       </c>
       <c r="H525" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I525" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B526" s="3" t="s">
         <v>1010</v>
       </c>
-      <c r="B526" s="3" t="s">
+      <c r="C526" s="3">
+        <v>882.49</v>
+      </c>
+      <c r="D526" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E526" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="F526" s="3">
+        <v>0</v>
+      </c>
+      <c r="G526" s="3">
+        <v>1</v>
+      </c>
+      <c r="H526" s="3">
+        <v>120</v>
+      </c>
+      <c r="I526" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="527" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A527" s="3" t="s">
         <v>1011</v>
       </c>
-      <c r="C526" s="3">
-[...22 lines deleted...]
-      <c r="A527" s="2" t="s">
+      <c r="B527" s="3" t="s">
         <v>1012</v>
       </c>
-      <c r="B527" s="2"/>
-[...6 lines deleted...]
-      <c r="I527" s="2"/>
+      <c r="C527" s="3">
+        <v>512.86</v>
+      </c>
+      <c r="D527" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E527" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F527" s="3">
+        <v>0</v>
+      </c>
+      <c r="G527" s="3">
+        <v>1</v>
+      </c>
+      <c r="H527" s="3">
+        <v>180</v>
+      </c>
+      <c r="I527" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="3" t="s">
         <v>1013</v>
       </c>
       <c r="B528" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="C528" s="3">
-        <v>590</v>
+        <v>1036.82</v>
       </c>
       <c r="D528" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>14</v>
+        <v>554</v>
       </c>
       <c r="F528" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G528" s="3">
         <v>1</v>
       </c>
       <c r="H528" s="3">
         <v>120</v>
       </c>
       <c r="I528" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A529" s="3" t="s">
+      <c r="A529" s="2" t="s">
         <v>1015</v>
       </c>
-      <c r="B529" s="3" t="s">
+      <c r="B529" s="2"/>
+      <c r="C529" s="2"/>
+      <c r="D529" s="2"/>
+      <c r="E529" s="2"/>
+      <c r="F529" s="2"/>
+      <c r="G529" s="2"/>
+      <c r="H529" s="2"/>
+      <c r="I529" s="2"/>
+    </row>
+    <row r="530" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A530" s="2" t="s">
         <v>1016</v>
       </c>
-      <c r="C529" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B530" s="2"/>
+      <c r="C530" s="2"/>
+      <c r="D530" s="2"/>
+      <c r="E530" s="2"/>
+      <c r="F530" s="2"/>
+      <c r="G530" s="2"/>
+      <c r="H530" s="2"/>
+      <c r="I530" s="2"/>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B531" s="3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C531" s="3">
+        <v>116.96</v>
+      </c>
+      <c r="D531" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E531" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F531" s="3">
+        <v>624</v>
+      </c>
+      <c r="G531" s="3">
+        <v>1</v>
+      </c>
+      <c r="H531" s="3">
+        <v>20</v>
+      </c>
+      <c r="I531" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="532" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A532" s="3" t="s">
         <v>1019</v>
       </c>
-      <c r="B531" s="3" t="s">
+      <c r="B532" s="3" t="s">
         <v>1020</v>
       </c>
-      <c r="C531" s="3">
-[...32 lines deleted...]
-      <c r="I532" s="2"/>
+      <c r="C532" s="3">
+        <v>157.64</v>
+      </c>
+      <c r="D532" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E532" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F532" s="3">
+        <v>408</v>
+      </c>
+      <c r="G532" s="3">
+        <v>1</v>
+      </c>
+      <c r="H532" s="3">
+        <v>20</v>
+      </c>
+      <c r="I532" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B533" s="3" t="s">
         <v>1022</v>
       </c>
-      <c r="B533" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C533" s="3">
-        <v>835</v>
+        <v>203.4</v>
       </c>
       <c r="D533" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F533" s="3">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="G533" s="3">
         <v>1</v>
       </c>
       <c r="H533" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I533" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B534" s="3" t="s">
         <v>1024</v>
       </c>
-      <c r="B534" s="3" t="s">
+      <c r="C534" s="3">
+        <v>218.66</v>
+      </c>
+      <c r="D534" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E534" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F534" s="3">
+        <v>499</v>
+      </c>
+      <c r="G534" s="3">
+        <v>1</v>
+      </c>
+      <c r="H534" s="3">
+        <v>20</v>
+      </c>
+      <c r="I534" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="535" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A535" s="3" t="s">
         <v>1025</v>
       </c>
-      <c r="C534" s="3">
-[...22 lines deleted...]
-      <c r="A535" s="2" t="s">
+      <c r="B535" s="3" t="s">
         <v>1026</v>
       </c>
-      <c r="B535" s="2"/>
-[...6 lines deleted...]
-      <c r="I535" s="2"/>
+      <c r="C535" s="3">
+        <v>228.83</v>
+      </c>
+      <c r="D535" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E535" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F535" s="3">
+        <v>520</v>
+      </c>
+      <c r="G535" s="3">
+        <v>1</v>
+      </c>
+      <c r="H535" s="3">
+        <v>20</v>
+      </c>
+      <c r="I535" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
         <v>1027</v>
       </c>
       <c r="B536" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="C536" s="3">
-        <v>1110</v>
+        <v>279.68</v>
       </c>
       <c r="D536" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F536" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G536" s="3">
         <v>1</v>
       </c>
       <c r="H536" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I536" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A537" s="3" t="s">
         <v>1029</v>
       </c>
       <c r="B537" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="C537" s="3">
-        <v>760</v>
+        <v>101.7</v>
       </c>
       <c r="D537" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F537" s="3">
-        <v>0</v>
+        <v>392</v>
       </c>
       <c r="G537" s="3">
         <v>1</v>
       </c>
       <c r="H537" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I537" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="B538" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="C538" s="3">
-        <v>1800</v>
+        <v>427.14</v>
       </c>
       <c r="D538" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F538" s="3">
         <v>0</v>
       </c>
       <c r="G538" s="3">
         <v>1</v>
       </c>
       <c r="H538" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
         <v>1033</v>
       </c>
       <c r="B539" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="C539" s="3">
-        <v>815</v>
+        <v>111.87</v>
       </c>
       <c r="D539" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F539" s="3">
-        <v>0</v>
+        <v>439</v>
       </c>
       <c r="G539" s="3">
         <v>1</v>
       </c>
       <c r="H539" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I539" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A540" s="2" t="s">
+      <c r="A540" s="3" t="s">
         <v>1035</v>
       </c>
-      <c r="B540" s="2"/>
-[...6 lines deleted...]
-      <c r="I540" s="2"/>
+      <c r="B540" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C540" s="3">
+        <v>188.15</v>
+      </c>
+      <c r="D540" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E540" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F540" s="3">
+        <v>315</v>
+      </c>
+      <c r="G540" s="3">
+        <v>1</v>
+      </c>
+      <c r="H540" s="3">
+        <v>20</v>
+      </c>
+      <c r="I540" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B541" s="3" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C541" s="3">
-        <v>575</v>
+        <v>528.84</v>
       </c>
       <c r="D541" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F541" s="3">
-        <v>943</v>
+        <v>0</v>
       </c>
       <c r="G541" s="3">
         <v>1</v>
       </c>
       <c r="H541" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I541" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B542" s="3" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C542" s="3">
-        <v>640</v>
+        <v>137.3</v>
       </c>
       <c r="D542" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F542" s="3">
-        <v>849</v>
+        <v>494</v>
       </c>
       <c r="G542" s="3">
         <v>1</v>
       </c>
       <c r="H542" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I542" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B543" s="3" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C543" s="3">
-        <v>350</v>
+        <v>127.13</v>
       </c>
       <c r="D543" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F543" s="3">
-        <v>2105</v>
+        <v>0</v>
       </c>
       <c r="G543" s="3">
         <v>1</v>
       </c>
       <c r="H543" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I543" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A544" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B544" s="3" t="s">
+      <c r="A544" s="2" t="s">
         <v>1043</v>
       </c>
-      <c r="C544" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B544" s="2"/>
+      <c r="C544" s="2"/>
+      <c r="D544" s="2"/>
+      <c r="E544" s="2"/>
+      <c r="F544" s="2"/>
+      <c r="G544" s="2"/>
+      <c r="H544" s="2"/>
+      <c r="I544" s="2"/>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
         <v>1044</v>
       </c>
       <c r="B545" s="3" t="s">
         <v>1045</v>
       </c>
       <c r="C545" s="3">
-        <v>205</v>
+        <v>305.1</v>
       </c>
       <c r="D545" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F545" s="3">
-        <v>1962</v>
+        <v>4594</v>
       </c>
       <c r="G545" s="3">
         <v>1</v>
       </c>
       <c r="H545" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I545" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="3" t="s">
         <v>1046</v>
       </c>
       <c r="B546" s="3" t="s">
         <v>1047</v>
       </c>
       <c r="C546" s="3">
-        <v>520</v>
+        <v>298.99</v>
       </c>
       <c r="D546" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F546" s="3">
         <v>0</v>
       </c>
       <c r="G546" s="3">
         <v>1</v>
       </c>
       <c r="H546" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I546" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A547" s="2" t="s">
+      <c r="A547" s="3" t="s">
         <v>1048</v>
       </c>
-      <c r="B547" s="2"/>
-[...6 lines deleted...]
-      <c r="I547" s="2"/>
+      <c r="B547" s="3" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C547" s="3">
+        <v>264.42</v>
+      </c>
+      <c r="D547" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E547" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F547" s="3">
+        <v>8610</v>
+      </c>
+      <c r="G547" s="3">
+        <v>1</v>
+      </c>
+      <c r="H547" s="3">
+        <v>40</v>
+      </c>
+      <c r="I547" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C548" s="3">
-        <v>202</v>
+        <v>1665.07</v>
       </c>
       <c r="D548" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>14</v>
+        <v>554</v>
       </c>
       <c r="F548" s="3">
-        <v>876</v>
+        <v>2</v>
       </c>
       <c r="G548" s="3">
         <v>1</v>
       </c>
       <c r="H548" s="3">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="I548" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A549" s="3" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="B549" s="3" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="C549" s="3">
-        <v>279</v>
+        <v>508.5</v>
       </c>
       <c r="D549" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F549" s="3">
-        <v>771</v>
+        <v>313</v>
       </c>
       <c r="G549" s="3">
         <v>1</v>
       </c>
       <c r="H549" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I549" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A550" s="3" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B550" s="3" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C550" s="3">
-        <v>390</v>
+        <v>1017</v>
       </c>
       <c r="D550" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F550" s="3">
-        <v>790</v>
+        <v>380</v>
       </c>
       <c r="G550" s="3">
         <v>1</v>
       </c>
       <c r="H550" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I550" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A551" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B551" s="3" t="s">
+      <c r="A551" s="2" t="s">
         <v>1056</v>
       </c>
-      <c r="C551" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B551" s="2"/>
+      <c r="C551" s="2"/>
+      <c r="D551" s="2"/>
+      <c r="E551" s="2"/>
+      <c r="F551" s="2"/>
+      <c r="G551" s="2"/>
+      <c r="H551" s="2"/>
+      <c r="I551" s="2"/>
     </row>
     <row r="552" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A552" s="3" t="s">
         <v>1057</v>
       </c>
       <c r="B552" s="3" t="s">
         <v>1058</v>
       </c>
       <c r="C552" s="3">
-        <v>597</v>
+        <v>53.99</v>
       </c>
       <c r="D552" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F552" s="3">
-        <v>395</v>
+        <v>0</v>
       </c>
       <c r="G552" s="3">
         <v>1</v>
       </c>
       <c r="H552" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I552" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="3" t="s">
         <v>1059</v>
       </c>
       <c r="B553" s="3" t="s">
         <v>1060</v>
       </c>
       <c r="C553" s="3">
-        <v>707.75</v>
+        <v>80.37</v>
       </c>
       <c r="D553" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F553" s="3">
-        <v>149</v>
+        <v>0</v>
       </c>
       <c r="G553" s="3">
         <v>1</v>
       </c>
       <c r="H553" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I553" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="B554" s="3" t="s">
         <v>1062</v>
       </c>
       <c r="C554" s="3">
-        <v>533</v>
+        <v>903.1</v>
       </c>
       <c r="D554" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F554" s="3">
-        <v>798</v>
+        <v>2258</v>
       </c>
       <c r="G554" s="3">
         <v>1</v>
       </c>
       <c r="H554" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I554" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A555" s="3" t="s">
         <v>1063</v>
       </c>
       <c r="B555" s="3" t="s">
         <v>1064</v>
       </c>
       <c r="C555" s="3">
-        <v>181</v>
+        <v>62.04</v>
       </c>
       <c r="D555" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>14</v>
+        <v>583</v>
       </c>
       <c r="F555" s="3">
-        <v>1166</v>
+        <v>0</v>
       </c>
       <c r="G555" s="3">
         <v>1</v>
       </c>
       <c r="H555" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I555" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556" s="3" t="s">
         <v>1065</v>
       </c>
       <c r="B556" s="3" t="s">
         <v>1066</v>
       </c>
       <c r="C556" s="3">
-        <v>342</v>
+        <v>822.75</v>
       </c>
       <c r="D556" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>14</v>
+        <v>554</v>
       </c>
       <c r="F556" s="3">
-        <v>984</v>
+        <v>0</v>
       </c>
       <c r="G556" s="3">
         <v>1</v>
       </c>
       <c r="H556" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I556" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="3" t="s">
         <v>1067</v>
       </c>
       <c r="B557" s="3" t="s">
         <v>1068</v>
       </c>
       <c r="C557" s="3">
-        <v>164</v>
+        <v>437.31</v>
       </c>
       <c r="D557" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F557" s="3">
-        <v>0</v>
+        <v>1392</v>
       </c>
       <c r="G557" s="3">
         <v>1</v>
       </c>
       <c r="H557" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I557" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="558" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A558" s="3" t="s">
         <v>1069</v>
       </c>
       <c r="B558" s="3" t="s">
         <v>1070</v>
       </c>
       <c r="C558" s="3">
-        <v>202</v>
+        <v>915.3</v>
       </c>
       <c r="D558" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F558" s="3">
-        <v>347</v>
+        <v>877</v>
       </c>
       <c r="G558" s="3">
         <v>1</v>
       </c>
       <c r="H558" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I558" s="3">
-        <v>1</v>
-[...56 lines deleted...]
-      <c r="I560" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="57">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A11:I11"/>
-[...3 lines deleted...]
-    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A30:I30"/>
     <mergeCell ref="A54:I54"/>
-    <mergeCell ref="A62:I62"/>
-[...5 lines deleted...]
-    <mergeCell ref="A100:I100"/>
+    <mergeCell ref="A69:I69"/>
+    <mergeCell ref="A101:I101"/>
     <mergeCell ref="A115:I115"/>
-    <mergeCell ref="A120:I120"/>
-[...2 lines deleted...]
-    <mergeCell ref="A146:I146"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A127:I127"/>
+    <mergeCell ref="A135:I135"/>
     <mergeCell ref="A147:I147"/>
-    <mergeCell ref="A153:I153"/>
+    <mergeCell ref="A151:I151"/>
+    <mergeCell ref="A155:I155"/>
     <mergeCell ref="A160:I160"/>
-    <mergeCell ref="A176:I176"/>
-[...4 lines deleted...]
-    <mergeCell ref="A215:I215"/>
+    <mergeCell ref="A167:I167"/>
+    <mergeCell ref="A179:I179"/>
+    <mergeCell ref="A180:I180"/>
+    <mergeCell ref="A201:I201"/>
     <mergeCell ref="A216:I216"/>
-    <mergeCell ref="A225:I225"/>
-[...1 lines deleted...]
-    <mergeCell ref="A256:I256"/>
+    <mergeCell ref="A230:I230"/>
+    <mergeCell ref="A245:I245"/>
     <mergeCell ref="A257:I257"/>
-    <mergeCell ref="A259:I259"/>
-[...21 lines deleted...]
-    <mergeCell ref="A547:I547"/>
+    <mergeCell ref="A262:I262"/>
+    <mergeCell ref="A265:I265"/>
+    <mergeCell ref="A270:I270"/>
+    <mergeCell ref="A277:I277"/>
+    <mergeCell ref="A296:I296"/>
+    <mergeCell ref="A297:I297"/>
+    <mergeCell ref="A312:I312"/>
+    <mergeCell ref="A320:I320"/>
+    <mergeCell ref="A329:I329"/>
+    <mergeCell ref="A338:I338"/>
+    <mergeCell ref="A343:I343"/>
+    <mergeCell ref="A344:I344"/>
+    <mergeCell ref="A360:I360"/>
+    <mergeCell ref="A366:I366"/>
+    <mergeCell ref="A373:I373"/>
+    <mergeCell ref="A382:I382"/>
+    <mergeCell ref="A390:I390"/>
+    <mergeCell ref="A391:I391"/>
+    <mergeCell ref="A400:I400"/>
+    <mergeCell ref="A409:I409"/>
+    <mergeCell ref="A431:I431"/>
+    <mergeCell ref="A432:I432"/>
+    <mergeCell ref="A434:I434"/>
+    <mergeCell ref="A443:I443"/>
+    <mergeCell ref="A456:I456"/>
+    <mergeCell ref="A465:I465"/>
+    <mergeCell ref="A473:I473"/>
+    <mergeCell ref="A488:I488"/>
+    <mergeCell ref="A510:I510"/>
+    <mergeCell ref="A520:I520"/>
+    <mergeCell ref="A529:I529"/>
+    <mergeCell ref="A530:I530"/>
+    <mergeCell ref="A544:I544"/>
+    <mergeCell ref="A551:I551"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1"/>
-[...5 lines deleted...]
-    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D5" r:id="rId1"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
-    <hyperlink ref="D28" r:id="rId22"/>
-[...364 lines deleted...]
-    <hyperlink ref="D434" r:id="rId387"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D44" r:id="rId39"/>
+    <hyperlink ref="D45" r:id="rId40"/>
+    <hyperlink ref="D46" r:id="rId41"/>
+    <hyperlink ref="D47" r:id="rId42"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D50" r:id="rId45"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId56"/>
+    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D64" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
+    <hyperlink ref="D66" r:id="rId60"/>
+    <hyperlink ref="D67" r:id="rId61"/>
+    <hyperlink ref="D68" r:id="rId62"/>
+    <hyperlink ref="D70" r:id="rId63"/>
+    <hyperlink ref="D71" r:id="rId64"/>
+    <hyperlink ref="D72" r:id="rId65"/>
+    <hyperlink ref="D73" r:id="rId66"/>
+    <hyperlink ref="D74" r:id="rId67"/>
+    <hyperlink ref="D75" r:id="rId68"/>
+    <hyperlink ref="D76" r:id="rId69"/>
+    <hyperlink ref="D77" r:id="rId70"/>
+    <hyperlink ref="D78" r:id="rId71"/>
+    <hyperlink ref="D79" r:id="rId72"/>
+    <hyperlink ref="D80" r:id="rId73"/>
+    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId76"/>
+    <hyperlink ref="D84" r:id="rId77"/>
+    <hyperlink ref="D85" r:id="rId78"/>
+    <hyperlink ref="D86" r:id="rId79"/>
+    <hyperlink ref="D87" r:id="rId80"/>
+    <hyperlink ref="D88" r:id="rId81"/>
+    <hyperlink ref="D89" r:id="rId82"/>
+    <hyperlink ref="D90" r:id="rId83"/>
+    <hyperlink ref="D91" r:id="rId84"/>
+    <hyperlink ref="D92" r:id="rId85"/>
+    <hyperlink ref="D93" r:id="rId86"/>
+    <hyperlink ref="D94" r:id="rId87"/>
+    <hyperlink ref="D95" r:id="rId88"/>
+    <hyperlink ref="D96" r:id="rId89"/>
+    <hyperlink ref="D97" r:id="rId90"/>
+    <hyperlink ref="D98" r:id="rId91"/>
+    <hyperlink ref="D99" r:id="rId92"/>
+    <hyperlink ref="D100" r:id="rId93"/>
+    <hyperlink ref="D102" r:id="rId94"/>
+    <hyperlink ref="D103" r:id="rId95"/>
+    <hyperlink ref="D104" r:id="rId96"/>
+    <hyperlink ref="D105" r:id="rId97"/>
+    <hyperlink ref="D106" r:id="rId98"/>
+    <hyperlink ref="D107" r:id="rId99"/>
+    <hyperlink ref="D108" r:id="rId100"/>
+    <hyperlink ref="D109" r:id="rId101"/>
+    <hyperlink ref="D110" r:id="rId102"/>
+    <hyperlink ref="D111" r:id="rId103"/>
+    <hyperlink ref="D112" r:id="rId104"/>
+    <hyperlink ref="D113" r:id="rId105"/>
+    <hyperlink ref="D114" r:id="rId106"/>
+    <hyperlink ref="D117" r:id="rId107"/>
+    <hyperlink ref="D118" r:id="rId108"/>
+    <hyperlink ref="D119" r:id="rId109"/>
+    <hyperlink ref="D120" r:id="rId110"/>
+    <hyperlink ref="D121" r:id="rId111"/>
+    <hyperlink ref="D122" r:id="rId112"/>
+    <hyperlink ref="D123" r:id="rId113"/>
+    <hyperlink ref="D124" r:id="rId114"/>
+    <hyperlink ref="D125" r:id="rId115"/>
+    <hyperlink ref="D126" r:id="rId116"/>
+    <hyperlink ref="D128" r:id="rId117"/>
+    <hyperlink ref="D129" r:id="rId118"/>
+    <hyperlink ref="D130" r:id="rId119"/>
+    <hyperlink ref="D131" r:id="rId120"/>
+    <hyperlink ref="D132" r:id="rId121"/>
+    <hyperlink ref="D133" r:id="rId122"/>
+    <hyperlink ref="D134" r:id="rId123"/>
+    <hyperlink ref="D136" r:id="rId124"/>
+    <hyperlink ref="D137" r:id="rId125"/>
+    <hyperlink ref="D138" r:id="rId126"/>
+    <hyperlink ref="D139" r:id="rId127"/>
+    <hyperlink ref="D140" r:id="rId128"/>
+    <hyperlink ref="D141" r:id="rId129"/>
+    <hyperlink ref="D142" r:id="rId130"/>
+    <hyperlink ref="D143" r:id="rId131"/>
+    <hyperlink ref="D144" r:id="rId132"/>
+    <hyperlink ref="D145" r:id="rId133"/>
+    <hyperlink ref="D146" r:id="rId134"/>
+    <hyperlink ref="D148" r:id="rId135"/>
+    <hyperlink ref="D149" r:id="rId136"/>
+    <hyperlink ref="D150" r:id="rId137"/>
+    <hyperlink ref="D152" r:id="rId138"/>
+    <hyperlink ref="D153" r:id="rId139"/>
+    <hyperlink ref="D154" r:id="rId140"/>
+    <hyperlink ref="D156" r:id="rId141"/>
+    <hyperlink ref="D157" r:id="rId142"/>
+    <hyperlink ref="D158" r:id="rId143"/>
+    <hyperlink ref="D159" r:id="rId144"/>
+    <hyperlink ref="D161" r:id="rId145"/>
+    <hyperlink ref="D162" r:id="rId146"/>
+    <hyperlink ref="D163" r:id="rId147"/>
+    <hyperlink ref="D164" r:id="rId148"/>
+    <hyperlink ref="D165" r:id="rId149"/>
+    <hyperlink ref="D166" r:id="rId150"/>
+    <hyperlink ref="D168" r:id="rId151"/>
+    <hyperlink ref="D169" r:id="rId152"/>
+    <hyperlink ref="D170" r:id="rId153"/>
+    <hyperlink ref="D171" r:id="rId154"/>
+    <hyperlink ref="D172" r:id="rId155"/>
+    <hyperlink ref="D173" r:id="rId156"/>
+    <hyperlink ref="D174" r:id="rId157"/>
+    <hyperlink ref="D175" r:id="rId158"/>
+    <hyperlink ref="D176" r:id="rId159"/>
+    <hyperlink ref="D177" r:id="rId160"/>
+    <hyperlink ref="D178" r:id="rId161"/>
+    <hyperlink ref="D181" r:id="rId162"/>
+    <hyperlink ref="D182" r:id="rId163"/>
+    <hyperlink ref="D183" r:id="rId164"/>
+    <hyperlink ref="D184" r:id="rId165"/>
+    <hyperlink ref="D185" r:id="rId166"/>
+    <hyperlink ref="D186" r:id="rId167"/>
+    <hyperlink ref="D187" r:id="rId168"/>
+    <hyperlink ref="D188" r:id="rId169"/>
+    <hyperlink ref="D189" r:id="rId170"/>
+    <hyperlink ref="D190" r:id="rId171"/>
+    <hyperlink ref="D191" r:id="rId172"/>
+    <hyperlink ref="D192" r:id="rId173"/>
+    <hyperlink ref="D193" r:id="rId174"/>
+    <hyperlink ref="D194" r:id="rId175"/>
+    <hyperlink ref="D195" r:id="rId176"/>
+    <hyperlink ref="D196" r:id="rId177"/>
+    <hyperlink ref="D197" r:id="rId178"/>
+    <hyperlink ref="D198" r:id="rId179"/>
+    <hyperlink ref="D199" r:id="rId180"/>
+    <hyperlink ref="D200" r:id="rId181"/>
+    <hyperlink ref="D202" r:id="rId182"/>
+    <hyperlink ref="D203" r:id="rId183"/>
+    <hyperlink ref="D204" r:id="rId184"/>
+    <hyperlink ref="D205" r:id="rId185"/>
+    <hyperlink ref="D206" r:id="rId186"/>
+    <hyperlink ref="D207" r:id="rId187"/>
+    <hyperlink ref="D208" r:id="rId188"/>
+    <hyperlink ref="D209" r:id="rId189"/>
+    <hyperlink ref="D210" r:id="rId190"/>
+    <hyperlink ref="D211" r:id="rId191"/>
+    <hyperlink ref="D212" r:id="rId192"/>
+    <hyperlink ref="D213" r:id="rId193"/>
+    <hyperlink ref="D214" r:id="rId194"/>
+    <hyperlink ref="D215" r:id="rId195"/>
+    <hyperlink ref="D217" r:id="rId196"/>
+    <hyperlink ref="D218" r:id="rId197"/>
+    <hyperlink ref="D219" r:id="rId198"/>
+    <hyperlink ref="D220" r:id="rId199"/>
+    <hyperlink ref="D221" r:id="rId200"/>
+    <hyperlink ref="D222" r:id="rId201"/>
+    <hyperlink ref="D223" r:id="rId202"/>
+    <hyperlink ref="D224" r:id="rId203"/>
+    <hyperlink ref="D225" r:id="rId204"/>
+    <hyperlink ref="D226" r:id="rId205"/>
+    <hyperlink ref="D227" r:id="rId206"/>
+    <hyperlink ref="D228" r:id="rId207"/>
+    <hyperlink ref="D229" r:id="rId208"/>
+    <hyperlink ref="D231" r:id="rId209"/>
+    <hyperlink ref="D232" r:id="rId210"/>
+    <hyperlink ref="D233" r:id="rId211"/>
+    <hyperlink ref="D234" r:id="rId212"/>
+    <hyperlink ref="D235" r:id="rId213"/>
+    <hyperlink ref="D236" r:id="rId214"/>
+    <hyperlink ref="D237" r:id="rId215"/>
+    <hyperlink ref="D238" r:id="rId216"/>
+    <hyperlink ref="D239" r:id="rId217"/>
+    <hyperlink ref="D240" r:id="rId218"/>
+    <hyperlink ref="D241" r:id="rId219"/>
+    <hyperlink ref="D242" r:id="rId220"/>
+    <hyperlink ref="D243" r:id="rId221"/>
+    <hyperlink ref="D244" r:id="rId222"/>
+    <hyperlink ref="D246" r:id="rId223"/>
+    <hyperlink ref="D247" r:id="rId224"/>
+    <hyperlink ref="D248" r:id="rId225"/>
+    <hyperlink ref="D249" r:id="rId226"/>
+    <hyperlink ref="D250" r:id="rId227"/>
+    <hyperlink ref="D251" r:id="rId228"/>
+    <hyperlink ref="D252" r:id="rId229"/>
+    <hyperlink ref="D253" r:id="rId230"/>
+    <hyperlink ref="D254" r:id="rId231"/>
+    <hyperlink ref="D255" r:id="rId232"/>
+    <hyperlink ref="D256" r:id="rId233"/>
+    <hyperlink ref="D258" r:id="rId234"/>
+    <hyperlink ref="D259" r:id="rId235"/>
+    <hyperlink ref="D260" r:id="rId236"/>
+    <hyperlink ref="D261" r:id="rId237"/>
+    <hyperlink ref="D263" r:id="rId238"/>
+    <hyperlink ref="D264" r:id="rId239"/>
+    <hyperlink ref="D266" r:id="rId240"/>
+    <hyperlink ref="D267" r:id="rId241"/>
+    <hyperlink ref="D268" r:id="rId242"/>
+    <hyperlink ref="D269" r:id="rId243"/>
+    <hyperlink ref="D271" r:id="rId244"/>
+    <hyperlink ref="D272" r:id="rId245"/>
+    <hyperlink ref="D273" r:id="rId246"/>
+    <hyperlink ref="D274" r:id="rId247"/>
+    <hyperlink ref="D275" r:id="rId248"/>
+    <hyperlink ref="D276" r:id="rId249"/>
+    <hyperlink ref="D278" r:id="rId250"/>
+    <hyperlink ref="D279" r:id="rId251"/>
+    <hyperlink ref="D280" r:id="rId252"/>
+    <hyperlink ref="D281" r:id="rId253"/>
+    <hyperlink ref="D282" r:id="rId254"/>
+    <hyperlink ref="D283" r:id="rId255"/>
+    <hyperlink ref="D284" r:id="rId256"/>
+    <hyperlink ref="D285" r:id="rId257"/>
+    <hyperlink ref="D286" r:id="rId258"/>
+    <hyperlink ref="D287" r:id="rId259"/>
+    <hyperlink ref="D288" r:id="rId260"/>
+    <hyperlink ref="D289" r:id="rId261"/>
+    <hyperlink ref="D290" r:id="rId262"/>
+    <hyperlink ref="D291" r:id="rId263"/>
+    <hyperlink ref="D292" r:id="rId264"/>
+    <hyperlink ref="D293" r:id="rId265"/>
+    <hyperlink ref="D294" r:id="rId266"/>
+    <hyperlink ref="D295" r:id="rId267"/>
+    <hyperlink ref="D298" r:id="rId268"/>
+    <hyperlink ref="D299" r:id="rId269"/>
+    <hyperlink ref="D300" r:id="rId270"/>
+    <hyperlink ref="D301" r:id="rId271"/>
+    <hyperlink ref="D302" r:id="rId272"/>
+    <hyperlink ref="D303" r:id="rId273"/>
+    <hyperlink ref="D304" r:id="rId274"/>
+    <hyperlink ref="D305" r:id="rId275"/>
+    <hyperlink ref="D306" r:id="rId276"/>
+    <hyperlink ref="D307" r:id="rId277"/>
+    <hyperlink ref="D308" r:id="rId278"/>
+    <hyperlink ref="D309" r:id="rId279"/>
+    <hyperlink ref="D310" r:id="rId280"/>
+    <hyperlink ref="D311" r:id="rId281"/>
+    <hyperlink ref="D313" r:id="rId282"/>
+    <hyperlink ref="D314" r:id="rId283"/>
+    <hyperlink ref="D315" r:id="rId284"/>
+    <hyperlink ref="D316" r:id="rId285"/>
+    <hyperlink ref="D317" r:id="rId286"/>
+    <hyperlink ref="D318" r:id="rId287"/>
+    <hyperlink ref="D319" r:id="rId288"/>
+    <hyperlink ref="D321" r:id="rId289"/>
+    <hyperlink ref="D322" r:id="rId290"/>
+    <hyperlink ref="D323" r:id="rId291"/>
+    <hyperlink ref="D324" r:id="rId292"/>
+    <hyperlink ref="D325" r:id="rId293"/>
+    <hyperlink ref="D326" r:id="rId294"/>
+    <hyperlink ref="D327" r:id="rId295"/>
+    <hyperlink ref="D328" r:id="rId296"/>
+    <hyperlink ref="D330" r:id="rId297"/>
+    <hyperlink ref="D331" r:id="rId298"/>
+    <hyperlink ref="D332" r:id="rId299"/>
+    <hyperlink ref="D333" r:id="rId300"/>
+    <hyperlink ref="D334" r:id="rId301"/>
+    <hyperlink ref="D335" r:id="rId302"/>
+    <hyperlink ref="D336" r:id="rId303"/>
+    <hyperlink ref="D337" r:id="rId304"/>
+    <hyperlink ref="D339" r:id="rId305"/>
+    <hyperlink ref="D340" r:id="rId306"/>
+    <hyperlink ref="D341" r:id="rId307"/>
+    <hyperlink ref="D342" r:id="rId308"/>
+    <hyperlink ref="D345" r:id="rId309"/>
+    <hyperlink ref="D346" r:id="rId310"/>
+    <hyperlink ref="D347" r:id="rId311"/>
+    <hyperlink ref="D348" r:id="rId312"/>
+    <hyperlink ref="D349" r:id="rId313"/>
+    <hyperlink ref="D350" r:id="rId314"/>
+    <hyperlink ref="D351" r:id="rId315"/>
+    <hyperlink ref="D352" r:id="rId316"/>
+    <hyperlink ref="D353" r:id="rId317"/>
+    <hyperlink ref="D354" r:id="rId318"/>
+    <hyperlink ref="D355" r:id="rId319"/>
+    <hyperlink ref="D356" r:id="rId320"/>
+    <hyperlink ref="D357" r:id="rId321"/>
+    <hyperlink ref="D358" r:id="rId322"/>
+    <hyperlink ref="D359" r:id="rId323"/>
+    <hyperlink ref="D361" r:id="rId324"/>
+    <hyperlink ref="D362" r:id="rId325"/>
+    <hyperlink ref="D363" r:id="rId326"/>
+    <hyperlink ref="D364" r:id="rId327"/>
+    <hyperlink ref="D365" r:id="rId328"/>
+    <hyperlink ref="D367" r:id="rId329"/>
+    <hyperlink ref="D368" r:id="rId330"/>
+    <hyperlink ref="D369" r:id="rId331"/>
+    <hyperlink ref="D370" r:id="rId332"/>
+    <hyperlink ref="D371" r:id="rId333"/>
+    <hyperlink ref="D372" r:id="rId334"/>
+    <hyperlink ref="D374" r:id="rId335"/>
+    <hyperlink ref="D375" r:id="rId336"/>
+    <hyperlink ref="D376" r:id="rId337"/>
+    <hyperlink ref="D377" r:id="rId338"/>
+    <hyperlink ref="D378" r:id="rId339"/>
+    <hyperlink ref="D379" r:id="rId340"/>
+    <hyperlink ref="D380" r:id="rId341"/>
+    <hyperlink ref="D381" r:id="rId342"/>
+    <hyperlink ref="D383" r:id="rId343"/>
+    <hyperlink ref="D384" r:id="rId344"/>
+    <hyperlink ref="D385" r:id="rId345"/>
+    <hyperlink ref="D386" r:id="rId346"/>
+    <hyperlink ref="D387" r:id="rId347"/>
+    <hyperlink ref="D388" r:id="rId348"/>
+    <hyperlink ref="D389" r:id="rId349"/>
+    <hyperlink ref="D392" r:id="rId350"/>
+    <hyperlink ref="D393" r:id="rId351"/>
+    <hyperlink ref="D394" r:id="rId352"/>
+    <hyperlink ref="D395" r:id="rId353"/>
+    <hyperlink ref="D396" r:id="rId354"/>
+    <hyperlink ref="D397" r:id="rId355"/>
+    <hyperlink ref="D398" r:id="rId356"/>
+    <hyperlink ref="D399" r:id="rId357"/>
+    <hyperlink ref="D401" r:id="rId358"/>
+    <hyperlink ref="D402" r:id="rId359"/>
+    <hyperlink ref="D403" r:id="rId360"/>
+    <hyperlink ref="D404" r:id="rId361"/>
+    <hyperlink ref="D405" r:id="rId362"/>
+    <hyperlink ref="D406" r:id="rId363"/>
+    <hyperlink ref="D407" r:id="rId364"/>
+    <hyperlink ref="D408" r:id="rId365"/>
+    <hyperlink ref="D410" r:id="rId366"/>
+    <hyperlink ref="D411" r:id="rId367"/>
+    <hyperlink ref="D412" r:id="rId368"/>
+    <hyperlink ref="D413" r:id="rId369"/>
+    <hyperlink ref="D414" r:id="rId370"/>
+    <hyperlink ref="D415" r:id="rId371"/>
+    <hyperlink ref="D416" r:id="rId372"/>
+    <hyperlink ref="D417" r:id="rId373"/>
+    <hyperlink ref="D418" r:id="rId374"/>
+    <hyperlink ref="D419" r:id="rId375"/>
+    <hyperlink ref="D420" r:id="rId376"/>
+    <hyperlink ref="D421" r:id="rId377"/>
+    <hyperlink ref="D422" r:id="rId378"/>
+    <hyperlink ref="D423" r:id="rId379"/>
+    <hyperlink ref="D424" r:id="rId380"/>
+    <hyperlink ref="D425" r:id="rId381"/>
+    <hyperlink ref="D426" r:id="rId382"/>
+    <hyperlink ref="D427" r:id="rId383"/>
+    <hyperlink ref="D428" r:id="rId384"/>
+    <hyperlink ref="D429" r:id="rId385"/>
+    <hyperlink ref="D430" r:id="rId386"/>
+    <hyperlink ref="D433" r:id="rId387"/>
     <hyperlink ref="D435" r:id="rId388"/>
     <hyperlink ref="D436" r:id="rId389"/>
     <hyperlink ref="D437" r:id="rId390"/>
     <hyperlink ref="D438" r:id="rId391"/>
     <hyperlink ref="D439" r:id="rId392"/>
     <hyperlink ref="D440" r:id="rId393"/>
     <hyperlink ref="D441" r:id="rId394"/>
     <hyperlink ref="D442" r:id="rId395"/>
-    <hyperlink ref="D443" r:id="rId396"/>
-[...10 lines deleted...]
-    <hyperlink ref="D456" r:id="rId407"/>
+    <hyperlink ref="D444" r:id="rId396"/>
+    <hyperlink ref="D445" r:id="rId397"/>
+    <hyperlink ref="D446" r:id="rId398"/>
+    <hyperlink ref="D447" r:id="rId399"/>
+    <hyperlink ref="D448" r:id="rId400"/>
+    <hyperlink ref="D449" r:id="rId401"/>
+    <hyperlink ref="D450" r:id="rId402"/>
+    <hyperlink ref="D451" r:id="rId403"/>
+    <hyperlink ref="D452" r:id="rId404"/>
+    <hyperlink ref="D453" r:id="rId405"/>
+    <hyperlink ref="D454" r:id="rId406"/>
+    <hyperlink ref="D455" r:id="rId407"/>
     <hyperlink ref="D457" r:id="rId408"/>
     <hyperlink ref="D458" r:id="rId409"/>
     <hyperlink ref="D459" r:id="rId410"/>
     <hyperlink ref="D460" r:id="rId411"/>
     <hyperlink ref="D461" r:id="rId412"/>
     <hyperlink ref="D462" r:id="rId413"/>
     <hyperlink ref="D463" r:id="rId414"/>
-    <hyperlink ref="D465" r:id="rId415"/>
+    <hyperlink ref="D464" r:id="rId415"/>
     <hyperlink ref="D466" r:id="rId416"/>
     <hyperlink ref="D467" r:id="rId417"/>
     <hyperlink ref="D468" r:id="rId418"/>
     <hyperlink ref="D469" r:id="rId419"/>
     <hyperlink ref="D470" r:id="rId420"/>
     <hyperlink ref="D471" r:id="rId421"/>
     <hyperlink ref="D472" r:id="rId422"/>
-    <hyperlink ref="D473" r:id="rId423"/>
-[...10 lines deleted...]
-    <hyperlink ref="D484" r:id="rId434"/>
+    <hyperlink ref="D474" r:id="rId423"/>
+    <hyperlink ref="D475" r:id="rId424"/>
+    <hyperlink ref="D476" r:id="rId425"/>
+    <hyperlink ref="D477" r:id="rId426"/>
+    <hyperlink ref="D478" r:id="rId427"/>
+    <hyperlink ref="D479" r:id="rId428"/>
+    <hyperlink ref="D480" r:id="rId429"/>
+    <hyperlink ref="D481" r:id="rId430"/>
+    <hyperlink ref="D482" r:id="rId431"/>
+    <hyperlink ref="D483" r:id="rId432"/>
+    <hyperlink ref="D484" r:id="rId433"/>
+    <hyperlink ref="D485" r:id="rId434"/>
     <hyperlink ref="D486" r:id="rId435"/>
     <hyperlink ref="D487" r:id="rId436"/>
-    <hyperlink ref="D488" r:id="rId437"/>
-[...10 lines deleted...]
-    <hyperlink ref="D499" r:id="rId448"/>
+    <hyperlink ref="D489" r:id="rId437"/>
+    <hyperlink ref="D490" r:id="rId438"/>
+    <hyperlink ref="D491" r:id="rId439"/>
+    <hyperlink ref="D492" r:id="rId440"/>
+    <hyperlink ref="D493" r:id="rId441"/>
+    <hyperlink ref="D494" r:id="rId442"/>
+    <hyperlink ref="D495" r:id="rId443"/>
+    <hyperlink ref="D496" r:id="rId444"/>
+    <hyperlink ref="D497" r:id="rId445"/>
+    <hyperlink ref="D498" r:id="rId446"/>
+    <hyperlink ref="D499" r:id="rId447"/>
+    <hyperlink ref="D500" r:id="rId448"/>
     <hyperlink ref="D501" r:id="rId449"/>
     <hyperlink ref="D502" r:id="rId450"/>
     <hyperlink ref="D503" r:id="rId451"/>
     <hyperlink ref="D504" r:id="rId452"/>
     <hyperlink ref="D505" r:id="rId453"/>
     <hyperlink ref="D506" r:id="rId454"/>
     <hyperlink ref="D507" r:id="rId455"/>
     <hyperlink ref="D508" r:id="rId456"/>
     <hyperlink ref="D509" r:id="rId457"/>
-    <hyperlink ref="D510" r:id="rId458"/>
-[...3 lines deleted...]
-    <hyperlink ref="D514" r:id="rId462"/>
+    <hyperlink ref="D511" r:id="rId458"/>
+    <hyperlink ref="D512" r:id="rId459"/>
+    <hyperlink ref="D513" r:id="rId460"/>
+    <hyperlink ref="D514" r:id="rId461"/>
+    <hyperlink ref="D515" r:id="rId462"/>
     <hyperlink ref="D516" r:id="rId463"/>
     <hyperlink ref="D517" r:id="rId464"/>
     <hyperlink ref="D518" r:id="rId465"/>
     <hyperlink ref="D519" r:id="rId466"/>
-    <hyperlink ref="D520" r:id="rId467"/>
-[...5 lines deleted...]
-    <hyperlink ref="D526" r:id="rId473"/>
+    <hyperlink ref="D521" r:id="rId467"/>
+    <hyperlink ref="D522" r:id="rId468"/>
+    <hyperlink ref="D523" r:id="rId469"/>
+    <hyperlink ref="D524" r:id="rId470"/>
+    <hyperlink ref="D525" r:id="rId471"/>
+    <hyperlink ref="D526" r:id="rId472"/>
+    <hyperlink ref="D527" r:id="rId473"/>
     <hyperlink ref="D528" r:id="rId474"/>
-    <hyperlink ref="D529" r:id="rId475"/>
-[...3 lines deleted...]
-    <hyperlink ref="D534" r:id="rId479"/>
+    <hyperlink ref="D531" r:id="rId475"/>
+    <hyperlink ref="D532" r:id="rId476"/>
+    <hyperlink ref="D533" r:id="rId477"/>
+    <hyperlink ref="D534" r:id="rId478"/>
+    <hyperlink ref="D535" r:id="rId479"/>
     <hyperlink ref="D536" r:id="rId480"/>
     <hyperlink ref="D537" r:id="rId481"/>
     <hyperlink ref="D538" r:id="rId482"/>
     <hyperlink ref="D539" r:id="rId483"/>
-    <hyperlink ref="D541" r:id="rId484"/>
-[...2 lines deleted...]
-    <hyperlink ref="D544" r:id="rId487"/>
+    <hyperlink ref="D540" r:id="rId484"/>
+    <hyperlink ref="D541" r:id="rId485"/>
+    <hyperlink ref="D542" r:id="rId486"/>
+    <hyperlink ref="D543" r:id="rId487"/>
     <hyperlink ref="D545" r:id="rId488"/>
     <hyperlink ref="D546" r:id="rId489"/>
-    <hyperlink ref="D548" r:id="rId490"/>
-[...2 lines deleted...]
-    <hyperlink ref="D551" r:id="rId493"/>
+    <hyperlink ref="D547" r:id="rId490"/>
+    <hyperlink ref="D548" r:id="rId491"/>
+    <hyperlink ref="D549" r:id="rId492"/>
+    <hyperlink ref="D550" r:id="rId493"/>
     <hyperlink ref="D552" r:id="rId494"/>
     <hyperlink ref="D553" r:id="rId495"/>
     <hyperlink ref="D554" r:id="rId496"/>
     <hyperlink ref="D555" r:id="rId497"/>
     <hyperlink ref="D556" r:id="rId498"/>
     <hyperlink ref="D557" r:id="rId499"/>
     <hyperlink ref="D558" r:id="rId500"/>
-    <hyperlink ref="D559" r:id="rId501"/>
-    <hyperlink ref="D560" r:id="rId502"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>