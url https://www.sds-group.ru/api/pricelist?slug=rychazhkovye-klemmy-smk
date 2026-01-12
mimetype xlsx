--- v0 (2025-10-14)
+++ v1 (2026-01-12)
@@ -8,565 +8,607 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="326" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="185">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Рычажковые клеммы СМК</t>
   </si>
   <si>
+    <t>07-5252-4-20</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-5253-4-20</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423P проходная 3 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5235</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х2 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5232-04</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х3 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс), (4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4-05</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5232</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х3 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс) (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5202-20</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5233-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х2 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5231</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х4 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-2-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422 проходная 2 полюса (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-3-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423 проходная 3 полюса (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5263</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423R проходная разъемная 3 полюса серая 0,2-2,5/4мм² (40 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5264</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424R проходная разъемная 4 полюса серая 0,2-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5255-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (40 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0200-A5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423P проходная 3 полюса, с монтажной площадкой (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5255-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (40 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-6265</t>
   </si>
   <si>
     <t>Клемма СМК 222-425P проходная 5 полюсов, с монтажной площадкой (0,08-4 мм²), серая (20 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Клемма СМК 2х4 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (25 шт/уп) REXANT</t>
+    <t>06-0203-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5234-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х3 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5231-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х4 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5247-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 4х2 проходная разветвительная 4 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (блистер 4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5248-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х4 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (блистер 4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5261-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421R проходная разъемная 1 полюс серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5264-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424R проходная разъемная 4 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5265-3</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425R проходная разъемная 5 полюсов серая 0,2-2,5/4мм² (блистер 3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5270-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-612/221-612, 2-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5273-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-615/221-615, 5-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6262-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422P проходная 2 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6264-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424P проходная 4 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5235-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х2 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5240-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421 проходная 1 полюс (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6261-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421P проходная 1 полюс, с монтажной площадкой (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5245</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425 проходная 5 полюсов (0,08-4мм²), серая (30 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5247</t>
+  </si>
+  <si>
+    <t>Клемма СМК 4х2 проходная разветвительная 4 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-1</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 2-проводных REXANT</t>
+  </si>
+  <si>
+    <t>07-5262-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422R проходная разъемная 2 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5252-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5263-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423R проходная разъемная 3 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5233</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х2 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-3</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 5-проводных REXANT</t>
+  </si>
+  <si>
+    <t>07-5253-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5271</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-613/221-613, 3-проводная серая 0,5-4/6 мм² (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5234</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х3 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс) REXANT</t>
+  </si>
+  <si>
+    <t>06-0201-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0205-C10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5261</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421R проходная разъемная 1 полюс серая 0,2-2,5/4мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5246</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424 проходная 4 полюса (0,08-4мм²), серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5248</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х4 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5270</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-612/221-612, 2-проводная серая 0,5-4/6 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5273</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-615/221-615, 5-проводная серая 0,5-4/6 мм² (15 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5203-20</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0202-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6265-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425P проходная 5 полюсов, с монтажной площадкой (0,08-4 мм²), серая (блистер 4 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0201-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0203-A5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5265</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425R проходная разъемная 5 полюсов серая 0,2-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0202-C10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5207</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (пакет 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5271-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-613/221-613, 3-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5258-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-418, 8-проводная серая 0,08-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5252-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0204-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0217-A10</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4-10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5262</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422R проходная разъемная 2 полюса серая 0,2-2,5/4мм² (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-5253-4</t>
   </si>
   <si>
     <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-6263</t>
-[...14 lines deleted...]
-    <t>Клемма СМК 3х2 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (50 шт./уп.) REXANT</t>
+    <t>06-0204-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0200-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-2</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 3-проводных REXANT</t>
+  </si>
+  <si>
+    <t>06-0205-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0215-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-415, 5-прoводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0217-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0216-A10</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0216-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-5202</t>
   </si>
   <si>
     <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (50 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-5203</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>07-5205</t>
   </si>
   <si>
     <t>Универсальная компактная клемма СМК 221-415, 5-проводная до 4,0 мм² (40 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>06-0202-B5</t>
-[...59 lines deleted...]
-    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+    <t>07-5240</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421 проходная 1 полюс (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-2</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422 проходная 2 полюса (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-3</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423 проходная 3 полюса (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6261</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421P проходная 1 полюс, с монтажной площадкой (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-6262</t>
   </si>
   <si>
     <t>Клемма СМК 222-422P проходная 2 полюса, с монтажной площадкой (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>06-0203-A5</t>
-[...190 lines deleted...]
-  <si>
     <t>07-6264</t>
   </si>
   <si>
     <t>Клемма СМК 222-424P проходная 4 полюса, с монтажной площадкой (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
-  </si>
-[...148 lines deleted...]
-    <t>Коробка влагозащитная гелевая для клемм СМК 5-проводных REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -951,56 +993,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-40-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-40-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-paket-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up-.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up-.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-4-sht-up.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-40-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-40-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-15-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up-.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-blister-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-3-provodnyh-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-2-provodnyh-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-418-8-provodnaya-seraya-0-08-2-5-4mm-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424-prohodnaya-4-polyusa-0-08-4mm-seraya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425-prohodnaya-5-polyusov-0-08-4mm-seraya-30-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-5-provodnyh-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-blister-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425-prohodnaya-5-polyusov-0-08-4mm-seraya-30-sht-up-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-2-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-5-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424-prohodnaya-4-polyusa-0-08-4mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-15-sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-4-sht-up" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-paket-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-418-8-provodnaya-seraya-0-08-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-3-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I81"/>
+  <dimension ref="A1:I88"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1019,2331 +1061,2534 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>119.52</v>
+        <v>445.57</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>12473</v>
+        <v>105</v>
       </c>
       <c r="G3" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>331.95</v>
+        <v>586.44</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>9700</v>
+        <v>106</v>
       </c>
       <c r="G4" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>48.43</v>
+        <v>413.7</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>32400</v>
+        <v>139</v>
       </c>
       <c r="G5" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>2000</v>
+        <v>60</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>130.21</v>
+        <v>49.25</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>2565</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>18.98</v>
+        <v>917.89</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>544500</v>
+        <v>77</v>
       </c>
       <c r="G7" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>64.92</v>
+        <v>237.14</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>17400</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>13.28</v>
+        <v>337.59</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>133850</v>
+        <v>8100</v>
       </c>
       <c r="G9" s="3">
         <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>114.67</v>
+        <v>422.18</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>12600</v>
+        <v>25</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1500</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>14.5</v>
+        <v>1092.98</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>41500</v>
+        <v>54</v>
       </c>
       <c r="G11" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>24.8</v>
+        <v>132.42</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>84760</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H12" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>260.17</v>
+        <v>310.52</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>99</v>
+        <v>193</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>148.28</v>
+        <v>415.99</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>225</v>
+        <v>148.74</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>189</v>
+        <v>2040</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I15" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>105.12</v>
+        <v>170.26</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>300</v>
+        <v>3380</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I16" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>148.28</v>
+        <v>26.85</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>13960</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I17" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>13.27</v>
+        <v>114.06</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>732500</v>
+        <v>459</v>
       </c>
       <c r="G18" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>26.53</v>
+        <v>66.02</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F19" s="3">
-        <v>167200</v>
+        <v>7350</v>
       </c>
       <c r="G19" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H19" s="3">
         <v>2000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>18.13</v>
+        <v>26.98</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F20" s="3">
-        <v>224850</v>
+        <v>22000</v>
       </c>
       <c r="G20" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="H20" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>14.97</v>
+        <v>127.63</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>19900</v>
+        <v>5700</v>
       </c>
       <c r="G21" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H21" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>350.77</v>
+        <v>228.83</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>64</v>
+        <v>165</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>42.7</v>
+        <v>526.17</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>39850</v>
+        <v>98</v>
       </c>
       <c r="G23" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>112.5</v>
+        <v>684.67</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>132.25</v>
+        <v>859.41</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>23.55</v>
+        <v>1024.69</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>31483</v>
+        <v>35</v>
       </c>
       <c r="G26" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>88.29</v>
+        <v>324.39</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>16700</v>
+        <v>21</v>
       </c>
       <c r="G27" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>471.73</v>
+        <v>768.23</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>576.64</v>
+        <v>803.84</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>306.58</v>
+        <v>262.9</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I30" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>406.78</v>
+        <v>556.99</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>174</v>
+        <v>64</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>598.25</v>
+        <v>311.79</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>60</v>
       </c>
       <c r="I32" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>252.9</v>
+        <v>647.47</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I33" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>305.33</v>
+        <v>508.88</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>10</v>
       </c>
       <c r="I34" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>409.04</v>
+        <v>250.87</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>10</v>
       </c>
       <c r="I35" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>451.67</v>
+        <v>257.2</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>67</v>
+        <v>200</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>10</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>222.08</v>
+        <v>104.25</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F37" s="3">
-        <v>37</v>
+        <v>2700</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="H37" s="3">
-        <v>10</v>
+        <v>1200</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>130.44</v>
+        <v>135.07</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F38" s="3">
-        <v>4040</v>
+        <v>3880</v>
       </c>
       <c r="G38" s="3">
         <v>20</v>
       </c>
       <c r="H38" s="3">
         <v>1000</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>167.41</v>
+        <v>489.12</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F39" s="3">
-        <v>1260</v>
+        <v>5431</v>
       </c>
       <c r="G39" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H39" s="3">
-        <v>1000</v>
+        <v>240</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>146.25</v>
+        <v>450.95</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>3720</v>
+        <v>50</v>
       </c>
       <c r="G40" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>56.25</v>
+        <v>13.5</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F41" s="3">
-        <v>7000</v>
+        <v>1700</v>
       </c>
       <c r="G41" s="3">
         <v>50</v>
       </c>
       <c r="H41" s="3">
-        <v>2500</v>
+        <v>4000</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>26.4</v>
+        <v>607.46</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>17480</v>
+        <v>59</v>
       </c>
       <c r="G42" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>38.77</v>
+        <v>116.62</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F43" s="3">
-        <v>111550</v>
+        <v>4750</v>
       </c>
       <c r="G43" s="3">
         <v>50</v>
       </c>
       <c r="H43" s="3">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>251.61</v>
+        <v>743.69</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F44" s="3">
-        <v>253</v>
+        <v>4957</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="I44" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>296.54</v>
+        <v>19.36</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>82850</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I45" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>296.54</v>
+        <v>41.08</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F46" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H46" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I46" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>225</v>
+        <v>89.79</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F47" s="3">
-        <v>50</v>
+        <v>4050</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H47" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I47" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>350.77</v>
+        <v>301.58</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>5</v>
+        <v>397</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>10</v>
       </c>
       <c r="I48" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>317.34</v>
+        <v>356.73</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>49</v>
+        <v>4</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>10</v>
       </c>
       <c r="I49" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>177.69</v>
+        <v>39.43</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F50" s="3">
-        <v>133</v>
+        <v>27850</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H50" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I50" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>355.4</v>
+        <v>57.21</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>5100</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H51" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I51" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>210.23</v>
+        <v>86.14</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>625</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H52" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I52" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>37.34</v>
+        <v>157.57</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F53" s="3">
-        <v>63533</v>
+        <v>4070</v>
       </c>
       <c r="G53" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>50.14</v>
+        <v>37.94</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F54" s="3">
-        <v>37450</v>
+        <v>7700</v>
       </c>
       <c r="G54" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H54" s="3">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>45.68</v>
+        <v>54.62</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F55" s="3">
-        <v>19400</v>
+        <v>4200</v>
       </c>
       <c r="G55" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H55" s="3">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="3">
-        <v>104.52</v>
+        <v>514.88</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>11092</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C57" s="3">
-        <v>154.94</v>
+        <v>264.59</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>4820</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C58" s="3">
-        <v>132.81</v>
+        <v>608.42</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>4820</v>
+        <v>80</v>
       </c>
       <c r="G58" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C59" s="3">
-        <v>37.31</v>
+        <v>150.8</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>11400</v>
+        <v>2</v>
       </c>
       <c r="G59" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C60" s="3">
-        <v>48.83</v>
+        <v>114.41</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>7200</v>
+        <v>20</v>
       </c>
       <c r="G60" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C61" s="3">
-        <v>636.65</v>
+        <v>132.66</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F61" s="3">
-        <v>58</v>
+        <v>3820</v>
       </c>
       <c r="G61" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H61" s="3">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="I61" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C62" s="3">
-        <v>438.12</v>
+        <v>356.73</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>220</v>
+        <v>76</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I62" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C63" s="3">
-        <v>588.69</v>
+        <v>134.5</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>60</v>
+        <v>5000</v>
       </c>
       <c r="I63" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C64" s="3">
-        <v>246.68</v>
+        <v>345.06</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>10</v>
       </c>
       <c r="I64" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C65" s="3">
-        <v>98.45</v>
+        <v>54.76</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F65" s="3">
-        <v>13200</v>
+        <v>9860</v>
       </c>
       <c r="G65" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H65" s="3">
-        <v>2500</v>
+        <v>2400</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C66" s="3">
-        <v>318.97</v>
+        <v>14.18</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F66" s="3">
-        <v>23</v>
+        <v>38350</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H66" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C67" s="3">
-        <v>597.31</v>
+        <v>301.58</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>10</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C68" s="3">
-        <v>790.4</v>
+        <v>361.44</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>10</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C69" s="3">
-        <v>258.51</v>
+        <v>459.35</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>10</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C70" s="3">
-        <v>339.29</v>
+        <v>100.12</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F70" s="3">
-        <v>76</v>
+        <v>9100</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H70" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C71" s="3">
-        <v>547.68</v>
+        <v>20.27</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F71" s="3">
-        <v>134</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H71" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I71" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C72" s="3">
-        <v>755.39</v>
+        <v>150.8</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>10</v>
       </c>
       <c r="I72" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C73" s="3">
-        <v>590.62</v>
+        <v>228.83</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>6652</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>240</v>
+        <v>10</v>
       </c>
       <c r="I73" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C74" s="3">
-        <v>480.94</v>
+        <v>600.66</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F74" s="3">
-        <v>5598</v>
+        <v>6497</v>
       </c>
       <c r="G74" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
         <v>240</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C75" s="3">
-        <v>112.15</v>
+        <v>255.89</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>559</v>
+        <v>144</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>10</v>
       </c>
       <c r="I75" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C76" s="3">
-        <v>53.84</v>
+        <v>322.73</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>15340</v>
+        <v>104</v>
       </c>
       <c r="G76" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>2400</v>
+        <v>10</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C77" s="3">
-        <v>79.16</v>
+        <v>180.71</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>2900</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C78" s="3">
-        <v>97.63</v>
+        <v>213.8</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>4170</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>1200</v>
+        <v>10</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C79" s="3">
-        <v>36.72</v>
+        <v>106.91</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>2900</v>
+        <v>100</v>
       </c>
       <c r="G79" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C80" s="3">
-        <v>443.41</v>
+        <v>14.75</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>37600</v>
       </c>
       <c r="G80" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H80" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C81" s="3">
-        <v>731.26</v>
+        <v>18.09</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F81" s="3">
-        <v>5096</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
-        <v>7</v>
+        <v>50</v>
       </c>
       <c r="H81" s="3">
-        <v>147</v>
+        <v>4000</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C82" s="3">
+        <v>26.48</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" s="3">
+        <v>36800</v>
+      </c>
+      <c r="G82" s="3">
+        <v>40</v>
+      </c>
+      <c r="H82" s="3">
+        <v>4000</v>
+      </c>
+      <c r="I82" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C83" s="3">
+        <v>23.95</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" s="3">
+        <v>8631</v>
+      </c>
+      <c r="G83" s="3">
+        <v>50</v>
+      </c>
+      <c r="H83" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C84" s="3">
+        <v>37.97</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" s="3">
+        <v>18926</v>
+      </c>
+      <c r="G84" s="3">
+        <v>25</v>
+      </c>
+      <c r="H84" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C85" s="3">
+        <v>50.99</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" s="3">
+        <v>3500</v>
+      </c>
+      <c r="G85" s="3">
+        <v>25</v>
+      </c>
+      <c r="H85" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I85" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C86" s="3">
+        <v>46.46</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" s="3">
+        <v>16250</v>
+      </c>
+      <c r="G86" s="3">
+        <v>50</v>
+      </c>
+      <c r="H86" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I86" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C87" s="3">
+        <v>43.43</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" s="3">
+        <v>9150</v>
+      </c>
+      <c r="G87" s="3">
+        <v>50</v>
+      </c>
+      <c r="H87" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="C88" s="3">
+        <v>106.3</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" s="3">
+        <v>4325</v>
+      </c>
+      <c r="G88" s="3">
+        <v>25</v>
+      </c>
+      <c r="H88" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I88" s="3">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
@@ -3386,50 +3631,57 @@
     <hyperlink ref="D57" r:id="rId55"/>
     <hyperlink ref="D58" r:id="rId56"/>
     <hyperlink ref="D59" r:id="rId57"/>
     <hyperlink ref="D60" r:id="rId58"/>
     <hyperlink ref="D61" r:id="rId59"/>
     <hyperlink ref="D62" r:id="rId60"/>
     <hyperlink ref="D63" r:id="rId61"/>
     <hyperlink ref="D64" r:id="rId62"/>
     <hyperlink ref="D65" r:id="rId63"/>
     <hyperlink ref="D66" r:id="rId64"/>
     <hyperlink ref="D67" r:id="rId65"/>
     <hyperlink ref="D68" r:id="rId66"/>
     <hyperlink ref="D69" r:id="rId67"/>
     <hyperlink ref="D70" r:id="rId68"/>
     <hyperlink ref="D71" r:id="rId69"/>
     <hyperlink ref="D72" r:id="rId70"/>
     <hyperlink ref="D73" r:id="rId71"/>
     <hyperlink ref="D74" r:id="rId72"/>
     <hyperlink ref="D75" r:id="rId73"/>
     <hyperlink ref="D76" r:id="rId74"/>
     <hyperlink ref="D77" r:id="rId75"/>
     <hyperlink ref="D78" r:id="rId76"/>
     <hyperlink ref="D79" r:id="rId77"/>
     <hyperlink ref="D80" r:id="rId78"/>
     <hyperlink ref="D81" r:id="rId79"/>
+    <hyperlink ref="D82" r:id="rId80"/>
+    <hyperlink ref="D83" r:id="rId81"/>
+    <hyperlink ref="D84" r:id="rId82"/>
+    <hyperlink ref="D85" r:id="rId83"/>
+    <hyperlink ref="D86" r:id="rId84"/>
+    <hyperlink ref="D87" r:id="rId85"/>
+    <hyperlink ref="D88" r:id="rId86"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>