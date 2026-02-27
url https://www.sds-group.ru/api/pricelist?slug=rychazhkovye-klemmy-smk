--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -8,607 +8,601 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="183">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Рычажковые клеммы СМК</t>
   </si>
   <si>
+    <t>07-5253-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-6263</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423P проходная 3 полюса, с монтажной площадкой (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6265</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425P проходная 5 полюсов, с монтажной площадкой (0,08-4 мм²), серая (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0204-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-5232</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х3 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс) (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5252-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5255-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (40 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-2</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422 проходная 2 полюса (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-3</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423 проходная 3 полюса (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5240</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421 проходная 1 полюс (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6265-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425P проходная 5 полюсов, с монтажной площадкой (0,08-4 мм²), серая (блистер 4 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4-10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5264</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424R проходная разъемная 4 полюса серая 0,2-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5203</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5202</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5205</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-415, 5-проводная до 4,0 мм² (40 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>07-5252-4-20</t>
   </si>
   <si>
     <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (20 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>06-0202-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0203-A5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0202-C10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5248</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х4 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5270</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-612/221-612, 2-проводная серая 0,5-4/6 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0217-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6262</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422P проходная 2 полюса, с монтажной площадкой (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6264</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424P проходная 4 полюса, с монтажной площадкой (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423P проходная 3 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5232-04</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х3 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс), (4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5265</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425R проходная разъемная 5 полюсов серая 0,2-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0205-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0205-C10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0216-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5231</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х4 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5273-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-615/221-615, 5-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5231-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х4 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5247-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 4х2 проходная разветвительная 4 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (блистер 4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5248-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х4 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (блистер 4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5261-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421R проходная разъемная 1 полюс серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5262-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422R проходная разъемная 2 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5263-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423R проходная разъемная 3 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5264-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424R проходная разъемная 4 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5265-3</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425R проходная разъемная 5 полюсов серая 0,2-2,5/4мм² (блистер 3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5270-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-612/221-612, 2-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5271-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-613/221-613, 3-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5255-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (40 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5233-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х2 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-3-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423 проходная 3 полюса (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0200-A5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0203-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5235</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х2 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6261</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421P проходная 1 полюс, с монтажной площадкой (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6264-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424P проходная 4 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4-05</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0201-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0204-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5245</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425 проходная 5 полюсов (0,08-4мм²), серая (30 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5247</t>
+  </si>
+  <si>
+    <t>Клемма СМК 4х2 проходная разветвительная 4 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5273</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-615/221-615, 5-проводная серая 0,5-4/6 мм² (15 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5233</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х2 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-3</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 5-проводных REXANT</t>
+  </si>
+  <si>
+    <t>07-5263</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423R проходная разъемная 3 полюса серая 0,2-2,5/4мм² (40 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0201-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5271</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-613/221-613, 3-проводная серая 0,5-4/6 мм² (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5258-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-418, 8-проводная серая 0,08-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5203-20</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5234-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х3 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0217-A10</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6262-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422P проходная 2 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0215-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-415, 5-прoводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0216-A10</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5235-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х2 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5240-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421 проходная 1 полюс (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6261-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421P проходная 1 полюс, с монтажной площадкой (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-1</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 2-проводных REXANT</t>
+  </si>
+  <si>
+    <t>07-5253-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5234</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х3 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс) REXANT</t>
+  </si>
+  <si>
+    <t>07-5261</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421R проходная разъемная 1 полюс серая 0,2-2,5/4мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5246</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424 проходная 4 полюса (0,08-4мм²), серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5252-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5262</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422R проходная разъемная 2 полюса серая 0,2-2,5/4мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-2</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 3-проводных REXANT</t>
+  </si>
+  <si>
+    <t>06-0200-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-5253-4-20</t>
   </si>
   <si>
     <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (20 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-6263-5</t>
-[...31 lines deleted...]
-  <si>
     <t>07-5202-20</t>
   </si>
   <si>
     <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (20 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-5233-05</t>
-[...10 lines deleted...]
-  <si>
     <t>07-6263-2-05</t>
   </si>
   <si>
     <t>Клемма СМК 222-422 проходная 2 полюса (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
-  </si>
-[...448 lines deleted...]
-    <t>Клемма СМК 222-424P проходная 4 полюса, с монтажной площадкой (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -993,56 +987,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-blister-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425-prohodnaya-5-polyusov-0-08-4mm-seraya-30-sht-up-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-2-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-5-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424-prohodnaya-4-polyusa-0-08-4mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-15-sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-4-sht-up" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-paket-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-418-8-provodnaya-seraya-0-08-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-3-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-54-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-3-vyvoda-na-polyus-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-54-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-54-mm-40-shtup-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-blister-4-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-54-mm-blister-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-54mm-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-54-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-54-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-54-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-3-vyvoda-na-polyus-4-shtup-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-54mm-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-54-mm-blister-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615221-615-5-provodnaya-seraya-0-5-46-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-4-vyvoda-na-polyus-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-2-vyvoda-na-polyus-blister-4-shtup-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-4-vyvoda-na-polyus-blister-4-shtup-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-54mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-54mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-54mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-54mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-54mm-blister-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612221-612-2-provodnaya-seraya-0-5-46-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613221-613-3-provodnaya-seraya-0-5-46-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-54-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-2-vyvoda-na-polyus-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-54-mm-blister-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-2-vyvoda-na-polyus-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-54-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-54-mm-blister-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425-prohodnaya-5-polyusov-0-08-4mm-seraya-30-sht-up-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-15-sht-up-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-2-vyvoda-na-polyus-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozashchitnaya-gelevaya-dlya-klemm-smk-5-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-54mm-40-shtup-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-54-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-418-8-provodnaya-seraya-0-08-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-3-vyvoda-na-polyus-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-2-vyvoda-na-polyus-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozashchitnaya-gelevaya-dlya-klemm-smk-2-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-54-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-3-vyvoda-na-polyus-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-54mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424-prohodnaya-4-polyusa-0-08-4mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-54-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-54mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozashchitnaya-gelevaya-dlya-klemm-smk-3-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-54-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-54-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I88"/>
+  <dimension ref="A1:I87"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1061,2534 +1055,2505 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>445.57</v>
+        <v>20.27</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>105</v>
+        <v>354400</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H3" s="3">
-        <v>60</v>
+        <v>4000</v>
       </c>
       <c r="I3" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>586.44</v>
+        <v>66.02</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>106</v>
+        <v>4625</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>2000</v>
       </c>
       <c r="I4" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>413.7</v>
+        <v>127.63</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>139</v>
+        <v>4120</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H5" s="3">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="I5" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>49.25</v>
+        <v>150.8</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>566</v>
       </c>
       <c r="G6" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>2000</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>917.89</v>
+        <v>337.59</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>77</v>
+        <v>7100</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>237.14</v>
+        <v>13.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>483150</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>337.59</v>
+        <v>26.98</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>8100</v>
+        <v>92780</v>
       </c>
       <c r="G9" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="H9" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>422.18</v>
+        <v>37.97</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
+        <v>54600</v>
+      </c>
+      <c r="G10" s="3">
         <v>25</v>
       </c>
-      <c r="G10" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H10" s="3">
-        <v>60</v>
+        <v>2500</v>
       </c>
       <c r="I10" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>1092.98</v>
+        <v>50.99</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>54</v>
+        <v>12800</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I11" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>132.42</v>
+        <v>23.95</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>2262</v>
       </c>
       <c r="G12" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H12" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>310.52</v>
+        <v>608.42</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>193</v>
+        <v>254</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>415.99</v>
+        <v>459.35</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F14" s="3">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>148.74</v>
+        <v>170.26</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2040</v>
+        <v>1680</v>
       </c>
       <c r="G15" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="H15" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>170.26</v>
+        <v>18.09</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>3380</v>
+        <v>46800</v>
       </c>
       <c r="G16" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>26.85</v>
+        <v>14.75</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>13960</v>
+        <v>47800</v>
       </c>
       <c r="G17" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>114.06</v>
+        <v>26.48</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>459</v>
+        <v>21440</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I18" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>66.02</v>
+        <v>445.57</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F19" s="3">
-        <v>7350</v>
+        <v>1236</v>
       </c>
       <c r="G19" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>26.98</v>
+        <v>264.59</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F20" s="3">
-        <v>22000</v>
+        <v>856</v>
       </c>
       <c r="G20" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>127.63</v>
+        <v>114.41</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>5700</v>
+        <v>1401</v>
       </c>
       <c r="G21" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>228.83</v>
+        <v>356.73</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F22" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I22" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>526.17</v>
+        <v>157.57</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>98</v>
+        <v>2370</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>684.67</v>
+        <v>37.94</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>7200</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>859.41</v>
+        <v>180.71</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F25" s="3">
-        <v>46</v>
+        <v>487</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>1024.69</v>
+        <v>39.43</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>35</v>
+        <v>29250</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>324.39</v>
+        <v>43.43</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>21</v>
+        <v>3300</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>768.23</v>
+        <v>106.3</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>53</v>
+        <v>2975</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>803.84</v>
+        <v>413.7</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F29" s="3">
-        <v>53</v>
+        <v>289</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>262.9</v>
+        <v>917.89</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F30" s="3">
-        <v>79</v>
+        <v>131</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>556.99</v>
+        <v>132.66</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>64</v>
+        <v>3520</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>311.79</v>
+        <v>255.89</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F32" s="3">
-        <v>100</v>
+        <v>142</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>647.47</v>
+        <v>356.73</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F33" s="3">
-        <v>64</v>
+        <v>3</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I33" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>508.88</v>
+        <v>106.91</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F34" s="3">
-        <v>115</v>
+        <v>531</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>400</v>
       </c>
       <c r="I34" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>250.87</v>
+        <v>132.42</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>37</v>
+        <v>525</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I35" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>257.2</v>
+        <v>556.99</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F36" s="3">
-        <v>200</v>
+        <v>104</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>10</v>
       </c>
       <c r="I36" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>104.25</v>
+        <v>684.67</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F37" s="3">
-        <v>2700</v>
+        <v>407</v>
       </c>
       <c r="G37" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>1200</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>135.07</v>
+        <v>859.41</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F38" s="3">
-        <v>3880</v>
+        <v>46</v>
       </c>
       <c r="G38" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>489.12</v>
+        <v>1024.69</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F39" s="3">
-        <v>5431</v>
+        <v>339</v>
       </c>
       <c r="G39" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>240</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>450.95</v>
+        <v>324.39</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F40" s="3">
-        <v>50</v>
+        <v>417</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>10</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>13.5</v>
+        <v>450.95</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F41" s="3">
-        <v>1700</v>
+        <v>329</v>
       </c>
       <c r="G41" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
         <v>607.46</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F42" s="3">
-        <v>59</v>
+        <v>385</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>10</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>116.62</v>
+        <v>768.23</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F43" s="3">
-        <v>4750</v>
+        <v>314</v>
       </c>
       <c r="G43" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>743.69</v>
+        <v>803.84</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F44" s="3">
-        <v>4957</v>
+        <v>51</v>
       </c>
       <c r="G44" s="3">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>19.36</v>
+        <v>262.9</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F45" s="3">
-        <v>82850</v>
+        <v>89</v>
       </c>
       <c r="G45" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>41.08</v>
+        <v>345.06</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>209</v>
       </c>
       <c r="G46" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>89.79</v>
+        <v>26.85</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>4050</v>
+        <v>280</v>
       </c>
       <c r="G47" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="H47" s="3">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>301.58</v>
+        <v>1092.98</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F48" s="3">
-        <v>397</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I48" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>356.73</v>
+        <v>415.99</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F49" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I49" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>39.43</v>
+        <v>114.06</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F50" s="3">
-        <v>27850</v>
+        <v>2869</v>
       </c>
       <c r="G50" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>3000</v>
+        <v>400</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>57.21</v>
+        <v>228.83</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F51" s="3">
-        <v>5100</v>
+        <v>377</v>
       </c>
       <c r="G51" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>86.14</v>
+        <v>49.25</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>625</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H52" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>157.57</v>
+        <v>46.46</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>4070</v>
+        <v>15500</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H53" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>37.94</v>
+        <v>647.47</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F54" s="3">
-        <v>7700</v>
+        <v>211</v>
       </c>
       <c r="G54" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>3000</v>
+        <v>200</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>54.62</v>
+        <v>237.14</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F55" s="3">
-        <v>4200</v>
+        <v>72</v>
       </c>
       <c r="G55" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>1500</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="3">
-        <v>514.88</v>
+        <v>150.8</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>1171</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I56" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C57" s="3">
-        <v>264.59</v>
+        <v>301.58</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>217</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
+        <v>150</v>
+      </c>
+      <c r="I57" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C58" s="3">
-        <v>608.42</v>
+        <v>104.25</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>80</v>
+        <v>1230</v>
       </c>
       <c r="G58" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="H58" s="3">
-        <v>60</v>
+        <v>1200</v>
       </c>
       <c r="I58" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C59" s="3">
-        <v>150.8</v>
+        <v>135.07</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>2</v>
+        <v>3820</v>
       </c>
       <c r="G59" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H59" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I59" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C60" s="3">
-        <v>114.41</v>
+        <v>54.62</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I60" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C61" s="3">
-        <v>132.66</v>
+        <v>116.62</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>3820</v>
+        <v>5750</v>
       </c>
       <c r="G61" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H61" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C62" s="3">
-        <v>356.73</v>
+        <v>743.69</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>76</v>
+        <v>4553</v>
       </c>
       <c r="G62" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H62" s="3">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="I62" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C63" s="3">
-        <v>134.5</v>
+        <v>148.74</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H63" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I63" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C64" s="3">
-        <v>345.06</v>
+        <v>301.58</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F64" s="3">
+        <v>684</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>150</v>
+      </c>
+      <c r="I64" s="3">
         <v>10</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C65" s="3">
-        <v>54.76</v>
+        <v>41.08</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>9860</v>
+        <v>3325</v>
       </c>
       <c r="G65" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H65" s="3">
-        <v>2400</v>
+        <v>2000</v>
       </c>
       <c r="I65" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C66" s="3">
-        <v>14.18</v>
+        <v>54.76</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>38350</v>
+        <v>7180</v>
       </c>
       <c r="G66" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H66" s="3">
-        <v>4000</v>
+        <v>2400</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C67" s="3">
-        <v>301.58</v>
+        <v>514.88</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F67" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I67" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C68" s="3">
-        <v>361.44</v>
+        <v>526.17</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F68" s="3">
-        <v>48</v>
+        <v>103</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I68" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C69" s="3">
-        <v>459.35</v>
+        <v>361.44</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F69" s="3">
-        <v>84</v>
+        <v>341</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
+        <v>150</v>
+      </c>
+      <c r="I69" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C70" s="3">
-        <v>100.12</v>
+        <v>311.79</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F70" s="3">
-        <v>9100</v>
+        <v>1392</v>
       </c>
       <c r="G70" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C71" s="3">
-        <v>20.27</v>
+        <v>322.73</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>353</v>
       </c>
       <c r="G71" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>4000</v>
+        <v>250</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C72" s="3">
-        <v>150.8</v>
+        <v>213.8</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F72" s="3">
-        <v>65</v>
+        <v>483</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
+        <v>200</v>
+      </c>
+      <c r="I72" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C73" s="3">
-        <v>228.83</v>
+        <v>508.88</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F73" s="3">
         <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I73" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C74" s="3">
-        <v>600.66</v>
+        <v>250.87</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F74" s="3">
-        <v>6497</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>240</v>
+        <v>400</v>
       </c>
       <c r="I74" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C75" s="3">
-        <v>255.89</v>
+        <v>257.2</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F75" s="3">
-        <v>144</v>
+        <v>1266</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>10</v>
+        <v>400</v>
       </c>
       <c r="I75" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C76" s="3">
-        <v>322.73</v>
+        <v>489.12</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>104</v>
+        <v>5008</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H76" s="3">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="I76" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C77" s="3">
-        <v>180.71</v>
+        <v>19.36</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>9000</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H77" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I77" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C78" s="3">
-        <v>213.8</v>
+        <v>89.79</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>6050</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I78" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C79" s="3">
-        <v>106.91</v>
+        <v>57.21</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>100</v>
+        <v>2450</v>
       </c>
       <c r="G79" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H79" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I79" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C80" s="3">
-        <v>14.75</v>
+        <v>86.14</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>37600</v>
+        <v>3450</v>
       </c>
       <c r="G80" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H80" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C81" s="3">
-        <v>18.09</v>
+        <v>14.18</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F81" s="3">
-        <v>0</v>
+        <v>18250</v>
       </c>
       <c r="G81" s="3">
         <v>50</v>
       </c>
       <c r="H81" s="3">
         <v>4000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C82" s="3">
-        <v>26.48</v>
+        <v>100.12</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F82" s="3">
-        <v>36800</v>
+        <v>6300</v>
       </c>
       <c r="G82" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H82" s="3">
-        <v>4000</v>
+        <v>2500</v>
       </c>
       <c r="I82" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C83" s="3">
-        <v>23.95</v>
+        <v>600.66</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F83" s="3">
-        <v>8631</v>
+        <v>6032</v>
       </c>
       <c r="G83" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>2500</v>
+        <v>240</v>
       </c>
       <c r="I83" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C84" s="3">
-        <v>37.97</v>
+        <v>228.83</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F84" s="3">
-        <v>18926</v>
+        <v>1339</v>
       </c>
       <c r="G84" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C85" s="3">
-        <v>50.99</v>
+        <v>586.44</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F85" s="3">
-        <v>3500</v>
+        <v>671</v>
       </c>
       <c r="G85" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>1500</v>
+        <v>80</v>
       </c>
       <c r="I85" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C86" s="3">
-        <v>46.46</v>
+        <v>422.18</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F86" s="3">
-        <v>16250</v>
+        <v>241</v>
       </c>
       <c r="G86" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C87" s="3">
-        <v>43.43</v>
+        <v>310.52</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F87" s="3">
-        <v>9150</v>
+        <v>529</v>
       </c>
       <c r="G87" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>1500</v>
+        <v>250</v>
       </c>
       <c r="I87" s="3">
-        <v>1</v>
-[...28 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
@@ -3637,51 +3602,50 @@
     <hyperlink ref="D63" r:id="rId61"/>
     <hyperlink ref="D64" r:id="rId62"/>
     <hyperlink ref="D65" r:id="rId63"/>
     <hyperlink ref="D66" r:id="rId64"/>
     <hyperlink ref="D67" r:id="rId65"/>
     <hyperlink ref="D68" r:id="rId66"/>
     <hyperlink ref="D69" r:id="rId67"/>
     <hyperlink ref="D70" r:id="rId68"/>
     <hyperlink ref="D71" r:id="rId69"/>
     <hyperlink ref="D72" r:id="rId70"/>
     <hyperlink ref="D73" r:id="rId71"/>
     <hyperlink ref="D74" r:id="rId72"/>
     <hyperlink ref="D75" r:id="rId73"/>
     <hyperlink ref="D76" r:id="rId74"/>
     <hyperlink ref="D77" r:id="rId75"/>
     <hyperlink ref="D78" r:id="rId76"/>
     <hyperlink ref="D79" r:id="rId77"/>
     <hyperlink ref="D80" r:id="rId78"/>
     <hyperlink ref="D81" r:id="rId79"/>
     <hyperlink ref="D82" r:id="rId80"/>
     <hyperlink ref="D83" r:id="rId81"/>
     <hyperlink ref="D84" r:id="rId82"/>
     <hyperlink ref="D85" r:id="rId83"/>
     <hyperlink ref="D86" r:id="rId84"/>
     <hyperlink ref="D87" r:id="rId85"/>
-    <hyperlink ref="D88" r:id="rId86"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>