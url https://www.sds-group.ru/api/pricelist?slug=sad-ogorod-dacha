--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -8,1957 +8,1966 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1219" uniqueCount="635">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1227" uniqueCount="638">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сад Огород Дача</t>
   </si>
   <si>
-    <t>1.1 Средства от вредителей</t>
-[...2 lines deleted...]
-    <t>1.1.1 От комаров и прочих летающих насекомых</t>
+    <t>1.1 Химия для загородных участков</t>
+  </si>
+  <si>
+    <t>1.1.1 Для биотуалетов</t>
+  </si>
+  <si>
+    <t>63-0007</t>
+  </si>
+  <si>
+    <t>Средство для биотуалетов верхний бачок, 1 литр ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>63-0005</t>
+  </si>
+  <si>
+    <t>Средство для биотуалетов, 1 литр ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.1.2 Для выгребных ям</t>
+  </si>
+  <si>
+    <t>63-0001</t>
+  </si>
+  <si>
+    <t>Средство для выгребных ям и дачных туалетов, 1 литр ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.2 Садовый полив</t>
+  </si>
+  <si>
+    <t>1.2.1 Шланги садовые</t>
+  </si>
+  <si>
+    <t>62-0226-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0229-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0228-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0230</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>62-0230-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0317-F</t>
+  </si>
+  <si>
+    <t>Шланг для капельного орошения, сочащийся 1/2 ", бухта 10м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0224-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 1/2" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>62-0228-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 1/2" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0226-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0229-1-FС</t>
+  </si>
+  <si>
+    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0228</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0229</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0224-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0227-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 3/4" 50м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0227-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ  3-х слойный армированный 3/4" 50м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>1.2.2 Катушки, тележки и держатели для шлангов</t>
+  </si>
+  <si>
+    <t>62-0261</t>
+  </si>
+  <si>
+    <t>Тележка для шланга 1/2" 60 м или 3/4" 30 м, ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0316-F</t>
+  </si>
+  <si>
+    <t>Тележка для шланга 1/2" 60м или 3/4" 30м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0328-F</t>
+  </si>
+  <si>
+    <t>Направляющая для шланга 25см Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0327-F</t>
+  </si>
+  <si>
+    <t>Катушка для шланга 1/2" 35м или 3/4" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель для садового шланга, стальной ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>62-0268</t>
+  </si>
+  <si>
+    <t>Катушка мини со шлангом, 10мм, 10м, пистолет-распылитель ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0260</t>
+  </si>
+  <si>
+    <t>Катушка для шланга Mini 30 м, 1/2"  или 25 м 3/4 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0262</t>
+  </si>
+  <si>
+    <t>Держатель для садового шланга (Катушка с креплением на стену) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0267</t>
+  </si>
+  <si>
+    <t>Катушка со шлангом 1/2" 15м, 3 коннектора, 1 распылитель ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.2.3 Соединители, муфты, переходники, тройники для садовых шлангов</t>
+  </si>
+  <si>
+    <t>62-0308-F</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1", внутренняя резьба Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0214</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0215</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0302-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0272</t>
+  </si>
+  <si>
+    <t>Адаптер пластмассовый, 1"-1/2"-3/4", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0274</t>
+  </si>
+  <si>
+    <t>Муфта соединительная латунная, ремонтная, для шланга, 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0278</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1"-3/4", внутренняя резьба, с переходником ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222-F</t>
+  </si>
+  <si>
+    <t>Двойник для быстросъемного соединения  с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0223-F</t>
+  </si>
+  <si>
+    <t>Разветвитель 2-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-1-F</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-F</t>
+  </si>
+  <si>
+    <t>Муфта переходная для шланга 1/2"-3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0216-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0215-1</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0217-1</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0225-F</t>
+  </si>
+  <si>
+    <t>Разветвитель 4-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0240</t>
+  </si>
+  <si>
+    <t>Адаптер универсальный пластмассовый, 1/2"-3/4", с внешним хомутом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0301-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с аквастопом, термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0304-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0306-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 3/4" с термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0307-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 3/4" с аквастопом, термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0211-F</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0212-F</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 1/2"-3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0300-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0221-F</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 1/2" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0241</t>
+  </si>
+  <si>
+    <t>Адаптер поворотный 1/2"-3/4"-1", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0225</t>
+  </si>
+  <si>
+    <t>Разветвитель для шланга на 4 канала 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0213</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 3/4", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0218</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 1/2", с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0221</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 1/2" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник Y для быстросъемного соединения ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0223</t>
+  </si>
+  <si>
+    <t>Разветвитель 2-х канальный на кран 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0211</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0212</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0216</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 1/2"  ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0217</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 3/4", с аквастопом Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-1</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник для быстросъемного соединения ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0218-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с аквастопом и термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0305-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 1/2" с аквастопом, термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0309-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 1/2" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0279</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 1/2", с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0280</t>
+  </si>
+  <si>
+    <t>62-0219</t>
+  </si>
+  <si>
+    <t>Муфта переходная для шланга 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0275</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 3/4", внешняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0276</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2", внешняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0277</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0281</t>
+  </si>
+  <si>
+    <t>Двойник латунный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0303-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с аквастопом, термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0273</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2"-3/4", внутренняя резьба, с переходником ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0281-3-F</t>
+  </si>
+  <si>
+    <t>Тройник Y для быстросъемного соединения, латунный Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0310-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга латунный, быстросъемный, 3/4", с аквастопом Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0311-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель-насадка, регулируемый латунный Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0222-3-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник Y для быстросъемного соединения с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>1.2.4 Распылители, дождеватели и капельный полив</t>
+  </si>
+  <si>
+    <t>62-0256</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива осциллирующий 190м² ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0303</t>
+  </si>
+  <si>
+    <t>Увлажнитель почвы для растений 100мл Грибочек ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0283</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0285</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с регулировкой давления, ручкой и курком, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0293</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель на штанге ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0294</t>
+  </si>
+  <si>
+    <t>Распылитель на телескопической штанге ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0284</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0290</t>
+  </si>
+  <si>
+    <t>Дождеватель мини ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0326-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель на гибкой штанге, 10 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0302</t>
+  </si>
+  <si>
+    <t>Увлажнитель почвы для растений 60мл Птичка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0304</t>
+  </si>
+  <si>
+    <t>Щетка для очистки листьев растений ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распыляющая головка помповая, подходит к стандартной пластиковой бутылке ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0323-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель для полива круговой, 9 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0291</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель осциллирующий для прямоугольных площадей ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0312-F</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива круговой с регулировкой угла полива по горизонту Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0314-F</t>
+  </si>
+  <si>
+    <t>Дождеватель латунный импульсный на металлической подставке Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0254</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива круговой 154м² ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0313-F</t>
+  </si>
+  <si>
+    <t>Комплект для капельного полива площади 4х5м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0251</t>
+  </si>
+  <si>
+    <t>Пистолет-лейка и коннекторы 3/4 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0252</t>
+  </si>
+  <si>
+    <t>Пистолет для полива 2 режима ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0253</t>
+  </si>
+  <si>
+    <t>Распыляющая головка, подходит к стандартной пластиковой бутылке ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0324-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пистолет-распылитель многофункциональный CARBON, 7 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0301</t>
+  </si>
+  <si>
+    <t>Дождеватель с садовым фонариком, работает от давления воды ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0286</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель многофункциональный с прорезиненной ручкой и курком, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0287</t>
+  </si>
+  <si>
+    <t>Распылитель-насадка, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0288</t>
+  </si>
+  <si>
+    <t>Дождеватель пластиковый, импульсный, двухсторонний ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0289</t>
+  </si>
+  <si>
+    <t>Дождеватель кольцевого типа, пластиковый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель осциллирующий универсальный, 21 отверстие ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0265</t>
+  </si>
+  <si>
+    <t>Комплект для капельного полива 3х4 метра площадь ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0250</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель для полива, 10 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0255</t>
+  </si>
+  <si>
+    <t>Разбрызгиватель латунный, импульсный, с регулировкой угла горизонта распыления до16м ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель для полива круговой 100м², 8 режимов ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0282</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с резиновой ручкой, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0295</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива на колесах, круговой, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0325-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пистолет-распылитель душевого типа CARBON, 6 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>1.2.5 Опрыскиватели</t>
+  </si>
+  <si>
+    <t>62-0247</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый помповый для растений и цветов 3л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0245</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый помповый для растений и цветов 8л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0297</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с емкостью ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0242</t>
+  </si>
+  <si>
+    <t>Опрыскиватель комнатный 1л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0244</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый помповый для растений и цветов 5л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0266</t>
+  </si>
+  <si>
+    <t>Опрыскиватель комнатный 0,75 л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0269</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый аккумуляторный для растений и цветов 2 л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0246</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый гидравлический для растений и цветов 18л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0315-F</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый аккумуляторный для растений и цветов 5л Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.2.6 Щетки и товары для влажной уборки садовых дорожек, участков</t>
+  </si>
+  <si>
+    <t>62-0238</t>
+  </si>
+  <si>
+    <t>Щетка на шланг под быстросъемный коннектор ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0320-F</t>
+  </si>
+  <si>
+    <t>Набор для чистки поверхностей Профи (щетка, распылитель, коннекторы на шланг 1/2" и 3/4", адаптер на кран) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0322-F</t>
+  </si>
+  <si>
+    <t>Щетка на шланг длинная 150см под быстросъемный коннектор Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.2.7 Таймеры полива</t>
+  </si>
+  <si>
+    <t>62-0264</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Таймер воды на 120 мин ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0263</t>
+  </si>
+  <si>
+    <t>Таймер полива электронный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.2.8 Комплекты садовых шлангов</t>
+  </si>
+  <si>
+    <t>62-0270</t>
+  </si>
+  <si>
+    <t>Шланг спиральный, 15м х 8мм, пистолет-распылитель, 2 коннектора, адаптер ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0319-F</t>
+  </si>
+  <si>
+    <t>Набор поливочный Профи (растягивающийся шланг 20м, пистолет 7 режимов, латунные соединители) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0258</t>
+  </si>
+  <si>
+    <t>Набор поливочный, растягивающийся шланг 20 м, пистолет 7 режимов, соединитель ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0259</t>
+  </si>
+  <si>
+    <t>Набор поливочный, растягивающийся шланг 45 м, пистолет 7 режимов, соединитель ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0271</t>
+  </si>
+  <si>
+    <t>Шланг-дождеватель 3-рукавный, 15м ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0318-F</t>
+  </si>
+  <si>
+    <t>Набор поливочный Профи (растягивающийся шланг 45м, пистолет 7 режимов, латунные соединители) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.3 Пикник и отдых</t>
+  </si>
+  <si>
+    <t>1.3.1 Коптильни</t>
+  </si>
+  <si>
+    <t>62-0010</t>
+  </si>
+  <si>
+    <t>Коптильня Гурман-1 350х250х100мм, одноуровневая, в гофрокартонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0011-1</t>
+  </si>
+  <si>
+    <t>Набор для копчения (коптильня двухуровневая Гурман-2, щепа) СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0011</t>
+  </si>
+  <si>
+    <t>Коптильня Гурман-2 400х280х180мм, двухуровневая, в гофрокартонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0010-1</t>
+  </si>
+  <si>
+    <t>Набор для копчения (коптильня одноуровневая Гурман-1, щепа) СОКОЛ</t>
+  </si>
+  <si>
+    <t>1.3.2 Решетки гриль</t>
+  </si>
+  <si>
+    <t>62-0056</t>
+  </si>
+  <si>
+    <t>Решетка для барбекю глубокая, 355х355х55 мм, большая СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0022</t>
+  </si>
+  <si>
+    <t>Решетка для барбекю средняя, 35х26см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0024</t>
+  </si>
+  <si>
+    <t>Решетка для барбекю глубокая малая, 22х20,5см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0020</t>
+  </si>
+  <si>
+    <t>Решетка для барбекю мини, 30х22см СОКОЛ</t>
+  </si>
+  <si>
+    <t>1.3.3 Шампуры</t>
+  </si>
+  <si>
+    <t>62-0016</t>
+  </si>
+  <si>
+    <t>Набор из 6 шампуров 610х10мм в колчане (фирменный чехол) СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0013</t>
+  </si>
+  <si>
+    <t>Набор шампуров угловых 6х500мм, в чехле СОКОЛ</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>62-0014</t>
+  </si>
+  <si>
+    <t>Шампур плоский 450х10мм, толщина 2мм СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0015</t>
+  </si>
+  <si>
+    <t>Шампур угловой 450х10мм, толщина 1мм СОКОЛ</t>
+  </si>
+  <si>
+    <t>1.3.4 Аксеcсуары</t>
+  </si>
+  <si>
+    <t>62-0296</t>
+  </si>
+  <si>
+    <t>Садовый душ на штативе, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0045</t>
+  </si>
+  <si>
+    <t>Щетка для гриля Комфорт, длинная, 43см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0071</t>
+  </si>
+  <si>
+    <t>Стартер для розжига, нержавеющая сталь, высота 300мм, объем 6л СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0070</t>
+  </si>
+  <si>
+    <t>Стартер для розжига, сталь, высота 300мм, объем 6л СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0042</t>
+  </si>
+  <si>
+    <t>Щетка для гриля средняя, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0028</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля 38см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0046</t>
+  </si>
+  <si>
+    <t>Щетка для гриля Комфорт 34см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0041</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0076</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров и аксессуаров для барбекю, настенный, нержавеющая сталь СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0078</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров, настенный, нержавеющая сталь СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0017</t>
+  </si>
+  <si>
+    <t>Сумка для мангала 500х20х350мм, с пропиткой ПВХ СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0043</t>
+  </si>
+  <si>
+    <t>Щипцы для гриля Комфорт 46см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0050</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля Стандарт, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0058</t>
+  </si>
+  <si>
+    <t>Щепа для копчения, ольха, 200г СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0009</t>
+  </si>
+  <si>
+    <t>Тренога костровая с цепью в чехле, 1000мм, толщина 0,8мм СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0049</t>
+  </si>
+  <si>
+    <t>Набор щипцы и щетка для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0031</t>
+  </si>
+  <si>
+    <t>Набор нож и вилка для приготовления стейка, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0029</t>
+  </si>
+  <si>
+    <t>Щипцы для барбекю 34см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0051</t>
+  </si>
+  <si>
+    <t>Вилка для гриля Стандарт, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0052</t>
+  </si>
+  <si>
+    <t>Щипцы для гриля Стандарт, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0047</t>
+  </si>
+  <si>
+    <t>Набор лопатка и щипцы для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0048</t>
+  </si>
+  <si>
+    <t>Набор щипцы, щетка и лопатка для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0053</t>
+  </si>
+  <si>
+    <t>Набор щипцы, вилка и лопатка для гриля Стандарт СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0000</t>
+  </si>
+  <si>
+    <t>Подставка под шампуры с 6 шампурами в чехле СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0027</t>
+  </si>
+  <si>
+    <t>Щипцы для гриля 34см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0030</t>
+  </si>
+  <si>
+    <t>Щетка-скребок для чистки гриля 50см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0032</t>
+  </si>
+  <si>
+    <t>Набор щипцы, вилка и лопатка для гриля, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0044</t>
+  </si>
+  <si>
+    <t>Вилка для гриля Комфорт 44,5см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0069</t>
+  </si>
+  <si>
+    <t>Опахало для мангала, 32х21см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0059</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров и аксессуаров для барбекю, настенный, черный СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0077</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров, настенный, черный СОКОЛ</t>
+  </si>
+  <si>
+    <t>1.3.5 Мангалы</t>
+  </si>
+  <si>
+    <t>62-0002</t>
+  </si>
+  <si>
+    <t>Мангал сборный со складным дном, 230х230х335мм, с 4 шампурами, в пленке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0008</t>
+  </si>
+  <si>
+    <t>Мангал сборный Эконом 400х250х400мм, с 6 шампурами, в гофрированной картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0001</t>
+  </si>
+  <si>
+    <t>Мангал сборный со складным дном, 230х230х335мм, в пленке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0061</t>
+  </si>
+  <si>
+    <t>Мангал разборный, 700х350х137мм СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0034-1</t>
+  </si>
+  <si>
+    <t>Мангал разборный 910х295х155мм, с сумкой, в картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0005</t>
+  </si>
+  <si>
+    <t>Мангал сборный походный 350х250х350мм, с 6 шампурами, в пленке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0033</t>
+  </si>
+  <si>
+    <t>Мангал разборный 445х295х155мм, в картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0036</t>
+  </si>
+  <si>
+    <t>Мангал разборный высокий, 910х295х155мм, в картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0037</t>
+  </si>
+  <si>
+    <t>Мангал разборный 460х295х155мм, в картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0003</t>
+  </si>
+  <si>
+    <t>Мангал сборный походный, 350х250х350мм, в пленке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0012</t>
+  </si>
+  <si>
+    <t>Мангал-коптильня сборный Эконом 400х250х400мм, с 6 шампурами, в гофрокартонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0034</t>
+  </si>
+  <si>
+    <t>Мангал разборный 910х295х155мм, в картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мангал разборный с ребрами жесткости на барашках, 500х350х137мм СОКОЛ-34 </t>
+  </si>
+  <si>
+    <t>62-0033-1</t>
+  </si>
+  <si>
+    <t>Мангал разборный 445х295х155мм, с сумкой, в картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0004</t>
+  </si>
+  <si>
+    <t>Мангал сборный походный, 350х250х350мм, в гофрированной картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0006</t>
+  </si>
+  <si>
+    <t>Мангал сборный походный 350х250х350мм, с 6 шампурами, в гофрированной картонной коробке, СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0007</t>
+  </si>
+  <si>
+    <t>Мангал сборный Эконом 400х250х400мм, с 6 шампурами, в пленке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0063</t>
+  </si>
+  <si>
+    <t>Мангал-дипломат 400х250х145мм, с 6 шампурами, в чехле СОКОЛ</t>
+  </si>
+  <si>
+    <t>1.4 Средства от вредителей</t>
+  </si>
+  <si>
+    <t>1.4.1 От комаров и прочих летающих насекомых</t>
+  </si>
+  <si>
+    <t>71-0126-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа S 40м² 3Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0071-F</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух с ночником R 13, настольный/подвесной ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0096-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа вертикальная S 60м², 2х6Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0186-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа вертикальная S 80м², 2х10Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0091-F</t>
+  </si>
+  <si>
+    <t>Ловушка для ос R 30м ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>70-0430</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0430 mini, 800В REXANT</t>
+  </si>
+  <si>
+    <t>70-0491</t>
+  </si>
+  <si>
+    <t>Набор мухобоек электрических 800В (RX-450x2) REXANT</t>
+  </si>
+  <si>
+    <t>71-0021</t>
+  </si>
+  <si>
+    <t>Брелок отпугиватель комаров ультразвуковой, R 3м REXANT</t>
   </si>
   <si>
     <t>70-0440</t>
   </si>
   <si>
     <t>Мухобойка электрическая 0440 1000В, с подставкой REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>70-0480</t>
+  </si>
+  <si>
+    <t>Мухобойка-антимоскитная лампа электрическая складная REXANT</t>
+  </si>
+  <si>
+    <t>71-0226</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, зеленая REXANT</t>
+  </si>
+  <si>
+    <t>71-0136</t>
+  </si>
+  <si>
+    <t>Лампа Т5 для уничтожителя, S 60м², 6Вт REXANT</t>
+  </si>
+  <si>
+    <t>71-0156</t>
+  </si>
+  <si>
+    <t>Лампа Т8 для уничтожителя, S 100м², 15Вт REXANT</t>
+  </si>
+  <si>
+    <t>71-0016</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 30м² 1Вт/220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0686</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, металл REXANT</t>
+  </si>
+  <si>
+    <t>70-0410</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0228</t>
+  </si>
+  <si>
+    <t>Детская антимоскитная сетка для коляски 70х130см REXANT</t>
+  </si>
+  <si>
+    <t>71-0014</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель комаров S 30м², 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0034</t>
+  </si>
+  <si>
+    <t>Фумигатор USB, S 30м², белый REXANT</t>
+  </si>
+  <si>
+    <t>70-0441</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 GAME OVER EDITION, 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0056</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 100м², 2х15Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0076</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный кемпинговый фонарь трехрежимный, UV-подсветка, с аккумулятором, USB REXANT</t>
+  </si>
+  <si>
+    <t>71-0223</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, белая REXANT</t>
   </si>
   <si>
     <t>71-0656</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 35м², 4Вт/220В REXANT</t>
   </si>
   <si>
-    <t>70-0441</t>
-[...20 lines deleted...]
-    <t>Ультразвуковой отпугиватель комаров S 30м², 220В REXANT</t>
+    <t>71-0221</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, черная REXANT</t>
+  </si>
+  <si>
+    <t>71-0051</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух и других насекомых, настольный/подвесной REXANT</t>
   </si>
   <si>
     <t>71-0036</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа, 2х6Вт, 220В, S 60м² REXANT</t>
   </si>
   <si>
+    <t>71-0676</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, пластик REXANT</t>
+  </si>
+  <si>
     <t>71-0046</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 80м², 2х10Вт, 220В REXANT</t>
   </si>
   <si>
+    <t>70-0420</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0420 ПРОФИ, 1000В, с фонариком и аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>71-0054</t>
+  </si>
+  <si>
+    <t>Ночник-фумигатор USB, S 30м², темно-синий REXANT</t>
+  </si>
+  <si>
+    <t>71-0220</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, коричневая REXANT</t>
+  </si>
+  <si>
+    <t>71-0222</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, красная REXANT</t>
+  </si>
+  <si>
+    <t>71-0227</t>
+  </si>
+  <si>
+    <t>Оконная антимоскитная сетка 1,5х1,5м, с клейкой лентой, белая REXANT</t>
+  </si>
+  <si>
     <t>71-0066</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 20м², 10Вт/E27 REXANT</t>
   </si>
   <si>
     <t>71-0146</t>
   </si>
   <si>
     <t>Лампа Т8 для уничтожителя, S 80м², 10Вт REXANT</t>
   </si>
   <si>
-    <t>71-0156</t>
-[...38 lines deleted...]
-    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, металл REXANT</t>
+    <t>71-0031</t>
+  </si>
+  <si>
+    <t>Ловушка для ос R 30м, на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0035</t>
+  </si>
+  <si>
+    <t>Лампа антимоскитная для отпугивания насекомых REXANT</t>
   </si>
   <si>
     <t>71-0044</t>
   </si>
   <si>
     <t>Ночник-фумигатор USB, S 30м², белый REXANT</t>
   </si>
   <si>
-    <t>71-0054</t>
-[...31 lines deleted...]
-  <si>
     <t>70-0460</t>
   </si>
   <si>
     <t>Мухобойка электрическая RX-460 Black, с фонариком и аккумулятором REXANT</t>
   </si>
   <si>
-    <t>71-0223</t>
-[...14 lines deleted...]
-    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, зеленая REXANT</t>
+    <t>71-0224</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, с цветами REXANT</t>
+  </si>
+  <si>
+    <t>71-0225</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, розовая с цветами REXANT</t>
   </si>
   <si>
     <t>71-0006</t>
   </si>
   <si>
     <t>Уничтожитель насекомых инсектицидный с ультрафиолетовой  лампой, S 20м², 220В REXANT</t>
   </si>
   <si>
-    <t>71-0031</t>
-[...10 lines deleted...]
-  <si>
     <t>71-0024</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель комаров c USB, R 3м REXANT</t>
   </si>
   <si>
-    <t>71-0676</t>
-[...16 lines deleted...]
-  <si>
     <t>70-0470</t>
   </si>
   <si>
     <t>Мухобойка электрическая со счетчиком уничтоженных насекомых REXANT</t>
   </si>
   <si>
-    <t>71-0224</t>
-[...53 lines deleted...]
-    <t>1.1.2 От кротов и прочих земляных вредителей</t>
+    <t>1.4.2 От кротов и прочих земляных вредителей</t>
+  </si>
+  <si>
+    <t>71-0157-F</t>
+  </si>
+  <si>
+    <t>Отпугиватель кротов ультразвуковой R 25м SCREW на солнечной батарее ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0097-F</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 25м, на 2 солнечных панелях с садовым фонариком ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>71-0042</t>
   </si>
   <si>
     <t>Отпугиватель кротов ультразвуковой R30 с отсеком для батареек REXANT</t>
   </si>
   <si>
+    <t>71-0052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отпугиватель кротов ультразвуковой R25 POWER на солнечной батарее REXANT </t>
+  </si>
+  <si>
+    <t>71-0007</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 30м на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0117</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R 20м х4) на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0087</t>
+  </si>
+  <si>
+    <t>Набор отпугивателей кротов с садовым фонариком (R 20м х2) камень REXANT</t>
+  </si>
+  <si>
     <t>71-0017</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель кротов R 20м, на солнечной батарее REXANT</t>
   </si>
   <si>
-    <t>71-0007</t>
-[...8 lines deleted...]
-    <t>Набор ультразвуковых отпугивателей кротов (R 20м х4) на солнечной батарее REXANT</t>
+    <t>71-0047</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 30м, на солнечной батарее, с подсветкой REXANT</t>
   </si>
   <si>
     <t>71-0022</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель кротов R 35м, металл REXANT</t>
   </si>
   <si>
-    <t>71-0047</t>
-[...2 lines deleted...]
-    <t>Ультразвуковой отпугиватель кротов R 30м, на солнечной батарее, с подсветкой REXANT</t>
+    <t>71-0027</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель змей R 30м, на солнечной батарее, с подсветкой, REXANT</t>
+  </si>
+  <si>
+    <t>71-0037</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R 20м х2) на солнечной батарее REXANT</t>
   </si>
   <si>
     <t>71-0012</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель кротов R 20м, пластик REXANT</t>
   </si>
   <si>
-    <t>71-0037</t>
-[...20 lines deleted...]
-    <t xml:space="preserve">Отпугиватель кротов ультразвуковой R25 POWER на солнечной батарее REXANT </t>
+    <t>71-0067</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R 30м х2 черный) на солнечной батарее REXANT</t>
   </si>
   <si>
     <t>71-0077</t>
   </si>
   <si>
     <t>Набор отпугивателей кротов с садовым фонариком (R 20м х2) кристалл REXANT</t>
   </si>
   <si>
-    <t>71-0067</t>
-[...10 lines deleted...]
-  <si>
     <t>71-0107</t>
   </si>
   <si>
     <t>Набор ультразвуковых отпугивателей кротов (R-20м x8) на солнечной батарее REXANT</t>
   </si>
   <si>
-    <t>71-0157-F</t>
-[...5 lines deleted...]
-    <t>1.1.3 От мышей, крыс и прочих грызунов</t>
+    <t>1.4.3 От мышей, крыс и прочих грызунов</t>
+  </si>
+  <si>
+    <t>71-0078-F</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель грызунов S 40м² с ночником, 220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0101</t>
+  </si>
+  <si>
+    <t>Набор живоловок-мышеловок, зеленый ABS-пластик REXANT</t>
+  </si>
+  <si>
+    <t>71-0068</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей грызунов S 90м², 220В, 3 шт. REXANT</t>
   </si>
   <si>
     <t>71-0028</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель грызунов S 30м², 220В REXANT</t>
   </si>
   <si>
+    <t>71-0048</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель грызунов S 15м², 12В, автомобильный REXANT</t>
+  </si>
+  <si>
     <t>71-0666</t>
   </si>
   <si>
     <t>Ловушка-уничтожитель крыс и мышей 6Вт, 23,5х10,2х11,3см REXANT</t>
   </si>
   <si>
-    <t>71-0101</t>
-[...23 lines deleted...]
-    <t>1.1.4 Универсальные устройства от насекомых, грызунов, птиц и прочих</t>
+    <t>1.4.4 Универсальные устройства от насекомых, грызунов, птиц и прочих</t>
+  </si>
+  <si>
+    <t>71-0089</t>
+  </si>
+  <si>
+    <t>Отпугиватель птиц и других животных на солнечной батарее, бабочка REXANT</t>
+  </si>
+  <si>
+    <t>71-0041</t>
+  </si>
+  <si>
+    <t>Ловушка-пылесос для насекомых с фонариком REXANT</t>
+  </si>
+  <si>
+    <t>71-0018</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель вредителей S 60м², 220В, с LED-индикатором REXANT</t>
+  </si>
+  <si>
+    <t>71-0009</t>
+  </si>
+  <si>
+    <t>Отпугиватель вредителей с изменяемой частотой излучения, R 9м, 220В REXANT</t>
   </si>
   <si>
     <t>71-0038</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель вредителей S 90м², с LED-индикатором REXANT</t>
   </si>
   <si>
-    <t>71-0009</t>
-[...16 lines deleted...]
-  <si>
     <t>71-0039</t>
   </si>
   <si>
     <t>Универсальный ультразвуковой отпугиватель R 15м, 3Вт REXANT</t>
   </si>
   <si>
     <t>71-0019</t>
   </si>
   <si>
     <t>Отпугиватель вредителей ПРОФИ с изменяемой частотой излучения, R 90м, 220В REXANT</t>
   </si>
   <si>
-    <t>71-0041</t>
-[...5 lines deleted...]
-    <t>1.1.5 Для отпугивания и дрессировки собак</t>
+    <t>1.4.5 Для отпугивания и дрессировки собак</t>
+  </si>
+  <si>
+    <t>71-0079</t>
+  </si>
+  <si>
+    <t>Звуковой отпугиватель животных с датчиком движения, на солнечной батарее REXANT</t>
   </si>
   <si>
     <t>71-0099</t>
   </si>
   <si>
     <t>Ультразвуковой Антилай для собак со встроенным микрофоном, S 4м² REXANT</t>
   </si>
   <si>
     <t>71-0069</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель, тренер собак, S 8м.кв REXANT</t>
   </si>
   <si>
-    <t>71-0079</t>
-[...5 lines deleted...]
-    <t>1.1.6 От ползающих насекомых</t>
+    <t>1.4.6 От ползающих насекомых</t>
+  </si>
+  <si>
+    <t>71-0011</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель муравьев S 30м², 220В REXANT</t>
   </si>
   <si>
     <t>71-0025</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель тараканов S 30м², 220В REXANT</t>
   </si>
   <si>
-    <t>71-0011</t>
-[...395 lines deleted...]
-    <t>1.3.1 Грабли, совки и мотыжки</t>
+    <t>1.5 Садовый инструмент и инвентарь</t>
+  </si>
+  <si>
+    <t>1.5.1 Топоры</t>
+  </si>
+  <si>
+    <t>12-6901</t>
+  </si>
+  <si>
+    <t>Топор универсальный малый Викинг 225мм REXANT</t>
+  </si>
+  <si>
+    <t>12-6903</t>
+  </si>
+  <si>
+    <t>Топор универсальный Викинг 440мм REXANT</t>
+  </si>
+  <si>
+    <t>12-6902</t>
+  </si>
+  <si>
+    <t>Топор универсальный Викинг 350мм REXANT</t>
+  </si>
+  <si>
+    <t>12-6904</t>
+  </si>
+  <si>
+    <t>Топор универсальный Викинг 700мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 Пилы и секаторы</t>
+  </si>
+  <si>
+    <t>64-0070</t>
+  </si>
+  <si>
+    <t>Пила складная садовая, нержавеющая сталь, 18см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.5.3 Грабли, совки и мотыжки</t>
+  </si>
+  <si>
+    <t>64-0002</t>
+  </si>
+  <si>
+    <t>Совок садовый широкий с прорезиненной ручкой, 35х8,5см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0014</t>
+  </si>
+  <si>
+    <t>Совок садовый широкий с цельнометаллической ручкой покрытой пластиком ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0015</t>
+  </si>
+  <si>
+    <t>Мотыжка комбинированная 3 прямых зубца с цельнометаллической ручкой, покрытой пластиком ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0001</t>
+  </si>
+  <si>
+    <t>Совок садовый с прорезиненной ручкой, 34х5,3см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0003</t>
+  </si>
+  <si>
+    <t>Грабельки садовые с прорезиненной ручкой, 31х8,5см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0011</t>
+  </si>
+  <si>
+    <t>Совок садовый с цветочным рисунком, 27х8,5см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0012</t>
+  </si>
+  <si>
+    <t>Грабельки садовые с цветочным рисунком, 23х7,3см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0018</t>
+  </si>
+  <si>
+    <t>Набор садовых инструментов с цельнометаллической ручкой покрытой пластиком (2 совка, мотыжка, грабельки) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0010</t>
+  </si>
+  <si>
+    <t>Набор садовых инструментов с цветочным рисунком (совок, грабельки) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0013</t>
+  </si>
+  <si>
+    <t>Совок садовый узкий с цельнометаллической ручкой покрытой пластиком ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0017</t>
+  </si>
+  <si>
+    <t>Грабли 6 прямых зубьев с цельнометаллической ручкой, покрытой пластиком ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0004</t>
+  </si>
+  <si>
+    <t>Мотыжка с прорезиненной ручкой, 30х18см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0016</t>
+  </si>
+  <si>
+    <t>Мотыжка комбинированная 3 витых зубца с цельнометаллической ручкой, покрытой пластиком ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>64-0005</t>
   </si>
   <si>
     <t>Набор садовых инструментов с прорезиненной ручкой (2 совка, мотыжка, грабельки) ЧЕТЫРЕ СЕЗОНА</t>
-  </si>
-[...976 lines deleted...]
-    <t>Средство для выгребных ям и дачных туалетов, 1 литр ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2343,56 +2352,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-35m-4vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-30m-1vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-2h6vt-220v-s-60m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-80m-2h10vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-20m-10vt-e27-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-80m-10vt-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-100m-15vt-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-100m-2h15vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtozhitelya-s-60m-6vt-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-temno-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtozhitel-nasekomyh-insektitsidnyy-s-ultrafioletovoy-lampoy-s-20m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-kempingovyy-fonar-trehrezhimnyy-uv-podsvetka-s-akkumulyatorom-usb-rexan.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomyh-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtozhennyh-nasekomyh-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomyh-nastolnyy-podvesnoy-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-2h10vt-220v-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-2h6vt-220v-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolnyy-podvesnoy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-3vt-220v-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r30-s-otsekom-dlya-batareek-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h4-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-35m-metall-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h2-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-zmey-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kamen-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r25-power-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kristall-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-30m-h2-chernyy-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-25m-na-2-solnechnyh-panelyah-s-sadovym-fonarikom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-x8-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r-25m-screw-na-solnechnoy-bataree-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-30m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-unichtozhitel-krys-i-myshey-6vt-23-5h10-2h11-3sm-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-zhivolovok-myshelovok-zelenyy-abs-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-gryzunov-s-90m-220v-3-sht-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-15m-12v-avtomobilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-40m-s-nochnikom-220v-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-90m-s-led-indikatorom-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-s-izmenyaemoy-chastotoy-izlucheniya-r-9m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-60m-220v-s-led-indikatorom-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-ptits-i-drugih-zhivotnyh-na-solnechnoy-bataree-babochka-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-ultrazvukovoy-otpugivatel-r-15m-3vt-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-profi-s-izmenyaemoy-chastotoy-izlucheniya-r-90m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-pylesos-dlya-nasekomyh-s-fonarikom-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-antilay-dlya-sobak-so-vstroennym-mikrofonom-s-4m-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-trener-sobak-s-8m-kv-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvukovoy-otpugivatel-zhivotnyh-s-datchikom-dvizheniya-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-tarakanov-s-30m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-muravev-s-30m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-pohodnyy-350h250h350mm-s-6-shampurami-v-plenke-sokol.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-ekonom-400h250h400mm-s-6-shampurami-v-gofrirovannoy-kartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-koptilnya-sbornyy-ekonom-400h250h400mm-s-6-shampurami-v-gofrokartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-700h350h137mm-sokol.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-910h295h155mm-s-sumkoy-v-kartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-diplomat-400h250h145mm-s-6-shampurami-v-chehle-sokol.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-s-rebrami-zhestkosti-na-barashkah-500h350h137mm-sokol-34.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-so-skladnym-dnom-230h230h335mm-v-plenke-sokol.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-pohodnyy-350h250h350mm-v-plenke-sokol.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-pohodnyy-350h250h350mm-s-6-shampurami-v-gofrirovannoy-kartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-pohodnyy-350h250h350mm-v-gofrirovannoy-kartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-445h295h155mm-v-kartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-460h295h155mm-v-kartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-445h295h155mm-s-sumkoy-v-kartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-vysokiy-910h295h155mm-v-kartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-ekonom-400h250h400mm-s-6-shampurami-v-plenke-sokol.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-so-skladnym-dnom-230h230h335mm-s-4-shampurami-v-plenke-sokol.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-910h295h155mm-v-kartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koptilnya-gurman-1-350h250h100mm-odnourovnevaya-v-gofrokartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koptilnya-gurman-2-400h280h180mm-dvuhurovnevaya-v-gofrokartonnoy-korobke-sokol.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-kopcheniya-koptilnya-odnourovnevaya-gurman-1-schepa-sokol.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-kopcheniya-koptilnya-dvuhurovnevaya-gurman-2-schepa-sokol.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-srednyaya-35h26sm-sokol.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-mini-30h22sm-sokol.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-glubokaya-malaya-22h20-5sm-sokol.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-glubokaya-355h355h55-mm-bolshaya-sokol.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shampurov-uglovyh-6h500mm-v-chehle-sokol.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shampur-uglovoy-450h10mm-tolschina-1mm-sokol.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shampur-ploskiy-450h10mm-tolschina-2mm-sokol.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-6-shampurov-610h10mm-v-kolchane-firmennyy-chehol-sokol.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-grilya-komfort-46sm-sokol.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-srednyaya-44sm-sokol.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-34sm-sokol.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-dlya-mangala-500h20h350mm-s-propitkoy-pvh-sokol.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-44sm-sokol.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-38sm-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-barbekyu-34sm-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-komfort-44-5sm-sokol.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-dlinnaya-43sm-sokol.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-standart-44sm-sokol.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-grilya-standart-44sm-sokol.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-lopatka-i-schiptsy-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-schetka-i-lopatka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-vilka-i-lopatka-dlya-grilya-standart-sokol.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opahalo-dlya-mangala-32h21sm-sokol.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozzhiga-stal-vysota-300mm-obem-6l-sokol.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozzhiga-nerzhaveyuschaya-stal-vysota-300mm-obem-6l-sokol.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schepa-dlya-kopcheniya-olha-200g-sokol.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-shampury-s-6-shampurami-v-chehle-sokol.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsy-dlya-grilya-34sm-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-skrebok-dlya-chistki-grilya-50sm-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nozh-i-vilka-dlya-prigotovleniya-steyka-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-vilka-i-lopatka-dlya-grilya-v-blistere-sokol.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sadovyy-dush-na-shtative-reguliruemyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-standart-44sm-sokol.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsy-i-schetka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-nastennyy-chernyy-sokol.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trenoga-kostrovaya-s-tsepyu-v-chehle-1000mm-tolschina-0-8mm-sokol.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-nastennyy-nerzhaveyuschaya-stal-sokol.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastennyy-nerzhaveyuschaya-stal-sokol.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastennyy-chernyy-sokol.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovyh-instrumentov-s-prorezinennoy-ruchkoy-2-sovka-motyzhka-grabelki-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovyh-instrumentov-s-tsvetochnym-risunkom-sovok-grabelki-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadovyy-shirokiy-s-prorezinennoy-ruchkoy-35h8-5sm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadovyy-s-tsvetochnym-risunkom-27h8-5sm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabelki-sadovye-s-tsvetochnym-risunkom-23h7-3sm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadovyy-shirokiy-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadovyy-uzkiy-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motyzhka-s-prorezinennoy-ruchkoy-30h18sm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadovyy-s-prorezinennoy-ruchkoy-34h5-3sm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabelki-sadovye-s-prorezinennoy-ruchkoy-31h8-5sm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabli-6-pryamyh-zubev-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motyzhka-kombinirovannaya-3-vityh-zubtsa-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-chetyre-s.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motyzhka-kombinirovannaya-3-pryamyh-zubtsa-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-chetyre.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovyh-instrumentov-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-2-sovka-motyzhka-grabel.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalnyy-malyy-viking-225mm-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalnyy-viking-440mm-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalnyy-viking-700mm-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalnyy-viking-350mm-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-skladnaya-sadovaya-nerzhaveyuschaya-stal-18sm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-standart-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-standart-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-standart-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-profi-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-standart-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-profi-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-standart-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dlya-kapelnogo-orosheniya-sochaschiysya-1-2-buhta-10m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-25m-konnektory-adapter-ras.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-standart-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-profi-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-50m-konnektory-adapter-ras.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-1-2-25m-konnektory-adapter-raspyl.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-1-2-25m-konnektory-adapter-ras.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-25m-konnektory-adapter-raspyl.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-sadovogo-shlanga-katushka-s-krepleniem-na-stenu-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telezhka-dlya-shlanga-1-2-60-m-ili-3-4-30-m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-so-shlangom-1-2-15m-3-konnektora-1-raspylitel-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-sadovogo-shlanga-stalnoy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-mini-30-m-1-2-ili-25-m-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-1-2-35m-ili-3-4-25m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telezhka-dlya-shlanga-1-2-60m-ili-3-4-30m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-mini-so-shlangom-10mm-10m-pistolet-raspylitel-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napravlyayuschaya-dlya-shlanga-25sm-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-rastyagivayuschiysya-shlang-20-m-pistolet-7-rezhimov-soedinitel-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-15m-h-8mm-pistolet-raspylitel-2-konnektora-adapter-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-rastyagivayuschiysya-shlang-45-m-pistolet-7-rezhimov-soedinitel-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-profi-rastyagivayuschiysya-shlang-20m-pistolet-7-rezhimov-latunnye-soediniteli-che.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dozhdevatel-3-rukavnyy-15m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-profi-rastyagivayuschiysya-shlang-45m-pistolet-7-rezhimov-latunnye-soediniteli-che.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-ch.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-h-kanalnyy-na-kran-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-3-4-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-dlya-shlanga-na-4-kanala-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-3-4-vneshnyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vneshnyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassovyy-1-1-2-3-4-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-universalnyy-plastmassovyy-1-2-3-4-s-vneshnim-homutom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-latunnyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-kanalnyy-na-kran-1-2-3-4-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregib.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregib.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-latunnyy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-1-2-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-ch.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-povorotnyy-1-2-3-4-1-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-1-2-s-akvastopom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-latunnaya-remontnaya-dlya-shlanga-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-prof.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-3-4-s-akvastopom-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-vnutrennyaya-rezba-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-3-4-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-prof.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-i-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-latunnyy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-4-kanalnyy-na-kran-1-2-3-4-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-dlya-pryamougolnyh-ploschadey-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-9-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-3h4-metra-ploschad-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dlya-poliva-10-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbryzgivatel-latunnyy-impulsnyy-s-regulirovkoy-ugla-gorizonta-raspyleniya-do16m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-poliva-2-rezhima-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayuschaya-golovka-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-mini-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-koltsevogo-tipa-plastikovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-reguliruemyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-teleskopicheskoy-shtange-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-na-kolesah-krugovoy-reguliruemyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-plastikovyy-impulsnyy-dvuhstoronniy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-shtange-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-leyka-i-konnektory-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-154m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-ostsilliruyuschiy-190m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-100m-8-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-carbon-7-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-gibkoy-shtange-10-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-s-regulirovkoy-ugla-poliva-po-gorizontu-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayuschaya-golovka-pompovaya-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-s-sadovym-fonarikom-rabotaet-ot-davleniya-vody-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-ochistki-listev-rasteniy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-latunnyy-impulsnyy-na-metallicheskoy-podstavke-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-universalnyy-21-otverstie-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-regulirovkoy-davleniya-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-s-prorezinennoy-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-rezinovoy-ruchkoy-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dushevogo-tipa-carbon-6-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-ploschadi-4h5m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-100ml-gribochek-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-60ml-ptichka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-vody-na-120-min-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-poliva-elektronnyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-komnatnyy-0-75-l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-akkumulyatornyy-dlya-rasteniy-i-tsvetov-2-l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-emkostyu-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-komnatnyy-1l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-3l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-8l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-5l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-gidravlicheskiy-dlya-rasteniy-i-tsvetov-18l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-akkumulyatornyy-dlya-rasteniy-i-tsvetov-5l-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-na-shlang-dlinnaya-150sm-pod-bystrosemnyy-konnektor-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-na-shlang-pod-bystrosemnyy-konnektor-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-chistki-poverhnostey-profi-schetka-raspylitel-konnektory-na-shlang-1-2-i-3-4-adapter-na-k.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-biotualetov-1-litr-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-biotualetov-verhniy-bachok-1-litr-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-vygrebnyh-yam-i-dachnyh-tualetov-1-litr-chetyre-sezona.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-biotualetov-verhniy-bachok-1-litr-chetire-sezona-12460" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-biotualetov-1-litr-chetire-sezona-12463" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-vigrebnih-yam-i-dachnih-tualetov-1-litr-chetire-sezona-12456" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-standart-plyus-chetire-sezona-30473" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-profi-plyus-chetire-sezona-30474" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-profi-plyus-chetire-sezona-30476" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-lyuks-chetire-sezona-29134" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-profi-plyus-chetire-sezona-30479" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dlya-kapelnogo-orosheniya-sochaschiysya-1-2-buhta-10m-profi-chetire-sezona-31786" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-1-2-25m-konnektori-adapter-raspilitel-chetire-sezona-31730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloyniy-armirovanniy-1-2-25m-konnektori-adapter-raspilitel-chetire-sezona-31785" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-25m-konnektori-adapter-raspilitel-chetire-sezona-31783" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-25m-konnektori-adapter-raspilitel-chetire-sezona-31810" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-lyuks-chetire-sezona-29132" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-lyuks-chetire-sezona-29133" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-standart-plyus-chetire-sezona-30478" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-standart-chetire-sezona-29247" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-50m-konnektori-adapter-raspilitel-chetire-sezona-31784" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-standart-chetire-sezona-29248" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-standart-chetire-sezona-29249" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-standart-plyus-chetire-sezona-30475" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telejka-dlya-shlanga-1-2-60-m-ili-3-4-30-m-chetire-sezona-29216" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telejka-dlya-shlanga-1-2-60m-ili-3-4-30m-profi-chetire-sezona-31787" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napravlyayuschaya-dlya-shlanga-25sm-profi-chetire-sezona-31731" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-1-2-35m-ili-3-4-25m-profi-chetire-sezona-31732" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-sadovogo-shlanga-stalnoy-chetire-sezona-30985" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-mini-so-shlangom-10mm-10m-pistolet-raspilitel-chetire-sezona-30481" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-mini-30-m-1-2-ili-25-m-3-4-chetire-sezona-29215" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-sadovogo-shlanga-katushka-s-krepleniem-na-stenu-chetire-sezona-29217" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-so-shlangom-1-2-15m-3-konnektora-1-raspilitel-chetire-sezona-30477" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-vnutrennyaya-rezba-profi-chetire-sezona-31748" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-latunniy-bistrosemniy-dlya-shlanga-3-4-chetire-sezona-29226" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-3-4-dyuyma-chetire-sezona-29227" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31796" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-1-1-2-3-4-vnutrennyaya-rezba-chetire-sezona-30472" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-latunnaya-remontnaya-dlya-shlanga-3-4-chetire-sezona-30444" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-3-4-vnutrennyaya-rezba-s-perehodnikom-chetire-sezona-30448" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bistrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31793" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-kanalniy-na-kran-1-2-3-4-profi-chetire-sezona-31738" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31735" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31736" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31752" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-chetire-sezona-31733" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-chetire-sezona-31734" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-4-kanalniy-na-kran-1-2-3-4-profi-chetire-sezona-31739" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-1-2-s-vneshnim-homutom-chetire-sezona-31740" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31742" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31744" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31746" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31747" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-profi-chetire-sezona-31790" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31791" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31795" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31737" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-povorotniy-1-2-3-4-1-vnutrennyaya-rezba-chetire-sezona-31794" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-dlya-shlanga-na-4-kanala-1-2-3-4-chetire-sezona-29237" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-3-4-vnutrennyaya-rezba-chetire-sezona-29225" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-s-avtostopom-1-2-chetire-sezona-29230" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-dyuyma-chetire-sezona-29233" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosyomnogo-soedineniya-chetire-sezona-29235" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-h-kanalniy-na-kran-3-4-1-2-dyuyma-chetire-sezona-29236" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-dyuyma-chetire-sezona-29223" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-i-1-2-dyuyma-chetire-sezona-29224" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-1-2-chetire-sezona-29228" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-s-avtostopom-3-4-dyuyma-chetire-sezona-29229" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-dyuyma-chetire-sezona-29232" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bistrosyomnogo-soedineniya-chetire-sezona-29234" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-i-termoplastichnoy-rezinoy-profi-chetire-sezona-31753" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31745" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-1-2-profi-chetire-sezona-31749" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-1-2-s-akvastopom-chetire-sezona-30449" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-3-4-s-vneshnim-homutom-chetire-sezona-30450" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-i-3-4-dyuyma-chetire-sezona-29231" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-3-4-vneshnyaya-rezba-chetire-sezona-30445" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-vneshnyaya-rezba-chetire-sezona-30446" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-vnutrennyaya-rezba-chetire-sezona-30447" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-latunniy-chetire-sezona-30451" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31743" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-3-4-vnutrennyaya-rezba-s-perehodnikom-chetire-sezona-30443" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosemnogo-soedineniya-latunniy-profi-chetire-sezona-31741" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-3-4-s-akvastopom-profi-chetire-sezona-31750" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-nasadka-reguliruemiy-latunniy-profi-chetire-sezona-31751" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31792" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-ostsilliruyuschiy-190-m-sup2-chetire-sezona-29244" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlajnitel-pochvi-dlya-rasteniy-100ml-gribochek-chetire-sezona-31761" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-7-rejimov-chetire-sezona-30459" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-s-regulirovkoy-davleniya-ruchkoy-i-kurkom-7-rejimov-chetire-sezona-30461" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-shtange-chetire-sezona-30469" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-teleskopicheskoy-shtange-chetire-sezona-30470" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-reguliruemiy-chetire-sezona-30460" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-mini-chetire-sezona-30466" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-gibkoy-shtange-10-rejimov-profi-chetire-sezona-31759" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlajnitel-pochvi-dlya-rasteniy-60ml-ptichka-chetire-sezona-31760" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-ochistki-listev-rasteniy-chetire-sezona-31762" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilyayuschaya-golovka-pompovaya-podhodit-k-standartnoy-plastikovoy-butilke-chetire-sezona-31754" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-9-rejimov-profi-chetire-sezona-31755" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-ostsilliruyuschiy-dlya-pryamougolnih-ploschadey-4v1-chetire-sezona-30467" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-s-regulirovkoy-ugla-poliva-po-gorizontu-profi-chetire-sezona-31763" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-latunniy-impulsniy-na-metallicheskoy-podstavke-profi-chetire-sezona-31798" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-154-m-sup2-chetire-sezona-29242" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-ploschadi-4h5m-profi-chetire-sezona-31797" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-leyka-i-konnektori-classic-3-4-chetire-sezona-29239" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-poliva-classic-2-rejima-chetire-sezona-29240" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilyayuschaya-golovka-podhodit-k-standartnoy-plastikovoy-butilke-chetire-sezona-29241" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-mnogofunktsionalniy-carbon-7-rejimov-profi-chetire-sezona-31756" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-s-sadovim-fonarikom-rabotaet-ot-davleniya-vodi-chetire-sezona-31758" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-mnogofunktsionalniy-s-prorezinennoy-ruchkoy-i-kurkom-7-rejimov-chetire-sezona-30462" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-nasadka-reguliruemiy-chetire-sezona-30463" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-plastikoviy-impulsniy-dvuhstoronniy-chetire-sezona-30464" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-koltsevogo-tipa-plastikoviy-chetire-sezona-30465" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-ostsilliruyuschiy-universalniy-21-otverstie-chetire-sezona-30468" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-3h4-metra-ploschad-chetire-sezona-29220" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-dlya-poliva-classic-10-rejimov-chetire-sezona-29238" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbrizgivatel-latunniy-impulsniy-s-regulirovkoy-ugla-gorizonta-raspileniya-do-16m-chetire-sezona-29243" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-100-m-sup2-8-rejimov-chetire-sezona-29245" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-s-rezinovoy-ruchkoy-7-rejimov-chetire-sezona-30458" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-na-kolesah-krugovoy-reguliruemiy-chetire-sezona-30471" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-dushevogo-tipa-carbon-6-rejimov-profi-chetire-sezona-31757" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-pompoviy-dlya-rasteniy-i-tsvetov-3l-chetire-sezona-31802" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-pompoviy-dlya-rasteniy-i-tsvetov-8l-chetire-sezona-31800" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-s-emkostyu-chetire-sezona-30457" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-komnatniy-1l-chetire-sezona-31764" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-pompoviy-dlya-rasteniy-i-tsvetov-5l-chetire-sezona-31799" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-komnatniy-0-75-l-chetire-sezona-29221" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-akkumulyatorniy-dlya-rasteniy-tsvetov-2-l-chetire-sezona-29222" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-gidravlicheskiy-dlya-rasteniy-i-tsvetov-18l-chetire-sezona-31801" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-akkumulyatorniy-dlya-rasteniy-i-tsvetov-5l-profi-chetire-sezona-31765" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-na-shlang-pod-bistrosemniy-konnektor-chetire-sezona-31766" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-chistki-poverhnostey-profi-schetka-raspilitel-konnektori-na-shlang-1-2-i-3-4-adapter-na-kran-chetire-sezona-31767" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-na-shlang-dlinnaya-150sm-pod-bistrosemniy-konnektor-profi-chetire-sezona-31768" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-vodi-na-120-min-chetire-sezona-29219" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-poliva-elektronniy-chetire-sezona-29218" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralniy-15m-h-8mm-pistolet-raspilitel-2-konnektora-adapter-chetire-sezona-30480" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochniy-profi-rastyagivayuschiysya-shlang-20m-pistolet-7-rejimov-latunnie-soediniteli-chetire-sezona-31789" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochniy-rastyagivayuschiysya-shlang-20-m-pistolet-7-rejimov-soedinitel-chetire-sezona-29246" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochniy-rastyagivayuschiysya-shlang-45-m-pistolet-7-rejimov-soedinitel-chetire-sezona-29214" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dojdevatel-3-h-rukavniy-15m-chetire-sezona-30482" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochniy-profi-rastyagivayuschiysya-shlang-45m-pistolet-7-rejimov-latunnie-soediniteli-chetire-sezona-31788" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koptilnya-gurman-1-350h250h100mm-odnourovnevaya-v-gofrokartonnoy-korobke-sokol-11520" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-kopcheniya-koptilnya-dvuhurovnevaya-gurman-2-schepa-sokol-30288" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koptilnya-gurman-2-400h280h180mm-dvuhurovnevaya-v-gofrokartonnoy-korobke-sokol-11525" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-kopcheniya-koptilnya-odnourovnevaya-gurman-1-schepa-sokol-30287" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-glubokaya-355h355h55-mm-bolshaya-sokol-28567" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-srednyaya-35h26sm-sokol-14226" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-glubokaya-malaya-22h20-5sm-sokol-14236" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-mini-30h22sm-sokol-14228" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-6-shampurov-610h10mm-v-kolchane-firmenniy-chehol-sokol-26813" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shampurov-uglovih-6h500mm-v-chehle-sokol-11528" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shampur-ploskiy-450h10mm-tolschina-2mm-sokol-11536" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shampur-ploskiy-450h10mm-tolschina-1mm-sokol-11522" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sadoviy-dush-na-shtative-reguliruemiy-chetire-sezona-30575" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-dlinnaya-43sm-sokol-26192" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozjiga-nerjaveyuschaya-stal-visota-300mm-obem-6l-sokol-29136" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozjiga-stal-visota-300mm-obem-6l-sokol-29135" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-srednyaya-44sm-sokol-26194" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-38sm-v-blistere-sokol-17136" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-34sm-sokol-26193" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-44sm-sokol-26189" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastenniy-nerjaveyuschaya-stal-sokol-30982" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-nastenniy-nerjaveyuschaya-stal-sokol-30984" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-dlya-mangala-500h20h350mm-s-propitkoy-pvh-sokol-26814" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-komfort-46sm-sokol-26190" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-standart-44sm-sokol-26195" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schepa-dlya-kopcheniya-olha-200g-sokol-29709" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trenoga-kostrovaya-s-tsepyu-v-chehle-1000mm-tolschina-0-8mm-sokol-11530" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-i-schetka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26201" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-noj-i-vilka-dlya-prigotovleniya-steyka-v-blistere-sokol-17138" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-barbekyu-34sm-v-blistere-sokol-17135" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-standart-44sm-sokol-26196" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-standart-44sm-sokol-26197" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-lopatka-i-schiptsi-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26199" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-schetka-i-lopatka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26200" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-vilka-i-lopatka-dlya-grilya-standart-sokol-26198" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-shampuri-s-6-shampurami-v-chehle-sokol-11521" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-34sm-v-blistere-sokol-17137" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-skrebok-dlya-chistki-grilya-50sm-v-blistere-sokol-17139" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-vilka-i-lopatka-dlya-grilya-v-blistere-sokol-17134" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-komfort-44-5sm-sokol-26191" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opahalo-dlya-mangala-32h21sm-sokol-28007" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastenniy-cherniy-sokol-30981" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-nastenniy-cherniy-sokol-30983" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-so-skladnim-dnom-230h230h335mm-s-4-shampurami-v-plenke-sokol-11526" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-ekonom-400h250h400mm-s-6-shampurami-v-gofrirovannoy-kartonnoy-korobke-sokol-11535" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-so-skladnim-dnom-230h230h335mm-v-plenke-sokol-11531" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-700h350h137mm-sokol-26819" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-910h295h155mm-s-sumkoy-v-kartonnoy-korobke-sokol-27760" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-pohodniy-350h250h350mm-s-6-shampurami-v-plenke-sokol-11524" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-445h295h155mm-v-kartonnoy-korobke-sokol-18234" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-visokiy-910h295h155mm-v-kartonnoy-korobke-sokol-26817" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-460h295h155mm-v-kartonnoy-korobke-sokol-27761" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-pohodniy-350h250h350mm-v-plenke-sokol-11523" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-koptilnya-sbornaya-ekonom-400h250h400mm-s-6-shampurami-v-gofrokartonnoy-korobke-sokol-11529" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-910h295h155mm-v-kartonnoy-korobke-sokol-18233" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-s-rebrami-jestkosti-na-barashkah-500h350h137mm-sokol-34-26820" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-445h295h155mm-s-sumkoy-v-kartonnoy-korobke-sokol-27759" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-pohodniy-350h250h350mm-v-gofrirovannoy-kartonnoy-korobke-sokol-11527" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-pohodniy-350h250h350mm-s-6-shampurami-v-gofrirovannoy-kartonnoy-korobke-sokol-11533" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-ekonom-400h250h400mm-s-6-shampurami-v-plenke-sokol-11534" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-diplomat-400h250h145mm-s-6-shampurami-v-chehle-sokol-26821" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-sup2-3vt-220v-chetire-sezona-31858" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolniy-podvesnoy-chetire-sezona-31857" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-sup2-2h6vt-220v-chetire-sezona-31859" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-sup2-2h10vt-220v-chetire-sezona-31832" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetire-sezona-31856" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant-26279" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant-28383" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant-13289" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant-26280" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant-30453" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant-28391" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtojitelya-s-60m-sup2-6vt-rexant-28160" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtojitelya-s-100m-sup2-15vt-rexant-28161" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-30m-sup2-3vt-220v-rexant-13282" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-sadoviy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant-20576" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant-13290" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detskaya-antimoskitnaya-setka-dlya-kolyaski-70h130sm-rexant-28393" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-sup2-220v-rexant-13283" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-sup2-beliy-rexant-20896" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant-28382" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-100m-sup2-2h15vt-220v-rexant-17342" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-kempingoviy-fonar-trehrejimniy-uv-podsvetka-s-akkumulyatorom-usb-rexant-20897" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant-28388" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-35m-sup2-3vt-220v-rexant-28381" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant-28386" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomih-r-10m-nastolniy-podvesnoy-rexant-28378" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-2h6vt-220v-s-60m-sup2-rexant-13292" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-sadoviy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant-20577" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-80m-2h10vt-220v-rexant-17343" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant-17190" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-sup2-temno-siniy-rexant-26030" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant-28385" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant-28387" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant-28392" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-20m-10vt-e27-rexant-19559" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtojitelya-s-80m-10vt-rexant-23620" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant-13287" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomih-rexant-30452" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-sup2-beliy-rexant-26029" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant-28384" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant-28389" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant-28390" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtojitel-nasekomih-s-ultrafioletovoy-lampoy-220v-rexant-8763" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant-17341" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtojennih-nasekomih-rexant-30454" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r-25m-screw-na-solnechnoy-bataree-chetire-sezona-31855" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-25m-na-2-solnechnih-panelyah-s-sadovim-fonarikom-chetire-sezona-31860" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r30-s-otsekom-dlya-batareek-rexant-30455" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r25-power-na-solnechnoy-bataree-rexant-30456" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-rexant-8764" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovih-otpugivateley-krotov-r-20m-h4-na-solnechnoy-bataree-rexant-28380" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovim-fonarikom-r-20m-h2-kamen-rexant-26033" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-na-solnechnoy-bataree-rexant-13285" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant-20578" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-35m-metall-rexant-13294" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-zmey-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant-17339" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovih-otpugivateley-krotov-r-20m-h2-na-solnechnoy-bataree-rexant-19336" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-plastik-rexant-13291" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovih-otpugivateley-krotov-r-30m-h2-cherniy-na-solnechnoy-bataree-rexant-26031" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovim-fonarikom-r-20m-h2-kristall-rexant-26032" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovih-otpugivateley-krotov-r-20m-x8-na-solnechnoy-bataree-rexant-30578" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-grizunov-s-40m-sup2-s-nochnikom-220v-chetire-sezona-31861" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-jivolovok-mishelovok-zeleniy-abs-plastik-rexant-26036" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovih-otpugivateley-grizunov-h3-220v-s-90m-sup2-rexant-28379" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-grizunov-s-30m-sup2-220v-rexant-13286" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-grizunov-s-15m-sup2-12v-avtomobilniy-rexant-19629" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-unichtojitel-kris-i-mishey-6vt-23-5h10-2h11-3sm-rexant-19551" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-ptits-i-drugih-jivotnih-na-solnechnoy-bataree-babochka-rexant-26034" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-pilesos-dlya-nasekomih-s-fonarikom-rexant-19552" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-led-indikatorom-s-60m-sup2-220v-rexant-13288" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-s-izmenyaemoy-chastotoy-izlucheniya-r-60m-220v-rexant-8766" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-90m-sup2-s-led-indikatorom-rexant-19554" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-ultrazvukovoy-otpugivatel-r-15m-3vt-rexant-13293" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-profi-s-izmenyaemoy-chastotoy-izlucheniya-r-90m-220v-rexant-17340" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvukovoy-otpugivatel-jivotnih-s-datchikom-dvijeniya-na-solnechnoy-bataree-rexant-19553" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-antilay-dlya-sobak-so-vstroennim-mikrofonom-s-4m-sup2-rexant-26035" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-trener-sobak-r-8m-rexant-14484" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-muravev-s-30m-sup2-220v-rexant-13284" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-tarakanov-s-30m-sup2-220v-rexant-14472" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalniy-maliy-viking-225mm-rexant-18491" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalniy-viking-440mm-rexant-18489" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalniy-viking-350mm-rexant-18492" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalniy-viking-700mm-rexant-18490" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-skladnaya-sadovaya-nerjaveyuschaya-stal-18sm-chetire-sezona-25773" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-posadochniy-shirokiy-s-prorezinennoy-ruchkoy-35h8-5sm-chetire-sezona-25766" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-posadochniy-shirokiy-s-metallicheskoy-ruchkoy-chetire-sezona-29300" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motijka-kombinirovannaya-3-pryamih-zubtsa-s-metallicheskoy-ruchkoy-chetire-sezona-29301" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-posadochniy-s-prorezinennoy-ruchkoy-34h5-3sm-chetire-sezona-25765" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabelki-sadovie-s-prorezinennoy-ruchkoy-31h8-5sm-chetire-sezona-25767" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadoviy-s-tsvetochnim-risunkom-27h8-5sm-chetire-sezona-25768" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabelki-sadovie-s-tsvetochnim-risunkom-23h7-3sm-chetire-sezona-25769" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovih-instrumentov-s-tselnometallicheskoy-ruchkoy-pokritoy-plastikom-2-sovka-motijka-grabelki-chetire-sezona-30321" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovih-instrumentov-s-tsvetochnim-risunkom-sovok-grabelki-chetire-sezona-30323" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-posadochniy-uzkiy-s-metallicheskoy-ruchkoy-chetire-sezona-29299" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabli-6-pryamih-zubev-s-metallicheskoy-ruchkoy-chetire-sezona-29303" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motijka-s-prorezinennoy-ruchkoy-30h18sm-chetire-sezona-25770" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motijka-kombinirovannaya-3-vitih-zubtsa-s-metallicheskoy-ruchkoy-chetire-sezona-29302" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovih-instrumentov-s-prorezinennoy-ruchkoy-2-sovka-motijka-grabelki-chetire-sezona-30322" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I326"/>
+  <dimension ref="A1:I328"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2437,9277 +2446,9337 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>1940</v>
+        <v>478.4</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>239</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>2400</v>
+        <v>552</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="3" t="s">
+      <c r="C8" s="3">
+        <v>588.8</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="3">
+        <v>0</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>14</v>
+      </c>
+      <c r="I8" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C8" s="3">
-[...22 lines deleted...]
-      <c r="A9" s="3" t="s">
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C11" s="3">
-        <v>4604.03</v>
+        <v>2932</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
+        <v>826</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
         <v>4</v>
       </c>
-      <c r="G11" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C12" s="3">
-        <v>6610.22</v>
+        <v>4048</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>188</v>
+        <v>530</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C13" s="3">
-        <v>713.45</v>
+        <v>2350</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>11</v>
+        <v>353</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C14" s="3">
-        <v>428.44</v>
+        <v>5336</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>22</v>
+        <v>451</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>587.58</v>
+        <v>8648</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>276</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>690</v>
+        <v>923</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F16" s="3">
-        <v>6752</v>
+        <v>112</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" s="3">
+        <v>2710</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>433</v>
+        <v>750</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>286.62</v>
+        <v>3128</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>1448</v>
+        <v>403</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>1100</v>
+        <v>3521</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>1178</v>
+        <v>356</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>410</v>
+        <v>5336</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>273</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>4</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>777.47</v>
+        <v>1637.6</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F21" s="3">
-        <v>1</v>
+        <v>1692</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>1885.66</v>
+        <v>2668</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F22" s="3">
-        <v>1</v>
+        <v>2105</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>1885.66</v>
+        <v>2200</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>2</v>
+        <v>1484</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>650.25</v>
+        <v>1390</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F24" s="3">
-        <v>192</v>
+        <v>1127</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>1285.32</v>
+        <v>6340</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="F25" s="3">
-        <v>506</v>
+        <v>266</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>36</v>
+        <v>2</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>726.72</v>
+        <v>1800</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>1069</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>580</v>
+        <v>3477.6</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F27" s="3">
-        <v>1629</v>
+        <v>464</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C28" s="3">
+        <v>6200</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" s="3">
+        <v>72</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>3</v>
+      </c>
+      <c r="I28" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>330</v>
+        <v>2990</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>2413</v>
+        <v>2</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>580</v>
+        <v>6292.8</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>1063</v>
+        <v>1708</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>690</v>
+        <v>399</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>550</v>
+        <v>717</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>740</v>
+        <v>3845.6</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>188</v>
+        <v>655</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>599.82</v>
+        <v>1136.2</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>181</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>533.41</v>
+        <v>2208</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>160</v>
+        <v>6</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>818.82</v>
+        <v>1990</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
         <v>1</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>2140</v>
+        <v>384.56</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>30</v>
+        <v>1222</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C38" s="3">
+        <v>4968</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F38" s="3">
+        <v>134</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
+        <v>3</v>
+      </c>
+      <c r="I38" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>600</v>
+        <v>431.76</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>246</v>
+        <v>2563</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>1100</v>
+        <v>674</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>141</v>
+        <v>48</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>600</v>
+        <v>154</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>180</v>
+        <v>12423</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>60</v>
+        <v>216</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>580</v>
+        <v>261.81</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>864</v>
+        <v>1618</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>60</v>
+        <v>150</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C44" s="3">
         <v>93</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>90</v>
+        <v>1344</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C45" s="3">
+        <v>750</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F45" s="3">
+        <v>1305</v>
+      </c>
+      <c r="G45" s="3">
+        <v>1</v>
+      </c>
+      <c r="H45" s="3">
         <v>96</v>
-      </c>
-[...16 lines deleted...]
-        <v>10</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>1468.94</v>
+        <v>594.32</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>1871</v>
+        <v>118</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>1300</v>
+        <v>157.32</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>651</v>
+        <v>1004</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C48" s="3">
+        <v>790</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F48" s="3">
+        <v>856</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>24</v>
+      </c>
+      <c r="I48" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I49" s="2"/>
+      <c r="C49" s="3">
+        <v>227.24</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F49" s="3">
+        <v>1109</v>
+      </c>
+      <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
+        <v>120</v>
+      </c>
+      <c r="I49" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>890</v>
+        <v>195</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>36</v>
+        <v>1781</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>40</v>
+        <v>240</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>610</v>
+        <v>144</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>274</v>
+        <v>8430</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>48</v>
+        <v>288</v>
       </c>
       <c r="I51" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>1542</v>
+        <v>112</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>586</v>
+        <v>608</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>10</v>
+        <v>288</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>2241</v>
+        <v>106</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>32</v>
+        <v>1744</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>40</v>
+        <v>288</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>1720</v>
+        <v>1250</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>5</v>
+        <v>1085</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>1818.32</v>
+        <v>209.76</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>275</v>
+        <v>961</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>789</v>
+        <v>287.99</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>1</v>
+        <v>1760</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>36</v>
+        <v>200</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>1210</v>
+        <v>327.26</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>187</v>
+        <v>1729</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>1592</v>
+        <v>327.26</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>937</v>
+        <v>1577</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>1989.19</v>
+        <v>392.71</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>409</v>
+        <v>1501</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>30</v>
+        <v>240</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>1200</v>
+        <v>104</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>1081</v>
+        <v>249</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>288</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>1952</v>
+        <v>148</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>134</v>
+        <v>2306</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="I61" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>2202.95</v>
+        <v>261.81</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>1117</v>
+        <v>1618</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>1600</v>
+        <v>190</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>2146</v>
+        <v>1395</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>4031</v>
+        <v>314.64</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>532</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C65" s="3">
+        <v>926.44</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F65" s="3">
+        <v>1069</v>
+      </c>
+      <c r="G65" s="3">
+        <v>1</v>
+      </c>
+      <c r="H65" s="3">
+        <v>12</v>
+      </c>
+      <c r="I65" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B65" s="3" t="s">
+      <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="C65" s="3">
-[...32 lines deleted...]
-      <c r="I66" s="2"/>
+      <c r="C66" s="3">
+        <v>260</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F66" s="3">
+        <v>356</v>
+      </c>
+      <c r="G66" s="3">
+        <v>1</v>
+      </c>
+      <c r="H66" s="3">
+        <v>96</v>
+      </c>
+      <c r="I66" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>561</v>
+        <v>122</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>851</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>192</v>
+        <v>240</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>4843</v>
+        <v>87.4</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>361</v>
+        <v>2394</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>20</v>
+        <v>216</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>990</v>
+        <v>80.96</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>595</v>
+        <v>2216</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>1120.06</v>
+        <v>250</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>619</v>
+        <v>230</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>60</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>672</v>
+        <v>55.6</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>59</v>
+        <v>2528</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>96</v>
+        <v>288</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B72" s="3" t="s">
+      <c r="C72" s="3">
+        <v>62.1</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F72" s="3">
+        <v>3390</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>240</v>
+      </c>
+      <c r="I72" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="C72" s="3">
-[...22 lines deleted...]
-      <c r="A73" s="2" t="s">
+      <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B73" s="2"/>
-[...6 lines deleted...]
-      <c r="I73" s="2"/>
+      <c r="C73" s="3">
+        <v>119.6</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F73" s="3">
+        <v>905</v>
+      </c>
+      <c r="G73" s="3">
+        <v>1</v>
+      </c>
+      <c r="H73" s="3">
+        <v>288</v>
+      </c>
+      <c r="I73" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>1356</v>
+        <v>170</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>2</v>
+        <v>10620</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>40</v>
+        <v>216</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>1200</v>
+        <v>103.13</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>1373</v>
+        <v>3301</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>36</v>
+        <v>216</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>791</v>
+        <v>58.88</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>187</v>
+        <v>15709</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>100</v>
+        <v>288</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>865</v>
+        <v>163</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>405</v>
+        <v>3460</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>144</v>
+        <v>240</v>
       </c>
       <c r="I77" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>2240</v>
+        <v>392.71</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>1829</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="I78" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>1800</v>
+        <v>664.24</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>165</v>
+        <v>1830</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I79" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>1048.96</v>
+        <v>629.28</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>480</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="2" t="s">
+      <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B81" s="2"/>
-[...6 lines deleted...]
-      <c r="I81" s="2"/>
+      <c r="B81" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C81" s="3">
+        <v>209.76</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F81" s="3">
+        <v>615</v>
+      </c>
+      <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
+        <v>100</v>
+      </c>
+      <c r="I81" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C82" s="3">
-        <v>1201.06</v>
+        <v>138.09</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>1193</v>
+        <v>1942</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C83" s="3">
-        <v>695</v>
+        <v>257.6</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>1343</v>
+        <v>1541</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I83" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C84" s="3">
-        <v>2934</v>
+        <v>279.68</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="2" t="s">
+      <c r="A85" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B85" s="2"/>
-[...6 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="B85" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C85" s="3">
+        <v>279.68</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F85" s="3">
+        <v>1</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>96</v>
+      </c>
+      <c r="I85" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C86" s="3">
-        <v>592</v>
+        <v>312.89</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>559</v>
+        <v>449</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>192</v>
+        <v>96</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C87" s="3">
-        <v>535</v>
+        <v>287.99</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
+        <v>1610</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>150</v>
+      </c>
+      <c r="I87" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C88" s="3">
+        <v>404.8</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F88" s="3">
+        <v>5</v>
+      </c>
+      <c r="G88" s="3">
+        <v>1</v>
+      </c>
+      <c r="H88" s="3">
         <v>96</v>
       </c>
-      <c r="G87" s="3">
-[...20 lines deleted...]
-      <c r="I88" s="2"/>
+      <c r="I88" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A89" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I89" s="2"/>
+      <c r="A89" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C89" s="3">
+        <v>650.75</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F89" s="3">
+        <v>1964</v>
+      </c>
+      <c r="G89" s="3">
+        <v>1</v>
+      </c>
+      <c r="H89" s="3">
+        <v>96</v>
+      </c>
+      <c r="I89" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C90" s="3">
-        <v>456.61</v>
+        <v>978.88</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>0</v>
+        <v>2011</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C91" s="3">
-        <v>543.57</v>
+        <v>784.85</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>41</v>
+        <v>1116</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C92" s="3">
-        <v>820</v>
+        <v>209.76</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>211</v>
+        <v>1422</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>1</v>
+        <v>240</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A93" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A93" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B93" s="2"/>
+      <c r="C93" s="2"/>
+      <c r="D93" s="2"/>
+      <c r="E93" s="2"/>
+      <c r="F93" s="2"/>
+      <c r="G93" s="2"/>
+      <c r="H93" s="2"/>
+      <c r="I93" s="2"/>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C94" s="3">
-        <v>4837.94</v>
+        <v>1392</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>0</v>
+        <v>1279</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C95" s="3">
-        <v>1979.88</v>
+        <v>290</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>2689</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>1</v>
+        <v>96</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C96" s="3">
-        <v>2721.47</v>
+        <v>290</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>2741</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C97" s="3">
-        <v>394.83</v>
+        <v>798</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>383</v>
+        <v>548</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C98" s="3">
-        <v>347.89</v>
+        <v>961.4</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>271</v>
+        <v>401</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I98" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C99" s="3">
-        <v>489.22</v>
+        <v>1555.72</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>145</v>
+        <v>536</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I99" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C100" s="3">
-        <v>369.62</v>
+        <v>290</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>463</v>
+        <v>488</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C101" s="3">
-        <v>2815.71</v>
+        <v>235</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>1527</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C102" s="3">
-        <v>2707</v>
+        <v>2272.4</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>0</v>
+        <v>852</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I102" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C103" s="3">
-        <v>1879.51</v>
+        <v>270</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>0</v>
+        <v>2634</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C104" s="3">
-        <v>4457.29</v>
+        <v>390</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>2836</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>1</v>
+        <v>240</v>
       </c>
       <c r="I104" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C105" s="3">
-        <v>510.96</v>
+        <v>419.52</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>1157</v>
+        <v>1449</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I105" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C106" s="3">
-        <v>451.55</v>
+        <v>990</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>322</v>
+        <v>1716</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="I106" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C107" s="3">
-        <v>3718.05</v>
+        <v>2005.6</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>0</v>
+        <v>599</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A108" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I108" s="2"/>
+      <c r="A108" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C108" s="3">
+        <v>2360</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F108" s="3">
+        <v>649</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1</v>
+      </c>
+      <c r="H108" s="3">
+        <v>12</v>
+      </c>
+      <c r="I108" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C109" s="3">
-        <v>834.34</v>
+        <v>2500</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I109" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C110" s="3">
-        <v>1179.41</v>
+        <v>299</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>208</v>
+        <v>1580</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C111" s="3">
-        <v>877.66</v>
+        <v>2894</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>105</v>
+        <v>868</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C112" s="3">
-        <v>1240.51</v>
+        <v>626</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>244</v>
+        <v>1649</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I113" s="2"/>
+      <c r="A113" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C113" s="3">
+        <v>458</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F113" s="3">
+        <v>85</v>
+      </c>
+      <c r="G113" s="3">
+        <v>1</v>
+      </c>
+      <c r="H113" s="3">
+        <v>96</v>
+      </c>
+      <c r="I113" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C114" s="3">
-        <v>903</v>
+        <v>54.19</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C115" s="3">
-        <v>874.37</v>
+        <v>1311</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>0</v>
+        <v>1170</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="I115" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C116" s="3">
-        <v>754.14</v>
+        <v>1235</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>0</v>
+        <v>1324</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C117" s="3">
-        <v>3118.12</v>
+        <v>890</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>0</v>
+        <v>671</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A118" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I118" s="2"/>
+      <c r="A118" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="C118" s="3">
+        <v>110</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F118" s="3">
+        <v>132</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>216</v>
+      </c>
+      <c r="I118" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C119" s="3">
-        <v>391.34</v>
+        <v>280</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>235</v>
+        <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>300</v>
+        <v>27</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I119" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C120" s="3">
-        <v>75</v>
+        <v>320</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>295</v>
+        <v>1520</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I120" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C121" s="3">
-        <v>89.31</v>
+        <v>3146.4</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>118</v>
+        <v>876</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I121" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C122" s="3">
-        <v>1304.57</v>
+        <v>1250</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>8</v>
+        <v>568</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A123" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I123" s="2"/>
+      <c r="A123" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C123" s="3">
+        <v>480</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F123" s="3">
+        <v>2642</v>
+      </c>
+      <c r="G123" s="3">
+        <v>1</v>
+      </c>
+      <c r="H123" s="3">
+        <v>48</v>
+      </c>
+      <c r="I123" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C124" s="3">
-        <v>1695.67</v>
+        <v>1730.52</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>1446</v>
+        <v>198</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C125" s="3">
-        <v>548.99</v>
+        <v>562.86</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>1108</v>
+        <v>4099</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C126" s="3">
-        <v>672.71</v>
+        <v>420</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>494</v>
+        <v>95</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I126" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="C127" s="3">
-        <v>608.97</v>
+        <v>479</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>0</v>
+        <v>1559</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="I127" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C128" s="3">
-        <v>892.57</v>
+        <v>1835.4</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>524</v>
+        <v>1227</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>24</v>
       </c>
       <c r="I128" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A129" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A129" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="B129" s="2"/>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C130" s="3">
-        <v>923.14</v>
+        <v>1920</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>154</v>
+        <v>757</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I130" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C131" s="3">
-        <v>757.05</v>
+        <v>1990</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>434</v>
+        <v>674</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I131" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C132" s="3">
-        <v>816.22</v>
+        <v>1670</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>1143</v>
+        <v>23</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I132" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C133" s="3">
-        <v>453.72</v>
+        <v>195.78</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>230</v>
+        <v>1085</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I133" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C134" s="3">
-        <v>779.6</v>
+        <v>1790</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>222</v>
+        <v>623</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="I134" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C135" s="3">
-        <v>2542.18</v>
+        <v>160</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>435</v>
+        <v>7279</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C136" s="3">
-        <v>3991.58</v>
+        <v>2101</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C137" s="3">
-        <v>2200.65</v>
+        <v>4910</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>682</v>
+        <v>376</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="I137" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C138" s="3">
-        <v>85.05</v>
+        <v>3462</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>322</v>
+        <v>379</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="I138" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A139" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="B139" s="2"/>
+      <c r="C139" s="2"/>
+      <c r="D139" s="2"/>
+      <c r="E139" s="2"/>
+      <c r="F139" s="2"/>
+      <c r="G139" s="2"/>
+      <c r="H139" s="2"/>
+      <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C140" s="3">
-        <v>1744.47</v>
+        <v>490</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>289</v>
+        <v>1465</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C141" s="3">
-        <v>129</v>
+        <v>1136.2</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>0</v>
+        <v>794</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C142" s="3">
-        <v>476.53</v>
+        <v>1900</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>39</v>
+        <v>949</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>12</v>
       </c>
       <c r="I142" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A143" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A143" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="B143" s="2"/>
+      <c r="C143" s="2"/>
+      <c r="D143" s="2"/>
+      <c r="E143" s="2"/>
+      <c r="F143" s="2"/>
+      <c r="G143" s="2"/>
+      <c r="H143" s="2"/>
+      <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C144" s="3">
-        <v>500.84</v>
+        <v>1220</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>425</v>
+        <v>889</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C145" s="3">
-        <v>923</v>
+        <v>2730</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A146" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A146" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="B146" s="2"/>
+      <c r="C146" s="2"/>
+      <c r="D146" s="2"/>
+      <c r="E146" s="2"/>
+      <c r="F146" s="2"/>
+      <c r="G146" s="2"/>
+      <c r="H146" s="2"/>
+      <c r="I146" s="2"/>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C147" s="3">
-        <v>2676.7</v>
+        <v>2178</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>301</v>
+        <v>1077</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>12</v>
       </c>
       <c r="I147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C148" s="3">
-        <v>598.72</v>
+        <v>3230</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>720</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I148" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C149" s="3">
-        <v>2090.24</v>
+        <v>1538.24</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>15</v>
+        <v>468</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C150" s="3">
-        <v>456.09</v>
+        <v>2821.5</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>37</v>
+        <v>1017</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I150" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C151" s="3">
-        <v>592.02</v>
+        <v>1967</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>364</v>
+        <v>467</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C152" s="3">
-        <v>549.74</v>
+        <v>4940</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>55</v>
+        <v>754</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A153" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B153" s="3" t="s">
+      <c r="A153" s="2" t="s">
         <v>302</v>
       </c>
-      <c r="C153" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B153" s="2"/>
+      <c r="C153" s="2"/>
+      <c r="D153" s="2"/>
+      <c r="E153" s="2"/>
+      <c r="F153" s="2"/>
+      <c r="G153" s="2"/>
+      <c r="H153" s="2"/>
+      <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A154" s="3" t="s">
+      <c r="A154" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="B154" s="3" t="s">
+      <c r="B154" s="2"/>
+      <c r="C154" s="2"/>
+      <c r="D154" s="2"/>
+      <c r="E154" s="2"/>
+      <c r="F154" s="2"/>
+      <c r="G154" s="2"/>
+      <c r="H154" s="2"/>
+      <c r="I154" s="2"/>
+    </row>
+    <row r="155" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A155" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="C154" s="3">
-[...22 lines deleted...]
-      <c r="A155" s="2" t="s">
+      <c r="B155" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B155" s="2"/>
-[...6 lines deleted...]
-      <c r="I155" s="2"/>
+      <c r="C155" s="3">
+        <v>834.34</v>
+      </c>
+      <c r="D155" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F155" s="3">
+        <v>0</v>
+      </c>
+      <c r="G155" s="3">
+        <v>1</v>
+      </c>
+      <c r="H155" s="3">
+        <v>1</v>
+      </c>
+      <c r="I155" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A156" s="2" t="s">
+      <c r="A156" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B156" s="2"/>
-[...6 lines deleted...]
-      <c r="I156" s="2"/>
+      <c r="B156" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="C156" s="3">
+        <v>1240.51</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F156" s="3">
+        <v>199</v>
+      </c>
+      <c r="G156" s="3">
+        <v>1</v>
+      </c>
+      <c r="H156" s="3">
+        <v>1</v>
+      </c>
+      <c r="I156" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C157" s="3">
-        <v>1862.64</v>
+        <v>1179.41</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>9</v>
+        <v>153</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I157" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C158" s="3">
-        <v>1131.17</v>
+        <v>877.66</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="F158" s="3">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A159" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B159" s="3" t="s">
+      <c r="A159" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="C159" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B159" s="2"/>
+      <c r="C159" s="2"/>
+      <c r="D159" s="2"/>
+      <c r="E159" s="2"/>
+      <c r="F159" s="2"/>
+      <c r="G159" s="2"/>
+      <c r="H159" s="2"/>
+      <c r="I159" s="2"/>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C160" s="3">
-        <v>601.05</v>
+        <v>2806.31</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>2083</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C161" s="3">
-        <v>436.5</v>
+        <v>903</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>530</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C162" s="3">
-        <v>251.4</v>
+        <v>754.14</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I162" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C163" s="3">
-        <v>245.67</v>
+        <v>874.37</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>397</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="I163" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A164" s="3" t="s">
+      <c r="A164" s="2" t="s">
         <v>321</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B164" s="2"/>
+      <c r="C164" s="2"/>
+      <c r="D164" s="2"/>
+      <c r="E164" s="2"/>
+      <c r="F164" s="2"/>
+      <c r="G164" s="2"/>
+      <c r="H164" s="2"/>
+      <c r="I164" s="2"/>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="3">
-        <v>419.94</v>
+        <v>1304.57</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>2387</v>
+        <v>5</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="B166" s="3" t="s">
+      <c r="C166" s="3">
+        <v>391.34</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="C166" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F166" s="3">
-        <v>2161</v>
+        <v>246</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="I166" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>327</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C167" s="3">
-        <v>260.72</v>
+        <v>89.31</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>567</v>
+        <v>100</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="I167" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C168" s="3">
-        <v>291.92</v>
+        <v>75</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>265</v>
+        <v>253</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I168" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A169" s="3" t="s">
+      <c r="A169" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B169" s="2"/>
+      <c r="C169" s="2"/>
+      <c r="D169" s="2"/>
+      <c r="E169" s="2"/>
+      <c r="F169" s="2"/>
+      <c r="G169" s="2"/>
+      <c r="H169" s="2"/>
+      <c r="I169" s="2"/>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="B170" s="3" t="s">
+      <c r="C170" s="3">
+        <v>2676.7</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F170" s="3">
+        <v>295</v>
+      </c>
+      <c r="G170" s="3">
+        <v>1</v>
+      </c>
+      <c r="H170" s="3">
+        <v>12</v>
+      </c>
+      <c r="I170" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A171" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="C170" s="3">
-[...22 lines deleted...]
-      <c r="A171" s="2" t="s">
+      <c r="B171" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B171" s="2"/>
-[...6 lines deleted...]
-      <c r="I171" s="2"/>
+      <c r="C171" s="3">
+        <v>816.22</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F171" s="3">
+        <v>1131</v>
+      </c>
+      <c r="G171" s="3">
+        <v>1</v>
+      </c>
+      <c r="H171" s="3">
+        <v>24</v>
+      </c>
+      <c r="I171" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C172" s="3">
-        <v>1665</v>
+        <v>1744.47</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>1901</v>
+        <v>298</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I172" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C173" s="3">
-        <v>2405</v>
+        <v>1261</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>1561</v>
+        <v>97</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I173" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C174" s="3">
-        <v>3058.07</v>
+        <v>548.99</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>0</v>
+        <v>990</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C175" s="3">
-        <v>1829</v>
+        <v>515.5</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>298</v>
+        <v>114</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
+        <v>48</v>
+      </c>
+      <c r="I175" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A176" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C176" s="3">
+        <v>672.71</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F176" s="3">
+        <v>490</v>
+      </c>
+      <c r="G176" s="3">
+        <v>1</v>
+      </c>
+      <c r="H176" s="3">
         <v>24</v>
       </c>
-      <c r="I175" s="3">
-[...14 lines deleted...]
-      <c r="I176" s="2"/>
+      <c r="I176" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C177" s="3">
-        <v>521.24</v>
+        <v>892.57</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>273</v>
+        <v>504</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A178" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I178" s="2"/>
+      <c r="A178" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="B178" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C178" s="3">
+        <v>795.12</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F178" s="3">
+        <v>69</v>
+      </c>
+      <c r="G178" s="3">
+        <v>1</v>
+      </c>
+      <c r="H178" s="3">
+        <v>12</v>
+      </c>
+      <c r="I178" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A179" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I179" s="2"/>
+      <c r="A179" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="B179" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="C179" s="3">
+        <v>549.74</v>
+      </c>
+      <c r="D179" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F179" s="3">
+        <v>55</v>
+      </c>
+      <c r="G179" s="3">
+        <v>1</v>
+      </c>
+      <c r="H179" s="3">
+        <v>10</v>
+      </c>
+      <c r="I179" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C180" s="3">
-        <v>2668</v>
+        <v>608.97</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>351</v>
+        <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>1941</v>
+        <v>0</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>1</v>
       </c>
       <c r="I180" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C181" s="3">
-        <v>5336</v>
+        <v>1695.67</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>351</v>
+        <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>418</v>
+        <v>1433</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I181" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C182" s="3">
-        <v>1637.6</v>
+        <v>598.72</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>351</v>
+        <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>1498</v>
+        <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I182" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C183" s="3">
-        <v>1800</v>
+        <v>129</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>351</v>
+        <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>964</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I183" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C184" s="3">
-        <v>3477.6</v>
+        <v>592.02</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>351</v>
+        <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>467</v>
+        <v>183</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I184" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C185" s="3">
-        <v>1390</v>
+        <v>2090.24</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>351</v>
+        <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>903</v>
+        <v>6</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I185" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C186" s="3">
-        <v>8648</v>
+        <v>923</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="I186" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C187" s="3">
-        <v>6200</v>
+        <v>923.14</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>47</v>
+        <v>144</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>3</v>
+        <v>48</v>
       </c>
       <c r="I187" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C188" s="3">
-        <v>4048</v>
+        <v>453.72</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>473</v>
+        <v>166</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="I188" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C189" s="3">
-        <v>2932</v>
+        <v>779.6</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>891</v>
+        <v>213</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="I189" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C190" s="3">
-        <v>923</v>
+        <v>2542.18</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>351</v>
+        <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>3</v>
+        <v>414</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I190" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C191" s="3">
-        <v>3521</v>
+        <v>3991.58</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>374</v>
+        <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>371</v>
+        <v>169</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I191" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C192" s="3">
-        <v>2200</v>
+        <v>2200.65</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>1381</v>
+        <v>289</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I192" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C193" s="3">
-        <v>2350</v>
+        <v>476.53</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I193" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C194" s="3">
-        <v>6340</v>
+        <v>1118.56</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>374</v>
+        <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>264</v>
+        <v>1240</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="I194" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C195" s="3">
-        <v>3128</v>
+        <v>500.84</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>374</v>
+        <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>435</v>
+        <v>354</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I195" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C196" s="3">
-        <v>2710</v>
+        <v>1501</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>374</v>
+        <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>776</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I196" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C197" s="3">
-        <v>5336</v>
+        <v>757.05</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>374</v>
+        <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>280</v>
+        <v>428</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I197" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A198" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I198" s="2"/>
+      <c r="A198" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C198" s="3">
+        <v>85.05</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F198" s="3">
+        <v>310</v>
+      </c>
+      <c r="G198" s="3">
+        <v>1</v>
+      </c>
+      <c r="H198" s="3">
+        <v>90</v>
+      </c>
+      <c r="I198" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C199" s="3">
-        <v>384.56</v>
+        <v>643.39</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>1202</v>
+        <v>50</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I199" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C200" s="3">
-        <v>2990</v>
+        <v>456.09</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I200" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A201" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A201" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="B201" s="2"/>
+      <c r="C201" s="2"/>
+      <c r="D201" s="2"/>
+      <c r="E201" s="2"/>
+      <c r="F201" s="2"/>
+      <c r="G201" s="2"/>
+      <c r="H201" s="2"/>
+      <c r="I201" s="2"/>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C202" s="3">
-        <v>1136.2</v>
+        <v>451.55</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>182</v>
+        <v>167</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I202" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C203" s="3">
-        <v>1990</v>
+        <v>543.57</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>3</v>
+        <v>41</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C204" s="3">
-        <v>3845.6</v>
+        <v>394.83</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>700</v>
+        <v>281</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
         <v>10</v>
       </c>
       <c r="I204" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C205" s="3">
-        <v>6292.8</v>
+        <v>2818.52</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>1732</v>
+        <v>1</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I205" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C206" s="3">
-        <v>2208</v>
+        <v>4837.94</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C207" s="3">
-        <v>399</v>
+        <v>456.61</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>715</v>
+        <v>0</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="I207" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A208" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I208" s="2"/>
+      <c r="A208" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C208" s="3">
+        <v>2815.71</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F208" s="3">
+        <v>0</v>
+      </c>
+      <c r="G208" s="3">
+        <v>1</v>
+      </c>
+      <c r="H208" s="3">
+        <v>40</v>
+      </c>
+      <c r="I208" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C209" s="3">
-        <v>1538.24</v>
+        <v>4457.29</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>499</v>
+        <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C210" s="3">
-        <v>2178</v>
+        <v>2436.3</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>1103</v>
+        <v>0</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I210" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C211" s="3">
-        <v>2821.5</v>
+        <v>347.89</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>1048</v>
+        <v>267</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C212" s="3">
-        <v>3230</v>
+        <v>820</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>764</v>
+        <v>170</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C213" s="3">
-        <v>1967</v>
+        <v>3718.05</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>483</v>
+        <v>0</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I213" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C214" s="3">
-        <v>4940</v>
+        <v>2449.32</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>793</v>
+        <v>0</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I214" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A215" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I215" s="2"/>
+      <c r="A215" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C215" s="3">
+        <v>1879.51</v>
+      </c>
+      <c r="D215" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F215" s="3">
+        <v>0</v>
+      </c>
+      <c r="G215" s="3">
+        <v>1</v>
+      </c>
+      <c r="H215" s="3">
+        <v>1</v>
+      </c>
+      <c r="I215" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C216" s="3">
-        <v>261.81</v>
+        <v>369.62</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>1631</v>
+        <v>453</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I216" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C217" s="3">
-        <v>250</v>
+        <v>489.22</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>109</v>
+        <v>148</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C218" s="3">
-        <v>55.6</v>
+        <v>510.96</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>2516</v>
+        <v>1055</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>288</v>
+        <v>10</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C219" s="3">
-        <v>260</v>
+        <v>1979.88</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>96</v>
+        <v>1</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A220" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A220" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="B220" s="2"/>
+      <c r="C220" s="2"/>
+      <c r="D220" s="2"/>
+      <c r="E220" s="2"/>
+      <c r="F220" s="2"/>
+      <c r="G220" s="2"/>
+      <c r="H220" s="2"/>
+      <c r="I220" s="2"/>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A221" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A221" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="B221" s="2"/>
+      <c r="C221" s="2"/>
+      <c r="D221" s="2"/>
+      <c r="E221" s="2"/>
+      <c r="F221" s="2"/>
+      <c r="G221" s="2"/>
+      <c r="H221" s="2"/>
+      <c r="I221" s="2"/>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C222" s="3">
-        <v>119.6</v>
+        <v>1869</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>717</v>
+        <v>8</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>288</v>
+        <v>16</v>
       </c>
       <c r="I222" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C223" s="3">
-        <v>87.4</v>
+        <v>1300</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>2312</v>
+        <v>651</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>216</v>
+        <v>50</v>
       </c>
       <c r="I223" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C224" s="3">
-        <v>80.96</v>
+        <v>3890</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>2145</v>
+        <v>376</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>240</v>
+        <v>10</v>
       </c>
       <c r="I224" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C225" s="3">
-        <v>62.1</v>
+        <v>4980</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>3365</v>
+        <v>333</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>240</v>
+        <v>10</v>
       </c>
       <c r="I225" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C226" s="3">
-        <v>926.44</v>
+        <v>482.28</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>21</v>
+        <v>182</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I226" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C227" s="3">
-        <v>257.6</v>
+        <v>650.25</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>1715</v>
+        <v>679</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="I227" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C228" s="3">
-        <v>279.68</v>
+        <v>1285.32</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F228" s="3">
-        <v>35</v>
+        <v>522</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="I228" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C229" s="3">
-        <v>279.68</v>
+        <v>599.82</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I229" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C230" s="3">
-        <v>93</v>
+        <v>1940</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>1336</v>
+        <v>1</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>240</v>
+        <v>30</v>
       </c>
       <c r="I230" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C231" s="3">
-        <v>209.76</v>
+        <v>1468.94</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>604</v>
+        <v>1867</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C232" s="3">
-        <v>312.89</v>
+        <v>580</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>592</v>
+        <v>1353</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I232" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C233" s="3">
-        <v>58.88</v>
+        <v>286.62</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>15578</v>
+        <v>1599</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C234" s="3">
-        <v>103.13</v>
+        <v>587.58</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>3280</v>
+        <v>0</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C235" s="3">
-        <v>138.09</v>
+        <v>1480</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>1684</v>
+        <v>40</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C236" s="3">
-        <v>227.24</v>
+        <v>777.47</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>1105</v>
+        <v>1</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>120</v>
+        <v>12</v>
       </c>
       <c r="I236" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C237" s="3">
-        <v>790</v>
+        <v>690</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>854</v>
+        <v>7151</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I237" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C238" s="3">
-        <v>287.99</v>
+        <v>220</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>1580</v>
+        <v>106</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I238" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C239" s="3">
-        <v>287.99</v>
+        <v>375</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>1761</v>
+        <v>1</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I239" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C240" s="3">
-        <v>392.71</v>
+        <v>410</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>1514</v>
+        <v>460</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I240" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C241" s="3">
-        <v>392.71</v>
+        <v>795.67</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>1878</v>
+        <v>22</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I241" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C242" s="3">
-        <v>784.85</v>
+        <v>8446.39</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>1323</v>
+        <v>805</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="I242" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C243" s="3">
-        <v>195</v>
+        <v>2140</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>1778</v>
+        <v>98</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I243" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C244" s="3">
-        <v>664.24</v>
+        <v>580</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>2036</v>
+        <v>953</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I244" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C245" s="3">
-        <v>144</v>
+        <v>2400</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>8413</v>
+        <v>159</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>288</v>
+        <v>12</v>
       </c>
       <c r="I245" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C246" s="3">
-        <v>209.76</v>
+        <v>580</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>1420</v>
+        <v>858</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I246" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C247" s="3">
-        <v>157.32</v>
+        <v>1100</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>994</v>
+        <v>154</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I247" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C248" s="3">
-        <v>261.81</v>
+        <v>4604.03</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>1594</v>
+        <v>276</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="I248" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C249" s="3">
-        <v>314.64</v>
+        <v>818.82</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="I249" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C250" s="3">
-        <v>170</v>
+        <v>6610.22</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>10256</v>
+        <v>129</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>216</v>
+        <v>10</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C251" s="3">
-        <v>122</v>
+        <v>1100</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>616</v>
+        <v>1256</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C252" s="3">
-        <v>594.32</v>
+        <v>1885.66</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>295</v>
+        <v>34</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I252" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C253" s="3">
-        <v>404.8</v>
+        <v>580</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>33</v>
+        <v>1625</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I253" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C254" s="3">
-        <v>629.28</v>
+        <v>726.72</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>618</v>
+        <v>0</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I254" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C255" s="3">
-        <v>750</v>
+        <v>330</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>1441</v>
+        <v>2903</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I255" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C256" s="3">
-        <v>327.26</v>
+        <v>713.45</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>1779</v>
+        <v>40</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I256" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C257" s="3">
-        <v>978.88</v>
+        <v>428.44</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>2265</v>
+        <v>0</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I257" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C258" s="3">
+        <v>740</v>
+      </c>
+      <c r="D258" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F258" s="3">
         <v>148</v>
       </c>
-      <c r="D258" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I258" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C259" s="3">
-        <v>431.76</v>
+        <v>360.77</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>2723</v>
+        <v>2490</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C260" s="3">
-        <v>112</v>
+        <v>1885.66</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>704</v>
+        <v>39</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>288</v>
+        <v>50</v>
       </c>
       <c r="I260" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C261" s="3">
-        <v>190</v>
+        <v>1348.32</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>1389</v>
+        <v>2</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I261" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C262" s="3">
-        <v>104</v>
+        <v>600</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>249</v>
+        <v>607</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="I262" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C263" s="3">
-        <v>327.26</v>
+        <v>600</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>1634</v>
+        <v>190</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I263" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C264" s="3">
-        <v>106</v>
+        <v>690</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>1847</v>
+        <v>645</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>288</v>
+        <v>24</v>
       </c>
       <c r="I264" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C265" s="3">
-        <v>163</v>
+        <v>533.41</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>3423</v>
+        <v>0</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>240</v>
+        <v>160</v>
       </c>
       <c r="I265" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C266" s="3">
-        <v>650.75</v>
+        <v>2900</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>2161</v>
+        <v>609</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="I266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A267" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B267" s="3" t="s">
+      <c r="A267" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="C267" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B267" s="2"/>
+      <c r="C267" s="2"/>
+      <c r="D267" s="2"/>
+      <c r="E267" s="2"/>
+      <c r="F267" s="2"/>
+      <c r="G267" s="2"/>
+      <c r="H267" s="2"/>
+      <c r="I267" s="2"/>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A268" s="2" t="s">
+      <c r="A268" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="B268" s="2"/>
-[...6 lines deleted...]
-      <c r="I268" s="2"/>
+      <c r="B268" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="C268" s="3">
+        <v>1153</v>
+      </c>
+      <c r="D268" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F268" s="3">
+        <v>936</v>
+      </c>
+      <c r="G268" s="3">
+        <v>1</v>
+      </c>
+      <c r="H268" s="3">
+        <v>50</v>
+      </c>
+      <c r="I268" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C269" s="3">
-        <v>2005.6</v>
+        <v>1600</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>603</v>
+        <v>2149</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C270" s="3">
-        <v>990</v>
+        <v>890</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>1713</v>
+        <v>0</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C271" s="3">
-        <v>1250</v>
+        <v>1200</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>588</v>
+        <v>1060</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I271" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C272" s="3">
-        <v>480</v>
+        <v>1542</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>2254</v>
+        <v>592</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C273" s="3">
-        <v>1730.52</v>
+        <v>2241</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F273" s="3">
-        <v>149</v>
+        <v>7</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
         <v>40</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C274" s="3">
-        <v>458</v>
+        <v>1989.19</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F274" s="3">
-        <v>57</v>
+        <v>400</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="I274" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C275" s="3">
-        <v>54.19</v>
+        <v>610</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>0</v>
+        <v>243</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>500</v>
+        <v>48</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C276" s="3">
-        <v>290</v>
+        <v>1818.32</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>2470</v>
+        <v>276</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I276" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C277" s="3">
-        <v>110</v>
+        <v>1720</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>216</v>
+        <v>36</v>
       </c>
       <c r="I277" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C278" s="3">
-        <v>235</v>
+        <v>1592</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>1603</v>
+        <v>928</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I278" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C279" s="3">
-        <v>320</v>
+        <v>1210</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F279" s="3">
-        <v>1497</v>
+        <v>14</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I279" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C280" s="3">
-        <v>290</v>
+        <v>789</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>541</v>
+        <v>0</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="I280" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C281" s="3">
-        <v>1555.72</v>
+        <v>2202.95</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F281" s="3">
-        <v>461</v>
+        <v>1126</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I281" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C282" s="3">
-        <v>479</v>
+        <v>1952</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F282" s="3">
-        <v>1509</v>
+        <v>60</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I282" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C283" s="3">
-        <v>280</v>
+        <v>4031</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F283" s="3">
-        <v>3</v>
+        <v>395</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I283" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A284" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B284" s="3" t="s">
+      <c r="A284" s="2" t="s">
         <v>556</v>
       </c>
-      <c r="C284" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B284" s="2"/>
+      <c r="C284" s="2"/>
+      <c r="D284" s="2"/>
+      <c r="E284" s="2"/>
+      <c r="F284" s="2"/>
+      <c r="G284" s="2"/>
+      <c r="H284" s="2"/>
+      <c r="I284" s="2"/>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>557</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>558</v>
       </c>
       <c r="C285" s="3">
-        <v>626</v>
+        <v>969</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>1353</v>
+        <v>417</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I285" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>559</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>560</v>
       </c>
       <c r="C286" s="3">
-        <v>299</v>
+        <v>990</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>1135</v>
+        <v>0</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
         <v>561</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>562</v>
       </c>
       <c r="C287" s="3">
-        <v>1392</v>
+        <v>1120.06</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F287" s="3">
-        <v>491</v>
+        <v>236</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
         <v>563</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C288" s="3">
-        <v>562.86</v>
+        <v>561</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>3842</v>
+        <v>5111</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>12</v>
+        <v>192</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
         <v>565</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>566</v>
       </c>
       <c r="C289" s="3">
-        <v>1311</v>
+        <v>672</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>1218</v>
+        <v>0</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I289" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
         <v>567</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>568</v>
       </c>
       <c r="C290" s="3">
-        <v>2272.4</v>
+        <v>4843</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F290" s="3">
-        <v>859</v>
+        <v>55</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I290" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A291" s="3" t="s">
+      <c r="A291" s="2" t="s">
         <v>569</v>
       </c>
-      <c r="B291" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B291" s="2"/>
+      <c r="C291" s="2"/>
+      <c r="D291" s="2"/>
+      <c r="E291" s="2"/>
+      <c r="F291" s="2"/>
+      <c r="G291" s="2"/>
+      <c r="H291" s="2"/>
+      <c r="I291" s="2"/>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="B292" s="3" t="s">
         <v>571</v>
       </c>
-      <c r="B292" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C292" s="3">
-        <v>419.52</v>
+        <v>865</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>1447</v>
+        <v>503</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>100</v>
+        <v>144</v>
       </c>
       <c r="I292" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="B293" s="3" t="s">
         <v>573</v>
       </c>
-      <c r="B293" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C293" s="3">
-        <v>1235</v>
+        <v>1048.96</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>1310</v>
+        <v>0</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I293" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="B294" s="3" t="s">
         <v>575</v>
       </c>
-      <c r="B294" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C294" s="3">
-        <v>390</v>
+        <v>791</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F294" s="3">
-        <v>2865</v>
+        <v>2697</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I294" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="B295" s="3" t="s">
         <v>577</v>
       </c>
-      <c r="B295" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="3">
-        <v>2500</v>
+        <v>1200</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F295" s="3">
-        <v>659</v>
+        <v>852</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I295" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="B296" s="3" t="s">
         <v>579</v>
       </c>
-      <c r="B296" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C296" s="3">
-        <v>3146.4</v>
+        <v>1356</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>876</v>
+        <v>391</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I296" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="B297" s="3" t="s">
         <v>581</v>
       </c>
-      <c r="B297" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C297" s="3">
-        <v>798</v>
+        <v>2240</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="3">
-        <v>557</v>
+        <v>3</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I297" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="B298" s="3" t="s">
         <v>583</v>
       </c>
-      <c r="B298" s="3" t="s">
+      <c r="C298" s="3">
+        <v>1800</v>
+      </c>
+      <c r="D298" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F298" s="3">
+        <v>246</v>
+      </c>
+      <c r="G298" s="3">
+        <v>1</v>
+      </c>
+      <c r="H298" s="3">
+        <v>24</v>
+      </c>
+      <c r="I298" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A299" s="2" t="s">
         <v>584</v>
       </c>
-      <c r="C298" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B299" s="2"/>
+      <c r="C299" s="2"/>
+      <c r="D299" s="2"/>
+      <c r="E299" s="2"/>
+      <c r="F299" s="2"/>
+      <c r="G299" s="2"/>
+      <c r="H299" s="2"/>
+      <c r="I299" s="2"/>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="C300" s="3">
-        <v>1835.4</v>
+        <v>2934</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>1232</v>
+        <v>5</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
         <v>24</v>
       </c>
       <c r="I300" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="C301" s="3">
-        <v>2894</v>
+        <v>1080.95</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F301" s="3">
-        <v>859</v>
+        <v>844</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I301" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="B302" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="C302" s="3">
+        <v>695</v>
+      </c>
+      <c r="D302" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F302" s="3">
+        <v>687</v>
+      </c>
+      <c r="G302" s="3">
+        <v>1</v>
+      </c>
+      <c r="H302" s="3">
+        <v>48</v>
+      </c>
+      <c r="I302" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A303" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="B302" s="3" t="s">
+      <c r="B303" s="2"/>
+      <c r="C303" s="2"/>
+      <c r="D303" s="2"/>
+      <c r="E303" s="2"/>
+      <c r="F303" s="2"/>
+      <c r="G303" s="2"/>
+      <c r="H303" s="2"/>
+      <c r="I303" s="2"/>
+    </row>
+    <row r="304" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A304" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="C302" s="3">
-[...22 lines deleted...]
-      <c r="A303" s="3" t="s">
+      <c r="B304" s="3" t="s">
         <v>593</v>
       </c>
-      <c r="B303" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I304" s="2"/>
+      <c r="C304" s="3">
+        <v>535</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F304" s="3">
+        <v>0</v>
+      </c>
+      <c r="G304" s="3">
+        <v>1</v>
+      </c>
+      <c r="H304" s="3">
+        <v>192</v>
+      </c>
+      <c r="I304" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="B305" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="C305" s="3">
+        <v>592</v>
+      </c>
+      <c r="D305" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F305" s="3">
+        <v>2656</v>
+      </c>
+      <c r="G305" s="3">
+        <v>1</v>
+      </c>
+      <c r="H305" s="3">
+        <v>192</v>
+      </c>
+      <c r="I305" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A306" s="2" t="s">
         <v>596</v>
       </c>
-      <c r="B305" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B306" s="2"/>
+      <c r="C306" s="2"/>
+      <c r="D306" s="2"/>
+      <c r="E306" s="2"/>
+      <c r="F306" s="2"/>
+      <c r="G306" s="2"/>
+      <c r="H306" s="2"/>
+      <c r="I306" s="2"/>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="2" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="B307" s="2"/>
       <c r="C307" s="2"/>
       <c r="D307" s="2"/>
       <c r="E307" s="2"/>
       <c r="F307" s="2"/>
       <c r="G307" s="2"/>
       <c r="H307" s="2"/>
       <c r="I307" s="2"/>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="C308" s="3">
-        <v>160</v>
+        <v>1665</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>1</v>
+        <v>1859</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="C309" s="3">
-        <v>2101</v>
+        <v>2405</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F309" s="3">
-        <v>32</v>
+        <v>1500</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="C310" s="3">
-        <v>1670</v>
+        <v>1829</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F310" s="3">
-        <v>40</v>
+        <v>289</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I310" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="C311" s="3">
-        <v>195.78</v>
+        <v>3058.07</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>1798</v>
+        <v>0</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I311" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A312" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A312" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="B312" s="2"/>
+      <c r="C312" s="2"/>
+      <c r="D312" s="2"/>
+      <c r="E312" s="2"/>
+      <c r="F312" s="2"/>
+      <c r="G312" s="2"/>
+      <c r="H312" s="2"/>
+      <c r="I312" s="2"/>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="C313" s="3">
-        <v>1990</v>
+        <v>521.24</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>677</v>
+        <v>269</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="I313" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A314" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A314" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="B314" s="2"/>
+      <c r="C314" s="2"/>
+      <c r="D314" s="2"/>
+      <c r="E314" s="2"/>
+      <c r="F314" s="2"/>
+      <c r="G314" s="2"/>
+      <c r="H314" s="2"/>
+      <c r="I314" s="2"/>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="C315" s="3">
-        <v>4910</v>
+        <v>374.95</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>354</v>
+        <v>3956</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="I315" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>617</v>
+        <v>612</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="C316" s="3">
-        <v>3462</v>
+        <v>251.4</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F316" s="3">
-        <v>409</v>
+        <v>13</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A317" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I317" s="2"/>
+      <c r="A317" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="B317" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C317" s="3">
+        <v>335.2</v>
+      </c>
+      <c r="D317" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F317" s="3">
+        <v>8</v>
+      </c>
+      <c r="G317" s="3">
+        <v>1</v>
+      </c>
+      <c r="H317" s="3">
+        <v>15</v>
+      </c>
+      <c r="I317" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="C318" s="3">
-        <v>1900</v>
+        <v>419.94</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F318" s="3">
-        <v>973</v>
+        <v>2400</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I318" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="C319" s="3">
-        <v>490</v>
+        <v>374.95</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>1533</v>
+        <v>2128</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I319" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="B320" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="C320" s="3">
+        <v>601.05</v>
+      </c>
+      <c r="D320" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F320" s="3">
+        <v>2088</v>
+      </c>
+      <c r="G320" s="3">
+        <v>1</v>
+      </c>
+      <c r="H320" s="3">
+        <v>48</v>
+      </c>
+      <c r="I320" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A321" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="B321" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="C321" s="3">
+        <v>436.5</v>
+      </c>
+      <c r="D321" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F321" s="3">
+        <v>557</v>
+      </c>
+      <c r="G321" s="3">
+        <v>1</v>
+      </c>
+      <c r="H321" s="3">
+        <v>48</v>
+      </c>
+      <c r="I321" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A322" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="B320" s="3" t="s">
+      <c r="B322" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="C320" s="3">
-[...45 lines deleted...]
-      <c r="I322" s="2"/>
+      <c r="C322" s="3">
+        <v>1150.5</v>
+      </c>
+      <c r="D322" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F322" s="3">
+        <v>41</v>
+      </c>
+      <c r="G322" s="3">
+        <v>1</v>
+      </c>
+      <c r="H322" s="3">
+        <v>10</v>
+      </c>
+      <c r="I322" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C323" s="3">
-        <v>552</v>
+        <v>1131.17</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F323" s="3">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="I323" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="B324" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="C324" s="3">
+        <v>245.67</v>
+      </c>
+      <c r="D324" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F324" s="3">
+        <v>317</v>
+      </c>
+      <c r="G324" s="3">
+        <v>1</v>
+      </c>
+      <c r="H324" s="3">
+        <v>15</v>
+      </c>
+      <c r="I324" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A325" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="B324" s="3" t="s">
+      <c r="B325" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="C324" s="3">
-[...32 lines deleted...]
-      <c r="I325" s="2"/>
+      <c r="C325" s="3">
+        <v>260.72</v>
+      </c>
+      <c r="D325" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F325" s="3">
+        <v>430</v>
+      </c>
+      <c r="G325" s="3">
+        <v>1</v>
+      </c>
+      <c r="H325" s="3">
+        <v>45</v>
+      </c>
+      <c r="I325" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="B326" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="B326" s="3" t="s">
+      <c r="C326" s="3">
+        <v>419.94</v>
+      </c>
+      <c r="D326" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F326" s="3">
+        <v>6</v>
+      </c>
+      <c r="G326" s="3">
+        <v>1</v>
+      </c>
+      <c r="H326" s="3">
+        <v>48</v>
+      </c>
+      <c r="I326" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A327" s="3" t="s">
         <v>634</v>
       </c>
-      <c r="C326" s="3">
-[...18 lines deleted...]
-        <v>1</v>
+      <c r="B327" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="C327" s="3">
+        <v>291.92</v>
+      </c>
+      <c r="D327" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F327" s="3">
+        <v>230</v>
+      </c>
+      <c r="G327" s="3">
+        <v>1</v>
+      </c>
+      <c r="H327" s="3">
+        <v>10</v>
+      </c>
+      <c r="I327" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A328" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="B328" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="C328" s="3">
+        <v>1862.64</v>
+      </c>
+      <c r="D328" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F328" s="3">
+        <v>27</v>
+      </c>
+      <c r="G328" s="3">
+        <v>1</v>
+      </c>
+      <c r="H328" s="3">
+        <v>10</v>
+      </c>
+      <c r="I328" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="30">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A49:I49"/>
-[...20 lines deleted...]
-    <mergeCell ref="A304:I304"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A9:I9"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A29:I29"/>
+    <mergeCell ref="A39:I39"/>
+    <mergeCell ref="A93:I93"/>
+    <mergeCell ref="A129:I129"/>
+    <mergeCell ref="A139:I139"/>
+    <mergeCell ref="A143:I143"/>
+    <mergeCell ref="A146:I146"/>
+    <mergeCell ref="A153:I153"/>
+    <mergeCell ref="A154:I154"/>
+    <mergeCell ref="A159:I159"/>
+    <mergeCell ref="A164:I164"/>
+    <mergeCell ref="A169:I169"/>
+    <mergeCell ref="A201:I201"/>
+    <mergeCell ref="A220:I220"/>
+    <mergeCell ref="A221:I221"/>
+    <mergeCell ref="A267:I267"/>
+    <mergeCell ref="A284:I284"/>
+    <mergeCell ref="A291:I291"/>
+    <mergeCell ref="A299:I299"/>
+    <mergeCell ref="A303:I303"/>
+    <mergeCell ref="A306:I306"/>
     <mergeCell ref="A307:I307"/>
-    <mergeCell ref="A317:I317"/>
-[...2 lines deleted...]
-    <mergeCell ref="A325:I325"/>
+    <mergeCell ref="A312:I312"/>
+    <mergeCell ref="A314:I314"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
-    <hyperlink ref="D7" r:id="rId3"/>
-[...72 lines deleted...]
-    <hyperlink ref="D84" r:id="rId76"/>
+    <hyperlink ref="D8" r:id="rId3"/>
+    <hyperlink ref="D11" r:id="rId4"/>
+    <hyperlink ref="D12" r:id="rId5"/>
+    <hyperlink ref="D13" r:id="rId6"/>
+    <hyperlink ref="D14" r:id="rId7"/>
+    <hyperlink ref="D15" r:id="rId8"/>
+    <hyperlink ref="D16" r:id="rId9"/>
+    <hyperlink ref="D17" r:id="rId10"/>
+    <hyperlink ref="D18" r:id="rId11"/>
+    <hyperlink ref="D19" r:id="rId12"/>
+    <hyperlink ref="D20" r:id="rId13"/>
+    <hyperlink ref="D21" r:id="rId14"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D23" r:id="rId16"/>
+    <hyperlink ref="D24" r:id="rId17"/>
+    <hyperlink ref="D25" r:id="rId18"/>
+    <hyperlink ref="D26" r:id="rId19"/>
+    <hyperlink ref="D27" r:id="rId20"/>
+    <hyperlink ref="D28" r:id="rId21"/>
+    <hyperlink ref="D30" r:id="rId22"/>
+    <hyperlink ref="D31" r:id="rId23"/>
+    <hyperlink ref="D32" r:id="rId24"/>
+    <hyperlink ref="D33" r:id="rId25"/>
+    <hyperlink ref="D34" r:id="rId26"/>
+    <hyperlink ref="D35" r:id="rId27"/>
+    <hyperlink ref="D36" r:id="rId28"/>
+    <hyperlink ref="D37" r:id="rId29"/>
+    <hyperlink ref="D38" r:id="rId30"/>
+    <hyperlink ref="D40" r:id="rId31"/>
+    <hyperlink ref="D41" r:id="rId32"/>
+    <hyperlink ref="D42" r:id="rId33"/>
+    <hyperlink ref="D43" r:id="rId34"/>
+    <hyperlink ref="D44" r:id="rId35"/>
+    <hyperlink ref="D45" r:id="rId36"/>
+    <hyperlink ref="D46" r:id="rId37"/>
+    <hyperlink ref="D47" r:id="rId38"/>
+    <hyperlink ref="D48" r:id="rId39"/>
+    <hyperlink ref="D49" r:id="rId40"/>
+    <hyperlink ref="D50" r:id="rId41"/>
+    <hyperlink ref="D51" r:id="rId42"/>
+    <hyperlink ref="D52" r:id="rId43"/>
+    <hyperlink ref="D53" r:id="rId44"/>
+    <hyperlink ref="D54" r:id="rId45"/>
+    <hyperlink ref="D55" r:id="rId46"/>
+    <hyperlink ref="D56" r:id="rId47"/>
+    <hyperlink ref="D57" r:id="rId48"/>
+    <hyperlink ref="D58" r:id="rId49"/>
+    <hyperlink ref="D59" r:id="rId50"/>
+    <hyperlink ref="D60" r:id="rId51"/>
+    <hyperlink ref="D61" r:id="rId52"/>
+    <hyperlink ref="D62" r:id="rId53"/>
+    <hyperlink ref="D63" r:id="rId54"/>
+    <hyperlink ref="D64" r:id="rId55"/>
+    <hyperlink ref="D65" r:id="rId56"/>
+    <hyperlink ref="D66" r:id="rId57"/>
+    <hyperlink ref="D67" r:id="rId58"/>
+    <hyperlink ref="D68" r:id="rId59"/>
+    <hyperlink ref="D69" r:id="rId60"/>
+    <hyperlink ref="D70" r:id="rId61"/>
+    <hyperlink ref="D71" r:id="rId62"/>
+    <hyperlink ref="D72" r:id="rId63"/>
+    <hyperlink ref="D73" r:id="rId64"/>
+    <hyperlink ref="D74" r:id="rId65"/>
+    <hyperlink ref="D75" r:id="rId66"/>
+    <hyperlink ref="D76" r:id="rId67"/>
+    <hyperlink ref="D77" r:id="rId68"/>
+    <hyperlink ref="D78" r:id="rId69"/>
+    <hyperlink ref="D79" r:id="rId70"/>
+    <hyperlink ref="D80" r:id="rId71"/>
+    <hyperlink ref="D81" r:id="rId72"/>
+    <hyperlink ref="D82" r:id="rId73"/>
+    <hyperlink ref="D83" r:id="rId74"/>
+    <hyperlink ref="D84" r:id="rId75"/>
+    <hyperlink ref="D85" r:id="rId76"/>
     <hyperlink ref="D86" r:id="rId77"/>
     <hyperlink ref="D87" r:id="rId78"/>
-    <hyperlink ref="D90" r:id="rId79"/>
-[...62 lines deleted...]
-    <hyperlink ref="D159" r:id="rId142"/>
+    <hyperlink ref="D88" r:id="rId79"/>
+    <hyperlink ref="D89" r:id="rId80"/>
+    <hyperlink ref="D90" r:id="rId81"/>
+    <hyperlink ref="D91" r:id="rId82"/>
+    <hyperlink ref="D92" r:id="rId83"/>
+    <hyperlink ref="D94" r:id="rId84"/>
+    <hyperlink ref="D95" r:id="rId85"/>
+    <hyperlink ref="D96" r:id="rId86"/>
+    <hyperlink ref="D97" r:id="rId87"/>
+    <hyperlink ref="D98" r:id="rId88"/>
+    <hyperlink ref="D99" r:id="rId89"/>
+    <hyperlink ref="D100" r:id="rId90"/>
+    <hyperlink ref="D101" r:id="rId91"/>
+    <hyperlink ref="D102" r:id="rId92"/>
+    <hyperlink ref="D103" r:id="rId93"/>
+    <hyperlink ref="D104" r:id="rId94"/>
+    <hyperlink ref="D105" r:id="rId95"/>
+    <hyperlink ref="D106" r:id="rId96"/>
+    <hyperlink ref="D107" r:id="rId97"/>
+    <hyperlink ref="D108" r:id="rId98"/>
+    <hyperlink ref="D109" r:id="rId99"/>
+    <hyperlink ref="D110" r:id="rId100"/>
+    <hyperlink ref="D111" r:id="rId101"/>
+    <hyperlink ref="D112" r:id="rId102"/>
+    <hyperlink ref="D113" r:id="rId103"/>
+    <hyperlink ref="D114" r:id="rId104"/>
+    <hyperlink ref="D115" r:id="rId105"/>
+    <hyperlink ref="D116" r:id="rId106"/>
+    <hyperlink ref="D117" r:id="rId107"/>
+    <hyperlink ref="D118" r:id="rId108"/>
+    <hyperlink ref="D119" r:id="rId109"/>
+    <hyperlink ref="D120" r:id="rId110"/>
+    <hyperlink ref="D121" r:id="rId111"/>
+    <hyperlink ref="D122" r:id="rId112"/>
+    <hyperlink ref="D123" r:id="rId113"/>
+    <hyperlink ref="D124" r:id="rId114"/>
+    <hyperlink ref="D125" r:id="rId115"/>
+    <hyperlink ref="D126" r:id="rId116"/>
+    <hyperlink ref="D127" r:id="rId117"/>
+    <hyperlink ref="D128" r:id="rId118"/>
+    <hyperlink ref="D130" r:id="rId119"/>
+    <hyperlink ref="D131" r:id="rId120"/>
+    <hyperlink ref="D132" r:id="rId121"/>
+    <hyperlink ref="D133" r:id="rId122"/>
+    <hyperlink ref="D134" r:id="rId123"/>
+    <hyperlink ref="D135" r:id="rId124"/>
+    <hyperlink ref="D136" r:id="rId125"/>
+    <hyperlink ref="D137" r:id="rId126"/>
+    <hyperlink ref="D138" r:id="rId127"/>
+    <hyperlink ref="D140" r:id="rId128"/>
+    <hyperlink ref="D141" r:id="rId129"/>
+    <hyperlink ref="D142" r:id="rId130"/>
+    <hyperlink ref="D144" r:id="rId131"/>
+    <hyperlink ref="D145" r:id="rId132"/>
+    <hyperlink ref="D147" r:id="rId133"/>
+    <hyperlink ref="D148" r:id="rId134"/>
+    <hyperlink ref="D149" r:id="rId135"/>
+    <hyperlink ref="D150" r:id="rId136"/>
+    <hyperlink ref="D151" r:id="rId137"/>
+    <hyperlink ref="D152" r:id="rId138"/>
+    <hyperlink ref="D155" r:id="rId139"/>
+    <hyperlink ref="D156" r:id="rId140"/>
+    <hyperlink ref="D157" r:id="rId141"/>
+    <hyperlink ref="D158" r:id="rId142"/>
     <hyperlink ref="D160" r:id="rId143"/>
     <hyperlink ref="D161" r:id="rId144"/>
     <hyperlink ref="D162" r:id="rId145"/>
     <hyperlink ref="D163" r:id="rId146"/>
-    <hyperlink ref="D164" r:id="rId147"/>
-[...9 lines deleted...]
-    <hyperlink ref="D175" r:id="rId157"/>
+    <hyperlink ref="D165" r:id="rId147"/>
+    <hyperlink ref="D166" r:id="rId148"/>
+    <hyperlink ref="D167" r:id="rId149"/>
+    <hyperlink ref="D168" r:id="rId150"/>
+    <hyperlink ref="D170" r:id="rId151"/>
+    <hyperlink ref="D171" r:id="rId152"/>
+    <hyperlink ref="D172" r:id="rId153"/>
+    <hyperlink ref="D173" r:id="rId154"/>
+    <hyperlink ref="D174" r:id="rId155"/>
+    <hyperlink ref="D175" r:id="rId156"/>
+    <hyperlink ref="D176" r:id="rId157"/>
     <hyperlink ref="D177" r:id="rId158"/>
-    <hyperlink ref="D180" r:id="rId159"/>
-[...106 lines deleted...]
-    <hyperlink ref="D291" r:id="rId266"/>
+    <hyperlink ref="D178" r:id="rId159"/>
+    <hyperlink ref="D179" r:id="rId160"/>
+    <hyperlink ref="D180" r:id="rId161"/>
+    <hyperlink ref="D181" r:id="rId162"/>
+    <hyperlink ref="D182" r:id="rId163"/>
+    <hyperlink ref="D183" r:id="rId164"/>
+    <hyperlink ref="D184" r:id="rId165"/>
+    <hyperlink ref="D185" r:id="rId166"/>
+    <hyperlink ref="D186" r:id="rId167"/>
+    <hyperlink ref="D187" r:id="rId168"/>
+    <hyperlink ref="D188" r:id="rId169"/>
+    <hyperlink ref="D189" r:id="rId170"/>
+    <hyperlink ref="D190" r:id="rId171"/>
+    <hyperlink ref="D191" r:id="rId172"/>
+    <hyperlink ref="D192" r:id="rId173"/>
+    <hyperlink ref="D193" r:id="rId174"/>
+    <hyperlink ref="D194" r:id="rId175"/>
+    <hyperlink ref="D195" r:id="rId176"/>
+    <hyperlink ref="D196" r:id="rId177"/>
+    <hyperlink ref="D197" r:id="rId178"/>
+    <hyperlink ref="D198" r:id="rId179"/>
+    <hyperlink ref="D199" r:id="rId180"/>
+    <hyperlink ref="D200" r:id="rId181"/>
+    <hyperlink ref="D202" r:id="rId182"/>
+    <hyperlink ref="D203" r:id="rId183"/>
+    <hyperlink ref="D204" r:id="rId184"/>
+    <hyperlink ref="D205" r:id="rId185"/>
+    <hyperlink ref="D206" r:id="rId186"/>
+    <hyperlink ref="D207" r:id="rId187"/>
+    <hyperlink ref="D208" r:id="rId188"/>
+    <hyperlink ref="D209" r:id="rId189"/>
+    <hyperlink ref="D210" r:id="rId190"/>
+    <hyperlink ref="D211" r:id="rId191"/>
+    <hyperlink ref="D212" r:id="rId192"/>
+    <hyperlink ref="D213" r:id="rId193"/>
+    <hyperlink ref="D214" r:id="rId194"/>
+    <hyperlink ref="D215" r:id="rId195"/>
+    <hyperlink ref="D216" r:id="rId196"/>
+    <hyperlink ref="D217" r:id="rId197"/>
+    <hyperlink ref="D218" r:id="rId198"/>
+    <hyperlink ref="D219" r:id="rId199"/>
+    <hyperlink ref="D222" r:id="rId200"/>
+    <hyperlink ref="D223" r:id="rId201"/>
+    <hyperlink ref="D224" r:id="rId202"/>
+    <hyperlink ref="D225" r:id="rId203"/>
+    <hyperlink ref="D226" r:id="rId204"/>
+    <hyperlink ref="D227" r:id="rId205"/>
+    <hyperlink ref="D228" r:id="rId206"/>
+    <hyperlink ref="D229" r:id="rId207"/>
+    <hyperlink ref="D230" r:id="rId208"/>
+    <hyperlink ref="D231" r:id="rId209"/>
+    <hyperlink ref="D232" r:id="rId210"/>
+    <hyperlink ref="D233" r:id="rId211"/>
+    <hyperlink ref="D234" r:id="rId212"/>
+    <hyperlink ref="D235" r:id="rId213"/>
+    <hyperlink ref="D236" r:id="rId214"/>
+    <hyperlink ref="D237" r:id="rId215"/>
+    <hyperlink ref="D238" r:id="rId216"/>
+    <hyperlink ref="D239" r:id="rId217"/>
+    <hyperlink ref="D240" r:id="rId218"/>
+    <hyperlink ref="D241" r:id="rId219"/>
+    <hyperlink ref="D242" r:id="rId220"/>
+    <hyperlink ref="D243" r:id="rId221"/>
+    <hyperlink ref="D244" r:id="rId222"/>
+    <hyperlink ref="D245" r:id="rId223"/>
+    <hyperlink ref="D246" r:id="rId224"/>
+    <hyperlink ref="D247" r:id="rId225"/>
+    <hyperlink ref="D248" r:id="rId226"/>
+    <hyperlink ref="D249" r:id="rId227"/>
+    <hyperlink ref="D250" r:id="rId228"/>
+    <hyperlink ref="D251" r:id="rId229"/>
+    <hyperlink ref="D252" r:id="rId230"/>
+    <hyperlink ref="D253" r:id="rId231"/>
+    <hyperlink ref="D254" r:id="rId232"/>
+    <hyperlink ref="D255" r:id="rId233"/>
+    <hyperlink ref="D256" r:id="rId234"/>
+    <hyperlink ref="D257" r:id="rId235"/>
+    <hyperlink ref="D258" r:id="rId236"/>
+    <hyperlink ref="D259" r:id="rId237"/>
+    <hyperlink ref="D260" r:id="rId238"/>
+    <hyperlink ref="D261" r:id="rId239"/>
+    <hyperlink ref="D262" r:id="rId240"/>
+    <hyperlink ref="D263" r:id="rId241"/>
+    <hyperlink ref="D264" r:id="rId242"/>
+    <hyperlink ref="D265" r:id="rId243"/>
+    <hyperlink ref="D266" r:id="rId244"/>
+    <hyperlink ref="D268" r:id="rId245"/>
+    <hyperlink ref="D269" r:id="rId246"/>
+    <hyperlink ref="D270" r:id="rId247"/>
+    <hyperlink ref="D271" r:id="rId248"/>
+    <hyperlink ref="D272" r:id="rId249"/>
+    <hyperlink ref="D273" r:id="rId250"/>
+    <hyperlink ref="D274" r:id="rId251"/>
+    <hyperlink ref="D275" r:id="rId252"/>
+    <hyperlink ref="D276" r:id="rId253"/>
+    <hyperlink ref="D277" r:id="rId254"/>
+    <hyperlink ref="D278" r:id="rId255"/>
+    <hyperlink ref="D279" r:id="rId256"/>
+    <hyperlink ref="D280" r:id="rId257"/>
+    <hyperlink ref="D281" r:id="rId258"/>
+    <hyperlink ref="D282" r:id="rId259"/>
+    <hyperlink ref="D283" r:id="rId260"/>
+    <hyperlink ref="D285" r:id="rId261"/>
+    <hyperlink ref="D286" r:id="rId262"/>
+    <hyperlink ref="D287" r:id="rId263"/>
+    <hyperlink ref="D288" r:id="rId264"/>
+    <hyperlink ref="D289" r:id="rId265"/>
+    <hyperlink ref="D290" r:id="rId266"/>
     <hyperlink ref="D292" r:id="rId267"/>
     <hyperlink ref="D293" r:id="rId268"/>
     <hyperlink ref="D294" r:id="rId269"/>
     <hyperlink ref="D295" r:id="rId270"/>
     <hyperlink ref="D296" r:id="rId271"/>
     <hyperlink ref="D297" r:id="rId272"/>
     <hyperlink ref="D298" r:id="rId273"/>
-    <hyperlink ref="D299" r:id="rId274"/>
-[...19 lines deleted...]
-    <hyperlink ref="D324" r:id="rId294"/>
+    <hyperlink ref="D300" r:id="rId274"/>
+    <hyperlink ref="D301" r:id="rId275"/>
+    <hyperlink ref="D302" r:id="rId276"/>
+    <hyperlink ref="D304" r:id="rId277"/>
+    <hyperlink ref="D305" r:id="rId278"/>
+    <hyperlink ref="D308" r:id="rId279"/>
+    <hyperlink ref="D309" r:id="rId280"/>
+    <hyperlink ref="D310" r:id="rId281"/>
+    <hyperlink ref="D311" r:id="rId282"/>
+    <hyperlink ref="D313" r:id="rId283"/>
+    <hyperlink ref="D315" r:id="rId284"/>
+    <hyperlink ref="D316" r:id="rId285"/>
+    <hyperlink ref="D317" r:id="rId286"/>
+    <hyperlink ref="D318" r:id="rId287"/>
+    <hyperlink ref="D319" r:id="rId288"/>
+    <hyperlink ref="D320" r:id="rId289"/>
+    <hyperlink ref="D321" r:id="rId290"/>
+    <hyperlink ref="D322" r:id="rId291"/>
+    <hyperlink ref="D323" r:id="rId292"/>
+    <hyperlink ref="D324" r:id="rId293"/>
+    <hyperlink ref="D325" r:id="rId294"/>
     <hyperlink ref="D326" r:id="rId295"/>
+    <hyperlink ref="D327" r:id="rId296"/>
+    <hyperlink ref="D328" r:id="rId297"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>