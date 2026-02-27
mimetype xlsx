--- v1 (2025-12-06)
+++ v2 (2026-02-27)
@@ -8,1966 +8,1930 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1227" uniqueCount="638">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1203" uniqueCount="626">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сад Огород Дача</t>
   </si>
   <si>
-    <t>1.1 Химия для загородных участков</t>
-[...2 lines deleted...]
-    <t>1.1.1 Для биотуалетов</t>
+    <t>1.1 Средства от вредителей</t>
+  </si>
+  <si>
+    <t>1.1.1 От комаров и прочих летающих насекомых</t>
+  </si>
+  <si>
+    <t>71-0071-F</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух с ночником R 13, настольный/подвесной ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>71-0126-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа S 40м² 3Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0096-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа вертикальная S 60м², 2х6Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0186-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа вертикальная S 80м², 2х10Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0091-F</t>
+  </si>
+  <si>
+    <t>Ловушка для ос R 30м ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>70-0440</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0440 1000В, с подставкой REXANT</t>
+  </si>
+  <si>
+    <t>71-0036</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа, 2х6Вт, 220В, S 60м² REXANT</t>
+  </si>
+  <si>
+    <t>70-0410</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0686</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, металл REXANT</t>
+  </si>
+  <si>
+    <t>71-0016</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 30м² 1Вт/220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0044</t>
+  </si>
+  <si>
+    <t>Ночник-фумигатор USB, S 30м², белый REXANT</t>
+  </si>
+  <si>
+    <t>71-0054</t>
+  </si>
+  <si>
+    <t>Ночник-фумигатор USB, S 30м², темно-синий REXANT</t>
+  </si>
+  <si>
+    <t>71-0220</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, коричневая REXANT</t>
+  </si>
+  <si>
+    <t>71-0223</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, белая REXANT</t>
+  </si>
+  <si>
+    <t>71-0224</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, с цветами REXANT</t>
+  </si>
+  <si>
+    <t>71-0225</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, розовая с цветами REXANT</t>
+  </si>
+  <si>
+    <t>71-0014</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель комаров S 30м², 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0046</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 80м², 2х10Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0056</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 100м², 2х15Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>70-0420</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0420 ПРОФИ, 1000В, с фонариком и аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>70-0480</t>
+  </si>
+  <si>
+    <t>Мухобойка-антимоскитная лампа электрическая складная REXANT</t>
+  </si>
+  <si>
+    <t>70-0470</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая со счетчиком уничтоженных насекомых REXANT</t>
+  </si>
+  <si>
+    <t>71-0051</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух и других насекомых, настольный/подвесной REXANT</t>
+  </si>
+  <si>
+    <t>71-0066</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 20м², 10Вт/E27 REXANT</t>
+  </si>
+  <si>
+    <t>71-0034</t>
+  </si>
+  <si>
+    <t>Фумигатор USB, S 30м², белый REXANT</t>
+  </si>
+  <si>
+    <t>71-0146</t>
+  </si>
+  <si>
+    <t>Лампа Т8 для уничтожителя, S 80м², 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>70-0430</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0430 mini, 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0226</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, зеленая REXANT</t>
+  </si>
+  <si>
+    <t>70-0491</t>
+  </si>
+  <si>
+    <t>Набор мухобоек электрических 800В (RX-450x2) REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>71-0228</t>
+  </si>
+  <si>
+    <t>Детская антимоскитная сетка для коляски 70х130см REXANT</t>
+  </si>
+  <si>
+    <t>71-0024</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель комаров c USB, R 3м REXANT</t>
+  </si>
+  <si>
+    <t>71-0031</t>
+  </si>
+  <si>
+    <t>Ловушка для ос R 30м, на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0222</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, красная REXANT</t>
+  </si>
+  <si>
+    <t>71-0021</t>
+  </si>
+  <si>
+    <t>Брелок отпугиватель комаров ультразвуковой, R 3м REXANT</t>
+  </si>
+  <si>
+    <t>71-0656</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 35м², 4Вт/220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0076</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный кемпинговый фонарь трехрежимный, UV-подсветка, с аккумулятором, USB REXANT</t>
+  </si>
+  <si>
+    <t>70-0460</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая RX-460 Black, с фонариком и аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>71-0221</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, черная REXANT</t>
+  </si>
+  <si>
+    <t>71-0227</t>
+  </si>
+  <si>
+    <t>Оконная антимоскитная сетка 1,5х1,5м, с клейкой лентой, белая REXANT</t>
+  </si>
+  <si>
+    <t>70-0441</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 GAME OVER EDITION, 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0676</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, пластик REXANT</t>
+  </si>
+  <si>
+    <t>71-0006</t>
+  </si>
+  <si>
+    <t>Уничтожитель насекомых инсектицидный с ультрафиолетовой лампой, S 20м², 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0035</t>
+  </si>
+  <si>
+    <t>Лампа антимоскитная для отпугивания насекомых REXANT</t>
+  </si>
+  <si>
+    <t>71-0136</t>
+  </si>
+  <si>
+    <t>Лампа Т5 для уничтожителя, S 60м², 6Вт REXANT</t>
+  </si>
+  <si>
+    <t>71-0156</t>
+  </si>
+  <si>
+    <t>Лампа Т8 для уничтожителя, S 100м², 15Вт REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 От кротов и прочих земляных вредителей</t>
+  </si>
+  <si>
+    <t>71-0097-F</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 25м, на 2 солнечных панелях с садовым фонариком ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0157-F</t>
+  </si>
+  <si>
+    <t>Отпугиватель кротов ультразвуковой R 25м SCREW на солнечной батарее ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0117</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R 20м х4) на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0007</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 30м на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0077</t>
+  </si>
+  <si>
+    <t>Набор отпугивателей кротов с садовым фонариком (R 20м х2) кристалл REXANT</t>
+  </si>
+  <si>
+    <t>71-0087</t>
+  </si>
+  <si>
+    <t>Набор отпугивателей кротов с садовым фонариком (R 20м х2) камень REXANT</t>
+  </si>
+  <si>
+    <t>71-0017</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 20м, на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0037</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R 20м х2) на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0022</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 35м, металл REXANT</t>
+  </si>
+  <si>
+    <t>71-0107</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R-20м x8) на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0027</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель змей R 30м, на солнечной батарее, с подсветкой, REXANT</t>
+  </si>
+  <si>
+    <t>71-0042</t>
+  </si>
+  <si>
+    <t>Отпугиватель кротов ультразвуковой R30 с отсеком для батареек REXANT</t>
+  </si>
+  <si>
+    <t>71-0052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отпугиватель кротов ультразвуковой R25 POWER на солнечной батарее REXANT </t>
+  </si>
+  <si>
+    <t>71-0047</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 30м, на солнечной батарее, с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>71-0012</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 20м, пластик REXANT</t>
+  </si>
+  <si>
+    <t>71-0067</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R 30м х2 черный) на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 От мышей, крыс и прочих грызунов</t>
+  </si>
+  <si>
+    <t>71-0078-F</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель грызунов S 40м² с ночником, 220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0101</t>
+  </si>
+  <si>
+    <t>Набор живоловок-мышеловок, зеленый ABS-пластик REXANT</t>
+  </si>
+  <si>
+    <t>71-0028</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель грызунов S 30м², 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0666</t>
+  </si>
+  <si>
+    <t>Ловушка-уничтожитель крыс и мышей 6Вт, 23,5х10,2х11,3см REXANT</t>
+  </si>
+  <si>
+    <t>71-0068</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей грызунов S 90м², 220В, 3 шт. REXANT</t>
+  </si>
+  <si>
+    <t>71-0048</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель грызунов S 15м², 12В, автомобильный REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Универсальные устройства от насекомых, грызунов, птиц и прочих</t>
+  </si>
+  <si>
+    <t>71-0018</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель вредителей S 60м², 220В, с LED-индикатором REXANT</t>
+  </si>
+  <si>
+    <t>71-0039</t>
+  </si>
+  <si>
+    <t>Универсальный ультразвуковой отпугиватель R 15м, 3Вт REXANT</t>
+  </si>
+  <si>
+    <t>71-0019</t>
+  </si>
+  <si>
+    <t>Отпугиватель вредителей ПРОФИ с изменяемой частотой излучения, R 90м, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0038</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель вредителей S 90м², с LED-индикатором REXANT</t>
+  </si>
+  <si>
+    <t>71-0009</t>
+  </si>
+  <si>
+    <t>Отпугиватель вредителей с изменяемой частотой излучения, R 9м, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0089</t>
+  </si>
+  <si>
+    <t>Отпугиватель птиц и других животных на солнечной батарее, бабочка REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 Для отпугивания и дрессировки собак</t>
+  </si>
+  <si>
+    <t>71-0099</t>
+  </si>
+  <si>
+    <t>Ультразвуковой Антилай для собак со встроенным микрофоном, S 4м² REXANT</t>
+  </si>
+  <si>
+    <t>71-0079</t>
+  </si>
+  <si>
+    <t>Звуковой отпугиватель животных с датчиком движения, на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0069</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель, тренер собак, S 8м.кв REXANT</t>
+  </si>
+  <si>
+    <t>1.1.6 От ползающих насекомых</t>
+  </si>
+  <si>
+    <t>71-0025</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель тараканов S 30м², 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0011</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель муравьев S 30м², 220В REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Пикник и отдых</t>
+  </si>
+  <si>
+    <t>1.2.1 Мангалы</t>
+  </si>
+  <si>
+    <t>62-0037</t>
+  </si>
+  <si>
+    <t>Мангал разборный 460х295х155мм, в картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0003</t>
+  </si>
+  <si>
+    <t>Мангал сборный походный, 350х250х350мм, в пленке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0004</t>
+  </si>
+  <si>
+    <t>Мангал сборный походный, 350х250х350мм, в гофрированной картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0008</t>
+  </si>
+  <si>
+    <t>Мангал сборный Эконом 400х250х400мм, с 6 шампурами, в гофрированной картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0002</t>
+  </si>
+  <si>
+    <t>Мангал сборный со складным дном, 230х230х335мм, с 4 шампурами, в пленке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0034</t>
+  </si>
+  <si>
+    <t>Мангал разборный 910х295х155мм, в картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мангал разборный с ребрами жесткости на барашках, 500х350х137мм СОКОЛ-34 </t>
+  </si>
+  <si>
+    <t>62-0063</t>
+  </si>
+  <si>
+    <t>Мангал-дипломат 400х250х145мм, с 6 шампурами, в чехле СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0006</t>
+  </si>
+  <si>
+    <t>Мангал сборный походный 350х250х350мм, с 6 шампурами, в гофрированной картонной коробке, СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0001</t>
+  </si>
+  <si>
+    <t>Мангал сборный со складным дном, 230х230х335мм, в пленке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0034-1</t>
+  </si>
+  <si>
+    <t>Мангал разборный 910х295х155мм, с сумкой, в картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0033-1</t>
+  </si>
+  <si>
+    <t>Мангал разборный 445х295х155мм, с сумкой, в картонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0061</t>
+  </si>
+  <si>
+    <t>Мангал разборный, 700х350х137мм СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0012</t>
+  </si>
+  <si>
+    <t>Мангал-коптильня сборный Эконом 400х250х400мм, с 6 шампурами, в гофрокартонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0005</t>
+  </si>
+  <si>
+    <t>Мангал сборный походный 350х250х350мм, с 6 шампурами, в пленке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0007</t>
+  </si>
+  <si>
+    <t>Мангал сборный Эконом 400х250х400мм, с 6 шампурами, в пленке СОКОЛ</t>
+  </si>
+  <si>
+    <t>1.2.2 Коптильни</t>
+  </si>
+  <si>
+    <t>62-0010</t>
+  </si>
+  <si>
+    <t>Коптильня Гурман-1 350х250х100мм, одноуровневая, в гофрокартонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0010-1</t>
+  </si>
+  <si>
+    <t>Набор для копчения (коптильня одноуровневая Гурман-1, щепа) СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0011</t>
+  </si>
+  <si>
+    <t>Коптильня Гурман-2 400х280х180мм, двухуровневая, в гофрокартонной коробке СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0011-1</t>
+  </si>
+  <si>
+    <t>Набор для копчения (коптильня двухуровневая Гурман-2, щепа) СОКОЛ</t>
+  </si>
+  <si>
+    <t>1.2.3 Решетки гриль</t>
+  </si>
+  <si>
+    <t>62-0022</t>
+  </si>
+  <si>
+    <t>Решетка для барбекю средняя, 35х26см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0056</t>
+  </si>
+  <si>
+    <t>Решетка для барбекю глубокая, 355х355х55 мм, большая СОКОЛ</t>
+  </si>
+  <si>
+    <t>1.2.4 Шампуры</t>
+  </si>
+  <si>
+    <t>62-0013</t>
+  </si>
+  <si>
+    <t>Набор шампуров угловых 6х500мм, в чехле СОКОЛ</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>62-0016</t>
+  </si>
+  <si>
+    <t>Набор из 6 шампуров 610х10мм в колчане (фирменный чехол) СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0014</t>
+  </si>
+  <si>
+    <t>Шампур плоский 450х10мм, толщина 2мм СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0015</t>
+  </si>
+  <si>
+    <t>Шампур угловой 450х10мм, толщина 1мм СОКОЛ</t>
+  </si>
+  <si>
+    <t>1.2.5 Аксеcсуары</t>
+  </si>
+  <si>
+    <t>62-0296</t>
+  </si>
+  <si>
+    <t>Садовый душ на штативе, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0041</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0042</t>
+  </si>
+  <si>
+    <t>Щетка для гриля средняя, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0044</t>
+  </si>
+  <si>
+    <t>Вилка для гриля Комфорт 44,5см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0045</t>
+  </si>
+  <si>
+    <t>Щетка для гриля Комфорт, длинная, 43см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0053</t>
+  </si>
+  <si>
+    <t>Набор щипцы, вилка и лопатка для гриля Стандарт СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0049</t>
+  </si>
+  <si>
+    <t>Набор щипцы и щетка для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0069</t>
+  </si>
+  <si>
+    <t>Опахало для мангала, 32х21см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0000</t>
+  </si>
+  <si>
+    <t>Подставка под шампуры с 6 шампурами в чехле СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0031</t>
+  </si>
+  <si>
+    <t>Набор нож и вилка для приготовления стейка, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0029</t>
+  </si>
+  <si>
+    <t>Щипцы для барбекю 34см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0076</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров и аксессуаров для барбекю, настенный, нержавеющая сталь СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0078</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров, настенный, нержавеющая сталь СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0058</t>
+  </si>
+  <si>
+    <t>Щепа для копчения, ольха, 200г СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0070</t>
+  </si>
+  <si>
+    <t>Стартер для розжига, сталь, высота 300мм, объем 6л СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0051</t>
+  </si>
+  <si>
+    <t>Вилка для гриля Стандарт, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0052</t>
+  </si>
+  <si>
+    <t>Щипцы для гриля Стандарт, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0009</t>
+  </si>
+  <si>
+    <t>Тренога костровая с цепью в чехле, 1000мм, толщина 0,8мм СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0046</t>
+  </si>
+  <si>
+    <t>Щетка для гриля Комфорт 34см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0027</t>
+  </si>
+  <si>
+    <t>Щипцы для гриля 34см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0059</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров и аксессуаров для барбекю, настенный, черный СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0071</t>
+  </si>
+  <si>
+    <t>Стартер для розжига, нержавеющая сталь, высота 300мм, объем 6л СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0017</t>
+  </si>
+  <si>
+    <t>Сумка для мангала 500х20х350мм, с пропиткой ПВХ СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0043</t>
+  </si>
+  <si>
+    <t>Щипцы для гриля Комфорт 46см СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0077</t>
+  </si>
+  <si>
+    <t>Держатель для хранения шампуров, настенный, черный СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0028</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля 38см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0030</t>
+  </si>
+  <si>
+    <t>Щетка-скребок для чистки гриля 50см, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0047</t>
+  </si>
+  <si>
+    <t>Набор лопатка и щипцы для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0032</t>
+  </si>
+  <si>
+    <t>Набор щипцы, вилка и лопатка для гриля, в блистере СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0048</t>
+  </si>
+  <si>
+    <t>Набор щипцы, щетка и лопатка для гриля Комфорт, термопластичная рукоятка СОКОЛ</t>
+  </si>
+  <si>
+    <t>62-0050</t>
+  </si>
+  <si>
+    <t>Лопатка для гриля Стандарт, 44см СОКОЛ</t>
+  </si>
+  <si>
+    <t>1.3 Садовый инструмент и инвентарь</t>
+  </si>
+  <si>
+    <t>1.3.1 Грабли, совки и мотыжки</t>
+  </si>
+  <si>
+    <t>64-0001</t>
+  </si>
+  <si>
+    <t>Совок садовый с прорезиненной ручкой, 34х5,3см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0003</t>
+  </si>
+  <si>
+    <t>Грабельки садовые с прорезиненной ручкой, 31х8,5см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0011</t>
+  </si>
+  <si>
+    <t>Совок садовый с цветочным рисунком, 27х8,5см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0004</t>
+  </si>
+  <si>
+    <t>Мотыжка с прорезиненной ручкой, 30х18см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0018</t>
+  </si>
+  <si>
+    <t>Набор садовых инструментов с цельнометаллической ручкой покрытой пластиком (2 совка, мотыжка, грабельки) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0010</t>
+  </si>
+  <si>
+    <t>Набор садовых инструментов с цветочным рисунком (совок, грабельки) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0015</t>
+  </si>
+  <si>
+    <t>Мотыжка комбинированная 3 прямых зубца с цельнометаллической ручкой, покрытой пластиком ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0016</t>
+  </si>
+  <si>
+    <t>Мотыжка комбинированная 3 витых зубца с цельнометаллической ручкой, покрытой пластиком ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0005</t>
+  </si>
+  <si>
+    <t>Набор садовых инструментов с прорезиненной ручкой (2 совка, мотыжка, грабельки) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0014</t>
+  </si>
+  <si>
+    <t>Совок садовый широкий с цельнометаллической ручкой покрытой пластиком ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0017</t>
+  </si>
+  <si>
+    <t>Грабли 6 прямых зубьев с цельнометаллической ручкой, покрытой пластиком ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0013</t>
+  </si>
+  <si>
+    <t>Совок садовый узкий с цельнометаллической ручкой покрытой пластиком ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0002</t>
+  </si>
+  <si>
+    <t>Совок садовый широкий с прорезиненной ручкой, 35х8,5см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>64-0012</t>
+  </si>
+  <si>
+    <t>Грабельки садовые с цветочным рисунком, 23х7,3см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.3.2 Топоры</t>
+  </si>
+  <si>
+    <t>12-6902</t>
+  </si>
+  <si>
+    <t>Топор универсальный Викинг 350мм REXANT</t>
+  </si>
+  <si>
+    <t>12-6901</t>
+  </si>
+  <si>
+    <t>Топор универсальный малый Викинг 225мм REXANT</t>
+  </si>
+  <si>
+    <t>12-6903</t>
+  </si>
+  <si>
+    <t>Топор универсальный Викинг 440мм REXANT</t>
+  </si>
+  <si>
+    <t>12-6904</t>
+  </si>
+  <si>
+    <t>Топор универсальный Викинг 700мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.3 Пилы и секаторы</t>
+  </si>
+  <si>
+    <t>64-0070</t>
+  </si>
+  <si>
+    <t>Пила складная садовая, нержавеющая сталь, 18см ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.4 Садовый полив</t>
+  </si>
+  <si>
+    <t>1.4.1 Шланги садовые</t>
+  </si>
+  <si>
+    <t>62-0228</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>62-0226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0317-F</t>
+  </si>
+  <si>
+    <t>Шланг для капельного орошения, сочащийся 1/2 ", бухта 10м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0230</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0224-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0230-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0227-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0228-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0229-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0226-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>62-0229-1-FС</t>
+  </si>
+  <si>
+    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0228-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 1/2" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0226-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0224-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 1/2" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0227-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 3/4" 50м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0229</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.4.2 Катушки, тележки и держатели для шлангов</t>
+  </si>
+  <si>
+    <t>62-0262</t>
+  </si>
+  <si>
+    <t>Держатель для садового шланга (Катушка с креплением на стену) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0260</t>
+  </si>
+  <si>
+    <t>Катушка для шланга Mini 30 м, 1/2"  или 25 м 3/4 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0268</t>
+  </si>
+  <si>
+    <t>Катушка мини со шлангом, 10мм, 10м, пистолет-распылитель ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0328-F</t>
+  </si>
+  <si>
+    <t>Направляющая для шланга 25см Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель для садового шланга, стальной ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0261</t>
+  </si>
+  <si>
+    <t>Тележка для шланга 1/2" 60 м или 3/4" 30 м, ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0327-F</t>
+  </si>
+  <si>
+    <t>Катушка для шланга 1/2" 35м или 3/4" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0316-F</t>
+  </si>
+  <si>
+    <t>Тележка для шланга 1/2" 60м или 3/4" 30м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0267</t>
+  </si>
+  <si>
+    <t>Катушка со шлангом 1/2" 15м, 3 коннектора, 1 распылитель ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.4.3 Комплекты садовых шлангов</t>
+  </si>
+  <si>
+    <t>62-0258</t>
+  </si>
+  <si>
+    <t>Набор поливочный, растягивающийся шланг 20 м, пистолет 7 режимов, соединитель ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0259</t>
+  </si>
+  <si>
+    <t>Набор поливочный, растягивающийся шланг 45 м, пистолет 7 режимов, соединитель ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0270</t>
+  </si>
+  <si>
+    <t>Шланг спиральный, 15м х 8мм, пистолет-распылитель, 2 коннектора, адаптер ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0271</t>
+  </si>
+  <si>
+    <t>Шланг-дождеватель 3-рукавный, 15м ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0318-F</t>
+  </si>
+  <si>
+    <t>Набор поливочный Профи (растягивающийся шланг 45м, пистолет 7 режимов, латунные соединители) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0319-F</t>
+  </si>
+  <si>
+    <t>Набор поливочный Профи (растягивающийся шланг 20м, пистолет 7 режимов, латунные соединители) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.4.4 Соединители, муфты, переходники, тройники для садовых шлангов</t>
+  </si>
+  <si>
+    <t>62-0222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник для быстросъемного соединения ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0273</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2"-3/4", внутренняя резьба, с переходником ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0275</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 3/4", внешняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0281-3-F</t>
+  </si>
+  <si>
+    <t>Тройник Y для быстросъемного соединения, латунный Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0223</t>
+  </si>
+  <si>
+    <t>Разветвитель 2-х канальный на кран 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0225</t>
+  </si>
+  <si>
+    <t>Разветвитель для шланга на 4 канала 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-1-F</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-F</t>
+  </si>
+  <si>
+    <t>Муфта переходная для шланга 1/2"-3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0307-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 3/4" с аквастопом, термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0309-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 1/2" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0310-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга латунный, быстросъемный, 3/4", с аквастопом Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0212-F</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 1/2"-3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0302-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0211</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0217</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 3/4", с аквастопом Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0221</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 1/2" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник Y для быстросъемного соединения ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0218-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с аквастопом и термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0214</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0218</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 1/2", с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219</t>
+  </si>
+  <si>
+    <t>Муфта переходная для шланга 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-1</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0272</t>
+  </si>
+  <si>
+    <t>Адаптер пластмассовый, 1"-1/2"-3/4", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0274</t>
+  </si>
+  <si>
+    <t>Муфта соединительная латунная, ремонтная, для шланга, 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0278</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1"-3/4", внутренняя резьба, с переходником ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0280</t>
+  </si>
+  <si>
+    <t>Адаптер универсальный пластмассовый, 1/2"-3/4", с внешним хомутом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0240</t>
+  </si>
+  <si>
+    <t>62-0305-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 1/2" с аквастопом, термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0216-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0241</t>
+  </si>
+  <si>
+    <t>Адаптер поворотный 1/2"-3/4"-1", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0300-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0311-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель-насадка, регулируемый латунный Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0212</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0216</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 1/2"  ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0276</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2", внешняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0279</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 1/2", с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0281</t>
+  </si>
+  <si>
+    <t>Двойник латунный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0215</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0215-1</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0217-1</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0223-F</t>
+  </si>
+  <si>
+    <t>Разветвитель 2-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0225-F</t>
+  </si>
+  <si>
+    <t>Разветвитель 4-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0303-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с аквастопом, термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0306-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 3/4" с термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0277</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0211-F</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222-3-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник Y для быстросъемного соединения с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0222-F</t>
+  </si>
+  <si>
+    <t>Двойник для быстросъемного соединения  с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0213</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 3/4", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0221-F</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 1/2" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0301-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с аквастопом, термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0304-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0308-F</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1", внутренняя резьба Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.4.5 Распылители, дождеватели и капельный полив</t>
+  </si>
+  <si>
+    <t>62-0252</t>
+  </si>
+  <si>
+    <t>Пистолет для полива 2 режима ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0251</t>
+  </si>
+  <si>
+    <t>Пистолет-лейка и коннекторы 3/4 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель для полива круговой 100м², 8 режимов ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0283</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0291</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель осциллирующий для прямоугольных площадей ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель осциллирующий универсальный, 21 отверстие ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0294</t>
+  </si>
+  <si>
+    <t>Распылитель на телескопической штанге ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распыляющая головка помповая, подходит к стандартной пластиковой бутылке ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0304</t>
+  </si>
+  <si>
+    <t>Щетка для очистки листьев растений ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0265</t>
+  </si>
+  <si>
+    <t>Комплект для капельного полива 3х4 метра площадь ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0254</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива круговой 154м² ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0256</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива осциллирующий 190м² ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0284</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0285</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с регулировкой давления, ручкой и курком, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0287</t>
+  </si>
+  <si>
+    <t>Распылитель-насадка, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0288</t>
+  </si>
+  <si>
+    <t>Дождеватель пластиковый, импульсный, двухсторонний ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0289</t>
+  </si>
+  <si>
+    <t>Дождеватель кольцевого типа, пластиковый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0295</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива на колесах, круговой, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0250</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель для полива, 10 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0323-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель для полива круговой, 9 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0325-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пистолет-распылитель душевого типа CARBON, 6 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0301</t>
+  </si>
+  <si>
+    <t>Дождеватель с садовым фонариком, работает от давления воды ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0302</t>
+  </si>
+  <si>
+    <t>Увлажнитель почвы для растений 60мл Птичка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0312-F</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива круговой с регулировкой угла полива по горизонту Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0313-F</t>
+  </si>
+  <si>
+    <t>Комплект для капельного полива площади 4х5м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0314-F</t>
+  </si>
+  <si>
+    <t>Дождеватель латунный импульсный на металлической подставке Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0255</t>
+  </si>
+  <si>
+    <t>Разбрызгиватель латунный, импульсный, с регулировкой угла горизонта распыления до16м ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0326-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель на гибкой штанге, 10 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0293</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель на штанге ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0324-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пистолет-распылитель многофункциональный CARBON, 7 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0290</t>
+  </si>
+  <si>
+    <t>Дождеватель мини ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0282</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с резиновой ручкой, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0253</t>
+  </si>
+  <si>
+    <t>Распыляющая головка, подходит к стандартной пластиковой бутылке ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0286</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель многофункциональный с прорезиненной ручкой и курком, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0303</t>
+  </si>
+  <si>
+    <t>Увлажнитель почвы для растений 100мл Грибочек ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.4.6 Таймеры полива</t>
+  </si>
+  <si>
+    <t>62-0264</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Таймер воды на 120 мин ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0263</t>
+  </si>
+  <si>
+    <t>Таймер полива электронный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.4.7 Опрыскиватели</t>
+  </si>
+  <si>
+    <t>62-0266</t>
+  </si>
+  <si>
+    <t>Опрыскиватель комнатный 0,75 л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0269</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый аккумуляторный для растений и цветов 2 л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0297</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с емкостью ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0245</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый помповый для растений и цветов 8л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0246</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый гидравлический для растений и цветов 18л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0242</t>
+  </si>
+  <si>
+    <t>Опрыскиватель комнатный 1л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0244</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый помповый для растений и цветов 5л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0315-F</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый аккумуляторный для растений и цветов 5л Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0247</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый помповый для растений и цветов 3л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.4.8 Щетки и товары для влажной уборки садовых дорожек, участков</t>
+  </si>
+  <si>
+    <t>62-0238</t>
+  </si>
+  <si>
+    <t>Щетка на шланг под быстросъемный коннектор ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0322-F</t>
+  </si>
+  <si>
+    <t>Щетка на шланг длинная 150см под быстросъемный коннектор Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0320-F</t>
+  </si>
+  <si>
+    <t>Набор для чистки поверхностей Профи (щетка, распылитель, коннекторы на шланг 1/2" и 3/4", адаптер на кран) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.5 Химия для загородных участков</t>
+  </si>
+  <si>
+    <t>1.5.1 Для биотуалетов</t>
   </si>
   <si>
     <t>63-0007</t>
   </si>
   <si>
     <t>Средство для биотуалетов верхний бачок, 1 литр ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...11 lines deleted...]
-    <t>1.1.2 Для выгребных ям</t>
+    <t>1.5.2 Для выгребных ям</t>
   </si>
   <si>
     <t>63-0001</t>
   </si>
   <si>
     <t>Средство для выгребных ям и дачных туалетов, 1 литр ЧЕТЫРЕ СЕЗОНА</t>
-  </si>
-[...1849 lines deleted...]
-    <t>Набор садовых инструментов с прорезиненной ручкой (2 совка, мотыжка, грабельки) ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2352,56 +2316,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-biotualetov-verhniy-bachok-1-litr-chetire-sezona-12460" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-biotualetov-1-litr-chetire-sezona-12463" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-vigrebnih-yam-i-dachnih-tualetov-1-litr-chetire-sezona-12456" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-standart-plyus-chetire-sezona-30473" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-profi-plyus-chetire-sezona-30474" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-profi-plyus-chetire-sezona-30476" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-lyuks-chetire-sezona-29134" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-profi-plyus-chetire-sezona-30479" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dlya-kapelnogo-orosheniya-sochaschiysya-1-2-buhta-10m-profi-chetire-sezona-31786" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-1-2-25m-konnektori-adapter-raspilitel-chetire-sezona-31730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloyniy-armirovanniy-1-2-25m-konnektori-adapter-raspilitel-chetire-sezona-31785" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-25m-konnektori-adapter-raspilitel-chetire-sezona-31783" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-25m-konnektori-adapter-raspilitel-chetire-sezona-31810" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-lyuks-chetire-sezona-29132" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-lyuks-chetire-sezona-29133" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-standart-plyus-chetire-sezona-30478" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-standart-chetire-sezona-29247" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-50m-konnektori-adapter-raspilitel-chetire-sezona-31784" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-standart-chetire-sezona-29248" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-standart-chetire-sezona-29249" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-standart-plyus-chetire-sezona-30475" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telejka-dlya-shlanga-1-2-60-m-ili-3-4-30-m-chetire-sezona-29216" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telejka-dlya-shlanga-1-2-60m-ili-3-4-30m-profi-chetire-sezona-31787" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napravlyayuschaya-dlya-shlanga-25sm-profi-chetire-sezona-31731" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-1-2-35m-ili-3-4-25m-profi-chetire-sezona-31732" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-sadovogo-shlanga-stalnoy-chetire-sezona-30985" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-mini-so-shlangom-10mm-10m-pistolet-raspilitel-chetire-sezona-30481" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-mini-30-m-1-2-ili-25-m-3-4-chetire-sezona-29215" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-sadovogo-shlanga-katushka-s-krepleniem-na-stenu-chetire-sezona-29217" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-so-shlangom-1-2-15m-3-konnektora-1-raspilitel-chetire-sezona-30477" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-vnutrennyaya-rezba-profi-chetire-sezona-31748" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-latunniy-bistrosemniy-dlya-shlanga-3-4-chetire-sezona-29226" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-3-4-dyuyma-chetire-sezona-29227" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31796" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-1-1-2-3-4-vnutrennyaya-rezba-chetire-sezona-30472" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-latunnaya-remontnaya-dlya-shlanga-3-4-chetire-sezona-30444" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-3-4-vnutrennyaya-rezba-s-perehodnikom-chetire-sezona-30448" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bistrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31793" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-kanalniy-na-kran-1-2-3-4-profi-chetire-sezona-31738" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31735" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31736" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31752" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-chetire-sezona-31733" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-chetire-sezona-31734" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-4-kanalniy-na-kran-1-2-3-4-profi-chetire-sezona-31739" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-1-2-s-vneshnim-homutom-chetire-sezona-31740" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31742" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31744" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31746" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31747" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-profi-chetire-sezona-31790" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31791" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31795" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31737" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-povorotniy-1-2-3-4-1-vnutrennyaya-rezba-chetire-sezona-31794" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-dlya-shlanga-na-4-kanala-1-2-3-4-chetire-sezona-29237" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-3-4-vnutrennyaya-rezba-chetire-sezona-29225" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-s-avtostopom-1-2-chetire-sezona-29230" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-dyuyma-chetire-sezona-29233" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosyomnogo-soedineniya-chetire-sezona-29235" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-h-kanalniy-na-kran-3-4-1-2-dyuyma-chetire-sezona-29236" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-dyuyma-chetire-sezona-29223" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-i-1-2-dyuyma-chetire-sezona-29224" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-1-2-chetire-sezona-29228" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-s-avtostopom-3-4-dyuyma-chetire-sezona-29229" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-dyuyma-chetire-sezona-29232" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bistrosyomnogo-soedineniya-chetire-sezona-29234" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-i-termoplastichnoy-rezinoy-profi-chetire-sezona-31753" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31745" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-1-2-profi-chetire-sezona-31749" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-1-2-s-akvastopom-chetire-sezona-30449" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-3-4-s-vneshnim-homutom-chetire-sezona-30450" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-i-3-4-dyuyma-chetire-sezona-29231" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-3-4-vneshnyaya-rezba-chetire-sezona-30445" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-vneshnyaya-rezba-chetire-sezona-30446" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-vnutrennyaya-rezba-chetire-sezona-30447" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-latunniy-chetire-sezona-30451" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31743" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-3-4-vnutrennyaya-rezba-s-perehodnikom-chetire-sezona-30443" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosemnogo-soedineniya-latunniy-profi-chetire-sezona-31741" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-3-4-s-akvastopom-profi-chetire-sezona-31750" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-nasadka-reguliruemiy-latunniy-profi-chetire-sezona-31751" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31792" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-ostsilliruyuschiy-190-m-sup2-chetire-sezona-29244" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlajnitel-pochvi-dlya-rasteniy-100ml-gribochek-chetire-sezona-31761" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-7-rejimov-chetire-sezona-30459" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-s-regulirovkoy-davleniya-ruchkoy-i-kurkom-7-rejimov-chetire-sezona-30461" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-shtange-chetire-sezona-30469" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-teleskopicheskoy-shtange-chetire-sezona-30470" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-reguliruemiy-chetire-sezona-30460" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-mini-chetire-sezona-30466" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-na-gibkoy-shtange-10-rejimov-profi-chetire-sezona-31759" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlajnitel-pochvi-dlya-rasteniy-60ml-ptichka-chetire-sezona-31760" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-ochistki-listev-rasteniy-chetire-sezona-31762" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilyayuschaya-golovka-pompovaya-podhodit-k-standartnoy-plastikovoy-butilke-chetire-sezona-31754" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-9-rejimov-profi-chetire-sezona-31755" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-ostsilliruyuschiy-dlya-pryamougolnih-ploschadey-4v1-chetire-sezona-30467" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-s-regulirovkoy-ugla-poliva-po-gorizontu-profi-chetire-sezona-31763" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-latunniy-impulsniy-na-metallicheskoy-podstavke-profi-chetire-sezona-31798" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-154-m-sup2-chetire-sezona-29242" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-ploschadi-4h5m-profi-chetire-sezona-31797" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-leyka-i-konnektori-classic-3-4-chetire-sezona-29239" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-poliva-classic-2-rejima-chetire-sezona-29240" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilyayuschaya-golovka-podhodit-k-standartnoy-plastikovoy-butilke-chetire-sezona-29241" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-mnogofunktsionalniy-carbon-7-rejimov-profi-chetire-sezona-31756" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-s-sadovim-fonarikom-rabotaet-ot-davleniya-vodi-chetire-sezona-31758" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-mnogofunktsionalniy-s-prorezinennoy-ruchkoy-i-kurkom-7-rejimov-chetire-sezona-30462" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-nasadka-reguliruemiy-chetire-sezona-30463" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-plastikoviy-impulsniy-dvuhstoronniy-chetire-sezona-30464" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-koltsevogo-tipa-plastikoviy-chetire-sezona-30465" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-ostsilliruyuschiy-universalniy-21-otverstie-chetire-sezona-30468" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-3h4-metra-ploschad-chetire-sezona-29220" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-dlya-poliva-classic-10-rejimov-chetire-sezona-29238" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbrizgivatel-latunniy-impulsniy-s-regulirovkoy-ugla-gorizonta-raspileniya-do-16m-chetire-sezona-29243" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-krugovoy-100-m-sup2-8-rejimov-chetire-sezona-29245" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-s-rezinovoy-ruchkoy-7-rejimov-chetire-sezona-30458" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojdevatel-dlya-poliva-na-kolesah-krugovoy-reguliruemiy-chetire-sezona-30471" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-dushevogo-tipa-carbon-6-rejimov-profi-chetire-sezona-31757" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-pompoviy-dlya-rasteniy-i-tsvetov-3l-chetire-sezona-31802" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-pompoviy-dlya-rasteniy-i-tsvetov-8l-chetire-sezona-31800" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspilitel-s-emkostyu-chetire-sezona-30457" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-komnatniy-1l-chetire-sezona-31764" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-pompoviy-dlya-rasteniy-i-tsvetov-5l-chetire-sezona-31799" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-komnatniy-0-75-l-chetire-sezona-29221" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-akkumulyatorniy-dlya-rasteniy-tsvetov-2-l-chetire-sezona-29222" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-gidravlicheskiy-dlya-rasteniy-i-tsvetov-18l-chetire-sezona-31801" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opriskivatel-sadoviy-akkumulyatorniy-dlya-rasteniy-i-tsvetov-5l-profi-chetire-sezona-31765" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-na-shlang-pod-bistrosemniy-konnektor-chetire-sezona-31766" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-chistki-poverhnostey-profi-schetka-raspilitel-konnektori-na-shlang-1-2-i-3-4-adapter-na-kran-chetire-sezona-31767" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-na-shlang-dlinnaya-150sm-pod-bistrosemniy-konnektor-profi-chetire-sezona-31768" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-vodi-na-120-min-chetire-sezona-29219" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-poliva-elektronniy-chetire-sezona-29218" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralniy-15m-h-8mm-pistolet-raspilitel-2-konnektora-adapter-chetire-sezona-30480" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochniy-profi-rastyagivayuschiysya-shlang-20m-pistolet-7-rejimov-latunnie-soediniteli-chetire-sezona-31789" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochniy-rastyagivayuschiysya-shlang-20-m-pistolet-7-rejimov-soedinitel-chetire-sezona-29246" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochniy-rastyagivayuschiysya-shlang-45-m-pistolet-7-rejimov-soedinitel-chetire-sezona-29214" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dojdevatel-3-h-rukavniy-15m-chetire-sezona-30482" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochniy-profi-rastyagivayuschiysya-shlang-45m-pistolet-7-rejimov-latunnie-soediniteli-chetire-sezona-31788" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koptilnya-gurman-1-350h250h100mm-odnourovnevaya-v-gofrokartonnoy-korobke-sokol-11520" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-kopcheniya-koptilnya-dvuhurovnevaya-gurman-2-schepa-sokol-30288" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koptilnya-gurman-2-400h280h180mm-dvuhurovnevaya-v-gofrokartonnoy-korobke-sokol-11525" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-kopcheniya-koptilnya-odnourovnevaya-gurman-1-schepa-sokol-30287" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-glubokaya-355h355h55-mm-bolshaya-sokol-28567" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-srednyaya-35h26sm-sokol-14226" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-glubokaya-malaya-22h20-5sm-sokol-14236" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-mini-30h22sm-sokol-14228" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-6-shampurov-610h10mm-v-kolchane-firmenniy-chehol-sokol-26813" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shampurov-uglovih-6h500mm-v-chehle-sokol-11528" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shampur-ploskiy-450h10mm-tolschina-2mm-sokol-11536" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shampur-ploskiy-450h10mm-tolschina-1mm-sokol-11522" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sadoviy-dush-na-shtative-reguliruemiy-chetire-sezona-30575" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-dlinnaya-43sm-sokol-26192" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozjiga-nerjaveyuschaya-stal-visota-300mm-obem-6l-sokol-29136" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozjiga-stal-visota-300mm-obem-6l-sokol-29135" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-srednyaya-44sm-sokol-26194" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-38sm-v-blistere-sokol-17136" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-grilya-komfort-34sm-sokol-26193" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-44sm-sokol-26189" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastenniy-nerjaveyuschaya-stal-sokol-30982" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-nastenniy-nerjaveyuschaya-stal-sokol-30984" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-dlya-mangala-500h20h350mm-s-propitkoy-pvh-sokol-26814" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-komfort-46sm-sokol-26190" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-standart-44sm-sokol-26195" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schepa-dlya-kopcheniya-olha-200g-sokol-29709" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trenoga-kostrovaya-s-tsepyu-v-chehle-1000mm-tolschina-0-8mm-sokol-11530" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-i-schetka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26201" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-noj-i-vilka-dlya-prigotovleniya-steyka-v-blistere-sokol-17138" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-barbekyu-34sm-v-blistere-sokol-17135" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-standart-44sm-sokol-26196" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-standart-44sm-sokol-26197" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-lopatka-i-schiptsi-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26199" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-schetka-i-lopatka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol-26200" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-vilka-i-lopatka-dlya-grilya-standart-sokol-26198" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-shampuri-s-6-shampurami-v-chehle-sokol-11521" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schiptsi-dlya-grilya-34sm-v-blistere-sokol-17137" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-skrebok-dlya-chistki-grilya-50sm-v-blistere-sokol-17139" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schiptsi-vilka-i-lopatka-dlya-grilya-v-blistere-sokol-17134" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-komfort-44-5sm-sokol-26191" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opahalo-dlya-mangala-32h21sm-sokol-28007" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastenniy-cherniy-sokol-30981" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-shampurov-nastenniy-cherniy-sokol-30983" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-so-skladnim-dnom-230h230h335mm-s-4-shampurami-v-plenke-sokol-11526" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-ekonom-400h250h400mm-s-6-shampurami-v-gofrirovannoy-kartonnoy-korobke-sokol-11535" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-so-skladnim-dnom-230h230h335mm-v-plenke-sokol-11531" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-700h350h137mm-sokol-26819" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-910h295h155mm-s-sumkoy-v-kartonnoy-korobke-sokol-27760" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-pohodniy-350h250h350mm-s-6-shampurami-v-plenke-sokol-11524" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-445h295h155mm-v-kartonnoy-korobke-sokol-18234" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-visokiy-910h295h155mm-v-kartonnoy-korobke-sokol-26817" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-460h295h155mm-v-kartonnoy-korobke-sokol-27761" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-pohodniy-350h250h350mm-v-plenke-sokol-11523" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-koptilnya-sbornaya-ekonom-400h250h400mm-s-6-shampurami-v-gofrokartonnoy-korobke-sokol-11529" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-910h295h155mm-v-kartonnoy-korobke-sokol-18233" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-s-rebrami-jestkosti-na-barashkah-500h350h137mm-sokol-34-26820" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razborniy-445h295h155mm-s-sumkoy-v-kartonnoy-korobke-sokol-27759" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-pohodniy-350h250h350mm-v-gofrirovannoy-kartonnoy-korobke-sokol-11527" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-pohodniy-350h250h350mm-s-6-shampurami-v-gofrirovannoy-kartonnoy-korobke-sokol-11533" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sborniy-ekonom-400h250h400mm-s-6-shampurami-v-plenke-sokol-11534" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-diplomat-400h250h145mm-s-6-shampurami-v-chehle-sokol-26821" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-sup2-3vt-220v-chetire-sezona-31858" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolniy-podvesnoy-chetire-sezona-31857" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-sup2-2h6vt-220v-chetire-sezona-31859" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-sup2-2h10vt-220v-chetire-sezona-31832" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetire-sezona-31856" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant-26279" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant-28383" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant-13289" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant-26280" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant-30453" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant-28391" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtojitelya-s-60m-sup2-6vt-rexant-28160" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtojitelya-s-100m-sup2-15vt-rexant-28161" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-30m-sup2-3vt-220v-rexant-13282" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-sadoviy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant-20576" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant-13290" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detskaya-antimoskitnaya-setka-dlya-kolyaski-70h130sm-rexant-28393" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-sup2-220v-rexant-13283" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-sup2-beliy-rexant-20896" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant-28382" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-100m-sup2-2h15vt-220v-rexant-17342" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-kempingoviy-fonar-trehrejimniy-uv-podsvetka-s-akkumulyatorom-usb-rexant-20897" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant-28388" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-35m-sup2-3vt-220v-rexant-28381" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant-28386" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomih-r-10m-nastolniy-podvesnoy-rexant-28378" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-2h6vt-220v-s-60m-sup2-rexant-13292" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitniy-sadoviy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant-20577" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-80m-2h10vt-220v-rexant-17343" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant-17190" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-sup2-temno-siniy-rexant-26030" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant-28385" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant-28387" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant-28392" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-20m-10vt-e27-rexant-19559" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtojitelya-s-80m-10vt-rexant-23620" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant-13287" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomih-rexant-30452" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-sup2-beliy-rexant-26029" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant-28384" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant-28389" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant-28390" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtojitel-nasekomih-s-ultrafioletovoy-lampoy-220v-rexant-8763" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant-17341" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtojennih-nasekomih-rexant-30454" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r-25m-screw-na-solnechnoy-bataree-chetire-sezona-31855" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-25m-na-2-solnechnih-panelyah-s-sadovim-fonarikom-chetire-sezona-31860" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r30-s-otsekom-dlya-batareek-rexant-30455" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r25-power-na-solnechnoy-bataree-rexant-30456" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-rexant-8764" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovih-otpugivateley-krotov-r-20m-h4-na-solnechnoy-bataree-rexant-28380" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovim-fonarikom-r-20m-h2-kamen-rexant-26033" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-na-solnechnoy-bataree-rexant-13285" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant-20578" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-35m-metall-rexant-13294" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-zmey-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant-17339" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovih-otpugivateley-krotov-r-20m-h2-na-solnechnoy-bataree-rexant-19336" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-plastik-rexant-13291" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovih-otpugivateley-krotov-r-30m-h2-cherniy-na-solnechnoy-bataree-rexant-26031" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovim-fonarikom-r-20m-h2-kristall-rexant-26032" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovih-otpugivateley-krotov-r-20m-x8-na-solnechnoy-bataree-rexant-30578" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-grizunov-s-40m-sup2-s-nochnikom-220v-chetire-sezona-31861" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-jivolovok-mishelovok-zeleniy-abs-plastik-rexant-26036" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovih-otpugivateley-grizunov-h3-220v-s-90m-sup2-rexant-28379" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-grizunov-s-30m-sup2-220v-rexant-13286" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-grizunov-s-15m-sup2-12v-avtomobilniy-rexant-19629" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-unichtojitel-kris-i-mishey-6vt-23-5h10-2h11-3sm-rexant-19551" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-ptits-i-drugih-jivotnih-na-solnechnoy-bataree-babochka-rexant-26034" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-pilesos-dlya-nasekomih-s-fonarikom-rexant-19552" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-led-indikatorom-s-60m-sup2-220v-rexant-13288" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-s-izmenyaemoy-chastotoy-izlucheniya-r-60m-220v-rexant-8766" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-90m-sup2-s-led-indikatorom-rexant-19554" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-ultrazvukovoy-otpugivatel-r-15m-3vt-rexant-13293" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-profi-s-izmenyaemoy-chastotoy-izlucheniya-r-90m-220v-rexant-17340" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvukovoy-otpugivatel-jivotnih-s-datchikom-dvijeniya-na-solnechnoy-bataree-rexant-19553" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-antilay-dlya-sobak-so-vstroennim-mikrofonom-s-4m-sup2-rexant-26035" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-trener-sobak-r-8m-rexant-14484" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-muravev-s-30m-sup2-220v-rexant-13284" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-tarakanov-s-30m-sup2-220v-rexant-14472" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalniy-maliy-viking-225mm-rexant-18491" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalniy-viking-440mm-rexant-18489" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalniy-viking-350mm-rexant-18492" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalniy-viking-700mm-rexant-18490" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-skladnaya-sadovaya-nerjaveyuschaya-stal-18sm-chetire-sezona-25773" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-posadochniy-shirokiy-s-prorezinennoy-ruchkoy-35h8-5sm-chetire-sezona-25766" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-posadochniy-shirokiy-s-metallicheskoy-ruchkoy-chetire-sezona-29300" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motijka-kombinirovannaya-3-pryamih-zubtsa-s-metallicheskoy-ruchkoy-chetire-sezona-29301" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-posadochniy-s-prorezinennoy-ruchkoy-34h5-3sm-chetire-sezona-25765" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabelki-sadovie-s-prorezinennoy-ruchkoy-31h8-5sm-chetire-sezona-25767" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadoviy-s-tsvetochnim-risunkom-27h8-5sm-chetire-sezona-25768" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabelki-sadovie-s-tsvetochnim-risunkom-23h7-3sm-chetire-sezona-25769" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovih-instrumentov-s-tselnometallicheskoy-ruchkoy-pokritoy-plastikom-2-sovka-motijka-grabelki-chetire-sezona-30321" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovih-instrumentov-s-tsvetochnim-risunkom-sovok-grabelki-chetire-sezona-30323" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-posadochniy-uzkiy-s-metallicheskoy-ruchkoy-chetire-sezona-29299" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabli-6-pryamih-zubev-s-metallicheskoy-ruchkoy-chetire-sezona-29303" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motijka-s-prorezinennoy-ruchkoy-30h18sm-chetire-sezona-25770" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motijka-kombinirovannaya-3-vitih-zubtsa-s-metallicheskoy-ruchkoy-chetire-sezona-29302" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovih-instrumentov-s-prorezinennoy-ruchkoy-2-sovka-motijka-grabelki-chetire-sezona-30322" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolnyypodvesnoy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-3vt220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-2h6vt220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-2h10vt220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-2h6vt-220v-s-60m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-30m-1vt220v-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-temno-siniy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-80m-2h10vt-220v-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-100m-2h15vt-220v-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtozhennyh-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomyh-nastolnyypodvesnoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-20m-10vte27-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-80m-10vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detskaya-antimoskitnaya-setka-dlya-kolyaski-70h130sm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-35m-4vt220v-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-kempingovyy-fonar-trehrezhimnyy-uv-podsvetka-s-akkumulyatorom-usb-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtozhitel-nasekomyh-insektitsidnyy-s-ultrafioletovoy-lampoy-s-20m-220v-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtozhitelya-s-60m-6vt-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-100m-15vt-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-25m-na-2-solnechnyh-panelyah-s-sadovym-fonarikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r-25m-screw-na-solnechnoy-bataree-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h4-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kristall-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kamen-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h2-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-35m-metall-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-x8-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-zmey-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r30-s-otsekom-dlya-batareek-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r25-power-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-plastik-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-30m-h2-chernyy-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-40m-s-nochnikom-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-zhivolovok-myshelovok-zelenyy-abs-plastik-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-unichtozhitel-krys-i-myshey-6vt-23-5h10-2h11-3sm-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-gryzunov-s-90m-220v-3-sht-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-15m-12v-avtomobilnyy-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-60m-220v-s-led-indikatorom-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-ultrazvukovoy-otpugivatel-r-15m-3vt-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-profi-s-izmenyaemoy-chastotoy-izlucheniya-r-90m-220v-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-90m-s-led-indikatorom-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-s-izmenyaemoy-chastotoy-izlucheniya-r-9m-220v-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-ptits-i-drugih-zhivotnyh-na-solnechnoy-bataree-babochka-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-antilay-dlya-sobak-so-vstroennym-mikrofonom-s-4m-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvukovoy-otpugivatel-zhivotnyh-s-datchikom-dvizheniya-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-trener-sobak-s-8m-kv-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-tarakanov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-muravev-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-460h295h155mm-v-kartonnoy-korobke-sokol" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-pohodnyy-350h250h350mm-v-plenke-sokol" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-pohodnyy-350h250h350mm-v-gofrirovannoy-kartonnoy-korobke-sokol" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-ekonom-400h250h400mm-s-6-shampurami-v-gofrirovannoy-kartonnoy-korobke-sokol" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-so-skladnym-dnom-230h230h335mm-s-4-shampurami-v-plenke-sokol" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-910h295h155mm-v-kartonnoy-korobke-sokol" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-s-rebrami-zhestkosti-na-barashkah-500h350h137mm-sokol-34" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-diplomat-400h250h145mm-s-6-shampurami-v-chehle-sokol" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-pohodnyy-350h250h350mm-s-6-shampurami-v-gofrirovannoy-kartonnoy-korobke-sokol" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-so-skladnym-dnom-230h230h335mm-v-plenke-sokol" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-910h295h155mm-s-sumkoy-v-kartonnoy-korobke-sokol" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-445h295h155mm-s-sumkoy-v-kartonnoy-korobke-sokol" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-razbornyy-700h350h137mm-sokol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-koptilnya-sbornyy-ekonom-400h250h400mm-s-6-shampurami-v-gofrokartonnoy-korobke-sokol" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-pohodnyy-350h250h350mm-s-6-shampurami-v-plenke-sokol" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mangal-sbornyy-ekonom-400h250h400mm-s-6-shampurami-v-plenke-sokol" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koptilnya-gurman-1-350h250h100mm-odnourovnevaya-v-gofrokartonnoy-korobke-sokol" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-kopcheniya-koptilnya-odnourovnevaya-gurman-1-schepa-sokol" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koptilnya-gurman-2-400h280h180mm-dvuhurovnevaya-v-gofrokartonnoy-korobke-sokol" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-kopcheniya-koptilnya-dvuhurovnevaya-gurman-2-schepa-sokol" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-srednyaya-35h26sm-sokol" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-barbekyu-glubokaya-355h355h55-mm-bolshaya-sokol" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shampurov-uglovyh-6h500mm-v-chehle-sokol" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-6-shampurov-610h10mm-v-kolchane-firmennyy-chehol-sokol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shampur-ploskiy-450h10mm-tolshchina-2mm-sokol" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shampur-uglovoy-450h10mm-tolshchina-1mm-sokol" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sadovyy-dush-na-shtative-reguliruemyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-44sm-sokol" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-dlya-grilya-srednyaya-44sm-sokol" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-komfort-44-5sm-sokol" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-dlya-grilya-komfort-dlinnaya-43sm-sokol" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shchiptsy-vilka-i-lopatka-dlya-grilya-standart-sokol" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shchiptsy-i-shchetka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opahalo-dlya-mangala-32h21sm-sokol" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-shampury-s-6-shampurami-v-chehle-sokol" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nozh-i-vilka-dlya-prigotovleniya-steyka-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchiptsy-dlya-barbekyu-34sm-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastennyy-nerzhaveyuschaya-stal-sokol" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-nastennyy-nerzhaveyuschaya-stal-sokol" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchepa-dlya-kopcheniya-olha-200g-sokol" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozzhiga-stal-vysota-300mm-obem-6l-sokol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-dlya-grilya-standart-44sm-sokol" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchiptsy-dlya-grilya-standart-44sm-sokol" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trenoga-kostrovaya-s-tsepyu-v-chehle-1000mm-tolshchina-0-8mm-sokol" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-dlya-grilya-komfort-34sm-sokol" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchiptsy-dlya-grilya-34sm-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-i-aksessuarov-dlya-barbekyu-nastennyy-chernyy-sokol" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/starter-dlya-rozzhiga-nerzhaveyushchaya-stal-vysota-300mm-obem-6l-sokol" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sumka-dlya-mangala-500h20h350mm-s-propitkoy-pvh-sokol" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchiptsy-dlya-grilya-komfort-46sm-sokol" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-shampurov-nastennyy-chernyy-sokol" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-38sm-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-skrebok-dlya-chistki-grilya-50sm-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-lopatka-i-shchiptsy-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shchiptsy-vilka-i-lopatka-dlya-grilya-v-blistere-sokol" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shchiptsy-shchetka-i-lopatka-dlya-grilya-komfort-termoplastichnaya-rukoyatka-sokol" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lopatka-dlya-grilya-standart-44sm-sokol" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadovyy-s-prorezinennoy-ruchkoy-34h5-3sm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabelki-sadovye-s-prorezinennoy-ruchkoy-31h8-5sm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadovyy-s-tsvetochnym-risunkom-27h8-5sm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motyzhka-s-prorezinennoy-ruchkoy-30h18sm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovyh-instrumentov-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-2-sovka-motyzhka-grabel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovyh-instrumentov-s-tsvetochnym-risunkom-sovok-grabelki-chetyre-sezona" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motyzhka-kombinirovannaya-3-pryamyh-zubtsa-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motyzhka-kombinirovannaya-3-vityh-zubtsa-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sadovyh-instrumentov-s-prorezinennoy-ruchkoy-2-sovka-motyzhka-grabelki-chetyre-sezona" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadovyy-shirokiy-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabli-6-pryamyh-zubev-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadovyy-uzkiy-s-tselnometallicheskoy-ruchkoy-pokrytoy-plastikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sovok-sadovyy-shirokiy-s-prorezinennoy-ruchkoy-35h8-5sm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grabelki-sadovye-s-tsvetochnym-risunkom-23h7-3sm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalnyy-viking-350mm-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalnyy-malyy-viking-225mm-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalnyy-viking-440mm-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/topor-universalnyy-viking-700mm-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-skladnaya-sadovaya-nerzhaveyushchaya-stal-18sm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-12-25m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-34-25m-standart-chetyre-sezona" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dlya-kapelnogo-orosheniya-sochashchiysya-12-buhta-10m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-12-25m-standart-chetyre-sezona" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-34-50m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-standart-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-profi-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-standart-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-profi-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-profi-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-34-25m-konnektory-adapter-raspylitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-34-25m-konnektory-adapter-raspylitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-34-50m-standart-chetyre-sezona" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-12-25m-konnektory-adapter-raspylitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-standart-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-12-25m-konnektory-adapter-raspylitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-34-50m-konnektory-adapter-raspylitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-34-25m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-sadovogo-shlanga-katushka-s-krepleniem-na-stenu-chetyre-sezona" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-mini-30-m-12-ili-25-m-34-chetyre-sezona" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-mini-so-shlangom-10mm-10m-pistolet-raspylitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napravlyayushchaya-dlya-shlanga-25sm-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-sadovogo-shlanga-stalnoy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telezhka-dlya-shlanga-12-60-m-ili-34-30-m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-12-35m-ili-34-25m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telezhka-dlya-shlanga-12-60m-ili-34-30m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-so-shlangom-1-2-15m-3-konnektora-1-raspylitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-rastyagivayushchiysya-shlang-20-m-pistolet-7-rezhimov-soedinitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-rastyagivayushchiysya-shlang-45-m-pistolet-7-rezhimov-soedinitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-15m-h-8mm-pistolet-raspylitel-2-konnektora-adapter-chetyre-sezona" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dozhdevatel-3-rukavnyy-15m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-profi-rastyagivayushchiysya-shlang-45m-pistolet-7-rezhimov-latunnye-soediniteli-chetyre-sezona" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-profi-rastyagivayushchiysya-shlang-20m-pistolet-7-rezhimov-latunnye-soediniteli-chetyre-sezona" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-3-4-vneshnyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-latunnyy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-h-kanalnyy-na-kran-12-34-chetyre-sezona" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-dlya-shlanga-na-4-kanala-12-34-chetyre-sezona" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-34-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-12-34-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-34-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-12-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-34-s-akvastopom-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-12-34-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-34-s-termoplastichnoy-rezinoy-i-zashchitoy-ot-peregibov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-34-chetyre-sezona" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-34-s-akvastopom-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-12-chetyre-sezona" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-12-s-akvastopom-i-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-34-chetyre-sezona" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-12-s-akvastopom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-12-34-chetyre-sezona" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-34-chetyre-sezona" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassovyy-1-1-2-3-4-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-latunnaya-remontnaya-dlya-shlanga-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-universalnyy-plastmassovyy-1-2-3-4-s-vneshnim-homutom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-universalnyy-plastmassovyy-12-34-s-vneshnim-homutom-chetyre-sezona-2" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-12-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-12-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-povorotnyy-12-34-1-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-12-s-termoplastichnoy-rezinoy-i-zashchitoy-ot-peregibov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-latunnyy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-12-34-chetyre-sezona" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-12-chetyre-sezona" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vneshnyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-1-2-s-akvastopom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-latunnyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-34-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-34-chetyre-sezona" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-34-s-akvastopom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-kanalnyy-na-kran-12-34-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-4-kanalnyy-na-kran-12-34-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-34-s-akvastopom-termoplastichnoy-rezinoy-i-zashchitoy-ot-peregibov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-34-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-34-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-34-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-12-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-12-s-akvastopom-termoplastichnoy-rezinoy-i-zashchitoy-ot-peregibov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-12-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-vnutrennyaya-rezba-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-poliva-2-rezhima-chetyre-sezona" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-leyka-i-konnektory-34-chetyre-sezona" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-100m-8-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-dlya-pryamougolnyh-ploschadey-chetyre-sezona" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-universalnyy-21-otverstie-chetyre-sezona" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-teleskopicheskoy-shtange-chetyre-sezona" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayushchaya-golovka-pompovaya-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-dlya-ochistki-listev-rasteniy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-3h4-metra-ploshchad-chetyre-sezona" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-154m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-ostsilliruyushchiy-190m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-reguliruemyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-regulirovkoy-davleniya-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-plastikovyy-impulsnyy-dvuhstoronniy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-koltsevogo-tipa-plastikovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-na-kolesah-krugovoy-reguliruemyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dlya-poliva-10-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-9-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dushevogo-tipa-carbon-6-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-s-sadovym-fonarikom-rabotaet-ot-davleniya-vody-chetyre-sezona" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-60ml-ptichka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-s-regulirovkoy-ugla-poliva-po-gorizontu-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-ploshchadi-4h5m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-latunnyy-impulsnyy-na-metallicheskoy-podstavke-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbryzgivatel-latunnyy-impulsnyy-s-regulirovkoy-ugla-gorizonta-raspyleniya-do16m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-gibkoy-shtange-10-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-shtange-chetyre-sezona" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-carbon-7-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-mini-chetyre-sezona" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-rezinovoy-ruchkoy-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayushchaya-golovka-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-s-prorezinennoy-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-100ml-gribochek-chetyre-sezona" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-vody-na-120-min-chetyre-sezona" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-poliva-elektronnyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-komnatnyy-0-75-l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-akkumulyatornyy-dlya-rasteniy-i-tsvetov-2-l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-emkostyu-chetyre-sezona" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-8l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-gidravlicheskiy-dlya-rasteniy-i-tsvetov-18l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-komnatnyy-1l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-5l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-akkumulyatornyy-dlya-rasteniy-i-tsvetov-5l-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-3l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-na-shlang-pod-bystrosemnyy-konnektor-chetyre-sezona" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-na-shlang-dlinnaya-150sm-pod-bystrosemnyy-konnektor-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-chistki-poverhnostey-profi-shchetka-raspylitel-konnektory-na-shlang-12-i-34-adapter-na-kran-chetyre-sezona" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-biotualetov-verhniy-bachok-1-litr-chetyre-sezona" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-vygrebnyh-yam-i-dachnyh-tualetov-1-litr-chetyre-sezona" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I328"/>
+  <dimension ref="A1:I322"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2446,9337 +2410,9157 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>478.4</v>
+        <v>1322.1</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>239</v>
+        <v>341</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>552</v>
+        <v>1900.77</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
+      <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="2"/>
-[...6 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="B7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="3">
+        <v>3956.13</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="3">
+        <v>414</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>10</v>
+      </c>
+      <c r="I7" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>588.8</v>
+        <v>5064.66</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>384</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I9" s="2"/>
+      <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="3">
+        <v>490.48</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="3">
+        <v>158</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>36</v>
+      </c>
+      <c r="I9" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="3">
+        <v>1972.98</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="3">
+        <v>0</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>30</v>
+      </c>
+      <c r="I10" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>2932</v>
+        <v>4682.3</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>826</v>
+        <v>243</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>4048</v>
+        <v>701.73</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>530</v>
+        <v>7018</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>2350</v>
+        <v>790.69</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>353</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>5336</v>
+        <v>1505.16</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>451</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>8648</v>
+        <v>1917.72</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>276</v>
+        <v>34</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>923</v>
+        <v>1821.83</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>2710</v>
+        <v>589.86</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>750</v>
+        <v>1449</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>3128</v>
+        <v>589.86</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>403</v>
+        <v>261</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>3521</v>
+        <v>610.2</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>356</v>
+        <v>636</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>5336</v>
+        <v>610.2</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>273</v>
+        <v>186</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>1637.6</v>
+        <v>381.37</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>1692</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>2668</v>
+        <v>6722.59</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>2105</v>
+        <v>78</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>2200</v>
+        <v>8589.98</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>1484</v>
+        <v>678</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>1390</v>
+        <v>1118.7</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>6340</v>
+        <v>1493.91</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>266</v>
+        <v>1134</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1800</v>
+        <v>2949.3</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>1069</v>
+        <v>607</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>3477.6</v>
+        <v>1118.7</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>464</v>
+        <v>274</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>6200</v>
+        <v>725.58</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I29" s="2"/>
+      <c r="A29" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="3">
+        <v>416.97</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" s="3">
+        <v>467</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>200</v>
+      </c>
+      <c r="I29" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>2990</v>
+        <v>435.72</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>6292.8</v>
+        <v>661.3</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>1708</v>
+        <v>853</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>4</v>
+        <v>72</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>399</v>
+        <v>589.86</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>717</v>
+        <v>1369</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>3845.6</v>
+        <v>1307.17</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F33" s="3">
-        <v>655</v>
+        <v>565</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>1136.2</v>
+        <v>223.74</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>181</v>
+        <v>103</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>2208</v>
+        <v>542.48</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>6</v>
+        <v>160</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>1990</v>
+        <v>752.58</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>1</v>
+        <v>89</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>384.56</v>
+        <v>739.07</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>1222</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>60</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>4968</v>
+        <v>610.02</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>134</v>
+        <v>1</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="A39" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C39" s="3">
+        <v>2440.8</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" s="3">
+        <v>115</v>
+      </c>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
+        <v>12</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>431.76</v>
+        <v>2176.38</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>2563</v>
+        <v>227</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>674</v>
+        <v>1371.24</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>154</v>
+        <v>589.86</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>12423</v>
+        <v>842</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>216</v>
+        <v>60</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>261.81</v>
+        <v>335.61</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>1618</v>
+        <v>2844</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>93</v>
+        <v>809.2</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>1344</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>750</v>
+        <v>832.74</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>1305</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>594.32</v>
+        <v>701.73</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>118</v>
+        <v>644</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>157.32</v>
+        <v>366.9</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>1004</v>
+        <v>2017</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>790</v>
+        <v>291.49</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>856</v>
+        <v>1419</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C49" s="3">
+        <v>597.57</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F49" s="3">
+        <v>0</v>
+      </c>
+      <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
         <v>100</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A50" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>144</v>
+        <v>1627.2</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>8430</v>
+        <v>2147</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>112</v>
+        <v>1172.6</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>608</v>
+        <v>179</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>288</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>106</v>
+        <v>2279.1</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F53" s="3">
-        <v>1744</v>
+        <v>1</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>288</v>
+        <v>40</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>1250</v>
+        <v>1568.21</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>1085</v>
+        <v>40</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>209.76</v>
+        <v>1985.18</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F55" s="3">
-        <v>961</v>
+        <v>74</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>287.99</v>
+        <v>2023.01</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F56" s="3">
-        <v>1760</v>
+        <v>384</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>327.26</v>
+        <v>620.37</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>1729</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>327.26</v>
+        <v>1230.57</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F58" s="3">
-        <v>1577</v>
+        <v>49</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>392.71</v>
+        <v>1749.24</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>1501</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>240</v>
+        <v>36</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>104</v>
+        <v>4099.53</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F60" s="3">
-        <v>249</v>
+        <v>387</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>288</v>
+        <v>12</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>148</v>
+        <v>1619.06</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>2306</v>
+        <v>897</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>261.81</v>
+        <v>905.13</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>1618</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>190</v>
+        <v>1220.4</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>1395</v>
+        <v>1051</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>314.64</v>
+        <v>1849.23</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>148</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="I64" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>926.44</v>
+        <v>802.41</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>1069</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>260</v>
+        <v>2240.4</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F66" s="3">
-        <v>356</v>
+        <v>550</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A67" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A67" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B67" s="2"/>
+      <c r="C67" s="2"/>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>87.4</v>
+        <v>985.47</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>2394</v>
+        <v>133</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>80.96</v>
+        <v>1006.83</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>2216</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>250</v>
+        <v>570.54</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>230</v>
+        <v>4636</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>55.6</v>
+        <v>4925.33</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>2528</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>288</v>
+        <v>20</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>62.1</v>
+        <v>1139.1</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F72" s="3">
-        <v>3390</v>
+        <v>164</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>119.6</v>
+        <v>683.42</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>905</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>288</v>
+        <v>96</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B74" s="3" t="s">
+      <c r="A74" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="C74" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>103.13</v>
+        <v>804.45</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>3301</v>
+        <v>2611</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>58.88</v>
+        <v>2278.08</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>15709</v>
+        <v>82</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>288</v>
+        <v>12</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>163</v>
+        <v>1830.6</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>3460</v>
+        <v>164</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>392.71</v>
+        <v>1379.05</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>1829</v>
+        <v>552</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>664.24</v>
+        <v>1220.4</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>1830</v>
+        <v>320</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>629.28</v>
+        <v>879.7</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>480</v>
+        <v>372</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="3" t="s">
+      <c r="A81" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C82" s="3">
-        <v>138.09</v>
+        <v>1099.33</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>1942</v>
+        <v>493</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C83" s="3">
-        <v>257.6</v>
+        <v>2983.88</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>1541</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C84" s="3">
-        <v>279.68</v>
+        <v>706.81</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>0</v>
+        <v>111</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="3" t="s">
+      <c r="A85" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>312.89</v>
+        <v>602.06</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>449</v>
+        <v>1992</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>96</v>
+        <v>192</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B87" s="3" t="s">
+      <c r="C87" s="3">
+        <v>544.09</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="3">
+        <v>0</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>192</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="C87" s="3">
-[...22 lines deleted...]
-      <c r="A88" s="3" t="s">
+      <c r="B88" s="2"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2"/>
+      <c r="I88" s="2"/>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B89" s="2"/>
+      <c r="C89" s="2"/>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2"/>
+      <c r="I89" s="2"/>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C90" s="3">
-        <v>978.88</v>
+        <v>2229.95</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>2011</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>96</v>
+        <v>1</v>
       </c>
       <c r="I90" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C91" s="3">
-        <v>784.85</v>
+        <v>353.8</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>1116</v>
+        <v>267</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="I91" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C92" s="3">
+        <v>375.9</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F92" s="3">
+        <v>2</v>
+      </c>
+      <c r="G92" s="3">
+        <v>1</v>
+      </c>
+      <c r="H92" s="3">
+        <v>10</v>
+      </c>
+      <c r="I92" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I93" s="2"/>
+      <c r="C93" s="3">
+        <v>552.81</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F93" s="3">
+        <v>0</v>
+      </c>
+      <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
+        <v>10</v>
+      </c>
+      <c r="I93" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C94" s="3">
-        <v>1392</v>
+        <v>459.23</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>1279</v>
+        <v>166</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C95" s="3">
-        <v>290</v>
+        <v>3781.26</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>2689</v>
+        <v>29</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C96" s="3">
-        <v>290</v>
+        <v>2241.86</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>2741</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C97" s="3">
-        <v>798</v>
+        <v>2013.54</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>548</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="I97" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C98" s="3">
-        <v>961.4</v>
+        <v>497.54</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>401</v>
+        <v>103</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C99" s="3">
-        <v>1555.72</v>
+        <v>401.54</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>536</v>
+        <v>71</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I99" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C100" s="3">
-        <v>290</v>
+        <v>4920.18</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>488</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C101" s="3">
-        <v>235</v>
+        <v>1911.46</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>1527</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="I101" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C102" s="3">
-        <v>2272.4</v>
+        <v>2866.43</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>852</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I102" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C103" s="3">
-        <v>270</v>
+        <v>833.94</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>2634</v>
+        <v>76</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C104" s="3">
-        <v>390</v>
+        <v>464.37</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>2836</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>240</v>
+        <v>10</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C105" s="3">
+        <v>519.65</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F105" s="3">
+        <v>832</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>10</v>
+      </c>
+      <c r="I105" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B106" s="2"/>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C107" s="3">
-        <v>2005.6</v>
+        <v>848.52</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>599</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I107" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C108" s="3">
-        <v>2360</v>
+        <v>892.58</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F108" s="3">
-        <v>649</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C109" s="3">
-        <v>2500</v>
+        <v>1199.46</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>678</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I109" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C110" s="3">
-        <v>299</v>
+        <v>1261.6</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F110" s="3">
-        <v>1580</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I110" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A111" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C112" s="3">
-        <v>626</v>
+        <v>918.35</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>1649</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="C113" s="3">
-        <v>458</v>
+        <v>2568.62</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A114" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="B114" s="2"/>
+      <c r="C114" s="2"/>
+      <c r="D114" s="2"/>
+      <c r="E114" s="2"/>
+      <c r="F114" s="2"/>
+      <c r="G114" s="2"/>
+      <c r="H114" s="2"/>
+      <c r="I114" s="2"/>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="C115" s="3">
-        <v>1311</v>
+        <v>397.99</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>15</v>
+        <v>227</v>
       </c>
       <c r="F115" s="3">
-        <v>1170</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="I115" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="C116" s="3">
-        <v>1235</v>
+        <v>1326.75</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>1324</v>
+        <v>4</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I116" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C117" s="3">
-        <v>890</v>
+        <v>90.83</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>671</v>
+        <v>78</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C118" s="3">
-        <v>110</v>
+        <v>76.27</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>132</v>
+        <v>280</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="I118" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A119" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A119" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="B119" s="2"/>
+      <c r="C119" s="2"/>
+      <c r="D119" s="2"/>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2"/>
+      <c r="G119" s="2"/>
+      <c r="H119" s="2"/>
+      <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="C120" s="3">
-        <v>320</v>
+        <v>2722.2</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>1520</v>
+        <v>282</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>12</v>
       </c>
       <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C121" s="3">
-        <v>3146.4</v>
+        <v>907.74</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>876</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I121" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C122" s="3">
-        <v>1250</v>
+        <v>558.32</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>568</v>
+        <v>747</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="C123" s="3">
-        <v>480</v>
+        <v>769.92</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>2642</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="C124" s="3">
-        <v>1730.52</v>
+        <v>830.1</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>198</v>
+        <v>23</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="C125" s="3">
-        <v>562.86</v>
+        <v>2238.06</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>4099</v>
+        <v>252</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="C126" s="3">
-        <v>420</v>
+        <v>2125.77</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>95</v>
+        <v>1</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I126" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="C127" s="3">
-        <v>479</v>
+        <v>86.5</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>1559</v>
+        <v>367</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="I127" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C128" s="3">
-        <v>1835.4</v>
+        <v>484.63</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>1227</v>
+        <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
+        <v>12</v>
+      </c>
+      <c r="I128" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A129" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C129" s="3">
+        <v>938.69</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F129" s="3">
+        <v>0</v>
+      </c>
+      <c r="G129" s="3">
+        <v>1</v>
+      </c>
+      <c r="H129" s="3">
         <v>24</v>
       </c>
-      <c r="I128" s="3">
-[...14 lines deleted...]
-      <c r="I129" s="2"/>
+      <c r="I129" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C130" s="3">
-        <v>1920</v>
+        <v>938.83</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>757</v>
+        <v>102</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I130" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C131" s="3">
-        <v>1990</v>
+        <v>808.64</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>674</v>
+        <v>73</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C132" s="3">
-        <v>1670</v>
+        <v>559.09</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C133" s="3">
-        <v>195.78</v>
+        <v>131.19</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>1085</v>
+        <v>776</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I133" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C134" s="3">
-        <v>1790</v>
+        <v>1282.44</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>623</v>
+        <v>445</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C135" s="3">
-        <v>160</v>
+        <v>461.43</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>7279</v>
+        <v>59</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C136" s="3">
-        <v>2101</v>
+        <v>792.85</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="C137" s="3">
-        <v>4910</v>
+        <v>602.08</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>376</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I137" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C138" s="3">
-        <v>3462</v>
+        <v>684.15</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>379</v>
+        <v>458</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I138" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I139" s="2"/>
+      <c r="A139" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="C139" s="3">
+        <v>1137.58</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F139" s="3">
+        <v>1160</v>
+      </c>
+      <c r="G139" s="3">
+        <v>1</v>
+      </c>
+      <c r="H139" s="3">
+        <v>48</v>
+      </c>
+      <c r="I139" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="C140" s="3">
-        <v>490</v>
+        <v>654.33</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>1465</v>
+        <v>56</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C141" s="3">
-        <v>1136.2</v>
+        <v>1774.13</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>794</v>
+        <v>150</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C142" s="3">
+        <v>557.39</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F142" s="3">
+        <v>0</v>
+      </c>
+      <c r="G142" s="3">
+        <v>1</v>
+      </c>
+      <c r="H142" s="3">
+        <v>1</v>
+      </c>
+      <c r="I142" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A143" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I143" s="2"/>
+      <c r="C143" s="3">
+        <v>1724.5</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F143" s="3">
+        <v>431</v>
+      </c>
+      <c r="G143" s="3">
+        <v>1</v>
+      </c>
+      <c r="H143" s="3">
+        <v>24</v>
+      </c>
+      <c r="I143" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C144" s="3">
-        <v>1220</v>
+        <v>463.84</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>889</v>
+        <v>31</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I144" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C145" s="3">
+        <v>524.26</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F145" s="3">
+        <v>0</v>
+      </c>
+      <c r="G145" s="3">
+        <v>1</v>
+      </c>
+      <c r="H145" s="3">
+        <v>48</v>
+      </c>
+      <c r="I145" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A146" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="B145" s="3" t="s">
+      <c r="B146" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="C145" s="3">
-[...32 lines deleted...]
-      <c r="I146" s="2"/>
+      <c r="C146" s="3">
+        <v>509.35</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F146" s="3">
+        <v>296</v>
+      </c>
+      <c r="G146" s="3">
+        <v>1</v>
+      </c>
+      <c r="H146" s="3">
+        <v>48</v>
+      </c>
+      <c r="I146" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>2178</v>
+        <v>2585.4</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>1077</v>
+        <v>343</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I147" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="3">
-        <v>3230</v>
+        <v>1526.52</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>720</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I148" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="3">
-        <v>1538.24</v>
+        <v>4059.44</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>468</v>
+        <v>91</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B150" s="3" t="s">
+      <c r="C150" s="3">
+        <v>608.9</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F150" s="3">
+        <v>0</v>
+      </c>
+      <c r="G150" s="3">
+        <v>1</v>
+      </c>
+      <c r="H150" s="3">
+        <v>24</v>
+      </c>
+      <c r="I150" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A151" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="C150" s="3">
-[...22 lines deleted...]
-      <c r="A151" s="3" t="s">
+      <c r="B151" s="2"/>
+      <c r="C151" s="2"/>
+      <c r="D151" s="2"/>
+      <c r="E151" s="2"/>
+      <c r="F151" s="2"/>
+      <c r="G151" s="2"/>
+      <c r="H151" s="2"/>
+      <c r="I151" s="2"/>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A152" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="B151" s="3" t="s">
+      <c r="B152" s="2"/>
+      <c r="C152" s="2"/>
+      <c r="D152" s="2"/>
+      <c r="E152" s="2"/>
+      <c r="F152" s="2"/>
+      <c r="G152" s="2"/>
+      <c r="H152" s="2"/>
+      <c r="I152" s="2"/>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="C151" s="3">
-[...22 lines deleted...]
-      <c r="A152" s="3" t="s">
+      <c r="B153" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B152" s="3" t="s">
+      <c r="C153" s="3">
+        <v>427.08</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F153" s="3">
+        <v>2372</v>
+      </c>
+      <c r="G153" s="3">
+        <v>1</v>
+      </c>
+      <c r="H153" s="3">
+        <v>48</v>
+      </c>
+      <c r="I153" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A154" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="C152" s="3">
-[...22 lines deleted...]
-      <c r="A153" s="2" t="s">
+      <c r="B154" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B153" s="2"/>
-[...19 lines deleted...]
-      <c r="I154" s="2"/>
+      <c r="C154" s="3">
+        <v>381.32</v>
+      </c>
+      <c r="D154" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F154" s="3">
+        <v>2166</v>
+      </c>
+      <c r="G154" s="3">
+        <v>1</v>
+      </c>
+      <c r="H154" s="3">
+        <v>48</v>
+      </c>
+      <c r="I154" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="3">
-        <v>834.34</v>
+        <v>611.27</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>0</v>
+        <v>1989</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="3">
-        <v>1240.51</v>
+        <v>427.08</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="I156" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="3">
-        <v>1179.41</v>
+        <v>1170.06</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F157" s="3">
-        <v>153</v>
+        <v>2</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I157" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>877.66</v>
+        <v>1150.4</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>72</v>
       </c>
       <c r="F158" s="3">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A159" s="2" t="s">
+      <c r="A159" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B159" s="2"/>
-[...6 lines deleted...]
-      <c r="I159" s="2"/>
+      <c r="C159" s="3">
+        <v>340.9</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F159" s="3">
+        <v>28</v>
+      </c>
+      <c r="G159" s="3">
+        <v>1</v>
+      </c>
+      <c r="H159" s="3">
+        <v>15</v>
+      </c>
+      <c r="I159" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C160" s="3">
-        <v>2806.31</v>
+        <v>296.88</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>0</v>
+        <v>156</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>10</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C161" s="3">
-        <v>903</v>
+        <v>1894.3</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F161" s="3">
         <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C162" s="3">
-        <v>754.14</v>
+        <v>255.67</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I162" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C163" s="3">
-        <v>874.37</v>
+        <v>265.15</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>0</v>
+        <v>81</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="I163" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A164" s="2" t="s">
+      <c r="A164" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="B164" s="2"/>
-[...6 lines deleted...]
-      <c r="I164" s="2"/>
+      <c r="B164" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="C164" s="3">
+        <v>249.85</v>
+      </c>
+      <c r="D164" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F164" s="3">
+        <v>139</v>
+      </c>
+      <c r="G164" s="3">
+        <v>1</v>
+      </c>
+      <c r="H164" s="3">
+        <v>15</v>
+      </c>
+      <c r="I164" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C165" s="3">
-        <v>1304.57</v>
+        <v>381.32</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>5</v>
+        <v>3972</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C166" s="3">
-        <v>391.34</v>
+        <v>443.92</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>326</v>
+        <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>246</v>
+        <v>459</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I166" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A167" s="3" t="s">
+      <c r="A167" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B167" s="2"/>
+      <c r="C167" s="2"/>
+      <c r="D167" s="2"/>
+      <c r="E167" s="2"/>
+      <c r="F167" s="2"/>
+      <c r="G167" s="2"/>
+      <c r="H167" s="2"/>
+      <c r="I167" s="2"/>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="B168" s="3" t="s">
+      <c r="C168" s="3">
+        <v>1860.09</v>
+      </c>
+      <c r="D168" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F168" s="3">
+        <v>250</v>
+      </c>
+      <c r="G168" s="3">
+        <v>1</v>
+      </c>
+      <c r="H168" s="3">
+        <v>24</v>
+      </c>
+      <c r="I168" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A169" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="C168" s="3">
-[...22 lines deleted...]
-      <c r="A169" s="2" t="s">
+      <c r="B169" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B169" s="2"/>
-[...6 lines deleted...]
-      <c r="I169" s="2"/>
+      <c r="C169" s="3">
+        <v>1693.31</v>
+      </c>
+      <c r="D169" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F169" s="3">
+        <v>1831</v>
+      </c>
+      <c r="G169" s="3">
+        <v>1</v>
+      </c>
+      <c r="H169" s="3">
+        <v>24</v>
+      </c>
+      <c r="I169" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C170" s="3">
-        <v>2676.7</v>
+        <v>2445.89</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>295</v>
+        <v>65</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>12</v>
       </c>
       <c r="I170" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C171" s="3">
-        <v>816.22</v>
+        <v>2799.05</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>1131</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A172" s="3" t="s">
+      <c r="A172" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="B172" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B172" s="2"/>
+      <c r="C172" s="2"/>
+      <c r="D172" s="2"/>
+      <c r="E172" s="2"/>
+      <c r="F172" s="2"/>
+      <c r="G172" s="2"/>
+      <c r="H172" s="2"/>
+      <c r="I172" s="2"/>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B173" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B173" s="3" t="s">
+      <c r="C173" s="3">
+        <v>530.1</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F173" s="3">
+        <v>0</v>
+      </c>
+      <c r="G173" s="3">
+        <v>1</v>
+      </c>
+      <c r="H173" s="3">
+        <v>60</v>
+      </c>
+      <c r="I173" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="C173" s="3">
-[...22 lines deleted...]
-      <c r="A174" s="3" t="s">
+      <c r="B174" s="2"/>
+      <c r="C174" s="2"/>
+      <c r="D174" s="2"/>
+      <c r="E174" s="2"/>
+      <c r="F174" s="2"/>
+      <c r="G174" s="2"/>
+      <c r="H174" s="2"/>
+      <c r="I174" s="2"/>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A175" s="2" t="s">
         <v>340</v>
       </c>
-      <c r="B174" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B175" s="2"/>
+      <c r="C175" s="2"/>
+      <c r="D175" s="2"/>
+      <c r="E175" s="2"/>
+      <c r="F175" s="2"/>
+      <c r="G175" s="2"/>
+      <c r="H175" s="2"/>
+      <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="C176" s="3">
-        <v>672.71</v>
+        <v>1324.8</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>15</v>
+        <v>343</v>
       </c>
       <c r="F176" s="3">
-        <v>490</v>
+        <v>1180</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I176" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="C177" s="3">
-        <v>892.57</v>
+        <v>1708.8</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>15</v>
+        <v>343</v>
       </c>
       <c r="F177" s="3">
-        <v>504</v>
+        <v>627</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I177" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C178" s="3">
-        <v>795.12</v>
+        <v>938.69</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>15</v>
+        <v>343</v>
       </c>
       <c r="F178" s="3">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="C179" s="3">
-        <v>549.74</v>
+        <v>1324.8</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>15</v>
+        <v>343</v>
       </c>
       <c r="F179" s="3">
-        <v>55</v>
+        <v>867</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I179" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="C180" s="3">
-        <v>608.97</v>
+        <v>3820.8</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>15</v>
+        <v>343</v>
       </c>
       <c r="F180" s="3">
-        <v>0</v>
+        <v>328</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>1</v>
       </c>
       <c r="I180" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C181" s="3">
-        <v>1695.67</v>
+        <v>1324.8</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>1433</v>
+        <v>324</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I181" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C182" s="3">
-        <v>598.72</v>
+        <v>6912</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>0</v>
+        <v>176</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="I182" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="C183" s="3">
-        <v>129</v>
+        <v>5548.8</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="C184" s="3">
-        <v>592.02</v>
+        <v>2389.95</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>183</v>
+        <v>211</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I184" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="C185" s="3">
-        <v>2090.24</v>
+        <v>3456</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>6</v>
+        <v>359</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I185" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="B186" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="C186" s="3">
+        <v>3580.86</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="B186" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F186" s="3">
-        <v>27</v>
+        <v>189</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I186" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="B187" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" s="3">
-        <v>923.14</v>
+        <v>5426.71</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>15</v>
+        <v>364</v>
       </c>
       <c r="F187" s="3">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>48</v>
+        <v>4</v>
       </c>
       <c r="I187" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B188" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B188" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" s="3">
-        <v>453.72</v>
+        <v>3536.72</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>15</v>
+        <v>343</v>
       </c>
       <c r="F188" s="3">
-        <v>166</v>
+        <v>266</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I188" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B189" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B189" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C189" s="3">
-        <v>779.6</v>
+        <v>3181.18</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>15</v>
+        <v>364</v>
       </c>
       <c r="F189" s="3">
-        <v>213</v>
+        <v>399</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="I189" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B190" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B190" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190" s="3">
-        <v>2542.18</v>
+        <v>2284.8</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>414</v>
+        <v>186</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I190" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B191" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="B191" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" s="3">
-        <v>3991.58</v>
+        <v>2756.07</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>15</v>
+        <v>364</v>
       </c>
       <c r="F191" s="3">
-        <v>169</v>
+        <v>137</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I191" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B192" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="3">
-        <v>2200.65</v>
+        <v>6447.78</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>15</v>
+        <v>364</v>
       </c>
       <c r="F192" s="3">
-        <v>289</v>
+        <v>116</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="I192" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="B193" s="3" t="s">
+      <c r="C193" s="3">
+        <v>2092.8</v>
+      </c>
+      <c r="D193" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F193" s="3">
+        <v>1569</v>
+      </c>
+      <c r="G193" s="3">
+        <v>1</v>
+      </c>
+      <c r="H193" s="3">
+        <v>1</v>
+      </c>
+      <c r="I193" s="3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A194" s="2" t="s">
         <v>379</v>
       </c>
-      <c r="C193" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B194" s="2"/>
+      <c r="C194" s="2"/>
+      <c r="D194" s="2"/>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2"/>
+      <c r="G194" s="2"/>
+      <c r="H194" s="2"/>
+      <c r="I194" s="2"/>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C195" s="3">
-        <v>500.84</v>
+        <v>391.1</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>354</v>
+        <v>998</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="C196" s="3">
-        <v>1501</v>
+        <v>2023.83</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>0</v>
+        <v>321</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C197" s="3">
-        <v>757.05</v>
+        <v>2245.54</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>428</v>
+        <v>0</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I197" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="C198" s="3">
-        <v>85.05</v>
+        <v>405.78</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>310</v>
+        <v>715</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="I198" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="C199" s="3">
-        <v>643.39</v>
+        <v>1155.52</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="F199" s="3">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
         <v>12</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C200" s="3">
+        <v>3040.83</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F200" s="3">
+        <v>562</v>
+      </c>
+      <c r="G200" s="3">
+        <v>1</v>
+      </c>
+      <c r="H200" s="3">
+        <v>6</v>
+      </c>
+      <c r="I200" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A201" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B200" s="3" t="s">
+      <c r="B201" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="C200" s="3">
-[...14 lines deleted...]
-      <c r="H200" s="3">
+      <c r="C201" s="3">
+        <v>3400</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F201" s="3">
+        <v>532</v>
+      </c>
+      <c r="G201" s="3">
+        <v>1</v>
+      </c>
+      <c r="H201" s="3">
         <v>10</v>
       </c>
-      <c r="I200" s="3">
-[...14 lines deleted...]
-      <c r="I201" s="2"/>
+      <c r="I201" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="B202" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="B202" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C202" s="3">
-        <v>451.55</v>
+        <v>4900</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>167</v>
+        <v>1576</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I202" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B203" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="B203" s="3" t="s">
+      <c r="C203" s="3">
+        <v>5052.46</v>
+      </c>
+      <c r="D203" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F203" s="3">
+        <v>102</v>
+      </c>
+      <c r="G203" s="3">
+        <v>1</v>
+      </c>
+      <c r="H203" s="3">
+        <v>3</v>
+      </c>
+      <c r="I203" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A204" s="2" t="s">
         <v>398</v>
       </c>
-      <c r="C203" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B204" s="2"/>
+      <c r="C204" s="2"/>
+      <c r="D204" s="2"/>
+      <c r="E204" s="2"/>
+      <c r="F204" s="2"/>
+      <c r="G204" s="2"/>
+      <c r="H204" s="2"/>
+      <c r="I204" s="2"/>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="C205" s="3">
-        <v>2818.52</v>
+        <v>1300</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>1</v>
+        <v>253</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C206" s="3">
-        <v>4837.94</v>
+        <v>1890</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>0</v>
+        <v>308</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="C207" s="3">
-        <v>456.61</v>
+        <v>1590</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>0</v>
+        <v>239</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I207" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="C208" s="3">
-        <v>2815.71</v>
+        <v>1900</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>0</v>
+        <v>435</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I208" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C209" s="3">
-        <v>4457.29</v>
+        <v>4521.58</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>0</v>
+        <v>281</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I209" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C210" s="3">
+        <v>2956.42</v>
+      </c>
+      <c r="D210" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F210" s="3">
+        <v>23</v>
+      </c>
+      <c r="G210" s="3">
+        <v>1</v>
+      </c>
+      <c r="H210" s="3">
+        <v>10</v>
+      </c>
+      <c r="I210" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A211" s="2" t="s">
         <v>411</v>
       </c>
-      <c r="B210" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B211" s="2"/>
+      <c r="C211" s="2"/>
+      <c r="D211" s="2"/>
+      <c r="E211" s="2"/>
+      <c r="F211" s="2"/>
+      <c r="G211" s="2"/>
+      <c r="H211" s="2"/>
+      <c r="I211" s="2"/>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C212" s="3">
-        <v>820</v>
+        <v>59.88</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>170</v>
+        <v>14578</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>1</v>
+        <v>288</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="C213" s="3">
-        <v>3718.05</v>
+        <v>411.68</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>0</v>
+        <v>1250</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I213" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="C214" s="3">
-        <v>2449.32</v>
+        <v>261.98</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>1</v>
+        <v>96</v>
       </c>
       <c r="I214" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="C215" s="3">
-        <v>1879.51</v>
+        <v>530</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>0</v>
+        <v>1706</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>1</v>
+        <v>96</v>
       </c>
       <c r="I215" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C216" s="3">
-        <v>369.62</v>
+        <v>254.25</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>453</v>
+        <v>1935</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="C217" s="3">
-        <v>489.22</v>
+        <v>942.19</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>148</v>
+        <v>948</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="C218" s="3">
-        <v>510.96</v>
+        <v>173</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>1055</v>
+        <v>1091</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I218" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="B219" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="C219" s="3">
+        <v>153</v>
+      </c>
+      <c r="D219" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F219" s="3">
+        <v>1764</v>
+      </c>
+      <c r="G219" s="3">
+        <v>1</v>
+      </c>
+      <c r="H219" s="3">
+        <v>240</v>
+      </c>
+      <c r="I219" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A220" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B220" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B219" s="3" t="s">
+      <c r="C220" s="3">
+        <v>320</v>
+      </c>
+      <c r="D220" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F220" s="3">
+        <v>1390</v>
+      </c>
+      <c r="G220" s="3">
+        <v>1</v>
+      </c>
+      <c r="H220" s="3">
+        <v>240</v>
+      </c>
+      <c r="I220" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A221" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="C219" s="3">
-[...22 lines deleted...]
-      <c r="A220" s="2" t="s">
+      <c r="B221" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="B220" s="2"/>
-[...19 lines deleted...]
-      <c r="I221" s="2"/>
+      <c r="C221" s="3">
+        <v>607.98</v>
+      </c>
+      <c r="D221" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F221" s="3">
+        <v>1528</v>
+      </c>
+      <c r="G221" s="3">
+        <v>1</v>
+      </c>
+      <c r="H221" s="3">
+        <v>96</v>
+      </c>
+      <c r="I221" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="B222" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="B222" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C222" s="3">
-        <v>1869</v>
+        <v>790</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>8</v>
+        <v>1674</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>16</v>
+        <v>96</v>
       </c>
       <c r="I222" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="B223" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="B223" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C223" s="3">
-        <v>1300</v>
+        <v>140</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>651</v>
+        <v>1988</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I223" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="B224" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="B224" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C224" s="3">
-        <v>3890</v>
+        <v>220</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>376</v>
+        <v>233</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="I224" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="B225" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="B225" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C225" s="3">
-        <v>4980</v>
+        <v>56.55</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>333</v>
+        <v>4013</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>10</v>
+        <v>288</v>
       </c>
       <c r="I225" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="B226" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="B226" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C226" s="3">
-        <v>482.28</v>
+        <v>166.6</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>182</v>
+        <v>9922</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>36</v>
+        <v>216</v>
       </c>
       <c r="I226" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="B227" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="B227" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" s="3">
-        <v>650.25</v>
+        <v>72</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>679</v>
+        <v>1587</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>72</v>
+        <v>216</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="B228" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="B228" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="3">
-        <v>1285.32</v>
+        <v>73</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>522</v>
+        <v>5232</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>36</v>
+        <v>240</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="B229" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="3">
-        <v>599.82</v>
+        <v>140</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>0</v>
+        <v>3170</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I229" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="B230" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="B230" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" s="3">
-        <v>1940</v>
+        <v>685.46</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>1</v>
+        <v>3139</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="B231" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="B231" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231" s="3">
-        <v>1468.94</v>
+        <v>89.25</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>1867</v>
+        <v>41</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>40</v>
+        <v>240</v>
       </c>
       <c r="I231" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="B232" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="B232" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C232" s="3">
-        <v>580</v>
+        <v>99</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>1353</v>
+        <v>1411</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="B233" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="B233" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C233" s="3">
-        <v>286.62</v>
+        <v>93</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>1599</v>
+        <v>2159</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>100</v>
+        <v>216</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="B234" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="B234" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C234" s="3">
-        <v>587.58</v>
+        <v>94.58</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>0</v>
+        <v>729</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I234" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="B235" s="3" t="s">
         <v>459</v>
       </c>
-      <c r="B235" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C235" s="3">
-        <v>1480</v>
+        <v>686.48</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>40</v>
+        <v>901</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I235" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="B236" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="B236" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C236" s="3">
-        <v>777.47</v>
+        <v>604.42</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>1</v>
+        <v>1177</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I236" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="B237" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="B237" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C237" s="3">
-        <v>690</v>
+        <v>213.33</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>7151</v>
+        <v>2493</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I237" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="C238" s="3">
-        <v>220</v>
+        <v>192</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>106</v>
+        <v>826</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I238" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="C239" s="3">
-        <v>375</v>
+        <v>280</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>1</v>
+        <v>740</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I239" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C240" s="3">
-        <v>410</v>
+        <v>120</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>460</v>
+        <v>8138</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>200</v>
+        <v>288</v>
       </c>
       <c r="I240" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C241" s="3">
-        <v>795.67</v>
+        <v>319.99</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I241" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="C242" s="3">
-        <v>8446.39</v>
+        <v>190</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>805</v>
+        <v>1495</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="I242" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C243" s="3">
-        <v>2140</v>
+        <v>718.37</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>98</v>
+        <v>850</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I243" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C244" s="3">
-        <v>580</v>
+        <v>63.16</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>953</v>
+        <v>422</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C245" s="3">
-        <v>2400</v>
+        <v>82.95</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>159</v>
+        <v>3225</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>12</v>
+        <v>288</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="C246" s="3">
-        <v>580</v>
+        <v>284.43</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>858</v>
+        <v>2765</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I246" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C247" s="3">
-        <v>1100</v>
+        <v>639.98</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="I247" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="C248" s="3">
-        <v>4604.03</v>
+        <v>318.21</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>276</v>
+        <v>175</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="I248" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C249" s="3">
-        <v>818.82</v>
+        <v>156.62</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>1</v>
+        <v>11069</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>12</v>
+        <v>216</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="C250" s="3">
-        <v>6610.22</v>
+        <v>98.7</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>129</v>
+        <v>3144</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>10</v>
+        <v>288</v>
       </c>
       <c r="I250" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C251" s="3">
-        <v>1100</v>
+        <v>103.95</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>1256</v>
+        <v>833</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>50</v>
+        <v>288</v>
       </c>
       <c r="I251" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="C252" s="3">
-        <v>1885.66</v>
+        <v>723.09</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>34</v>
+        <v>265</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I252" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="C253" s="3">
-        <v>580</v>
+        <v>1144.13</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>1625</v>
+        <v>208</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I253" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="C254" s="3">
-        <v>726.72</v>
+        <v>240</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>0</v>
+        <v>1480</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>60</v>
+        <v>150</v>
       </c>
       <c r="I254" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="C255" s="3">
-        <v>330</v>
+        <v>290</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>2903</v>
+        <v>1459</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I255" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="C256" s="3">
-        <v>713.45</v>
+        <v>284.43</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>40</v>
+        <v>3452</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="I256" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="C257" s="3">
-        <v>428.44</v>
+        <v>89</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>100</v>
+        <v>288</v>
       </c>
       <c r="I257" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C258" s="3">
-        <v>740</v>
+        <v>140</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>148</v>
+        <v>1425</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I258" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="C259" s="3">
-        <v>360.77</v>
+        <v>134</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>2490</v>
+        <v>992</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="C260" s="3">
-        <v>1885.66</v>
+        <v>264.42</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>39</v>
+        <v>5462</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="C261" s="3">
-        <v>1348.32</v>
+        <v>135</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>2</v>
+        <v>1273</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I261" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C262" s="3">
-        <v>600</v>
+        <v>210</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>607</v>
+        <v>1628</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I262" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="C263" s="3">
-        <v>600</v>
+        <v>250</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>190</v>
+        <v>674</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I263" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="C264" s="3">
+        <v>395.19</v>
+      </c>
+      <c r="D264" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F264" s="3">
+        <v>2246</v>
+      </c>
+      <c r="G264" s="3">
+        <v>1</v>
+      </c>
+      <c r="H264" s="3">
+        <v>96</v>
+      </c>
+      <c r="I264" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A265" s="2" t="s">
         <v>517</v>
       </c>
-      <c r="B264" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B265" s="2"/>
+      <c r="C265" s="2"/>
+      <c r="D265" s="2"/>
+      <c r="E265" s="2"/>
+      <c r="F265" s="2"/>
+      <c r="G265" s="2"/>
+      <c r="H265" s="2"/>
+      <c r="I265" s="2"/>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="B266" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="C266" s="3">
+        <v>465.79</v>
+      </c>
+      <c r="D266" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F266" s="3">
+        <v>50</v>
+      </c>
+      <c r="G266" s="3">
+        <v>1</v>
+      </c>
+      <c r="H266" s="3">
+        <v>96</v>
+      </c>
+      <c r="I266" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="267" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A267" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="B267" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="B266" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I267" s="2"/>
+      <c r="C267" s="3">
+        <v>636.64</v>
+      </c>
+      <c r="D267" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F267" s="3">
+        <v>1442</v>
+      </c>
+      <c r="G267" s="3">
+        <v>1</v>
+      </c>
+      <c r="H267" s="3">
+        <v>48</v>
+      </c>
+      <c r="I267" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="C268" s="3">
-        <v>1153</v>
+        <v>490</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>936</v>
+        <v>3921</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I268" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="C269" s="3">
-        <v>1600</v>
+        <v>189</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>2149</v>
+        <v>2089</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
         <v>100</v>
       </c>
       <c r="I269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="C270" s="3">
-        <v>890</v>
+        <v>1800</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>0</v>
+        <v>396</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="C271" s="3">
-        <v>1200</v>
+        <v>2500</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>1060</v>
+        <v>228</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="C272" s="3">
-        <v>1542</v>
+        <v>1582.17</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>592</v>
+        <v>407</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I272" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="C273" s="3">
-        <v>2241</v>
+        <v>210</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>7</v>
+        <v>688</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I273" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="C274" s="3">
-        <v>1989.19</v>
+        <v>279</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F274" s="3">
-        <v>400</v>
+        <v>3012</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>30</v>
+        <v>240</v>
       </c>
       <c r="I274" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C275" s="3">
-        <v>610</v>
+        <v>1150</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>243</v>
+        <v>323</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C276" s="3">
-        <v>1818.32</v>
+        <v>280</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>276</v>
+        <v>1424</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="C277" s="3">
-        <v>1720</v>
+        <v>1415.66</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>0</v>
+        <v>1295</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="C278" s="3">
-        <v>1592</v>
+        <v>294.93</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>928</v>
+        <v>166</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="I278" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="C279" s="3">
-        <v>1210</v>
+        <v>700</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I279" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="C280" s="3">
-        <v>789</v>
+        <v>111.87</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>0</v>
+        <v>2841</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>36</v>
+        <v>216</v>
       </c>
       <c r="I280" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C281" s="3">
-        <v>2202.95</v>
+        <v>284.76</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>1126</v>
+        <v>968</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I281" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="C282" s="3">
-        <v>1952</v>
+        <v>260</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>60</v>
+        <v>618</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I282" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="B283" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="C283" s="3">
+        <v>438.43</v>
+      </c>
+      <c r="D283" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F283" s="3">
+        <v>1475</v>
+      </c>
+      <c r="G283" s="3">
+        <v>1</v>
+      </c>
+      <c r="H283" s="3">
+        <v>72</v>
+      </c>
+      <c r="I283" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A284" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="B283" s="3" t="s">
+      <c r="B284" s="3" t="s">
         <v>555</v>
       </c>
-      <c r="C283" s="3">
-[...32 lines deleted...]
-      <c r="I284" s="2"/>
+      <c r="C284" s="3">
+        <v>488.16</v>
+      </c>
+      <c r="D284" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F284" s="3">
+        <v>2054</v>
+      </c>
+      <c r="G284" s="3">
+        <v>1</v>
+      </c>
+      <c r="H284" s="3">
+        <v>48</v>
+      </c>
+      <c r="I284" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="B285" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="B285" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C285" s="3">
-        <v>969</v>
+        <v>490</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>417</v>
+        <v>637</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I285" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="B286" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="B286" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C286" s="3">
-        <v>990</v>
+        <v>1679.94</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I286" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="B287" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="B287" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C287" s="3">
-        <v>1120.06</v>
+        <v>890</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I287" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="B288" s="3" t="s">
         <v>563</v>
       </c>
-      <c r="B288" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C288" s="3">
-        <v>561</v>
+        <v>247.13</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>5111</v>
+        <v>734</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>192</v>
+        <v>60</v>
       </c>
       <c r="I288" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="B289" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="B289" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C289" s="3">
-        <v>672</v>
+        <v>2160.11</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I289" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="B290" s="3" t="s">
         <v>567</v>
       </c>
-      <c r="B290" s="3" t="s">
+      <c r="C290" s="3">
+        <v>1900</v>
+      </c>
+      <c r="D290" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F290" s="3">
+        <v>323</v>
+      </c>
+      <c r="G290" s="3">
+        <v>1</v>
+      </c>
+      <c r="H290" s="3">
+        <v>12</v>
+      </c>
+      <c r="I290" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="291" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A291" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="C290" s="3">
-[...22 lines deleted...]
-      <c r="A291" s="2" t="s">
+      <c r="B291" s="3" t="s">
         <v>569</v>
       </c>
-      <c r="B291" s="2"/>
-[...6 lines deleted...]
-      <c r="I291" s="2"/>
+      <c r="C291" s="3">
+        <v>2100</v>
+      </c>
+      <c r="D291" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F291" s="3">
+        <v>538</v>
+      </c>
+      <c r="G291" s="3">
+        <v>1</v>
+      </c>
+      <c r="H291" s="3">
+        <v>12</v>
+      </c>
+      <c r="I291" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
         <v>570</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>571</v>
       </c>
       <c r="C292" s="3">
-        <v>865</v>
+        <v>1759.94</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>503</v>
+        <v>1715</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
         <v>572</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>573</v>
       </c>
       <c r="C293" s="3">
-        <v>1048.96</v>
+        <v>1690</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>0</v>
+        <v>179</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I293" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
         <v>574</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>575</v>
       </c>
       <c r="C294" s="3">
-        <v>791</v>
+        <v>977.74</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F294" s="3">
-        <v>2697</v>
+        <v>286</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I294" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C295" s="3">
-        <v>1200</v>
+        <v>1199.96</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F295" s="3">
-        <v>852</v>
+        <v>94</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I295" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>579</v>
       </c>
       <c r="C296" s="3">
-        <v>1356</v>
+        <v>190</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>391</v>
+        <v>1501</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I296" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
         <v>580</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>581</v>
       </c>
       <c r="C297" s="3">
-        <v>2240</v>
+        <v>427.14</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="3">
-        <v>3</v>
+        <v>1264</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I297" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
         <v>582</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>583</v>
       </c>
       <c r="C298" s="3">
-        <v>1800</v>
+        <v>55.11</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>246</v>
+        <v>0</v>
       </c>
       <c r="G298" s="3">
         <v>1</v>
       </c>
       <c r="H298" s="3">
-        <v>24</v>
+        <v>500</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A299" s="2" t="s">
+      <c r="A299" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="B299" s="2"/>
-[...6 lines deleted...]
-      <c r="I299" s="2"/>
+      <c r="B299" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="C299" s="3">
+        <v>905.13</v>
+      </c>
+      <c r="D299" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F299" s="3">
+        <v>587</v>
+      </c>
+      <c r="G299" s="3">
+        <v>1</v>
+      </c>
+      <c r="H299" s="3">
+        <v>40</v>
+      </c>
+      <c r="I299" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C300" s="3">
-        <v>2934</v>
+        <v>265.44</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>5</v>
+        <v>2546</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I300" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A301" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B301" s="3" t="s">
+      <c r="A301" s="2" t="s">
         <v>588</v>
       </c>
-      <c r="C301" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B301" s="2"/>
+      <c r="C301" s="2"/>
+      <c r="D301" s="2"/>
+      <c r="E301" s="2"/>
+      <c r="F301" s="2"/>
+      <c r="G301" s="2"/>
+      <c r="H301" s="2"/>
+      <c r="I301" s="2"/>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
         <v>589</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>590</v>
       </c>
       <c r="C302" s="3">
-        <v>695</v>
+        <v>1116.67</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>687</v>
+        <v>250</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A303" s="2" t="s">
+      <c r="A303" s="3" t="s">
         <v>591</v>
       </c>
-      <c r="B303" s="2"/>
-[...6 lines deleted...]
-      <c r="I303" s="2"/>
+      <c r="B303" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="C303" s="3">
+        <v>2776.41</v>
+      </c>
+      <c r="D303" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F303" s="3">
+        <v>0</v>
+      </c>
+      <c r="G303" s="3">
+        <v>1</v>
+      </c>
+      <c r="H303" s="3">
+        <v>25</v>
+      </c>
+      <c r="I303" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A304" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B304" s="3" t="s">
+      <c r="A304" s="2" t="s">
         <v>593</v>
       </c>
-      <c r="C304" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B304" s="2"/>
+      <c r="C304" s="2"/>
+      <c r="D304" s="2"/>
+      <c r="E304" s="2"/>
+      <c r="F304" s="2"/>
+      <c r="G304" s="2"/>
+      <c r="H304" s="2"/>
+      <c r="I304" s="2"/>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
         <v>594</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>595</v>
       </c>
       <c r="C305" s="3">
-        <v>592</v>
+        <v>162.72</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F305" s="3">
-        <v>2656</v>
+        <v>5622</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>192</v>
+        <v>72</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A306" s="2" t="s">
+      <c r="A306" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="B306" s="2"/>
-[...6 lines deleted...]
-      <c r="I306" s="2"/>
+      <c r="B306" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C306" s="3">
+        <v>2136.72</v>
+      </c>
+      <c r="D306" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F306" s="3">
+        <v>89</v>
+      </c>
+      <c r="G306" s="3">
+        <v>1</v>
+      </c>
+      <c r="H306" s="3">
+        <v>16</v>
+      </c>
+      <c r="I306" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A307" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I307" s="2"/>
+      <c r="A307" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="B307" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="C307" s="3">
+        <v>1500</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F307" s="3">
+        <v>0</v>
+      </c>
+      <c r="G307" s="3">
+        <v>1</v>
+      </c>
+      <c r="H307" s="3">
+        <v>12</v>
+      </c>
+      <c r="I307" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C308" s="3">
-        <v>1665</v>
+        <v>2023.83</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>1859</v>
+        <v>23</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I308" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C309" s="3">
-        <v>2405</v>
+        <v>4494.12</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F309" s="3">
-        <v>1500</v>
+        <v>340</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I309" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C310" s="3">
-        <v>1829</v>
+        <v>199.11</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F310" s="3">
-        <v>289</v>
+        <v>1</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I310" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C311" s="3">
-        <v>3058.07</v>
+        <v>1820.43</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
+        <v>6</v>
+      </c>
+      <c r="I311" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A312" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="B312" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="C312" s="3">
+        <v>3520.85</v>
+      </c>
+      <c r="D312" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F312" s="3">
+        <v>314</v>
+      </c>
+      <c r="G312" s="3">
+        <v>1</v>
+      </c>
+      <c r="H312" s="3">
         <v>12</v>
       </c>
-      <c r="I311" s="3">
-[...14 lines deleted...]
-      <c r="I312" s="2"/>
+      <c r="I312" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C313" s="3">
-        <v>521.24</v>
+        <v>1757.38</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>269</v>
+        <v>349</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>60</v>
+        <v>6</v>
       </c>
       <c r="I313" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="2" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B314" s="2"/>
       <c r="C314" s="2"/>
       <c r="D314" s="2"/>
       <c r="E314" s="2"/>
       <c r="F314" s="2"/>
       <c r="G314" s="2"/>
       <c r="H314" s="2"/>
       <c r="I314" s="2"/>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="C315" s="3">
-        <v>374.95</v>
+        <v>448.5</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>3956</v>
+        <v>1210</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I315" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="C316" s="3">
-        <v>251.4</v>
+        <v>1739.07</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F316" s="3">
-        <v>13</v>
+        <v>544</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="C317" s="3">
-        <v>335.2</v>
+        <v>1039.97</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F317" s="3">
-        <v>8</v>
+        <v>110</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="I317" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A318" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A318" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="B318" s="2"/>
+      <c r="C318" s="2"/>
+      <c r="D318" s="2"/>
+      <c r="E318" s="2"/>
+      <c r="F318" s="2"/>
+      <c r="G318" s="2"/>
+      <c r="H318" s="2"/>
+      <c r="I318" s="2"/>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A319" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A319" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="B319" s="2"/>
+      <c r="C319" s="2"/>
+      <c r="D319" s="2"/>
+      <c r="E319" s="2"/>
+      <c r="F319" s="2"/>
+      <c r="G319" s="2"/>
+      <c r="H319" s="2"/>
+      <c r="I319" s="2"/>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C320" s="3">
-        <v>601.05</v>
+        <v>486.53</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F320" s="3">
-        <v>2088</v>
+        <v>206</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="I320" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A321" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B321" s="3" t="s">
+      <c r="A321" s="2" t="s">
         <v>623</v>
       </c>
-      <c r="C321" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B321" s="2"/>
+      <c r="C321" s="2"/>
+      <c r="D321" s="2"/>
+      <c r="E321" s="2"/>
+      <c r="F321" s="2"/>
+      <c r="G321" s="2"/>
+      <c r="H321" s="2"/>
+      <c r="I321" s="2"/>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
         <v>624</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>625</v>
       </c>
       <c r="C322" s="3">
-        <v>1150.5</v>
+        <v>598.81</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F322" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I322" s="3">
-        <v>0</v>
-[...173 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="30">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A7:I7"/>
-[...24 lines deleted...]
-    <mergeCell ref="A312:I312"/>
+    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A67:I67"/>
+    <mergeCell ref="A74:I74"/>
+    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A88:I88"/>
+    <mergeCell ref="A89:I89"/>
+    <mergeCell ref="A106:I106"/>
+    <mergeCell ref="A111:I111"/>
+    <mergeCell ref="A114:I114"/>
+    <mergeCell ref="A119:I119"/>
+    <mergeCell ref="A151:I151"/>
+    <mergeCell ref="A152:I152"/>
+    <mergeCell ref="A167:I167"/>
+    <mergeCell ref="A172:I172"/>
+    <mergeCell ref="A174:I174"/>
+    <mergeCell ref="A175:I175"/>
+    <mergeCell ref="A194:I194"/>
+    <mergeCell ref="A204:I204"/>
+    <mergeCell ref="A211:I211"/>
+    <mergeCell ref="A265:I265"/>
+    <mergeCell ref="A301:I301"/>
+    <mergeCell ref="A304:I304"/>
     <mergeCell ref="A314:I314"/>
+    <mergeCell ref="A318:I318"/>
+    <mergeCell ref="A319:I319"/>
+    <mergeCell ref="A321:I321"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
-    <hyperlink ref="D8" r:id="rId3"/>
-[...72 lines deleted...]
-    <hyperlink ref="D85" r:id="rId76"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D43" r:id="rId39"/>
+    <hyperlink ref="D44" r:id="rId40"/>
+    <hyperlink ref="D45" r:id="rId41"/>
+    <hyperlink ref="D46" r:id="rId42"/>
+    <hyperlink ref="D47" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId44"/>
+    <hyperlink ref="D49" r:id="rId45"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId52"/>
+    <hyperlink ref="D58" r:id="rId53"/>
+    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D60" r:id="rId55"/>
+    <hyperlink ref="D61" r:id="rId56"/>
+    <hyperlink ref="D62" r:id="rId57"/>
+    <hyperlink ref="D63" r:id="rId58"/>
+    <hyperlink ref="D64" r:id="rId59"/>
+    <hyperlink ref="D65" r:id="rId60"/>
+    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D68" r:id="rId62"/>
+    <hyperlink ref="D69" r:id="rId63"/>
+    <hyperlink ref="D70" r:id="rId64"/>
+    <hyperlink ref="D71" r:id="rId65"/>
+    <hyperlink ref="D72" r:id="rId66"/>
+    <hyperlink ref="D73" r:id="rId67"/>
+    <hyperlink ref="D75" r:id="rId68"/>
+    <hyperlink ref="D76" r:id="rId69"/>
+    <hyperlink ref="D77" r:id="rId70"/>
+    <hyperlink ref="D78" r:id="rId71"/>
+    <hyperlink ref="D79" r:id="rId72"/>
+    <hyperlink ref="D80" r:id="rId73"/>
+    <hyperlink ref="D82" r:id="rId74"/>
+    <hyperlink ref="D83" r:id="rId75"/>
+    <hyperlink ref="D84" r:id="rId76"/>
     <hyperlink ref="D86" r:id="rId77"/>
     <hyperlink ref="D87" r:id="rId78"/>
-    <hyperlink ref="D88" r:id="rId79"/>
-[...62 lines deleted...]
-    <hyperlink ref="D158" r:id="rId142"/>
+    <hyperlink ref="D90" r:id="rId79"/>
+    <hyperlink ref="D91" r:id="rId80"/>
+    <hyperlink ref="D92" r:id="rId81"/>
+    <hyperlink ref="D93" r:id="rId82"/>
+    <hyperlink ref="D94" r:id="rId83"/>
+    <hyperlink ref="D95" r:id="rId84"/>
+    <hyperlink ref="D96" r:id="rId85"/>
+    <hyperlink ref="D97" r:id="rId86"/>
+    <hyperlink ref="D98" r:id="rId87"/>
+    <hyperlink ref="D99" r:id="rId88"/>
+    <hyperlink ref="D100" r:id="rId89"/>
+    <hyperlink ref="D101" r:id="rId90"/>
+    <hyperlink ref="D102" r:id="rId91"/>
+    <hyperlink ref="D103" r:id="rId92"/>
+    <hyperlink ref="D104" r:id="rId93"/>
+    <hyperlink ref="D105" r:id="rId94"/>
+    <hyperlink ref="D107" r:id="rId95"/>
+    <hyperlink ref="D108" r:id="rId96"/>
+    <hyperlink ref="D109" r:id="rId97"/>
+    <hyperlink ref="D110" r:id="rId98"/>
+    <hyperlink ref="D112" r:id="rId99"/>
+    <hyperlink ref="D113" r:id="rId100"/>
+    <hyperlink ref="D115" r:id="rId101"/>
+    <hyperlink ref="D116" r:id="rId102"/>
+    <hyperlink ref="D117" r:id="rId103"/>
+    <hyperlink ref="D118" r:id="rId104"/>
+    <hyperlink ref="D120" r:id="rId105"/>
+    <hyperlink ref="D121" r:id="rId106"/>
+    <hyperlink ref="D122" r:id="rId107"/>
+    <hyperlink ref="D123" r:id="rId108"/>
+    <hyperlink ref="D124" r:id="rId109"/>
+    <hyperlink ref="D125" r:id="rId110"/>
+    <hyperlink ref="D126" r:id="rId111"/>
+    <hyperlink ref="D127" r:id="rId112"/>
+    <hyperlink ref="D128" r:id="rId113"/>
+    <hyperlink ref="D129" r:id="rId114"/>
+    <hyperlink ref="D130" r:id="rId115"/>
+    <hyperlink ref="D131" r:id="rId116"/>
+    <hyperlink ref="D132" r:id="rId117"/>
+    <hyperlink ref="D133" r:id="rId118"/>
+    <hyperlink ref="D134" r:id="rId119"/>
+    <hyperlink ref="D135" r:id="rId120"/>
+    <hyperlink ref="D136" r:id="rId121"/>
+    <hyperlink ref="D137" r:id="rId122"/>
+    <hyperlink ref="D138" r:id="rId123"/>
+    <hyperlink ref="D139" r:id="rId124"/>
+    <hyperlink ref="D140" r:id="rId125"/>
+    <hyperlink ref="D141" r:id="rId126"/>
+    <hyperlink ref="D142" r:id="rId127"/>
+    <hyperlink ref="D143" r:id="rId128"/>
+    <hyperlink ref="D144" r:id="rId129"/>
+    <hyperlink ref="D145" r:id="rId130"/>
+    <hyperlink ref="D146" r:id="rId131"/>
+    <hyperlink ref="D147" r:id="rId132"/>
+    <hyperlink ref="D148" r:id="rId133"/>
+    <hyperlink ref="D149" r:id="rId134"/>
+    <hyperlink ref="D150" r:id="rId135"/>
+    <hyperlink ref="D153" r:id="rId136"/>
+    <hyperlink ref="D154" r:id="rId137"/>
+    <hyperlink ref="D155" r:id="rId138"/>
+    <hyperlink ref="D156" r:id="rId139"/>
+    <hyperlink ref="D157" r:id="rId140"/>
+    <hyperlink ref="D158" r:id="rId141"/>
+    <hyperlink ref="D159" r:id="rId142"/>
     <hyperlink ref="D160" r:id="rId143"/>
     <hyperlink ref="D161" r:id="rId144"/>
     <hyperlink ref="D162" r:id="rId145"/>
     <hyperlink ref="D163" r:id="rId146"/>
-    <hyperlink ref="D165" r:id="rId147"/>
-[...1 lines deleted...]
-    <hyperlink ref="D167" r:id="rId149"/>
+    <hyperlink ref="D164" r:id="rId147"/>
+    <hyperlink ref="D165" r:id="rId148"/>
+    <hyperlink ref="D166" r:id="rId149"/>
     <hyperlink ref="D168" r:id="rId150"/>
-    <hyperlink ref="D170" r:id="rId151"/>
-[...1 lines deleted...]
-    <hyperlink ref="D172" r:id="rId153"/>
+    <hyperlink ref="D169" r:id="rId151"/>
+    <hyperlink ref="D170" r:id="rId152"/>
+    <hyperlink ref="D171" r:id="rId153"/>
     <hyperlink ref="D173" r:id="rId154"/>
-    <hyperlink ref="D174" r:id="rId155"/>
-[...110 lines deleted...]
-    <hyperlink ref="D290" r:id="rId266"/>
+    <hyperlink ref="D176" r:id="rId155"/>
+    <hyperlink ref="D177" r:id="rId156"/>
+    <hyperlink ref="D178" r:id="rId157"/>
+    <hyperlink ref="D179" r:id="rId158"/>
+    <hyperlink ref="D180" r:id="rId159"/>
+    <hyperlink ref="D181" r:id="rId160"/>
+    <hyperlink ref="D182" r:id="rId161"/>
+    <hyperlink ref="D183" r:id="rId162"/>
+    <hyperlink ref="D184" r:id="rId163"/>
+    <hyperlink ref="D185" r:id="rId164"/>
+    <hyperlink ref="D186" r:id="rId165"/>
+    <hyperlink ref="D187" r:id="rId166"/>
+    <hyperlink ref="D188" r:id="rId167"/>
+    <hyperlink ref="D189" r:id="rId168"/>
+    <hyperlink ref="D190" r:id="rId169"/>
+    <hyperlink ref="D191" r:id="rId170"/>
+    <hyperlink ref="D192" r:id="rId171"/>
+    <hyperlink ref="D193" r:id="rId172"/>
+    <hyperlink ref="D195" r:id="rId173"/>
+    <hyperlink ref="D196" r:id="rId174"/>
+    <hyperlink ref="D197" r:id="rId175"/>
+    <hyperlink ref="D198" r:id="rId176"/>
+    <hyperlink ref="D199" r:id="rId177"/>
+    <hyperlink ref="D200" r:id="rId178"/>
+    <hyperlink ref="D201" r:id="rId179"/>
+    <hyperlink ref="D202" r:id="rId180"/>
+    <hyperlink ref="D203" r:id="rId181"/>
+    <hyperlink ref="D205" r:id="rId182"/>
+    <hyperlink ref="D206" r:id="rId183"/>
+    <hyperlink ref="D207" r:id="rId184"/>
+    <hyperlink ref="D208" r:id="rId185"/>
+    <hyperlink ref="D209" r:id="rId186"/>
+    <hyperlink ref="D210" r:id="rId187"/>
+    <hyperlink ref="D212" r:id="rId188"/>
+    <hyperlink ref="D213" r:id="rId189"/>
+    <hyperlink ref="D214" r:id="rId190"/>
+    <hyperlink ref="D215" r:id="rId191"/>
+    <hyperlink ref="D216" r:id="rId192"/>
+    <hyperlink ref="D217" r:id="rId193"/>
+    <hyperlink ref="D218" r:id="rId194"/>
+    <hyperlink ref="D219" r:id="rId195"/>
+    <hyperlink ref="D220" r:id="rId196"/>
+    <hyperlink ref="D221" r:id="rId197"/>
+    <hyperlink ref="D222" r:id="rId198"/>
+    <hyperlink ref="D223" r:id="rId199"/>
+    <hyperlink ref="D224" r:id="rId200"/>
+    <hyperlink ref="D225" r:id="rId201"/>
+    <hyperlink ref="D226" r:id="rId202"/>
+    <hyperlink ref="D227" r:id="rId203"/>
+    <hyperlink ref="D228" r:id="rId204"/>
+    <hyperlink ref="D229" r:id="rId205"/>
+    <hyperlink ref="D230" r:id="rId206"/>
+    <hyperlink ref="D231" r:id="rId207"/>
+    <hyperlink ref="D232" r:id="rId208"/>
+    <hyperlink ref="D233" r:id="rId209"/>
+    <hyperlink ref="D234" r:id="rId210"/>
+    <hyperlink ref="D235" r:id="rId211"/>
+    <hyperlink ref="D236" r:id="rId212"/>
+    <hyperlink ref="D237" r:id="rId213"/>
+    <hyperlink ref="D238" r:id="rId214"/>
+    <hyperlink ref="D239" r:id="rId215"/>
+    <hyperlink ref="D240" r:id="rId216"/>
+    <hyperlink ref="D241" r:id="rId217"/>
+    <hyperlink ref="D242" r:id="rId218"/>
+    <hyperlink ref="D243" r:id="rId219"/>
+    <hyperlink ref="D244" r:id="rId220"/>
+    <hyperlink ref="D245" r:id="rId221"/>
+    <hyperlink ref="D246" r:id="rId222"/>
+    <hyperlink ref="D247" r:id="rId223"/>
+    <hyperlink ref="D248" r:id="rId224"/>
+    <hyperlink ref="D249" r:id="rId225"/>
+    <hyperlink ref="D250" r:id="rId226"/>
+    <hyperlink ref="D251" r:id="rId227"/>
+    <hyperlink ref="D252" r:id="rId228"/>
+    <hyperlink ref="D253" r:id="rId229"/>
+    <hyperlink ref="D254" r:id="rId230"/>
+    <hyperlink ref="D255" r:id="rId231"/>
+    <hyperlink ref="D256" r:id="rId232"/>
+    <hyperlink ref="D257" r:id="rId233"/>
+    <hyperlink ref="D258" r:id="rId234"/>
+    <hyperlink ref="D259" r:id="rId235"/>
+    <hyperlink ref="D260" r:id="rId236"/>
+    <hyperlink ref="D261" r:id="rId237"/>
+    <hyperlink ref="D262" r:id="rId238"/>
+    <hyperlink ref="D263" r:id="rId239"/>
+    <hyperlink ref="D264" r:id="rId240"/>
+    <hyperlink ref="D266" r:id="rId241"/>
+    <hyperlink ref="D267" r:id="rId242"/>
+    <hyperlink ref="D268" r:id="rId243"/>
+    <hyperlink ref="D269" r:id="rId244"/>
+    <hyperlink ref="D270" r:id="rId245"/>
+    <hyperlink ref="D271" r:id="rId246"/>
+    <hyperlink ref="D272" r:id="rId247"/>
+    <hyperlink ref="D273" r:id="rId248"/>
+    <hyperlink ref="D274" r:id="rId249"/>
+    <hyperlink ref="D275" r:id="rId250"/>
+    <hyperlink ref="D276" r:id="rId251"/>
+    <hyperlink ref="D277" r:id="rId252"/>
+    <hyperlink ref="D278" r:id="rId253"/>
+    <hyperlink ref="D279" r:id="rId254"/>
+    <hyperlink ref="D280" r:id="rId255"/>
+    <hyperlink ref="D281" r:id="rId256"/>
+    <hyperlink ref="D282" r:id="rId257"/>
+    <hyperlink ref="D283" r:id="rId258"/>
+    <hyperlink ref="D284" r:id="rId259"/>
+    <hyperlink ref="D285" r:id="rId260"/>
+    <hyperlink ref="D286" r:id="rId261"/>
+    <hyperlink ref="D287" r:id="rId262"/>
+    <hyperlink ref="D288" r:id="rId263"/>
+    <hyperlink ref="D289" r:id="rId264"/>
+    <hyperlink ref="D290" r:id="rId265"/>
+    <hyperlink ref="D291" r:id="rId266"/>
     <hyperlink ref="D292" r:id="rId267"/>
     <hyperlink ref="D293" r:id="rId268"/>
     <hyperlink ref="D294" r:id="rId269"/>
     <hyperlink ref="D295" r:id="rId270"/>
     <hyperlink ref="D296" r:id="rId271"/>
     <hyperlink ref="D297" r:id="rId272"/>
     <hyperlink ref="D298" r:id="rId273"/>
-    <hyperlink ref="D300" r:id="rId274"/>
-    <hyperlink ref="D301" r:id="rId275"/>
+    <hyperlink ref="D299" r:id="rId274"/>
+    <hyperlink ref="D300" r:id="rId275"/>
     <hyperlink ref="D302" r:id="rId276"/>
-    <hyperlink ref="D304" r:id="rId277"/>
+    <hyperlink ref="D303" r:id="rId277"/>
     <hyperlink ref="D305" r:id="rId278"/>
-    <hyperlink ref="D308" r:id="rId279"/>
-[...10 lines deleted...]
-    <hyperlink ref="D321" r:id="rId290"/>
+    <hyperlink ref="D306" r:id="rId279"/>
+    <hyperlink ref="D307" r:id="rId280"/>
+    <hyperlink ref="D308" r:id="rId281"/>
+    <hyperlink ref="D309" r:id="rId282"/>
+    <hyperlink ref="D310" r:id="rId283"/>
+    <hyperlink ref="D311" r:id="rId284"/>
+    <hyperlink ref="D312" r:id="rId285"/>
+    <hyperlink ref="D313" r:id="rId286"/>
+    <hyperlink ref="D315" r:id="rId287"/>
+    <hyperlink ref="D316" r:id="rId288"/>
+    <hyperlink ref="D317" r:id="rId289"/>
+    <hyperlink ref="D320" r:id="rId290"/>
     <hyperlink ref="D322" r:id="rId291"/>
-    <hyperlink ref="D323" r:id="rId292"/>
-[...4 lines deleted...]
-    <hyperlink ref="D328" r:id="rId297"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>