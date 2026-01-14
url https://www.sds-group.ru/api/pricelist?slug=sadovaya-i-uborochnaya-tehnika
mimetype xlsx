--- v0 (2025-11-04)
+++ v1 (2026-01-14)
@@ -75,156 +75,156 @@
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>1.2 Снегоуборщики бензиновые</t>
   </si>
   <si>
     <t>KR-16-1121</t>
   </si>
   <si>
     <t>Снегоуборщик бензиновый KR562 KRANZ</t>
   </si>
   <si>
     <t>KR-16-1122</t>
   </si>
   <si>
     <t>Снегоуборщик бензиновый KR613 KRANZ</t>
   </si>
   <si>
     <t>1.3 Триммеры и аксессуары</t>
   </si>
   <si>
+    <t>KR-16-1211</t>
+  </si>
+  <si>
+    <t>Триммер электрический KR-300, 300Вт, 250мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1202</t>
+  </si>
+  <si>
+    <t>Триммер бензиновый KR-52, 52см3, 3 л.с, разборная штанга KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1222</t>
+  </si>
+  <si>
+    <t>Катушка для триммера полуавтоматическая KR-115PA, гайка M10x1,25, винт M10-M10 KRANZ</t>
+  </si>
+  <si>
     <t>KR-16-1224</t>
   </si>
   <si>
     <t>Диск для триммера 230x25,4мм, толщина 1,3мм, 40 зубьев KRANZ</t>
   </si>
   <si>
+    <t>KR-16-1221</t>
+  </si>
+  <si>
+    <t>Катушка для триммера полуавтоматическая KR-115PP, гайка М10x1,25 KRANZ</t>
+  </si>
+  <si>
     <t>KR-16-1223</t>
   </si>
   <si>
     <t>Катушка для триммера полуавтоматическая KR-130PP, гайка M10x1,25, винт M10-M10 KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1221</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-16-1212</t>
   </si>
   <si>
     <t>Триммер электрический KR-1400, 1400Вт, 420/255мм, катушка+диск, разборная штанга KRANZ</t>
   </si>
   <si>
     <t>KR-16-1225</t>
   </si>
   <si>
     <t>Ранцевый ремень с защитой бедра для бензиновых триммеров KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1211</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4 Газонокосилки и аксессуары</t>
   </si>
   <si>
     <t>1.4.1 Газонокосилки бензиновые</t>
   </si>
   <si>
+    <t>KR-16-1235</t>
+  </si>
+  <si>
+    <t>Газонокосилка бензиновая KR-430NSP несамоходная, 150см3, 43см KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1231</t>
+  </si>
+  <si>
+    <t>Газонокосилка бензиновая KR-460SP самоходная, 150см3, 46см KRANZ</t>
+  </si>
+  <si>
     <t>KR-16-1232</t>
   </si>
   <si>
     <t>Газонокосилка бензиновая KR-510SP самоходная, 200см3, 51см KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1235</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4.2 Газонокосилки электрические</t>
   </si>
   <si>
     <t>KR-16-1241</t>
   </si>
   <si>
     <t>Газонокосилка электрическая KR-2000, 2000Вт, ширина 42см, 6 уровней, 45л KRANZ</t>
   </si>
   <si>
     <t>1.5 Пилы и аксессуары</t>
   </si>
   <si>
+    <t>KR-16-1183</t>
+  </si>
+  <si>
+    <t>Пила цепная бензиновая KR-5850, шина 50см, 4,1 л.с, шаг 0,325, 76 звеньев KRANZ</t>
+  </si>
+  <si>
     <t>KR-16-1192</t>
   </si>
   <si>
     <t>Цепь для бензопилы KR-4572, шина 45см, шаг 0,325, 72 звена KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1183</t>
-[...2 lines deleted...]
-    <t>Пила цепная бензиновая KR-5850, шина 50см, 4,1 л.с, шаг 0,325, 76 звеньев KRANZ</t>
+    <t>KR-16-1193</t>
+  </si>
+  <si>
+    <t>Цепь для бензопилы KR-5076, шина 50см, шаг 0,325, 76 звеньев KRANZ</t>
   </si>
   <si>
     <t>KR-16-1182</t>
   </si>
   <si>
     <t>Пила цепная бензиновая KR-5245, шина 45см, 3,5 л.с, шаг 0,325, 72 звена KRANZ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Цепь для бензопилы KR-5076, шина 50см, шаг 0,325, 76 звеньев KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -609,51 +609,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motoblok-benzinoviy-kr-207-kranz-30549" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinoviy-kr562-kranz-30051" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinoviy-kr613-kranz-30052" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-dlya-trimmera-230x25-4mm-tolschina-1-3mm-40-zubev-kranz-31924" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-130pp-gayka-m10x1-25-vint-m10-m10-kranz-31923" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pp-gayka-m10x1-25-kranz-31921" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-1400-1400vt-420-255mm-katushka-disk-razbornaya-shtanga-kranz-31910" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rantseviy-remen-s-zaschitoy-bedra-dlya-benzinovih-trimmerov-kranz-31925" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-300-300vt-250mm-kranz-31909" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pa-gayka-m10x1-25-vint-m10-m10-kranz-31922" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-benzinoviy-kr-52-52sm3-3-l-s-razbornaya-shtanga-kranz-31920" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-510sp-samohodnaya-200sm3-51sm-kranz-30634" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-430nsp-nesamohodnaya-150sm3-43sm-kranz-31903" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-460sp-samohodnaya-150sm3-46sm-kranz-30633" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-elektricheskaya-kr-2000-2000vt-shirina-42sm-6-urovney-45l-kranz-31845" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopili-kr-4572-shina-45sm-shag-0-325-72-zvena-kranz-31918" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5850-shina-50sm-4-1-l-s-shag-0-325-76-zvenev-kranz-31908" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5245-shina-45sm-3-5-l-s-shag-0-325-72-zvena-kranz-31907" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopili-kr-5076-shina-50sm-shag-0-325-76-zvenev-kranz-31919" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motoblok-benzinovyy-kr-207-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinovyy-kr562-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinovyy-kr613-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-300-300vt-250mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-benzinovyy-kr-52-52sm3-3-l-s-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pa-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-dlya-trimmera-230x25-4mm-tolschina-1-3mm-40-zubev-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pp-gayka-m10x1-25-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-130pp-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-1400-1400vt-420-255mm-katushka-disk-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rantsevyy-remen-s-zaschitoy-bedra-dlya-benzinovyh-trimmerov-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-430nsp-nesamohodnaya-150sm3-43sm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-460sp-samohodnaya-150sm3-46sm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-510sp-samohodnaya-200sm3-51sm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-elektricheskaya-kr-2000-2000vt-shirina-42sm-6-urovney-45l-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5850-shina-50sm-4-1-l-s-shag-0-325-76-zvenev-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-4572-shina-45sm-shag-0-325-72-zvena-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-5076-shina-50sm-shag-0-325-76-zvenev-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5245-shina-45sm-3-5-l-s-shag-0-325-72-zvena-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I28"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -690,660 +690,660 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>58504.24</v>
+        <v>59498.81</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>94991</v>
+        <v>96605.85</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>106276</v>
+        <v>108082.69</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3">
-        <v>506.94</v>
+        <v>3031.44</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>208</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>923.08</v>
+        <v>16177.83</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>761</v>
+        <v>1</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>349.93</v>
+        <v>854.67</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>852</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>32</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>12307.69</v>
+        <v>515.56</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>1346.16</v>
+        <v>355.88</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>864</v>
+        <v>2</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>2980.77</v>
+        <v>938.77</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>212</v>
+        <v>787</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>840.38</v>
+        <v>12516.92</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>808</v>
+        <v>18</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>15907.4</v>
+        <v>1369.04</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>844</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
-        <v>49074.07</v>
+        <v>26387.23</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>1</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>29946.15</v>
+        <v>36263.96</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="3">
-        <v>42777.78</v>
+        <v>42097.77</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="3">
-        <v>18518.52</v>
+        <v>16799.33</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>1</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="3">
-        <v>942.3</v>
+        <v>15221.31</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>760</v>
+        <v>79</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>1</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="3">
-        <v>14966.87</v>
+        <v>958.32</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2</v>
+        <v>727</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>1</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="3">
-        <v>13550.4</v>
+        <v>1167.67</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>247</v>
+        <v>292</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>1</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="3">
-        <v>1148.15</v>
+        <v>13780.76</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>308</v>
+        <v>222</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>1</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A18:I18"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A24:I24"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>