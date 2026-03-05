--- v1 (2026-01-14)
+++ v2 (2026-03-05)
@@ -8,223 +8,199 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="49">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Садовая и уборочная техника</t>
   </si>
   <si>
-    <t>1.1 Мотокультиваторы и мотоблоки</t>
-[...5 lines deleted...]
-    <t>Мотоблок бензиновый KR-207 KRANZ</t>
+    <t>1.1 Триммеры и аксессуары</t>
+  </si>
+  <si>
+    <t>KR-16-1202</t>
+  </si>
+  <si>
+    <t>Триммер бензиновый KR-52, 52см3, 3 л.с, разборная штанга KRANZ</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
-    <t>1.2 Снегоуборщики бензиновые</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-16-1211</t>
   </si>
   <si>
     <t>Триммер электрический KR-300, 300Вт, 250мм KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1202</t>
-[...2 lines deleted...]
-    <t>Триммер бензиновый KR-52, 52см3, 3 л.с, разборная штанга KRANZ</t>
+    <t>KR-16-1212</t>
+  </si>
+  <si>
+    <t>Триммер электрический KR-1400, 1400Вт, 420/255мм, катушка+диск, разборная штанга KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1221</t>
+  </si>
+  <si>
+    <t>Катушка для триммера полуавтоматическая KR-115PP, гайка М10x1,25 KRANZ</t>
   </si>
   <si>
     <t>KR-16-1222</t>
   </si>
   <si>
     <t>Катушка для триммера полуавтоматическая KR-115PA, гайка M10x1,25, винт M10-M10 KRANZ</t>
   </si>
   <si>
+    <t>KR-16-1223</t>
+  </si>
+  <si>
+    <t>Катушка для триммера полуавтоматическая KR-130PP, гайка M10x1,25, винт M10-M10 KRANZ</t>
+  </si>
+  <si>
     <t>KR-16-1224</t>
   </si>
   <si>
     <t>Диск для триммера 230x25,4мм, толщина 1,3мм, 40 зубьев KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1221</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-16-1225</t>
   </si>
   <si>
     <t>Ранцевый ремень с защитой бедра для бензиновых триммеров KRANZ</t>
   </si>
   <si>
-    <t>1.4 Газонокосилки и аксессуары</t>
-[...2 lines deleted...]
-    <t>1.4.1 Газонокосилки бензиновые</t>
+    <t>1.2 Газонокосилки и аксессуары</t>
+  </si>
+  <si>
+    <t>1.2.1 Газонокосилки бензиновые</t>
+  </si>
+  <si>
+    <t>KR-16-1232</t>
+  </si>
+  <si>
+    <t>Газонокосилка бензиновая KR-510SP самоходная, 200см3, 51см KRANZ</t>
   </si>
   <si>
     <t>KR-16-1235</t>
   </si>
   <si>
     <t>Газонокосилка бензиновая KR-430NSP несамоходная, 150см3, 43см KRANZ</t>
   </si>
   <si>
     <t>KR-16-1231</t>
   </si>
   <si>
     <t>Газонокосилка бензиновая KR-460SP самоходная, 150см3, 46см KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1232</t>
-[...5 lines deleted...]
-    <t>1.4.2 Газонокосилки электрические</t>
+    <t>1.2.2 Газонокосилки электрические</t>
   </si>
   <si>
     <t>KR-16-1241</t>
   </si>
   <si>
     <t>Газонокосилка электрическая KR-2000, 2000Вт, ширина 42см, 6 уровней, 45л KRANZ</t>
   </si>
   <si>
-    <t>1.5 Пилы и аксессуары</t>
+    <t>1.3 Пилы и аксессуары</t>
+  </si>
+  <si>
+    <t>KR-16-1182</t>
+  </si>
+  <si>
+    <t>Пила цепная бензиновая KR-5245, шина 45см, 3,5 л.с, шаг 0,325, 72 звена KRANZ</t>
   </si>
   <si>
     <t>KR-16-1183</t>
   </si>
   <si>
     <t>Пила цепная бензиновая KR-5850, шина 50см, 4,1 л.с, шаг 0,325, 76 звеньев KRANZ</t>
   </si>
   <si>
     <t>KR-16-1192</t>
   </si>
   <si>
     <t>Цепь для бензопилы KR-4572, шина 45см, шаг 0,325, 72 звена KRANZ</t>
   </si>
   <si>
     <t>KR-16-1193</t>
   </si>
   <si>
     <t>Цепь для бензопилы KR-5076, шина 50см, шаг 0,325, 76 звеньев KRANZ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Пила цепная бензиновая KR-5245, шина 45см, 3,5 л.с, шаг 0,325, 72 звена KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -609,56 +585,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motoblok-benzinovyy-kr-207-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinovyy-kr562-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinovyy-kr613-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-300-300vt-250mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-benzinovyy-kr-52-52sm3-3-l-s-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pa-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-dlya-trimmera-230x25-4mm-tolschina-1-3mm-40-zubev-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pp-gayka-m10x1-25-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-130pp-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-1400-1400vt-420-255mm-katushka-disk-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rantsevyy-remen-s-zaschitoy-bedra-dlya-benzinovyh-trimmerov-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-430nsp-nesamohodnaya-150sm3-43sm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-460sp-samohodnaya-150sm3-46sm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-510sp-samohodnaya-200sm3-51sm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-elektricheskaya-kr-2000-2000vt-shirina-42sm-6-urovney-45l-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5850-shina-50sm-4-1-l-s-shag-0-325-76-zvenev-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-4572-shina-45sm-shag-0-325-72-zvena-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-5076-shina-50sm-shag-0-325-76-zvenev-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5245-shina-45sm-3-5-l-s-shag-0-325-72-zvena-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-benzinovyy-kr-52-52sm3-3-l-s-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-300-300vt-250mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-1400-1400vt-420255mm-katushka-disk-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pp-gayka-m10x1-25-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pa-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-130pp-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-dlya-trimmera-230x25-4mm-tolshchina-1-3mm-40-zubev-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rantsevyy-remen-s-zashchitoy-bedra-dlya-benzinovyh-trimmerov-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-510sp-samohodnaya-200sm3-51sm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-430nsp-nesamohodnaya-150sm3-43sm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-460sp-samohodnaya-150sm3-46sm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-elektricheskaya-kr-2000-2000vt-shirina-42sm-6-urovney-45l-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5245-shina-45sm-3-5-l-s-shag-0-325-72-zvena-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5850-shina-50sm-4-1-l-s-shag-0-325-76-zvenev-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-4572-shina-45sm-shag-0-325-72-zvena-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-5076-shina-50sm-shag-0-325-76-zvenev-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I28"/>
+  <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -690,702 +666,584 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>59498.81</v>
+        <v>12133.37</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="2" t="s">
+      <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="2"/>
-[...6 lines deleted...]
-      <c r="I5" s="2"/>
+      <c r="B5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="3">
+        <v>2364.52</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" s="3">
+        <v>0</v>
+      </c>
+      <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
+        <v>6</v>
+      </c>
+      <c r="I5" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>96605.85</v>
+        <v>9763.2</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>108082.69</v>
+        <v>302.5</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="3">
+        <v>683.74</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="3">
+        <v>0</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>32</v>
+      </c>
+      <c r="I8" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>3031.44</v>
+        <v>797.95</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>208</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>16177.83</v>
+        <v>412.45</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>854.67</v>
+        <v>1108.92</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>852</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A12" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C13" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>938.77</v>
+        <v>29468.44</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>787</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>12516.92</v>
+        <v>18471.06</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>1369.04</v>
+        <v>25384.77</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>844</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="2" t="s">
+      <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B18" s="2"/>
-[...6 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="B18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="3">
+        <v>11759.53</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>0</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>1</v>
+      </c>
+      <c r="I18" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="3" t="s">
+      <c r="A19" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="C19" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>36263.96</v>
+        <v>10611.19</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="3">
-        <v>42097.77</v>
+        <v>11720.41</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
+      <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="B22" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="3">
+        <v>814.57</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>0</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>1</v>
+      </c>
+      <c r="I22" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>16799.33</v>
+        <v>992.52</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>1</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-[...127 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="8">
+  <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A5:I5"/>
-    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A13:I13"/>
     <mergeCell ref="A17:I17"/>
-    <mergeCell ref="A18:I18"/>
-[...1 lines deleted...]
-    <mergeCell ref="A24:I24"/>
+    <mergeCell ref="A19:I19"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
-    <hyperlink ref="D6" r:id="rId2"/>
-[...5 lines deleted...]
-    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D5" r:id="rId2"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D14" r:id="rId9"/>
     <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D16" r:id="rId11"/>
-    <hyperlink ref="D19" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId12"/>
     <hyperlink ref="D20" r:id="rId13"/>
     <hyperlink ref="D21" r:id="rId14"/>
-    <hyperlink ref="D23" r:id="rId15"/>
-[...3 lines deleted...]
-    <hyperlink ref="D28" r:id="rId19"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D23" r:id="rId16"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>