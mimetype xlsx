--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -45,483 +45,483 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Садовые светильники</t>
   </si>
   <si>
     <t>1.1 Каскады и подвесные светильники</t>
   </si>
   <si>
+    <t>602-238</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Капсула Времени 3,8м, 2700К, с аккумулятором и выносной солнечной панелью LAMPER</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>602-251</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Керосиновая Лампа 3м, 6500К с аккумулятором и выносной солнечной панелью LAMPER</t>
+  </si>
+  <si>
+    <t>602-1007</t>
+  </si>
+  <si>
+    <t>Светильник газонный 4000К со встроенным аккумулятором, солнечной панелью LAMPER</t>
+  </si>
+  <si>
+    <t>602-267</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Хранитель жемчужины 4м, 6500К, с аккумулятором и выносной солнечной панелью LAMPER</t>
+  </si>
+  <si>
+    <t>602-252</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Янтарные Пчелы 5,8м, 2700К с аккумулятором и выносной солнечной панелью LAMPER</t>
+  </si>
+  <si>
+    <t>602-269</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Полет бабочки 3м, 2700К, с аккумулятором и выносной солнечной панелью LAMPER</t>
+  </si>
+  <si>
     <t>602-240</t>
   </si>
   <si>
     <t>Гирлянда садовая (каскад) Ночная Лампада 4м, 2700К, с аккумулятором и выносной солнечной панелью LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Гирлянда садовая (каскад) Капсула Времени 3,8м, 2700К, с аккумулятором и выносной солнечной панелью LAMPER</t>
+    <t>602-232</t>
+  </si>
+  <si>
+    <t>Cветильник подвесной 2700К, со встроенным аккумулятором и солнечной панелью (SLR-WB-80) LAMPER</t>
   </si>
   <si>
     <t>602-239</t>
   </si>
   <si>
     <t>Гирлянда садовая (каскад) Сталактит 5м, 6500К, с аккумулятором и выносной солнечной панелью LAMPER</t>
   </si>
   <si>
+    <t>602-268</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Эклектика 4м, 3000К, с аккумулятором и выносной солнечной панелью LAMPER</t>
+  </si>
+  <si>
     <t>602-270</t>
   </si>
   <si>
     <t>Гирлянда садовая (каскад) Ночной букет 4м, мультиколор, с аккумулятором и выносной солнечной панелью LAMPER</t>
   </si>
   <si>
-    <t>602-1007</t>
-[...28 lines deleted...]
-  <si>
     <t>602-271</t>
   </si>
   <si>
     <t>Гирлянда садовая (каскад) Улыбка 3м, 3000К, с аккумулятором и выносной солнечной панелью LAMPER</t>
   </si>
   <si>
     <t>1.2 Газонные и грунтовые светильники</t>
   </si>
   <si>
+    <t>602-1009</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Одуванчик большой 3000К, со встроенным аккумулятором, солнечной панелью, датчиком освещенности LAMPER</t>
+  </si>
+  <si>
+    <t>602-1012</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Факел 3000К со встроенным аккумулятором, солнечной панелью, датчиком освещенности LAMPER</t>
+  </si>
+  <si>
+    <t>602-256</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый ALBEDO 6500K, с солнечной панелью и аккумулятором LAMPER</t>
+  </si>
+  <si>
     <t>602-201</t>
   </si>
   <si>
     <t>Светильник грунтовый 4000К, со встроенным аккумулятором, солнечной панелью (SLR-BL-31) LAMPER</t>
   </si>
   <si>
+    <t>602-1001</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Хрустальный цветок RGB, со встроенным аккумулятором и солнечной панелью LAMPER</t>
+  </si>
+  <si>
     <t>602-203</t>
   </si>
   <si>
     <t>Светильник грунтовый 4000К, со встроенным аккумулятором, солнечной панелью (SLR-LND-35) LAMPER</t>
   </si>
   <si>
+    <t>602-264</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Добрый Санта RGB, с солнечной панелью и аккумулятором LAMPER</t>
+  </si>
+  <si>
     <t>602-204</t>
   </si>
   <si>
     <t>Светильник грунтовый 2700К, со встроенным аккумулятором, солнечной панелью (SLR-GL-100) LAMPER</t>
   </si>
   <si>
-    <t>602-264</t>
-[...8 lines deleted...]
-    <t>Светильник грунтовый ALBEDO 6500K, с солнечной панелью и аккумулятором LAMPER</t>
+    <t>602-221</t>
+  </si>
+  <si>
+    <t>Cветильник садовый 4000К, со встроенным аккумулятором и солнечной панелью (SLR-AS-31) LAMPER</t>
+  </si>
+  <si>
+    <t>602-205</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый 4000К, со встроенным аккумулятором, солнечной панелью (SLR-GP-60) LAMPER</t>
   </si>
   <si>
     <t>602-272</t>
   </si>
   <si>
     <t>Светильник грунтовый Урбан 4000К, с солнечной панелью и аккумулятором LAMPER</t>
   </si>
   <si>
     <t>602-274</t>
   </si>
   <si>
     <t>Светильник грунтовый Тюльпан из Амстердама 4000К с солнечной панелью и аккумулятором LAMPER</t>
   </si>
   <si>
-    <t>602-1012</t>
-[...28 lines deleted...]
-  <si>
     <t>1.3 Прожекторы и настенные светильники</t>
   </si>
   <si>
     <t>602-214</t>
   </si>
   <si>
     <t>Светильник настенный 4000К, со встроенным аккумулятором и солнечной панелью (SLC-60) LAMPER</t>
   </si>
   <si>
     <t>602-258</t>
   </si>
   <si>
     <t>Светильник настенный 6500К, с солнечной панелью и аккумулятором LAMPER</t>
   </si>
   <si>
     <t>1.4 Садово-парковое освещение</t>
   </si>
   <si>
     <t>602-300</t>
   </si>
   <si>
     <t>Светильник садово-парковый НТУ 04-60-002 У1 "Оскар 4", столб, черный под бронзу, стекло прозрачное, четырехгранный, под лампу Е27 LAMPER</t>
   </si>
   <si>
+    <t>602-301</t>
+  </si>
+  <si>
+    <t>Светильник садово-парковый НТУ 04-60-002 У1 "Оскар 4", столб, черный, стекло прозрачное, четырехгранный, под лампу Е27 LAMPER</t>
+  </si>
+  <si>
+    <t>602-302</t>
+  </si>
+  <si>
+    <t>Светильник садово-парковый НТУ 06-60-002 У1 "Оскар 3", столб, черный под бронзу, пластик (рельеф ромб), шестигранный, под лампу Е27 LAMPER</t>
+  </si>
+  <si>
+    <t>602-303</t>
+  </si>
+  <si>
+    <t>Светильник садово-парковый НТУ 04-60-002 У1 "Оскар 4", столб, черный, пластик (рельеф ромб), четырехгранный, под лампу Е27 LAMPER</t>
+  </si>
+  <si>
+    <t>602-304</t>
+  </si>
+  <si>
+    <t>Светильник садово-парковый НТУ 06-60-001 У1 "Оскар 1", столб малый, черный под бронзу, стекло прозрачное, шестигранный, под лампу Е27 LAMPER</t>
+  </si>
+  <si>
+    <t>602-305</t>
+  </si>
+  <si>
+    <t>Светильник садово-парковый НБУ 04-60-001 У1 "Леда", настенный, черный, стекло прозрачное, четырехгранный, под лампу Е27 LAMPER</t>
+  </si>
+  <si>
     <t>602-306</t>
   </si>
   <si>
     <t>Светильник садово-парковый НБУ 06-60-001 У1 "Леда 1", настенный, черный под бронзу, стекло прозрачное, шестигранный, под лампу Е27 LAMPER</t>
   </si>
   <si>
-    <t>602-301</t>
-[...22 lines deleted...]
-  <si>
     <t>602-307</t>
   </si>
   <si>
     <t>Светильник садово-парковый НБУ 04-60-001 У1 "Леда", настенный, черный, пластик (рельеф ромб), четырехгранный, под лампу Е27 LAMPER</t>
   </si>
   <si>
-    <t>602-302</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Садовые светильники REXANT</t>
   </si>
   <si>
+    <t>602-2417</t>
+  </si>
+  <si>
+    <t>Светильник садовый Ковэнт, 3000К/RGB, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2426</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Бонд, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон (комплект 4 шт) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>602-2403</t>
+  </si>
+  <si>
+    <t>Светильник подвесной Галата, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2411</t>
+  </si>
+  <si>
+    <t>Светильник садовый Бамбук, 29,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2405</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Лейка, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2412</t>
+  </si>
+  <si>
+    <t>Светильник садовый Шанти, 22см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2422</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 15м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2402</t>
+  </si>
+  <si>
+    <t>Светильник подвесной Фатих, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2423</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 20м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2430</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Дэнлонг, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2418</t>
+  </si>
+  <si>
+    <t>Светильник садовый Кингс, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2427</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Денг, 335см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
     <t>602-2406</t>
   </si>
   <si>
     <t>Светильник садовый Шиле, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
   </si>
   <si>
+    <t>602-2420</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Сэвил, 398см, 3000К, встроенный аккумулятор, солнечная панель,коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2416</t>
+  </si>
+  <si>
+    <t>Светильник садовый Флит, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2424</t>
+  </si>
+  <si>
+    <t>Светильник прожекторный Стрэнд, 6500К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2433</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Одуванчик, RGB, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2415</t>
+  </si>
+  <si>
+    <t>Светильник садовый Карнаби, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2419</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Эбби, 335 см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2428</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Денг, 635см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2437</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Верба, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2432</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Дуфу, 4000К, встроенный аккумулятор, солнечная панель, коллекция Пекин (комплект 4 шт) REXANT</t>
+  </si>
+  <si>
+    <t>602-2425</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Вестфилд, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2434</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Полусфера, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2429</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Таянг, 3000К/RGB, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2431</t>
+  </si>
+  <si>
+    <t>Светильник садовый Лотос, 3000К, 15см, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2409</t>
+  </si>
+  <si>
+    <t>Светильник садовый Тростник, 22,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2421</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 10м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2408</t>
+  </si>
+  <si>
+    <t>Светильник садовый Бамбук, 18см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2401</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Лалели, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
     <t>602-2407</t>
   </si>
   <si>
     <t>Светильник садовый Фенер, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
   </si>
   <si>
     <t>602-2435</t>
   </si>
   <si>
     <t>Светильник грунтовый Салют, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
   </si>
   <si>
     <t>602-2404</t>
   </si>
   <si>
     <t>Светильник грунтовый Фатих, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
   </si>
   <si>
-    <t>602-2409</t>
-[...23 lines deleted...]
-    <t>Гирлянда садовая Дэнлонг, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+    <t>602-2413</t>
+  </si>
+  <si>
+    <t>Светильник садовый Риджент, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
   </si>
   <si>
     <t>602-2410</t>
   </si>
   <si>
     <t>Светильник садовый Тростник, 35,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
-  </si>
-[...154 lines deleted...]
-    <t>Светильник грунтовый Дуфу, 4000К, встроенный аккумулятор, солнечная панель, коллекция Пекин (комплект 4 шт) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -906,51 +906,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-nochnaya-lampada-4m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-l.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-kerosinovaya-lampa-3m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-polet-babochki-3m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lam.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-kapsula-vremeni-3-8m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-stalaktit-5m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-nochnoy-buket-4m-multikolor-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gazonnyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-lamper.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/cvetilnik-podvesnoy-2700k-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-slr-wb-80-lamper.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-hranitel-zhemchuzhiny-4m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-pane.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-yantarnye-pchely-5-8m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-eklektika-4m-3000k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-ulybka-3m-3000k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-bl-31-lamper.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-lnd-35-lamper.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-2700k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-gl-100-lamper.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dobryy-santa-rgb-s-solnechnoy-panelyu-i-akkumulyatorom-lamper.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-albedo-6500k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-urban-4000k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tyulpan-iz-amsterdama-4000k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fakel-3000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-datchikom-osveschenn.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-gp-60-lamper.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-bolshoy-3000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-datchik.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-hrustalnyy-tsvetok-rgb-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-lamper.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/cvetilnik-sadovyy-4000k-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-slr-as-31-lamper.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastennyy-4000k-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-slc-60-lamper.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastennyy-6500k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-pod-bronzu-steklo-prozrachnoe-chety.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-06-60-001-u1-leda-1-nastennyy-chernyy-pod-bronzu-steklo-prozrachnoe-sh.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-steklo-prozrachnoe-chetyrehgrannyy-.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-plastik-relef-romb-chetyrehgrannyy-.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-06-60-001-u1-oskar-1-stolb-malyy-chernyy-pod-bronzu-steklo-prozrachnoe.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-04-60-001-u1-leda-nastennyy-chernyy-steklo-prozrachnoe-chetyrehgrannyy.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-04-60-001-u1-leda-nastennyy-chernyy-plastik-relef-romb-chetyrehgrannyy.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-06-60-002-u1-oskar-3-stolb-chernyy-pod-bronzu-plastik-relef-romb-shest.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shile-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-fener-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-salyut-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-22-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-29-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rex.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-bond-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-komplekt.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-denlong-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-35-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-sevil-398sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shanti-22sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-20m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-karnabi-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-laleli-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-flit-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-10m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-verba-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-635sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-ridzhent-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kovent-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-ebbi-335-sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-vestfild-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-18sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-polusfera-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-prozhektornyy-strend-6500k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kings-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-galata-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-lotos-3000k-15sm-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexan.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-15m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-rgb-vstroennyy-akkumulyator-solnechnaya-panel-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tayang-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rex.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-335sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-leyka-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dufu-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-komplekt-.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-kapsula-vremeni-3-8m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-kerosinovaya-lampa-3m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gazonnyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-hranitel-zhemchuzhiny-4m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-pane" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-yantarnye-pchely-5-8m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-polet-babochki-3m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lam" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-nochnaya-lampada-4m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-l" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/cvetilnik-podvesnoy-2700k-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-slr-wb-80-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-stalaktit-5m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-eklektika-4m-3000k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-nochnoy-buket-4m-multikolor-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-ulybka-3m-3000k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-bolshoy-3000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-datchik" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fakel-3000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-datchikom-osveschenn" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-albedo-6500k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-bl-31-lamper" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-hrustalnyy-tsvetok-rgb-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-lnd-35-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dobryy-santa-rgb-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-2700k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-gl-100-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/cvetilnik-sadovyy-4000k-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-slr-as-31-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-gp-60-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-urban-4000k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tyulpan-iz-amsterdama-4000k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastennyy-4000k-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-slc-60-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastennyy-6500k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-pod-bronzu-steklo-prozrachnoe-chety" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-steklo-prozrachnoe-chetyrehgrannyy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-06-60-002-u1-oskar-3-stolb-chernyy-pod-bronzu-plastik-relef-romb-shest" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-plastik-relef-romb-chetyrehgrannyy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-06-60-001-u1-oskar-1-stolb-malyy-chernyy-pod-bronzu-steklo-prozrachnoe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-04-60-001-u1-leda-nastennyy-chernyy-steklo-prozrachnoe-chetyrehgrannyy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-06-60-001-u1-leda-1-nastennyy-chernyy-pod-bronzu-steklo-prozrachnoe-sh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-04-60-001-u1-leda-nastennyy-chernyy-plastik-relef-romb-chetyrehgrannyy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kovent-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-bond-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-komplekt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-galata-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-29-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rex" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-leyka-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shanti-22sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-15m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-20m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-denlong-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kings-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-335sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shile-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-sevil-398sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-flit-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-prozhektornyy-strend-6500k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-rgb-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-karnabi-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-ebbi-335-sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-635sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-verba-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dufu-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-komplekt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-vestfild-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-polusfera-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tayang-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rex" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-lotos-3000k-15sm-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-22-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-10m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-18sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-laleli-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-fener-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-salyut-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-ridzhent-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-35-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I76"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -987,2090 +987,2090 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>756.77</v>
+        <v>909.74</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>12</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>817.88</v>
+        <v>673.74</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1042</v>
+        <v>1034</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>12</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>685.63</v>
+        <v>1163.22</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>15</v>
+        <v>161</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>894.53</v>
+        <v>625.81</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>12</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>649.54</v>
+        <v>1061.36</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>5</v>
+        <v>256</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>557.52</v>
+        <v>697.29</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>12</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>1143.78</v>
+        <v>623.4</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>156</v>
+        <v>257</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>210.77</v>
+        <v>214.35</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>12</v>
       </c>
       <c r="H11" s="3">
         <v>24</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>615.35</v>
+        <v>660.58</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1043.62</v>
+        <v>482.02</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>189</v>
+        <v>1005</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>585.13</v>
+        <v>567</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>775</v>
+        <v>8</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>442.16</v>
+        <v>404.71</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>145</v>
+        <v>558</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>12</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>172.83</v>
+        <v>808.7</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>85</v>
+        <v>3</v>
       </c>
       <c r="G17" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>24</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>371.8</v>
+        <v>444.01</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>241.85</v>
+        <v>298.77</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>93.33</v>
+        <v>175.77</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>103</v>
+        <v>35</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="H20" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>326.42</v>
+        <v>625.33</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>317.33</v>
+        <v>378.12</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>4</v>
+        <v>300</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="H22" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>82.96</v>
+        <v>90.17</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>12</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>436.59</v>
+        <v>245.96</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H24" s="3">
         <v>12</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>335.15</v>
+        <v>441.98</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>249</v>
       </c>
       <c r="G25" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>795.18</v>
+        <v>340.85</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H26" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>614.88</v>
+        <v>322.72</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>655</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>12</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>434.59</v>
+        <v>84.37</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>12</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>279.22</v>
+        <v>283.97</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>24</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>931.96</v>
+        <v>947.8</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>20</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>1396.42</v>
+        <v>1420.16</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
         <v>60</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>8</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>968.22</v>
+        <v>1095.14</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>8</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>1259.45</v>
+        <v>1344.9</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>8</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>1236.79</v>
+        <v>1132.03</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>8</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>958.87</v>
+        <v>789.89</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
         <v>82</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>8</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>874.03</v>
+        <v>720</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
         <v>76</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>8</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>834.33</v>
+        <v>984.68</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>8</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>1322.42</v>
+        <v>725.48</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>8</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>1463.31</v>
+        <v>600.47</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>8</v>
+        <v>224</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>1744.4</v>
+        <v>749.71</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>89</v>
       </c>
       <c r="F43" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>1150</v>
+        <v>2005.26</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>2066</v>
+        <v>23</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>1835.33</v>
+        <v>3864.6</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>480</v>
+        <v>298</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>1350</v>
+        <v>2181.49</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>861</v>
+        <v>40</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>3800</v>
+        <v>2583.35</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>281</v>
+        <v>360</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>737.18</v>
+        <v>6837.23</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>99</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>1053</v>
+        <v>38</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>1901.47</v>
+        <v>1770.18</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>291</v>
+        <v>262</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>3800</v>
+        <v>8169.03</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>256</v>
+        <v>1</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>1368.24</v>
+        <v>1933.79</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1058</v>
+        <v>354</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>2540.17</v>
+        <v>1185.5</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>354</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>8032.48</v>
+        <v>1227.54</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>24</v>
+        <v>2084</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>1600</v>
+        <v>1488.19</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1266</v>
+        <v>95</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>1228.52</v>
+        <v>1391.5</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1252</v>
+        <v>1099</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>588.76</v>
+        <v>598.77</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>72</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>4467.65</v>
+        <v>1732.93</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>1330.92</v>
+        <v>1748.82</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>2083</v>
+        <v>591</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>2422.31</v>
+        <v>1627.2</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>189</v>
+        <v>1256</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>1130</v>
+        <v>1558.86</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>1397</v>
+        <v>408</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>590.43</v>
+        <v>2463.49</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>1532.8</v>
+        <v>1353.55</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>394</v>
+        <v>2114</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>1161.55</v>
+        <v>1430.19</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>89</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>117</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>1500</v>
+        <v>1181.3</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>893</v>
+        <v>2</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>2207.36</v>
+        <v>2244.89</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>12</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>1703.96</v>
+        <v>864.45</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>116</v>
+        <v>2204</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>1165.68</v>
+        <v>2099.69</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>308</v>
+        <v>874</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>1971.74</v>
+        <v>1372.95</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>2</v>
+        <v>894</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>18</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>2064.59</v>
+        <v>4543.6</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>876</v>
+        <v>8</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>6722.94</v>
+        <v>1525.5</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>51</v>
+        <v>991</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>1719.59</v>
+        <v>1249.4</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>752</v>
+        <v>1284</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>1740.59</v>
+        <v>1774.05</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>222</v>
+        <v>73</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>850</v>
+        <v>1169.55</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>2165</v>
+        <v>2110</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>32</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>1207.02</v>
+        <v>1866.53</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>1966</v>
+        <v>491</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>2145.02</v>
+        <v>1149.21</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>331</v>
+        <v>1287</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>1406.28</v>
+        <v>3864.6</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>99</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>11</v>
+        <v>254</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A32:I32"/>
     <mergeCell ref="A41:I41"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>