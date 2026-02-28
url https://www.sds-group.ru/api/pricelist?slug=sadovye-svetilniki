--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -8,520 +8,508 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="283" uniqueCount="152">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Садовые светильники</t>
   </si>
   <si>
-    <t>1.1 Каскады и подвесные светильники</t>
+    <t>1.1 Садовые светильники REXANT</t>
+  </si>
+  <si>
+    <t>602-2403</t>
+  </si>
+  <si>
+    <t>Светильник подвесной Галата, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>602-2402</t>
+  </si>
+  <si>
+    <t>Светильник подвесной Фатих, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2411</t>
+  </si>
+  <si>
+    <t>Светильник садовый Бамбук, 29,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2409</t>
+  </si>
+  <si>
+    <t>Светильник садовый Тростник, 22,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2430</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Дэнлонг, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2406</t>
+  </si>
+  <si>
+    <t>Светильник садовый Шиле, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2407</t>
+  </si>
+  <si>
+    <t>Светильник садовый Фенер, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2413</t>
+  </si>
+  <si>
+    <t>Светильник садовый Риджент, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2405</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Лейка, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2422</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 15м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2408</t>
+  </si>
+  <si>
+    <t>Светильник садовый Бамбук, 18см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2418</t>
+  </si>
+  <si>
+    <t>Светильник садовый Кингс, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2401</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Лалели, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2420</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Сэвил, 398см, 3000К, встроенный аккумулятор, солнечная панель,коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2424</t>
+  </si>
+  <si>
+    <t>Светильник прожекторный Стрэнд, 6500К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2415</t>
+  </si>
+  <si>
+    <t>Светильник садовый Карнаби, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2428</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Денг, 635см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2437</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Верба, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2432</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Дуфу, 4000К, встроенный аккумулятор, солнечная панель, коллекция Пекин (комплект 4 шт) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>602-2431</t>
+  </si>
+  <si>
+    <t>Светильник садовый Лотос, 3000К, 15см, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2425</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Вестфилд, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2434</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Полусфера, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2429</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Таянг, 3000К/RGB, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2435</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Салют, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2433</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Одуванчик, RGB, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2423</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 20м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2421</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 10м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2410</t>
+  </si>
+  <si>
+    <t>Светильник садовый Тростник, 35,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2416</t>
+  </si>
+  <si>
+    <t>Светильник садовый Флит, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2419</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Эбби, 335 см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2417</t>
+  </si>
+  <si>
+    <t>Светильник садовый Ковэнт, 3000К/RGB, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2412</t>
+  </si>
+  <si>
+    <t>Светильник садовый Шанти, 22см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2426</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Бонд, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон (комплект 4 шт) REXANT</t>
+  </si>
+  <si>
+    <t>602-2427</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Денг, 335см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2404</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Фатих, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Каскады и подвесные светильники</t>
+  </si>
+  <si>
+    <t>602-240</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Ночная Лампада 4м, 2700К, с аккумулятором и выносной солнечной панелью LAMPER</t>
+  </si>
+  <si>
+    <t>602-239</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Сталактит 5м, 6500К, с аккумулятором и выносной солнечной панелью LAMPER</t>
+  </si>
+  <si>
+    <t>602-268</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Эклектика 4м, 3000К, с аккумулятором и выносной солнечной панелью LAMPER</t>
+  </si>
+  <si>
+    <t>602-271</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Улыбка 3м, 3000К, с аккумулятором и выносной солнечной панелью LAMPER</t>
   </si>
   <si>
     <t>602-238</t>
   </si>
   <si>
     <t>Гирлянда садовая (каскад) Капсула Времени 3,8м, 2700К, с аккумулятором и выносной солнечной панелью LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>602-251</t>
   </si>
   <si>
     <t>Гирлянда садовая (каскад) Керосиновая Лампа 3м, 6500К с аккумулятором и выносной солнечной панелью LAMPER</t>
   </si>
   <si>
+    <t>602-252</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Янтарные Пчелы 5,8м, 2700К с аккумулятором и выносной солнечной панелью LAMPER</t>
+  </si>
+  <si>
+    <t>602-270</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая (каскад) Ночной букет 4м, мультиколор, с аккумулятором и выносной солнечной панелью LAMPER</t>
+  </si>
+  <si>
     <t>602-1007</t>
   </si>
   <si>
     <t>Светильник газонный 4000К со встроенным аккумулятором, солнечной панелью LAMPER</t>
   </si>
   <si>
     <t>602-267</t>
   </si>
   <si>
     <t>Гирлянда садовая (каскад) Хранитель жемчужины 4м, 6500К, с аккумулятором и выносной солнечной панелью LAMPER</t>
   </si>
   <si>
-    <t>602-252</t>
-[...4 lines deleted...]
-  <si>
     <t>602-269</t>
   </si>
   <si>
     <t>Гирлянда садовая (каскад) Полет бабочки 3м, 2700К, с аккумулятором и выносной солнечной панелью LAMPER</t>
   </si>
   <si>
-    <t>602-240</t>
-[...4 lines deleted...]
-  <si>
     <t>602-232</t>
   </si>
   <si>
     <t>Cветильник подвесной 2700К, со встроенным аккумулятором и солнечной панелью (SLR-WB-80) LAMPER</t>
   </si>
   <si>
-    <t>602-239</t>
-[...23 lines deleted...]
-    <t>1.2 Газонные и грунтовые светильники</t>
+    <t>1.3 Газонные и грунтовые светильники</t>
+  </si>
+  <si>
+    <t>602-204</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый 2700К, со встроенным аккумулятором, солнечной панелью (SLR-GL-100) LAMPER</t>
+  </si>
+  <si>
+    <t>602-264</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Добрый Санта RGB, с солнечной панелью и аккумулятором LAMPER</t>
+  </si>
+  <si>
+    <t>602-272</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Урбан 4000К, с солнечной панелью и аккумулятором LAMPER</t>
+  </si>
+  <si>
+    <t>602-1001</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Хрустальный цветок RGB, со встроенным аккумулятором и солнечной панелью LAMPER</t>
+  </si>
+  <si>
+    <t>602-201</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый 4000К, со встроенным аккумулятором, солнечной панелью (SLR-BL-31) LAMPER</t>
+  </si>
+  <si>
+    <t>602-221</t>
+  </si>
+  <si>
+    <t>Cветильник садовый 4000К, со встроенным аккумулятором и солнечной панелью (SLR-AS-31) LAMPER</t>
   </si>
   <si>
     <t>602-1009</t>
   </si>
   <si>
     <t>Светильник грунтовый Одуванчик большой 3000К, со встроенным аккумулятором, солнечной панелью, датчиком освещенности LAMPER</t>
   </si>
   <si>
     <t>602-1012</t>
   </si>
   <si>
     <t>Светильник грунтовый Факел 3000К со встроенным аккумулятором, солнечной панелью, датчиком освещенности LAMPER</t>
   </si>
   <si>
-    <t>602-256</t>
-[...14 lines deleted...]
-    <t>Светильник грунтовый Хрустальный цветок RGB, со встроенным аккумулятором и солнечной панелью LAMPER</t>
+    <t>602-274</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Тюльпан из Амстердама 4000К с солнечной панелью и аккумулятором LAMPER</t>
   </si>
   <si>
     <t>602-203</t>
   </si>
   <si>
     <t>Светильник грунтовый 4000К, со встроенным аккумулятором, солнечной панелью (SLR-LND-35) LAMPER</t>
   </si>
   <si>
-    <t>602-264</t>
-[...16 lines deleted...]
-  <si>
     <t>602-205</t>
   </si>
   <si>
     <t>Светильник грунтовый 4000К, со встроенным аккумулятором, солнечной панелью (SLR-GP-60) LAMPER</t>
   </si>
   <si>
-    <t>602-272</t>
-[...17 lines deleted...]
-    <t>Светильник настенный 4000К, со встроенным аккумулятором и солнечной панелью (SLC-60) LAMPER</t>
+    <t>1.4 Прожекторы и настенные светильники</t>
   </si>
   <si>
     <t>602-258</t>
   </si>
   <si>
     <t>Светильник настенный 6500К, с солнечной панелью и аккумулятором LAMPER</t>
   </si>
   <si>
-    <t>1.4 Садово-парковое освещение</t>
+    <t>1.5 Садово-парковое освещение</t>
+  </si>
+  <si>
+    <t>602-304</t>
+  </si>
+  <si>
+    <t>Светильник садово-парковый НТУ 06-60-001 У1 "Оскар 1", столб малый, черный под бронзу, стекло прозрачное, шестигранный, под лампу Е27 LAMPER</t>
+  </si>
+  <si>
+    <t>602-307</t>
+  </si>
+  <si>
+    <t>Светильник садово-парковый НБУ 04-60-001 У1 "Леда", настенный, черный, пластик (рельеф ромб), четырехгранный, под лампу Е27 LAMPER</t>
+  </si>
+  <si>
+    <t>602-301</t>
+  </si>
+  <si>
+    <t>Светильник садово-парковый НТУ 04-60-002 У1 "Оскар 4", столб, черный, стекло прозрачное, четырехгранный, под лампу Е27 LAMPER</t>
+  </si>
+  <si>
+    <t>602-303</t>
+  </si>
+  <si>
+    <t>Светильник садово-парковый НТУ 04-60-002 У1 "Оскар 4", столб, черный, пластик (рельеф ромб), четырехгранный, под лампу Е27 LAMPER</t>
+  </si>
+  <si>
+    <t>602-306</t>
+  </si>
+  <si>
+    <t>Светильник садово-парковый НБУ 06-60-001 У1 "Леда 1", настенный, черный под бронзу, стекло прозрачное, шестигранный, под лампу Е27 LAMPER</t>
+  </si>
+  <si>
+    <t>602-305</t>
+  </si>
+  <si>
+    <t>Светильник садово-парковый НБУ 04-60-001 У1 "Леда", настенный, черный, стекло прозрачное, четырехгранный, под лампу Е27 LAMPER</t>
   </si>
   <si>
     <t>602-300</t>
   </si>
   <si>
     <t>Светильник садово-парковый НТУ 04-60-002 У1 "Оскар 4", столб, черный под бронзу, стекло прозрачное, четырехгранный, под лампу Е27 LAMPER</t>
   </si>
   <si>
-    <t>602-301</t>
-[...4 lines deleted...]
-  <si>
     <t>602-302</t>
   </si>
   <si>
     <t>Светильник садово-парковый НТУ 06-60-002 У1 "Оскар 3", столб, черный под бронзу, пластик (рельеф ромб), шестигранный, под лампу Е27 LAMPER</t>
-  </si>
-[...244 lines deleted...]
-    <t>Светильник садовый Тростник, 35,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -906,56 +894,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-kapsula-vremeni-3-8m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-kerosinovaya-lampa-3m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gazonnyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-hranitel-zhemchuzhiny-4m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-pane" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-yantarnye-pchely-5-8m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-polet-babochki-3m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lam" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-nochnaya-lampada-4m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-l" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/cvetilnik-podvesnoy-2700k-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-slr-wb-80-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-stalaktit-5m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-eklektika-4m-3000k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-nochnoy-buket-4m-multikolor-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-ulybka-3m-3000k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-bolshoy-3000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-datchik" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fakel-3000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-datchikom-osveschenn" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-albedo-6500k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-bl-31-lamper" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-hrustalnyy-tsvetok-rgb-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-lnd-35-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dobryy-santa-rgb-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-2700k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-gl-100-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/cvetilnik-sadovyy-4000k-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-slr-as-31-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-gp-60-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-urban-4000k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tyulpan-iz-amsterdama-4000k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastennyy-4000k-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-slc-60-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastennyy-6500k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-pod-bronzu-steklo-prozrachnoe-chety" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-steklo-prozrachnoe-chetyrehgrannyy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-06-60-002-u1-oskar-3-stolb-chernyy-pod-bronzu-plastik-relef-romb-shest" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-plastik-relef-romb-chetyrehgrannyy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-06-60-001-u1-oskar-1-stolb-malyy-chernyy-pod-bronzu-steklo-prozrachnoe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-04-60-001-u1-leda-nastennyy-chernyy-steklo-prozrachnoe-chetyrehgrannyy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-06-60-001-u1-leda-1-nastennyy-chernyy-pod-bronzu-steklo-prozrachnoe-sh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-04-60-001-u1-leda-nastennyy-chernyy-plastik-relef-romb-chetyrehgrannyy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kovent-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-bond-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-komplekt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-galata-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-29-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rex" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-leyka-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shanti-22sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-15m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-20m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-denlong-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kings-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-335sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shile-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-sevil-398sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-flit-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-prozhektornyy-strend-6500k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-rgb-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-karnabi-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-ebbi-335-sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-635sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-verba-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dufu-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-komplekt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-vestfild-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-polusfera-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tayang-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rex" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-lotos-3000k-15sm-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-22-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-10m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-18sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-laleli-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-fener-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-salyut-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-ridzhent-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-35-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-galata-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-29-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rex" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-22-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-denlong-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shile-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-fener-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-ridzhent-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-leyka-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-15m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-18sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kings-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-laleli-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-sevil-398sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-prozhektornyy-strend-6500k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-karnabi-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-635sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-verba-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dufu-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-komplekt" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-lotos-3000k-15sm-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-vestfild-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-polusfera-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tayang-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rex" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-salyut-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-rgb-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-20m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-10m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-35-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-flit-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-ebbi-335-sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kovent-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shanti-22sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-bond-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-komplekt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-335sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-nochnaya-lampada-4m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-stalaktit-5m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-eklektika-4m-3000k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-ulybka-3m-3000k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-kapsula-vremeni-3-8m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-kerosinovaya-lampa-3m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-yantarnye-pchely-5-8m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-nochnoy-buket-4m-multikolor-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gazonnyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-hranitel-zhemchuzhiny-4m-6500k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaskad-polet-babochki-3m-2700k-s-akkumulyatorom-i-vynosnoy-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/cvetilnik-podvesnoy-2700k-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-slr-wb-80-lamper" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-2700k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-gl-100-lamper" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dobryy-santa-rgb-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-urban-4000k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-hrustalnyy-tsvetok-rgb-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-lamper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-bl-31-lamper" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/cvetilnik-sadovyy-4000k-so-vstroennym-akkumulyatorom-i-solnechnoy-panelyu-slr-as-31-lamper" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-bolshoy-3000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-datchikom-osveshchennosti-lamper" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fakel-3000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-datchikom-osveshchennosti-lamper" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tyulpan-iz-amsterdama-4000k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-lnd-35-lamper" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-4000k-so-vstroennym-akkumulyatorom-solnechnoy-panelyu-slr-gp-60-lamper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastennyy-6500k-s-solnechnoy-panelyu-i-akkumulyatorom-lamper" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-06-60-001-u1-oskar-1-stolb-malyy-chernyy-pod-bronzu-steklo-prozrachnoe-shestigrannyy-pod-lampu-e27-lamper" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-04-60-001-u1-leda-nastennyy-chernyy-plastik-relef-romb-chetyrehgrannyy-pod-lampu-e27-lamper" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-steklo-prozrachnoe-chetyrehgrannyy-pod-lampu-e27-lamper" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-plastik-relef-romb-chetyrehgrannyy-pod-lampu-e27-lamper" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-06-60-001-u1-leda-1-nastennyy-chernyy-pod-bronzu-steklo-prozrachnoe-shestigrannyy-pod-lampu-e27-lamper" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-nbu-04-60-001-u1-leda-nastennyy-chernyy-steklo-prozrachnoe-chetyrehgrannyy-pod-lampu-e27-lamper" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-04-60-002-u1-oskar-4-stolb-chernyy-pod-bronzu-steklo-prozrachnoe-chetyrehgrannyy-pod-lampu-e27-lamper" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovo-parkovyy-ntu-06-60-002-u1-oskar-3-stolb-chernyy-pod-bronzu-plastik-relef-romb-shestigrannyy-pod-lampu-e27-lamper" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I76"/>
+  <dimension ref="A1:I74"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -987,2174 +975,2114 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>909.74</v>
+        <v>2005.26</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>673.74</v>
+        <v>1770.18</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1034</v>
+        <v>244</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1163.22</v>
+        <v>3864.6</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>161</v>
+        <v>308</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>625.81</v>
+        <v>1372.95</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>21</v>
+        <v>885</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1061.36</v>
+        <v>1933.79</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>256</v>
+        <v>348</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>697.29</v>
+        <v>1488.19</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>623.4</v>
+        <v>1774.05</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>257</v>
+        <v>58</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>214.35</v>
+        <v>1149.21</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>1284</v>
       </c>
       <c r="G11" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>24</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>660.58</v>
+        <v>2181.49</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>482.02</v>
+        <v>6837.23</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1005</v>
+        <v>39</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>567</v>
+        <v>1525.5</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>8</v>
+        <v>982</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>404.71</v>
+        <v>1185.5</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>558</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="2" t="s">
+      <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="2"/>
-[...6 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="B16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" s="3">
+        <v>1249.4</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>1292</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>32</v>
+      </c>
+      <c r="I16" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>808.7</v>
+        <v>1391.5</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>3</v>
+        <v>1090</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>444.01</v>
+        <v>1732.93</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>298.77</v>
+        <v>1627.2</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>1251</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>175.77</v>
+        <v>2463.49</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="G20" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>24</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>625.33</v>
+        <v>1353.55</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>2116</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>378.12</v>
+        <v>1430.19</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="F22" s="3">
-        <v>300</v>
+        <v>126</v>
       </c>
       <c r="G22" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>90.17</v>
+        <v>2099.69</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>73</v>
+        <v>847</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>12</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>245.96</v>
+        <v>1181.3</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>441.98</v>
+        <v>2244.89</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>249</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>12</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>340.85</v>
+        <v>864.45</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>29</v>
+        <v>2211</v>
       </c>
       <c r="G26" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>322.72</v>
+        <v>1169.55</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>655</v>
+        <v>2112</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>84.37</v>
+        <v>1748.82</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>543</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I29" s="2"/>
+      <c r="A29" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C29" s="3">
+        <v>8169.03</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F29" s="3">
+        <v>2</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>6</v>
+      </c>
+      <c r="I29" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>283.97</v>
+        <v>4543.6</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>947.8</v>
+        <v>3864.6</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="A32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C32" s="3">
+        <v>598.77</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="3">
+        <v>14</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
+        <v>72</v>
+      </c>
+      <c r="I32" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1420.16</v>
+        <v>1558.86</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>60</v>
+        <v>418</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>1095.14</v>
+        <v>600.47</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>50</v>
+        <v>169</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>1344.9</v>
+        <v>2583.35</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>20</v>
+        <v>337</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>1132.03</v>
+        <v>749.71</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="F36" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>789.89</v>
+        <v>1227.54</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>82</v>
+        <v>2051</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>720</v>
+        <v>1866.53</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>76</v>
+        <v>432</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A39" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>725.48</v>
+        <v>623.4</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>59</v>
+        <v>245</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="A41" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C41" s="3">
+        <v>660.58</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="3">
+        <v>73</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>12</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>600.47</v>
+        <v>482.02</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>224</v>
+        <v>1002</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>749.71</v>
+        <v>404.71</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>89</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1</v>
+        <v>556</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>2005.26</v>
+        <v>909.74</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>3864.6</v>
+        <v>673.74</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>298</v>
+        <v>1042</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>2181.49</v>
+        <v>1061.36</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>40</v>
+        <v>253</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>2583.35</v>
+        <v>567</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>360</v>
+        <v>8</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>12</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>6837.23</v>
+        <v>1163.22</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>38</v>
+        <v>141</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>1770.18</v>
+        <v>625.81</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>262</v>
+        <v>21</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>8169.03</v>
+        <v>697.29</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>1933.79</v>
+        <v>214.35</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>354</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H51" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A52" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A52" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="B52" s="2"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>1227.54</v>
+        <v>245.96</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>2084</v>
+        <v>2</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H53" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>1488.19</v>
+        <v>90.17</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>1391.5</v>
+        <v>322.72</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1099</v>
+        <v>623</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>598.77</v>
+        <v>625.33</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>1732.93</v>
+        <v>175.77</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="G57" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="H57" s="3">
         <v>24</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>1748.82</v>
+        <v>441.98</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>591</v>
+        <v>237</v>
       </c>
       <c r="G58" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H58" s="3">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>1627.2</v>
+        <v>808.7</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>1256</v>
+        <v>1</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>1558.86</v>
+        <v>444.01</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>408</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>2463.49</v>
+        <v>84.37</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>1353.55</v>
+        <v>378.12</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>2114</v>
+        <v>300</v>
       </c>
       <c r="G62" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="H62" s="3">
         <v>24</v>
       </c>
       <c r="I62" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>1430.19</v>
+        <v>340.85</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>89</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>117</v>
+        <v>27</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H63" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I63" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A64" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A64" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>2244.89</v>
+        <v>947.8</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A66" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B66" s="3" t="s">
+      <c r="A66" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="C66" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B66" s="2"/>
+      <c r="C66" s="2"/>
+      <c r="D66" s="2"/>
+      <c r="E66" s="2"/>
+      <c r="F66" s="2"/>
+      <c r="G66" s="2"/>
+      <c r="H66" s="2"/>
+      <c r="I66" s="2"/>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>2099.69</v>
+        <v>789.89</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>874</v>
+        <v>66</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>1372.95</v>
+        <v>725.48</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>894</v>
+        <v>53</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>4543.6</v>
+        <v>1095.14</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>8</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>1525.5</v>
+        <v>1132.03</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>991</v>
+        <v>20</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>1249.4</v>
+        <v>984.68</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>1284</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>1774.05</v>
+        <v>720</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>1169.55</v>
+        <v>1420.16</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>2110</v>
+        <v>60</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>1866.53</v>
+        <v>1344.9</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>491</v>
+        <v>20</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I74" s="3">
-        <v>0</v>
-[...56 lines deleted...]
-      <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A16:I16"/>
-[...2 lines deleted...]
-    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A39:I39"/>
+    <mergeCell ref="A52:I52"/>
+    <mergeCell ref="A64:I64"/>
+    <mergeCell ref="A66:I66"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
-    <hyperlink ref="D17" r:id="rId13"/>
-[...45 lines deleted...]
-    <hyperlink ref="D66" r:id="rId59"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D24" r:id="rId21"/>
+    <hyperlink ref="D25" r:id="rId22"/>
+    <hyperlink ref="D26" r:id="rId23"/>
+    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D28" r:id="rId25"/>
+    <hyperlink ref="D29" r:id="rId26"/>
+    <hyperlink ref="D30" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId28"/>
+    <hyperlink ref="D32" r:id="rId29"/>
+    <hyperlink ref="D33" r:id="rId30"/>
+    <hyperlink ref="D34" r:id="rId31"/>
+    <hyperlink ref="D35" r:id="rId32"/>
+    <hyperlink ref="D36" r:id="rId33"/>
+    <hyperlink ref="D37" r:id="rId34"/>
+    <hyperlink ref="D38" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D43" r:id="rId39"/>
+    <hyperlink ref="D44" r:id="rId40"/>
+    <hyperlink ref="D45" r:id="rId41"/>
+    <hyperlink ref="D46" r:id="rId42"/>
+    <hyperlink ref="D47" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId44"/>
+    <hyperlink ref="D49" r:id="rId45"/>
+    <hyperlink ref="D50" r:id="rId46"/>
+    <hyperlink ref="D51" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId52"/>
+    <hyperlink ref="D58" r:id="rId53"/>
+    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D60" r:id="rId55"/>
+    <hyperlink ref="D61" r:id="rId56"/>
+    <hyperlink ref="D62" r:id="rId57"/>
+    <hyperlink ref="D63" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D67" r:id="rId60"/>
     <hyperlink ref="D68" r:id="rId61"/>
     <hyperlink ref="D69" r:id="rId62"/>
     <hyperlink ref="D70" r:id="rId63"/>
     <hyperlink ref="D71" r:id="rId64"/>
     <hyperlink ref="D72" r:id="rId65"/>
     <hyperlink ref="D73" r:id="rId66"/>
     <hyperlink ref="D74" r:id="rId67"/>
-    <hyperlink ref="D75" r:id="rId68"/>
-    <hyperlink ref="D76" r:id="rId69"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>