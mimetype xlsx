--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,267 +42,267 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Садовые светильники REXANT</t>
   </si>
   <si>
+    <t>602-2427</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Денг, 335см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>602-2424</t>
+  </si>
+  <si>
+    <t>Светильник прожекторный Стрэнд, 6500К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2407</t>
+  </si>
+  <si>
+    <t>Светильник садовый Фенер, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2431</t>
+  </si>
+  <si>
+    <t>Светильник садовый Лотос, 3000К, 15см, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2405</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Лейка, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2413</t>
+  </si>
+  <si>
+    <t>Светильник садовый Риджент, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2429</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Таянг, 3000К/RGB, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2403</t>
+  </si>
+  <si>
+    <t>Светильник подвесной Галата, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2412</t>
+  </si>
+  <si>
+    <t>Светильник садовый Шанти, 22см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2402</t>
+  </si>
+  <si>
+    <t>Светильник подвесной Фатих, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2426</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Бонд, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон (комплект 4 шт) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>602-2416</t>
+  </si>
+  <si>
+    <t>Светильник садовый Флит, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2404</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Фатих, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2408</t>
+  </si>
+  <si>
+    <t>Светильник садовый Бамбук, 18см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
     <t>602-2406</t>
   </si>
   <si>
     <t>Светильник садовый Шиле, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Светильник садовый Фенер, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+    <t>602-2419</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Эбби, 335 см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2411</t>
+  </si>
+  <si>
+    <t>Светильник садовый Бамбук, 29,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2410</t>
+  </si>
+  <si>
+    <t>Светильник садовый Тростник, 35,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2428</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Денг, 635см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2421</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 10м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2430</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Дэнлонг, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
   </si>
   <si>
     <t>602-2435</t>
   </si>
   <si>
     <t>Светильник грунтовый Салют, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
   </si>
   <si>
-    <t>602-2404</t>
-[...2 lines deleted...]
-    <t>Светильник грунтовый Фатих, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+    <t>602-2423</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 20м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2420</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Сэвил, 398см, 3000К, встроенный аккумулятор, солнечная панель,коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2437</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Верба, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2425</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Вестфилд, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2434</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Полусфера, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2422</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 15м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
   </si>
   <si>
     <t>602-2409</t>
   </si>
   <si>
     <t>Светильник садовый Тростник, 22,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
   </si>
   <si>
-    <t>602-2411</t>
-[...41 lines deleted...]
-    <t>Гирлянда садовая Канэри, 20м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+    <t>602-2418</t>
+  </si>
+  <si>
+    <t>Светильник садовый Кингс, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2401</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Лалели, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2433</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Одуванчик, RGB, встроенный аккумулятор, солнечная панель REXANT</t>
   </si>
   <si>
     <t>602-2415</t>
   </si>
   <si>
     <t>Светильник садовый Карнаби, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
   </si>
   <si>
-    <t>602-2401</t>
-[...32 lines deleted...]
-    <t>Светильник садовый Риджент, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+    <t>602-2432</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Дуфу, 4000К, встроенный аккумулятор, солнечная панель, коллекция Пекин (комплект 4 шт) REXANT</t>
   </si>
   <si>
     <t>602-2417</t>
   </si>
   <si>
     <t>Светильник садовый Ковэнт, 3000К/RGB, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
-  </si>
-[...88 lines deleted...]
-    <t>Светильник грунтовый Дуфу, 4000К, встроенный аккумулятор, солнечная панель, коллекция Пекин (комплект 4 шт) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -687,51 +687,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shile-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-fener-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-salyut-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-22-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-29-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rex.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-bond-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-komplekt.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-denlong-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-35-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-sevil-398sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shanti-22sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-20m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-karnabi-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-laleli-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-flit-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-10m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-verba-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-635sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-ridzhent-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kovent-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-ebbi-335-sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-vestfild-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-18sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-polusfera-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-prozhektornyy-strend-6500k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kings-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-galata-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-lotos-3000k-15sm-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexan.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-15m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-rgb-vstroennyy-akkumulyator-solnechnaya-panel-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tayang-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rex.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-335sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-leyka-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dufu-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-komplekt-.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-335sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant-30537" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-projektorniy-strend-6500k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30532" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-fener-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30508" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-lotos-3000k-15sm-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant-30519" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-leyka-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30521" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-ridjent-4000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30522" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-tayang-3000k-rgb-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant-30528" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-galata-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30516" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-shanti-22sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexant-30517" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-fatih-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30504" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-bond-4000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-komplekt-4-sht-rexant-30536" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-flit-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30531" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-fatih-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30520" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-bambuk-18sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexant-30534" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-shile-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30530" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-ebbi-335-sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30511" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-bambuk-29sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexant-30505" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-trostnik-35-5sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexant-30512" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-635sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant-30514" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-10m-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30527" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-denlong-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant-30529" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-salyut-3000k-vstroenniy-akkumulyator-solnechnaya-panel-rexant-30538" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-20m-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30506" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-sevil-398sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30513" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-verba-3000k-vstroenniy-akkumulyator-solnechnaya-panel-rexant-30515" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-vestfild-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30524" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-polusfera-3000k-vstroenniy-akkumulyator-solnechnaya-panel-rexant-30525" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-15m-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30518" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-trostnik-22-5sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexant-30526" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-kings-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30535" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-laleli-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30509" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-oduvanchik-rgb-vstroenniy-akkumulyator-solnechnaya-panel-rexant-30533" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-karnabi-4000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30510" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-dufu-4000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-komplekt-4-sht-rexant-30507" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-kovent-3000k-rgb-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30523" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I37"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -755,1052 +755,1052 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1463.31</v>
+        <v>1207.02</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>8</v>
+        <v>2045</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1744.4</v>
+        <v>1703.96</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1150</v>
+        <v>1744.4</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2066</v>
+        <v>77</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1835.33</v>
+        <v>2064.59</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>480</v>
+        <v>881</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1350</v>
+        <v>2145.02</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>861</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>3800</v>
+        <v>1130</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>281</v>
+        <v>1297</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>737.18</v>
+        <v>850</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1053</v>
+        <v>2192</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>1901.47</v>
+        <v>1971.74</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>291</v>
+        <v>25</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>18</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>3800</v>
+        <v>2540.17</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>256</v>
+        <v>362</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="C12" s="3">
+        <v>1740.59</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="3">
+        <v>261</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
         <v>32</v>
-      </c>
-[...16 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="3">
+        <v>737.18</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C13" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>354</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>8032.48</v>
+        <v>588.76</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>6</v>
+        <v>72</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>1600</v>
+        <v>1835.33</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1266</v>
+        <v>481</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>1228.52</v>
+        <v>1500</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1252</v>
+        <v>995</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>588.76</v>
+        <v>1463.31</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>3</v>
+        <v>114</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>4467.65</v>
+        <v>1532.8</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>11</v>
+        <v>411</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>1330.92</v>
+        <v>3800</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2083</v>
+        <v>301</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>2422.31</v>
+        <v>3800</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>189</v>
+        <v>253</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>1130</v>
+        <v>2422.31</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1397</v>
+        <v>181</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>24</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>590.43</v>
+        <v>4467.65</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>72</v>
+        <v>8</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>1532.8</v>
+        <v>1901.47</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>394</v>
+        <v>347</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>18</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>1161.55</v>
+        <v>1150</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>2108</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>1500</v>
+        <v>8032.48</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>893</v>
+        <v>8</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>2207.36</v>
+        <v>1368.24</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>1071</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>1703.96</v>
+        <v>1330.92</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>116</v>
+        <v>2114</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>24</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>1165.68</v>
+        <v>1161.55</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>308</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>1971.74</v>
+        <v>2207.36</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>2064.59</v>
+        <v>6722.94</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>876</v>
+        <v>47</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>6722.94</v>
+        <v>1350</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>51</v>
+        <v>891</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>1719.59</v>
+        <v>1165.68</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>752</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>36</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>1740.59</v>
+        <v>1228.52</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>222</v>
+        <v>1293</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>32</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>850</v>
+        <v>1719.59</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>2165</v>
+        <v>760</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>1207.02</v>
+        <v>1600</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1966</v>
+        <v>1258</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>48</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>2145.02</v>
+        <v>1406.28</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="F36" s="3">
-        <v>331</v>
+        <v>110</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>16</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>1406.28</v>
+        <v>590.43</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>11</v>
+        <v>131</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>