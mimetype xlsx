--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -42,267 +42,267 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Садовые светильники REXANT</t>
   </si>
   <si>
+    <t>602-2417</t>
+  </si>
+  <si>
+    <t>Светильник садовый Ковэнт, 3000К/RGB, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>602-2426</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Бонд, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон (комплект 4 шт) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>602-2403</t>
+  </si>
+  <si>
+    <t>Светильник подвесной Галата, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2411</t>
+  </si>
+  <si>
+    <t>Светильник садовый Бамбук, 29,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2405</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Лейка, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2412</t>
+  </si>
+  <si>
+    <t>Светильник садовый Шанти, 22см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2422</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 15м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2402</t>
+  </si>
+  <si>
+    <t>Светильник подвесной Фатих, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2423</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 20м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2430</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Дэнлонг, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2418</t>
+  </si>
+  <si>
+    <t>Светильник садовый Кингс, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
     <t>602-2427</t>
   </si>
   <si>
     <t>Гирлянда садовая Денг, 335см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>602-2406</t>
+  </si>
+  <si>
+    <t>Светильник садовый Шиле, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2420</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Сэвил, 398см, 3000К, встроенный аккумулятор, солнечная панель,коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2416</t>
+  </si>
+  <si>
+    <t>Светильник садовый Флит, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
   </si>
   <si>
     <t>602-2424</t>
   </si>
   <si>
     <t>Светильник прожекторный Стрэнд, 6500К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
   </si>
   <si>
+    <t>602-2433</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Одуванчик, RGB, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2415</t>
+  </si>
+  <si>
+    <t>Светильник садовый Карнаби, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2419</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Эбби, 335 см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2428</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Денг, 635см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2437</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Верба, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2432</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Дуфу, 4000К, встроенный аккумулятор, солнечная панель, коллекция Пекин (комплект 4 шт) REXANT</t>
+  </si>
+  <si>
+    <t>602-2425</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Вестфилд, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2434</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Полусфера, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2429</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Таянг, 3000К/RGB, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2431</t>
+  </si>
+  <si>
+    <t>Светильник садовый Лотос, 3000К, 15см, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2409</t>
+  </si>
+  <si>
+    <t>Светильник садовый Тростник, 22,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2421</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 10м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2408</t>
+  </si>
+  <si>
+    <t>Светильник садовый Бамбук, 18см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2401</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Лалели, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
     <t>602-2407</t>
   </si>
   <si>
     <t>Светильник садовый Фенер, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
   </si>
   <si>
-    <t>602-2431</t>
-[...8 lines deleted...]
-    <t>Светильник грунтовый Лейка, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+    <t>602-2435</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Салют, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2404</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Фатих, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
   </si>
   <si>
     <t>602-2413</t>
   </si>
   <si>
     <t>Светильник садовый Риджент, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
   </si>
   <si>
-    <t>602-2429</t>
-[...67 lines deleted...]
-  <si>
     <t>602-2410</t>
   </si>
   <si>
     <t>Светильник садовый Тростник, 35,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
-  </si>
-[...100 lines deleted...]
-    <t>Светильник садовый Ковэнт, 3000К/RGB, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -687,51 +687,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-335sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant-30537" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-projektorniy-strend-6500k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30532" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-fener-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30508" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-lotos-3000k-15sm-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant-30519" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-leyka-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30521" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-ridjent-4000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30522" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-tayang-3000k-rgb-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant-30528" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-galata-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30516" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-shanti-22sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexant-30517" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-fatih-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30504" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-bond-4000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-komplekt-4-sht-rexant-30536" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-flit-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30531" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-fatih-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30520" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-bambuk-18sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexant-30534" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-shile-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30530" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-ebbi-335-sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30511" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-bambuk-29sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexant-30505" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-trostnik-35-5sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexant-30512" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-635sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant-30514" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-10m-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30527" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-denlong-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant-30529" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-salyut-3000k-vstroenniy-akkumulyator-solnechnaya-panel-rexant-30538" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-20m-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30506" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-sevil-398sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30513" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-verba-3000k-vstroenniy-akkumulyator-solnechnaya-panel-rexant-30515" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-vestfild-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30524" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-polusfera-3000k-vstroenniy-akkumulyator-solnechnaya-panel-rexant-30525" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-15m-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30518" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-trostnik-22-5sm-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexant-30526" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-kings-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30535" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-laleli-3000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant-30509" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-oduvanchik-rgb-vstroenniy-akkumulyator-solnechnaya-panel-rexant-30533" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-karnabi-4000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30510" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntoviy-dufu-4000k-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-komplekt-4-sht-rexant-30507" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadoviy-kovent-3000k-rgb-vstroenniy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant-30523" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kovent-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-bond-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-komplekt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-galata-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-29-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rex" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-leyka-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shanti-22sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-15m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-20m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-denlong-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kings-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-335sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shile-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-sevil-398sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-flit-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-prozhektornyy-strend-6500k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-rgb-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-karnabi-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-ebbi-335-sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-635sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-verba-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dufu-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-komplekt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-vestfild-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-polusfera-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tayang-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rex" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-lotos-3000k-15sm-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-22-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-10m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-18sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-laleli-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-fener-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-salyut-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-ridzhent-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-35-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I37"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -755,1052 +755,1052 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1207.02</v>
+        <v>600.47</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2045</v>
+        <v>224</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1703.96</v>
+        <v>749.71</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>24</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C5" s="3">
-        <v>1744.4</v>
+        <v>2005.26</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>18</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>2064.59</v>
+        <v>3864.6</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>881</v>
+        <v>298</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>2145.02</v>
+        <v>2181.49</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>16</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>1130</v>
+        <v>2583.35</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1297</v>
+        <v>360</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>850</v>
+        <v>6837.23</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2192</v>
+        <v>38</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>1971.74</v>
+        <v>1770.18</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>25</v>
+        <v>262</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>2540.17</v>
+        <v>8169.03</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>362</v>
+        <v>1</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>1740.59</v>
+        <v>1933.79</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>261</v>
+        <v>354</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>737.18</v>
+        <v>1185.5</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>588.76</v>
+        <v>1227.54</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>3</v>
+        <v>2084</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>1835.33</v>
+        <v>1488.19</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>481</v>
+        <v>95</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>1500</v>
+        <v>1391.5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>995</v>
+        <v>1099</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>1463.31</v>
+        <v>598.77</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>114</v>
+        <v>1</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>1532.8</v>
+        <v>1732.93</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>411</v>
+        <v>16</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>3800</v>
+        <v>1748.82</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>301</v>
+        <v>591</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>3800</v>
+        <v>1627.2</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>253</v>
+        <v>1256</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>2422.31</v>
+        <v>1558.86</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>181</v>
+        <v>408</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>4467.65</v>
+        <v>2463.49</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>1901.47</v>
+        <v>1353.55</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>347</v>
+        <v>2114</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>1150</v>
+        <v>1430.19</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>2108</v>
+        <v>117</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>8032.48</v>
+        <v>1181.3</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>1368.24</v>
+        <v>2244.89</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1071</v>
+        <v>1</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>1330.92</v>
+        <v>864.45</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>2114</v>
+        <v>2204</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>1161.55</v>
+        <v>2099.69</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>874</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>2207.36</v>
+        <v>1372.95</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>8</v>
+        <v>894</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>6722.94</v>
+        <v>4543.6</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>1350</v>
+        <v>1525.5</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>891</v>
+        <v>991</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>18</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>1165.68</v>
+        <v>1249.4</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>1284</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>1228.52</v>
+        <v>1774.05</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1293</v>
+        <v>73</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>1719.59</v>
+        <v>1169.55</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>760</v>
+        <v>2110</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>1600</v>
+        <v>1866.53</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1258</v>
+        <v>491</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>1406.28</v>
+        <v>1149.21</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>110</v>
+        <v>1287</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>590.43</v>
+        <v>3864.6</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>131</v>
+        <v>254</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>72</v>
+        <v>4</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>