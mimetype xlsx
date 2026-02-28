--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -42,267 +42,267 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Садовые светильники REXANT</t>
   </si>
   <si>
+    <t>602-2403</t>
+  </si>
+  <si>
+    <t>Светильник подвесной Галата, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>602-2402</t>
+  </si>
+  <si>
+    <t>Светильник подвесной Фатих, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2411</t>
+  </si>
+  <si>
+    <t>Светильник садовый Бамбук, 29,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2409</t>
+  </si>
+  <si>
+    <t>Светильник садовый Тростник, 22,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2430</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Дэнлонг, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2406</t>
+  </si>
+  <si>
+    <t>Светильник садовый Шиле, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2407</t>
+  </si>
+  <si>
+    <t>Светильник садовый Фенер, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2413</t>
+  </si>
+  <si>
+    <t>Светильник садовый Риджент, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2405</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Лейка, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2422</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 15м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2408</t>
+  </si>
+  <si>
+    <t>Светильник садовый Бамбук, 18см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2418</t>
+  </si>
+  <si>
+    <t>Светильник садовый Кингс, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2401</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Лалели, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
+  </si>
+  <si>
+    <t>602-2420</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Сэвил, 398см, 3000К, встроенный аккумулятор, солнечная панель,коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2424</t>
+  </si>
+  <si>
+    <t>Светильник прожекторный Стрэнд, 6500К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2415</t>
+  </si>
+  <si>
+    <t>Светильник садовый Карнаби, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2428</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Денг, 635см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2437</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Верба, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2432</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Дуфу, 4000К, встроенный аккумулятор, солнечная панель, коллекция Пекин (комплект 4 шт) REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>602-2431</t>
+  </si>
+  <si>
+    <t>Светильник садовый Лотос, 3000К, 15см, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2425</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Вестфилд, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2434</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Полусфера, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2429</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Таянг, 3000К/RGB, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
+  </si>
+  <si>
+    <t>602-2435</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Салют, 3000К, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2433</t>
+  </si>
+  <si>
+    <t>Светильник грунтовый Одуванчик, RGB, встроенный аккумулятор, солнечная панель REXANT</t>
+  </si>
+  <si>
+    <t>602-2423</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 20м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2421</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Канэри, 10м, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2410</t>
+  </si>
+  <si>
+    <t>Светильник садовый Тростник, 35,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
+  </si>
+  <si>
+    <t>602-2416</t>
+  </si>
+  <si>
+    <t>Светильник садовый Флит, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
+    <t>602-2419</t>
+  </si>
+  <si>
+    <t>Гирлянда садовая Эбби, 335 см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
+  </si>
+  <si>
     <t>602-2417</t>
   </si>
   <si>
     <t>Светильник садовый Ковэнт, 3000К/RGB, встроенный аккумулятор, солнечная панель, коллекция Лондон REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>602-2412</t>
+  </si>
+  <si>
+    <t>Светильник садовый Шанти, 22см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
   </si>
   <si>
     <t>602-2426</t>
   </si>
   <si>
     <t>Светильник грунтовый Бонд, 4000К, встроенный аккумулятор, солнечная панель, коллекция Лондон (комплект 4 шт) REXANT</t>
   </si>
   <si>
-    <t>комплект</t>
-[...55 lines deleted...]
-  <si>
     <t>602-2427</t>
   </si>
   <si>
     <t>Гирлянда садовая Денг, 335см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Пекин REXANT</t>
   </si>
   <si>
-    <t>602-2406</t>
-[...118 lines deleted...]
-  <si>
     <t>602-2404</t>
   </si>
   <si>
     <t>Светильник грунтовый Фатих, 3000К, встроенный аккумулятор, солнечная панель, коллекция Стамбул REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Светильник садовый Тростник, 35,5см, 3000К, встроенный аккумулятор, солнечная панель, коллекция Бали REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -687,51 +687,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kovent-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-bond-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-komplekt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-galata-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-29-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rex" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-leyka-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shanti-22sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-15m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-20m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-denlong-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kings-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-335sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shile-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-sevil-398sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-flit-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-prozhektornyy-strend-6500k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-rgb-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-karnabi-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-ebbi-335-sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-635sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-verba-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dufu-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-komplekt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-vestfild-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-polusfera-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tayang-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rex" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-lotos-3000k-15sm-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-22-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-10m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-18sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-laleli-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-fener-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-salyut-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-ridzhent-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-35-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-galata-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-podvesnoy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-29-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rex" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-22-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-denlong-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shile-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-fener-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-ridzhent-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-leyka-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-15m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-bambuk-18sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kings-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-laleli-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-sevil-398sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-prozhektornyy-strend-6500k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-karnabi-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-635sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-verba-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-dufu-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-komplekt" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-lotos-3000k-15sm-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-vestfild-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-polusfera-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-tayang-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rex" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-salyut-3000k-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-oduvanchik-rgb-vstroennyy-akkumulyator-solnechnaya-panel-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-20m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-kaneri-10m-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rex" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-trostnik-35-5sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-r" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-flit-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-ebbi-335-sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-kovent-3000k-rgb-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-rexa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-sadovyy-shanti-22sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-bali-rexan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-bond-4000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-london-komplekt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sadovaya-deng-335sm-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-pekin-rexa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gruntovyy-fatih-3000k-vstroennyy-akkumulyator-solnechnaya-panel-kollektsiya-stambul-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I37"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -755,1052 +755,1052 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>600.47</v>
+        <v>2005.26</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>224</v>
+        <v>24</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>749.71</v>
+        <v>1770.18</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1</v>
+        <v>244</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="3">
-        <v>2005.26</v>
+        <v>3864.6</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>23</v>
+        <v>308</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>3864.6</v>
+        <v>1372.95</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>298</v>
+        <v>885</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>2181.49</v>
+        <v>1933.79</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>40</v>
+        <v>348</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>2583.35</v>
+        <v>1488.19</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>360</v>
+        <v>1</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>6837.23</v>
+        <v>1774.05</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>1770.18</v>
+        <v>1149.21</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>262</v>
+        <v>1284</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>8169.03</v>
+        <v>2181.49</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>1933.79</v>
+        <v>6837.23</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>354</v>
+        <v>39</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>1185.5</v>
+        <v>1525.5</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>982</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3">
+        <v>1185.5</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="3">
+        <v>0</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
         <v>36</v>
-      </c>
-[...16 lines deleted...]
-        <v>48</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>1488.19</v>
+        <v>1249.4</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>95</v>
+        <v>1292</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C16" s="3">
         <v>1391.5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1099</v>
+        <v>1090</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>24</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>598.77</v>
+        <v>1732.93</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>1732.93</v>
+        <v>1627.2</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>16</v>
+        <v>1251</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>1748.82</v>
+        <v>2463.49</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>591</v>
+        <v>47</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>1627.2</v>
+        <v>1353.55</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1256</v>
+        <v>2116</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C21" s="3">
+        <v>1430.19</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="C21" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>408</v>
+        <v>126</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>2463.49</v>
+        <v>2099.69</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>46</v>
+        <v>847</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>1353.55</v>
+        <v>1181.3</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>2114</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>24</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>1430.19</v>
+        <v>2244.89</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>1181.3</v>
+        <v>864.45</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>2</v>
+        <v>2211</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>2244.89</v>
+        <v>1169.55</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1</v>
+        <v>2112</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>864.45</v>
+        <v>1748.82</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>2204</v>
+        <v>543</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>2099.69</v>
+        <v>8169.03</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>874</v>
+        <v>2</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>1372.95</v>
+        <v>4543.6</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>894</v>
+        <v>1</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>4543.6</v>
+        <v>3864.6</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>8</v>
+        <v>260</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>1525.5</v>
+        <v>598.77</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>991</v>
+        <v>14</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>1249.4</v>
+        <v>1558.86</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>1284</v>
+        <v>418</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>1774.05</v>
+        <v>600.47</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>73</v>
+        <v>169</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>1169.55</v>
+        <v>2583.35</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>2110</v>
+        <v>337</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>1866.53</v>
+        <v>749.71</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="F35" s="3">
-        <v>491</v>
+        <v>6</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>24</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>1149.21</v>
+        <v>1227.54</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1287</v>
+        <v>2051</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>3864.6</v>
+        <v>1866.53</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>254</v>
+        <v>432</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>