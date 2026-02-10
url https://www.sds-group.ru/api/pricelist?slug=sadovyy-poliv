--- v0 (2025-10-14)
+++ v1 (2026-02-10)
@@ -8,925 +8,928 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="558" uniqueCount="292">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Садовый полив</t>
   </si>
   <si>
     <t>1.1 Шланги садовые</t>
   </si>
   <si>
+    <t>62-0228</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>62-0227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0230</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0226-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>62-0228-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 1/2" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0317-F</t>
+  </si>
+  <si>
+    <t>Шланг для капельного орошения, сочащийся 1/2 ", бухта 10м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0229-1-FС</t>
+  </si>
+  <si>
+    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0229</t>
   </si>
   <si>
     <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+    <t>62-0224-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>62-0227-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ  3-х слойный армированный 3/4" 50м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0230-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0228-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0226-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0229-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0224-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 1/2" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0227-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 3/4" 50м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
     <t>62-0226</t>
   </si>
   <si>
     <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
-    <t>62-0227</t>
-[...88 lines deleted...]
-  <si>
     <t>1.2 Катушки, тележки и держатели для шлангов</t>
   </si>
   <si>
     <t>62-0262</t>
   </si>
   <si>
     <t>Держатель для садового шланга (Катушка с креплением на стену) ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>62-0079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель для садового шланга, стальной ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
     <t>62-0261</t>
   </si>
   <si>
     <t>Тележка для шланга 1/2" 60 м или 3/4" 30 м, ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>62-0327-F</t>
+  </si>
+  <si>
+    <t>Катушка для шланга 1/2" 35м или 3/4" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0316-F</t>
+  </si>
+  <si>
+    <t>Тележка для шланга 1/2" 60м или 3/4" 30м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0260</t>
+  </si>
+  <si>
+    <t>Катушка для шланга Mini 30 м, 1/2"  или 25 м 3/4 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0268</t>
+  </si>
+  <si>
+    <t>Катушка мини со шлангом, 10мм, 10м, пистолет-распылитель ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0267</t>
   </si>
   <si>
     <t>Катушка со шлангом 1/2" 15м, 3 коннектора, 1 распылитель ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0079</t>
-[...31 lines deleted...]
-  <si>
     <t>62-0328-F</t>
   </si>
   <si>
     <t>Направляющая для шланга 25см Профи ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>1.3 Комплекты садовых шлангов</t>
   </si>
   <si>
     <t>62-0258</t>
   </si>
   <si>
     <t>Набор поливочный, растягивающийся шланг 20 м, пистолет 7 режимов, соединитель ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>62-0259</t>
+  </si>
+  <si>
+    <t>Набор поливочный, растягивающийся шланг 45 м, пистолет 7 режимов, соединитель ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0318-F</t>
+  </si>
+  <si>
+    <t>Набор поливочный Профи (растягивающийся шланг 45м, пистолет 7 режимов, латунные соединители) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0270</t>
   </si>
   <si>
     <t>Шланг спиральный, 15м х 8мм, пистолет-распылитель, 2 коннектора, адаптер ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0259</t>
-[...2 lines deleted...]
-    <t>Набор поливочный, растягивающийся шланг 45 м, пистолет 7 режимов, соединитель ЧЕТЫРЕ СЕЗОНА</t>
+    <t>62-0271</t>
+  </si>
+  <si>
+    <t>Шланг-дождеватель 3-рукавный, 15м ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0319-F</t>
   </si>
   <si>
     <t>Набор поливочный Профи (растягивающийся шланг 20м, пистолет 7 режимов, латунные соединители) ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0271</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Соединители, муфты, переходники, тройники для садовых шлангов</t>
   </si>
   <si>
+    <t>62-0280</t>
+  </si>
+  <si>
+    <t>Адаптер универсальный пластмассовый, 1/2"-3/4", с внешним хомутом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0211</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0214</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0217</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 3/4", с аквастопом Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0218</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 1/2", с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-1</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0221</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 1/2" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник для быстросъемного соединения ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0222-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник Y для быстросъемного соединения ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0225</t>
+  </si>
+  <si>
+    <t>Разветвитель для шланга на 4 канала 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0311-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель-насадка, регулируемый латунный Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0215-1</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0217-1</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0223-F</t>
+  </si>
+  <si>
+    <t>Разветвитель 2-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0225-F</t>
+  </si>
+  <si>
+    <t>Разветвитель 4-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0303-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с аквастопом, термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0305-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 1/2" с аквастопом, термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0306-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 3/4" с термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0310-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга латунный, быстросъемный, 3/4", с аквастопом Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0216-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0218-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с аквастопом и термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0211-F</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0212-F</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 1/2"-3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222-3-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник Y для быстросъемного соединения с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0222-F</t>
+  </si>
+  <si>
+    <t>Двойник для быстросъемного соединения  с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0302-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0213</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 3/4", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-1-F</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-F</t>
+  </si>
+  <si>
+    <t>Муфта переходная для шланга 1/2"-3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0309-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 1/2" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0300-F</t>
   </si>
   <si>
     <t>Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>62-0277</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0278</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1"-3/4", внутренняя резьба, с переходником ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0240</t>
+  </si>
+  <si>
+    <t>62-0212</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0215</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0216</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 1/2"  ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219</t>
+  </si>
+  <si>
+    <t>Муфта переходная для шланга 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0272</t>
+  </si>
+  <si>
+    <t>Адаптер пластмассовый, 1"-1/2"-3/4", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0273</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2"-3/4", внутренняя резьба, с переходником ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0274</t>
+  </si>
+  <si>
+    <t>Муфта соединительная латунная, ремонтная, для шланга, 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0275</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 3/4", внешняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0276</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2", внешняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0279</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 1/2", с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0281</t>
+  </si>
+  <si>
+    <t>Двойник латунный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0221-F</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 1/2" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0281-3-F</t>
+  </si>
+  <si>
+    <t>Тройник Y для быстросъемного соединения, латунный Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0301-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с аквастопом, термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0304-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0307-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 3/4" с аквастопом, термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0308-F</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1", внутренняя резьба Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0241</t>
+  </si>
+  <si>
+    <t>Адаптер поворотный 1/2"-3/4"-1", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0223</t>
   </si>
   <si>
     <t>Разветвитель 2-х канальный на кран 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0211</t>
-[...298 lines deleted...]
-  <si>
     <t>1.5 Распылители, дождеватели и капельный полив</t>
   </si>
   <si>
+    <t>62-0252</t>
+  </si>
+  <si>
+    <t>Пистолет для полива 2 режима ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0254</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива круговой 154м² ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0312-F</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива круговой с регулировкой угла полива по горизонту Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0314-F</t>
+  </si>
+  <si>
+    <t>Дождеватель латунный импульсный на металлической подставке Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0250</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель для полива, 10 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0255</t>
+  </si>
+  <si>
+    <t>Разбрызгиватель латунный, импульсный, с регулировкой угла горизонта распыления до16м ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0313-F</t>
+  </si>
+  <si>
+    <t>Комплект для капельного полива площади 4х5м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0326-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель на гибкой штанге, 10 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0323-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель для полива круговой, 9 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0301</t>
+  </si>
+  <si>
+    <t>Дождеватель с садовым фонариком, работает от давления воды ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0251</t>
+  </si>
+  <si>
+    <t>Пистолет-лейка и коннекторы 3/4 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0304</t>
+  </si>
+  <si>
+    <t>Щетка для очистки листьев растений ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0285</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с регулировкой давления, ручкой и курком, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0289</t>
+  </si>
+  <si>
+    <t>Дождеватель кольцевого типа, пластиковый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0293</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель на штанге ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0256</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива осциллирующий 190м² ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель для полива круговой 100м², 8 режимов ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0324-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пистолет-распылитель многофункциональный CARBON, 7 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0253</t>
+  </si>
+  <si>
+    <t>Распыляющая головка, подходит к стандартной пластиковой бутылке ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0282</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с резиновой ручкой, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0283</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0284</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0286</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель многофункциональный с прорезиненной ручкой и курком, 7 режимов ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0287</t>
+  </si>
+  <si>
+    <t>Распылитель-насадка, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0288</t>
+  </si>
+  <si>
+    <t>Дождеватель пластиковый, импульсный, двухсторонний ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0290</t>
+  </si>
+  <si>
+    <t>Дождеватель мини ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0291</t>
   </si>
   <si>
     <t xml:space="preserve">Дождеватель осциллирующий для прямоугольных площадей ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
-    <t>62-0323-F</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Дождеватель для полива круговой, 9 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+    <t>62-0292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дождеватель осциллирующий универсальный, 21 отверстие ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0294</t>
+  </si>
+  <si>
+    <t>Распылитель на телескопической штанге ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0295</t>
+  </si>
+  <si>
+    <t>Дождеватель для полива на колесах, круговой, регулируемый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распыляющая головка помповая, подходит к стандартной пластиковой бутылке ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0325-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пистолет-распылитель душевого типа CARBON, 6 режимов Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0302</t>
+  </si>
+  <si>
+    <t>Увлажнитель почвы для растений 60мл Птичка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0303</t>
+  </si>
+  <si>
+    <t>Увлажнитель почвы для растений 100мл Грибочек ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0265</t>
   </si>
   <si>
     <t>Комплект для капельного полива 3х4 метра площадь ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0250</t>
-[...190 lines deleted...]
-  <si>
     <t>1.6 Таймеры полива</t>
   </si>
   <si>
+    <t>62-0263</t>
+  </si>
+  <si>
+    <t>Таймер полива электронный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0264</t>
   </si>
   <si>
     <t xml:space="preserve">Таймер воды на 120 мин ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
-    <t>62-0263</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7 Опрыскиватели</t>
   </si>
   <si>
+    <t>62-0244</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый помповый для растений и цветов 5л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0245</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый помповый для растений и цветов 8л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0246</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый гидравлический для растений и цветов 18л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0242</t>
+  </si>
+  <si>
+    <t>Опрыскиватель комнатный 1л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0315-F</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый аккумуляторный для растений и цветов 5л Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0297</t>
+  </si>
+  <si>
+    <t>Пистолет-распылитель с емкостью ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0269</t>
+  </si>
+  <si>
+    <t>Опрыскиватель садовый аккумуляторный для растений и цветов 2 л ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0266</t>
   </si>
   <si>
     <t>Опрыскиватель комнатный 0,75 л ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0269</t>
-[...16 lines deleted...]
-  <si>
     <t>62-0247</t>
   </si>
   <si>
     <t>Опрыскиватель садовый помповый для растений и цветов 3л ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0245</t>
-[...22 lines deleted...]
-  <si>
     <t>1.8 Щетки и товары для влажной уборки садовых дорожек, участков</t>
   </si>
   <si>
     <t>62-0322-F</t>
   </si>
   <si>
     <t>Щетка на шланг длинная 150см под быстросъемный коннектор Профи ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>62-0320-F</t>
+  </si>
+  <si>
+    <t>Набор для чистки поверхностей Профи (щетка, распылитель, коннекторы на шланг 1/2" и 3/4", адаптер на кран) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0238</t>
   </si>
   <si>
     <t>Щетка на шланг под быстросъемный коннектор ЧЕТЫРЕ СЕЗОНА</t>
-  </si>
-[...4 lines deleted...]
-    <t>Набор для чистки поверхностей Профи (щетка, распылитель, коннекторы на шланг 1/2" и 3/4", адаптер на кран) ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1311,56 +1314,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-standart-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-standart-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-standart-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-profi-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-standart-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-profi-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-standart-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dlya-kapelnogo-orosheniya-sochaschiysya-1-2-buhta-10m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-25m-konnektory-adapter-ras.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-standart-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-profi-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-50m-konnektory-adapter-ras.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-1-2-25m-konnektory-adapter-raspyl.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-1-2-25m-konnektory-adapter-ras.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-25m-konnektory-adapter-raspyl.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-sadovogo-shlanga-katushka-s-krepleniem-na-stenu-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telezhka-dlya-shlanga-1-2-60-m-ili-3-4-30-m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-so-shlangom-1-2-15m-3-konnektora-1-raspylitel-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-sadovogo-shlanga-stalnoy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-mini-30-m-1-2-ili-25-m-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-1-2-35m-ili-3-4-25m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telezhka-dlya-shlanga-1-2-60m-ili-3-4-30m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-mini-so-shlangom-10mm-10m-pistolet-raspylitel-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napravlyayuschaya-dlya-shlanga-25sm-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-rastyagivayuschiysya-shlang-20-m-pistolet-7-rezhimov-soedinitel-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-15m-h-8mm-pistolet-raspylitel-2-konnektora-adapter-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-rastyagivayuschiysya-shlang-45-m-pistolet-7-rezhimov-soedinitel-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-profi-rastyagivayuschiysya-shlang-20m-pistolet-7-rezhimov-latunnye-soediniteli-che.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dozhdevatel-3-rukavnyy-15m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-profi-rastyagivayuschiysya-shlang-45m-pistolet-7-rezhimov-latunnye-soediniteli-che.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-ch.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-h-kanalnyy-na-kran-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-3-4-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-dlya-shlanga-na-4-kanala-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-3-4-vneshnyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vneshnyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassovyy-1-1-2-3-4-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-universalnyy-plastmassovyy-1-2-3-4-s-vneshnim-homutom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-latunnyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-kanalnyy-na-kran-1-2-3-4-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregib.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregib.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-latunnyy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-1-2-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-ch.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-povorotnyy-1-2-3-4-1-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-1-2-s-akvastopom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-latunnaya-remontnaya-dlya-shlanga-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-prof.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-3-4-s-akvastopom-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-vnutrennyaya-rezba-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-3-4-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-prof.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-i-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-latunnyy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-4-kanalnyy-na-kran-1-2-3-4-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-dlya-pryamougolnyh-ploschadey-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-9-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-3h4-metra-ploschad-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dlya-poliva-10-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbryzgivatel-latunnyy-impulsnyy-s-regulirovkoy-ugla-gorizonta-raspyleniya-do16m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-poliva-2-rezhima-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayuschaya-golovka-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-mini-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-koltsevogo-tipa-plastikovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-reguliruemyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-teleskopicheskoy-shtange-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-na-kolesah-krugovoy-reguliruemyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-plastikovyy-impulsnyy-dvuhstoronniy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-shtange-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-leyka-i-konnektory-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-154m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-ostsilliruyuschiy-190m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-100m-8-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-carbon-7-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-gibkoy-shtange-10-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-s-regulirovkoy-ugla-poliva-po-gorizontu-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayuschaya-golovka-pompovaya-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-s-sadovym-fonarikom-rabotaet-ot-davleniya-vody-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-ochistki-listev-rasteniy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-latunnyy-impulsnyy-na-metallicheskoy-podstavke-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-universalnyy-21-otverstie-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-regulirovkoy-davleniya-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-s-prorezinennoy-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-rezinovoy-ruchkoy-7-rezhimov-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dushevogo-tipa-carbon-6-rezhimov-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-ploschadi-4h5m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-100ml-gribochek-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-60ml-ptichka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-vody-na-120-min-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-poliva-elektronnyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-komnatnyy-0-75-l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-akkumulyatornyy-dlya-rasteniy-i-tsvetov-2-l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-emkostyu-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-komnatnyy-1l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-3l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-8l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-5l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-gidravlicheskiy-dlya-rasteniy-i-tsvetov-18l-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-akkumulyatornyy-dlya-rasteniy-i-tsvetov-5l-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-na-shlang-dlinnaya-150sm-pod-bystrosemnyy-konnektor-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-na-shlang-pod-bystrosemnyy-konnektor-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-chistki-poverhnostey-profi-schetka-raspylitel-konnektory-na-shlang-1-2-i-3-4-adapter-na-k.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-standart-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-25m-konnektory-adapter-ras" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-1-2-25m-konnektory-adapter-raspyl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dlya-kapelnogo-orosheniya-sochaschiysya-1-2-buhta-10m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-25m-konnektory-adapter-raspyl" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-standart-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-standart-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-profi-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-profi-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-standart-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-profi-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-1-2-25m-konnektory-adapter-ras" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-50m-konnektory-adapter-ras" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-standart-chetyre-sezona" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-standart-chetyre-sezona" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-sadovogo-shlanga-katushka-s-krepleniem-na-stenu-chetyre-sezona" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-sadovogo-shlanga-stalnoy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telezhka-dlya-shlanga-1-2-60-m-ili-3-4-30-m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-1-2-35m-ili-3-4-25m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telezhka-dlya-shlanga-1-2-60m-ili-3-4-30m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-shlanga-mini-30-m-1-2-ili-25-m-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-mini-so-shlangom-10mm-10m-pistolet-raspylitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-so-shlangom-1-2-15m-3-konnektora-1-raspylitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napravlyayuschaya-dlya-shlanga-25sm-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-rastyagivayuschiysya-shlang-20-m-pistolet-7-rezhimov-soedinitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-rastyagivayuschiysya-shlang-45-m-pistolet-7-rezhimov-soedinitel-chetyre-sezona" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-profi-rastyagivayuschiysya-shlang-45m-pistolet-7-rezhimov-latunnye-soediniteli-che" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-15m-h-8mm-pistolet-raspylitel-2-konnektora-adapter-chetyre-sezona" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dozhdevatel-3-rukavnyy-15m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-polivochnyy-profi-rastyagivayuschiysya-shlang-20m-pistolet-7-rezhimov-latunnye-soediniteli-che" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-universalnyy-plastmassovyy-1-2-3-4-s-vneshnim-homutom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-chetyre-sezona" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-dlya-shlanga-na-4-kanala-1-2-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-latunnyy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-kanalnyy-na-kran-1-2-3-4-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-4-kanalnyy-na-kran-1-2-3-4-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregib" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-prof" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-3-4-s-akvastopom-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-i-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-3-4-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-ch" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-3-4-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-1-2-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-ch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-universalnyy-plastmassovyy-1-2-3-4-s-vneshnim-homutom-chetyre-sezona-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-1-2-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-chetyre-sezona" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassovyy-1-1-2-3-4-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-latunnaya-remontnaya-dlya-shlanga-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-3-4-vneshnyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vneshnyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-1-2-s-akvastopom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-latunnyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-latunnyy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregib" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-prof" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-vnutrennyaya-rezba-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-povorotnyy-1-2-3-4-1-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-h-kanalnyy-na-kran-1-2-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-poliva-2-rezhima-chetyre-sezona" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-154m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-s-regulirovkoy-ugla-poliva-po-gorizontu-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-latunnyy-impulsnyy-na-metallicheskoy-podstavke-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dlya-poliva-10-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razbryzgivatel-latunnyy-impulsnyy-s-regulirovkoy-ugla-gorizonta-raspyleniya-do16m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-ploschadi-4h5m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-gibkoy-shtange-10-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-9-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-s-sadovym-fonarikom-rabotaet-ot-davleniya-vody-chetyre-sezona" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-leyka-i-konnektory-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-dlya-ochistki-listev-rasteniy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-regulirovkoy-davleniya-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-koltsevogo-tipa-plastikovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-shtange-chetyre-sezona" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-ostsilliruyuschiy-190m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-krugovoy-100m-8-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-carbon-7-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayuschaya-golovka-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-rezinovoy-ruchkoy-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-reguliruemyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-mnogofunktsionalnyy-s-prorezinennoy-ruchkoy-i-kurkom-7-rezhimov-chetyre-sezona" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-plastikovyy-impulsnyy-dvuhstoronniy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-mini-chetyre-sezona" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-dlya-pryamougolnyh-ploschadey-chetyre-sezona" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-ostsilliruyuschiy-universalnyy-21-otverstie-chetyre-sezona" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-na-teleskopicheskoy-shtange-chetyre-sezona" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhdevatel-dlya-poliva-na-kolesah-krugovoy-reguliruemyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylyayuschaya-golovka-pompovaya-podhodit-k-standartnoy-plastikovoy-butylke-chetyre-sezona" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-dushevogo-tipa-carbon-6-rezhimov-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-60ml-ptichka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uvlazhnitel-pochvy-dlya-rasteniy-100ml-gribochek-chetyre-sezona" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-kapelnogo-poliva-3h4-metra-ploschad-chetyre-sezona" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-poliva-elektronnyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taymer-vody-na-120-min-chetyre-sezona" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-5l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-8l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-gidravlicheskiy-dlya-rasteniy-i-tsvetov-18l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-komnatnyy-1l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-akkumulyatornyy-dlya-rasteniy-i-tsvetov-5l-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-raspylitel-s-emkostyu-chetyre-sezona" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-akkumulyatornyy-dlya-rasteniy-i-tsvetov-2-l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-komnatnyy-0-75-l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opryskivatel-sadovyy-pompovyy-dlya-rasteniy-i-tsvetov-3l-chetyre-sezona" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-na-shlang-dlinnaya-150sm-pod-bystrosemnyy-konnektor-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-chistki-poverhnostey-profi-schetka-raspylitel-konnektory-na-shlang-1-2-i-3-4-adapter-na-k" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-na-shlang-pod-bystrosemnyy-konnektor-chetyre-sezona" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I144"/>
+  <dimension ref="A1:I145"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1392,4030 +1395,4059 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>2668</v>
+        <v>1324.8</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1941</v>
+        <v>1307</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>5336</v>
+        <v>3536.72</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>418</v>
+        <v>323</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1637.6</v>
+        <v>3820.8</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1498</v>
+        <v>368</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1800</v>
+        <v>3580.86</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>964</v>
+        <v>191</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I7" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="3">
+        <v>3181.18</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>467</v>
+        <v>112</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I8" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1390</v>
+        <v>938.69</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>903</v>
+        <v>47</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I9" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>8648</v>
+        <v>5426.71</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>207</v>
+        <v>140</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>6200</v>
+        <v>2092.8</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>47</v>
+        <v>1678</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>4048</v>
+        <v>1324.8</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>473</v>
+        <v>356</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>2932</v>
+        <v>5548.8</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>891</v>
+        <v>42</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>923</v>
+        <v>6912</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>3</v>
+        <v>206</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>3521</v>
+        <v>2389.95</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>371</v>
+        <v>270</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>2200</v>
+        <v>2284.8</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F16" s="3">
-        <v>1381</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>2350</v>
+        <v>3456</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F17" s="3">
-        <v>265</v>
+        <v>421</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>6340</v>
+        <v>2756.07</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3">
-        <v>264</v>
+        <v>138</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>3128</v>
+        <v>6447.78</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="F19" s="3">
-        <v>435</v>
+        <v>117</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>2710</v>
+        <v>1324.8</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>776</v>
+        <v>946</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>5336</v>
+        <v>1708.8</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>280</v>
+        <v>828</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>384.56</v>
+        <v>391.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F23" s="3">
-        <v>1202</v>
+        <v>1138</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>60</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>2990</v>
+        <v>1155.52</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>190</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>4968</v>
+        <v>3040.83</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F25" s="3">
-        <v>129</v>
+        <v>86</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>1136.2</v>
+        <v>3400</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="F26" s="3">
-        <v>182</v>
+        <v>649</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>1990</v>
+        <v>4900</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F27" s="3">
-        <v>3</v>
+        <v>1679</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>3845.6</v>
+        <v>2023.83</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F28" s="3">
-        <v>700</v>
+        <v>57</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>6292.8</v>
+        <v>2245.54</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F29" s="3">
-        <v>1732</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>2208</v>
+        <v>5052.46</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F30" s="3">
-        <v>72</v>
+        <v>117</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>399</v>
+        <v>405.78</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F31" s="3">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>72</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1538.24</v>
+        <v>1300</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F33" s="3">
-        <v>499</v>
+        <v>314</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>42</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>2178</v>
+        <v>1890</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F34" s="3">
-        <v>1103</v>
+        <v>34</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>2821.5</v>
+        <v>4521.58</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F35" s="3">
-        <v>1048</v>
+        <v>1</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>8</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>3230</v>
+        <v>1590</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F36" s="3">
-        <v>764</v>
+        <v>271</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>1967</v>
+        <v>1900</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F37" s="3">
-        <v>483</v>
+        <v>446</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>12</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>4940</v>
+        <v>2956.42</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F38" s="3">
-        <v>793</v>
+        <v>47</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>261.81</v>
+        <v>213.33</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F40" s="3">
-        <v>1631</v>
+        <v>2359</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>250</v>
+        <v>56.55</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F41" s="3">
-        <v>109</v>
+        <v>4244</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>60</v>
+        <v>288</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>55.6</v>
+        <v>685.46</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F42" s="3">
-        <v>2516</v>
+        <v>3458</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>288</v>
+        <v>96</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>260</v>
+        <v>166.6</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F43" s="3">
-        <v>72</v>
+        <v>10166</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>96</v>
+        <v>216</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>674</v>
+        <v>89.25</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F44" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>154</v>
+        <v>93</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F45" s="3">
-        <v>12389</v>
+        <v>2475</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>216</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>119.6</v>
+        <v>72</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F46" s="3">
-        <v>717</v>
+        <v>1874</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>288</v>
+        <v>216</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>87.4</v>
+        <v>59.88</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F47" s="3">
-        <v>2312</v>
+        <v>14963</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>216</v>
+        <v>288</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>80.96</v>
+        <v>73</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F48" s="3">
-        <v>2145</v>
+        <v>5290</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>240</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>62.1</v>
+        <v>942.19</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F49" s="3">
-        <v>3365</v>
+        <v>980</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>926.44</v>
+        <v>718.37</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F50" s="3">
-        <v>21</v>
+        <v>1055</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>257.6</v>
+        <v>98.7</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F51" s="3">
-        <v>1715</v>
+        <v>133</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>96</v>
+        <v>288</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>279.68</v>
+        <v>103.95</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F52" s="3">
-        <v>35</v>
+        <v>891</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>96</v>
+        <v>288</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>279.68</v>
+        <v>723.09</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F53" s="3">
-        <v>61</v>
+        <v>273</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>93</v>
+        <v>1144.13</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F54" s="3">
-        <v>1336</v>
+        <v>298</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>209.76</v>
+        <v>240</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F55" s="3">
-        <v>604</v>
+        <v>1491</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>312.89</v>
+        <v>280</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F56" s="3">
-        <v>592</v>
+        <v>749</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>58.88</v>
+        <v>290</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F57" s="3">
-        <v>15578</v>
+        <v>1458</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>103.13</v>
+        <v>790</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F58" s="3">
-        <v>3280</v>
+        <v>1904</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>216</v>
+        <v>96</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>138.09</v>
+        <v>120</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F59" s="3">
-        <v>1684</v>
+        <v>8275</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>240</v>
+        <v>288</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>227.24</v>
+        <v>140</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F60" s="3">
-        <v>1105</v>
+        <v>3205</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>790</v>
+        <v>89</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F61" s="3">
-        <v>854</v>
+        <v>152</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>24</v>
+        <v>288</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>287.99</v>
+        <v>140</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F62" s="3">
-        <v>1580</v>
+        <v>2107</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>287.99</v>
+        <v>140</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F63" s="3">
-        <v>1761</v>
+        <v>1426</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>392.71</v>
+        <v>134</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F64" s="3">
-        <v>1514</v>
+        <v>1000</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>392.71</v>
+        <v>220</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F65" s="3">
-        <v>1878</v>
+        <v>245</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>240</v>
+        <v>150</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>784.85</v>
+        <v>264.42</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F66" s="3">
-        <v>1323</v>
+        <v>5870</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>96</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>195</v>
+        <v>173</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F67" s="3">
-        <v>1778</v>
+        <v>1122</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>664.24</v>
+        <v>153</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F68" s="3">
-        <v>2036</v>
+        <v>1787</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>144</v>
+        <v>607.98</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F69" s="3">
-        <v>8413</v>
+        <v>1741</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>288</v>
+        <v>96</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C70" s="3">
-        <v>209.76</v>
+        <v>190</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F70" s="3">
-        <v>1420</v>
+        <v>1496</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>157.32</v>
+        <v>284.43</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F71" s="3">
-        <v>994</v>
+        <v>3794</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="3">
-        <v>261.81</v>
+        <v>604.42</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F72" s="3">
-        <v>1594</v>
+        <v>1488</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>150</v>
+        <v>96</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>152</v>
+        <v>86</v>
       </c>
       <c r="C73" s="3">
-        <v>314.64</v>
+        <v>192</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F73" s="3">
-        <v>0</v>
+        <v>897</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>170</v>
+        <v>63.16</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F74" s="3">
-        <v>10256</v>
+        <v>849</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>216</v>
+        <v>240</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>122</v>
+        <v>156.62</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F75" s="3">
-        <v>616</v>
+        <v>11438</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>240</v>
+        <v>216</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>594.32</v>
+        <v>82.95</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F76" s="3">
-        <v>295</v>
+        <v>3645</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>96</v>
+        <v>288</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>404.8</v>
+        <v>99</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F77" s="3">
-        <v>33</v>
+        <v>1588</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>629.28</v>
+        <v>94.58</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F78" s="3">
-        <v>618</v>
+        <v>990</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>750</v>
+        <v>411.68</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F79" s="3">
-        <v>1441</v>
+        <v>1579</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>96</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>327.26</v>
+        <v>686.48</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F80" s="3">
-        <v>1779</v>
+        <v>1164</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>978.88</v>
+        <v>261.98</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F81" s="3">
-        <v>2265</v>
+        <v>1225</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>96</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>148</v>
+        <v>284.43</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F82" s="3">
-        <v>2307</v>
+        <v>3107</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>431.76</v>
+        <v>639.98</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F83" s="3">
-        <v>2723</v>
+        <v>286</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>96</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>112</v>
+        <v>318.21</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F84" s="3">
-        <v>704</v>
+        <v>296</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>288</v>
+        <v>96</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>190</v>
+        <v>135</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F85" s="3">
-        <v>1389</v>
+        <v>1282</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>120</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>104</v>
+        <v>530</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F86" s="3">
-        <v>249</v>
+        <v>1927</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>288</v>
+        <v>96</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>327.26</v>
+        <v>210</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F87" s="3">
-        <v>1634</v>
+        <v>1631</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>106</v>
+        <v>250</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F88" s="3">
-        <v>1847</v>
+        <v>681</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>163</v>
+        <v>320</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F89" s="3">
-        <v>3423</v>
+        <v>1384</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>240</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>650.75</v>
+        <v>395.19</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F90" s="3">
-        <v>2161</v>
+        <v>2468</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>96</v>
       </c>
       <c r="I90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B91" s="3" t="s">
+      <c r="C91" s="3">
+        <v>319.99</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F91" s="3">
+        <v>0</v>
+      </c>
+      <c r="G91" s="3">
+        <v>1</v>
+      </c>
+      <c r="H91" s="3">
+        <v>240</v>
+      </c>
+      <c r="I91" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="C91" s="3">
-[...22 lines deleted...]
-      <c r="A92" s="2" t="s">
+      <c r="B92" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B92" s="2"/>
-[...6 lines deleted...]
-      <c r="I92" s="2"/>
+      <c r="C92" s="3">
+        <v>254.25</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F92" s="3">
+        <v>2033</v>
+      </c>
+      <c r="G92" s="3">
+        <v>1</v>
+      </c>
+      <c r="H92" s="3">
+        <v>60</v>
+      </c>
+      <c r="I92" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A93" s="3" t="s">
+      <c r="A93" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B93" s="2"/>
+      <c r="C93" s="2"/>
+      <c r="D93" s="2"/>
+      <c r="E93" s="2"/>
+      <c r="F93" s="2"/>
+      <c r="G93" s="2"/>
+      <c r="H93" s="2"/>
+      <c r="I93" s="2"/>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>990</v>
+        <v>465.79</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F94" s="3">
-        <v>1713</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="3">
-        <v>1250</v>
+        <v>280</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F95" s="3">
-        <v>588</v>
+        <v>1498</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>480</v>
+        <v>2160.11</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F96" s="3">
-        <v>2254</v>
+        <v>89</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>1730.52</v>
+        <v>2100</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F97" s="3">
-        <v>149</v>
+        <v>665</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>458</v>
+        <v>488.16</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F98" s="3">
-        <v>57</v>
+        <v>2234</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>54.19</v>
+        <v>1759.94</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>1717</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="3">
-        <v>290</v>
+        <v>1900</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F100" s="3">
-        <v>2470</v>
+        <v>325</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="3">
-        <v>110</v>
+        <v>1690</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F101" s="3">
-        <v>67</v>
+        <v>174</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>216</v>
+        <v>12</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="3">
-        <v>235</v>
+        <v>490</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F102" s="3">
-        <v>1603</v>
+        <v>617</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="3">
-        <v>320</v>
+        <v>890</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F103" s="3">
-        <v>1497</v>
+        <v>252</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>12</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="3">
-        <v>290</v>
+        <v>636.64</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F104" s="3">
-        <v>541</v>
+        <v>1519</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>1555.72</v>
+        <v>279</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F105" s="3">
-        <v>461</v>
+        <v>3022</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>479</v>
+        <v>700</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F106" s="3">
-        <v>1509</v>
+        <v>443</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>280</v>
+        <v>260</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F107" s="3">
-        <v>3</v>
+        <v>608</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>961.4</v>
+        <v>977.74</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F108" s="3">
-        <v>460</v>
+        <v>335</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>24</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>626</v>
+        <v>1415.66</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F109" s="3">
-        <v>1353</v>
+        <v>1317</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="3">
-        <v>299</v>
+        <v>490</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F110" s="3">
-        <v>1135</v>
+        <v>3922</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>1392</v>
+        <v>1199.96</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F111" s="3">
-        <v>491</v>
+        <v>113</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I111" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>562.86</v>
+        <v>55.11</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F112" s="3">
-        <v>3842</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>12</v>
+        <v>500</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3">
-        <v>1311</v>
+        <v>427.14</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F113" s="3">
-        <v>1218</v>
+        <v>1444</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>48</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3">
-        <v>2272.4</v>
+        <v>189</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F114" s="3">
-        <v>859</v>
+        <v>2383</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="3">
-        <v>2360</v>
+        <v>294.93</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F115" s="3">
-        <v>672</v>
+        <v>279</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B116" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="3">
-        <v>419.52</v>
+        <v>905.13</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F116" s="3">
-        <v>1447</v>
+        <v>608</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3">
-        <v>1235</v>
+        <v>111.87</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F117" s="3">
-        <v>1310</v>
+        <v>2923</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>12</v>
+        <v>216</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>390</v>
+        <v>284.76</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F118" s="3">
-        <v>2865</v>
+        <v>977</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3">
-        <v>2500</v>
+        <v>190</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F119" s="3">
-        <v>659</v>
+        <v>1501</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="3">
-        <v>3146.4</v>
+        <v>1800</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F120" s="3">
-        <v>876</v>
+        <v>405</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B121" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="3">
-        <v>798</v>
+        <v>2500</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F121" s="3">
-        <v>557</v>
+        <v>321</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B122" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" s="3">
-        <v>890</v>
+        <v>1582.17</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F122" s="3">
-        <v>626</v>
+        <v>453</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="3">
-        <v>420</v>
+        <v>438.43</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F123" s="3">
-        <v>61</v>
+        <v>1481</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B124" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="3">
-        <v>1835.4</v>
+        <v>210</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F124" s="3">
-        <v>1232</v>
+        <v>669</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="3">
-        <v>2894</v>
+        <v>1679.94</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F125" s="3">
-        <v>859</v>
+        <v>179</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B126" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="3">
-        <v>290</v>
+        <v>247.13</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F126" s="3">
-        <v>2718</v>
+        <v>767</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B127" s="3" t="s">
+      <c r="C127" s="3">
+        <v>265.44</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F127" s="3">
+        <v>2576</v>
+      </c>
+      <c r="G127" s="3">
+        <v>1</v>
+      </c>
+      <c r="H127" s="3">
+        <v>96</v>
+      </c>
+      <c r="I127" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="C127" s="3">
-[...22 lines deleted...]
-      <c r="A128" s="2" t="s">
+      <c r="B128" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B128" s="2"/>
-[...6 lines deleted...]
-      <c r="I128" s="2"/>
+      <c r="C128" s="3">
+        <v>1150</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F128" s="3">
+        <v>327</v>
+      </c>
+      <c r="G128" s="3">
+        <v>1</v>
+      </c>
+      <c r="H128" s="3">
+        <v>12</v>
+      </c>
+      <c r="I128" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A129" s="3" t="s">
+      <c r="A129" s="2" t="s">
         <v>261</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B129" s="2"/>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="3">
-        <v>2730</v>
+        <v>2776.41</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F130" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>25</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A131" s="2" t="s">
+      <c r="A131" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="B131" s="2"/>
-[...6 lines deleted...]
-      <c r="I131" s="2"/>
+      <c r="C131" s="3">
+        <v>1116.67</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F131" s="3">
+        <v>257</v>
+      </c>
+      <c r="G131" s="3">
+        <v>1</v>
+      </c>
+      <c r="H131" s="3">
+        <v>24</v>
+      </c>
+      <c r="I131" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="3" t="s">
+      <c r="A132" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B132" s="2"/>
+      <c r="C132" s="2"/>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2"/>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2"/>
+      <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>2101</v>
+        <v>1820.43</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F133" s="3">
-        <v>32</v>
+        <v>183</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I133" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>1670</v>
+        <v>2023.83</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F134" s="3">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="3">
-        <v>195.78</v>
+        <v>4494.12</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F135" s="3">
-        <v>1798</v>
+        <v>345</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="3">
-        <v>1920</v>
+        <v>199.11</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F136" s="3">
-        <v>758</v>
+        <v>26</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="3">
-        <v>1990</v>
+        <v>3520.85</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F137" s="3">
-        <v>677</v>
+        <v>323</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="3">
-        <v>1790</v>
+        <v>1500</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F138" s="3">
-        <v>598</v>
+        <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B139" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="3">
-        <v>4910</v>
+        <v>2136.72</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F139" s="3">
-        <v>354</v>
+        <v>120</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="I139" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="B140" s="3" t="s">
+      <c r="C140" s="3">
+        <v>162.72</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F140" s="3">
+        <v>6140</v>
+      </c>
+      <c r="G140" s="3">
+        <v>1</v>
+      </c>
+      <c r="H140" s="3">
+        <v>72</v>
+      </c>
+      <c r="I140" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A141" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="C140" s="3">
-[...22 lines deleted...]
-      <c r="A141" s="2" t="s">
+      <c r="B141" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B141" s="2"/>
-[...6 lines deleted...]
-      <c r="I141" s="2"/>
+      <c r="C141" s="3">
+        <v>1757.38</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F141" s="3">
+        <v>168</v>
+      </c>
+      <c r="G141" s="3">
+        <v>1</v>
+      </c>
+      <c r="H141" s="3">
+        <v>6</v>
+      </c>
+      <c r="I141" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A142" s="3" t="s">
+      <c r="A142" s="2" t="s">
         <v>285</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B142" s="2"/>
+      <c r="C142" s="2"/>
+      <c r="D142" s="2"/>
+      <c r="E142" s="2"/>
+      <c r="F142" s="2"/>
+      <c r="G142" s="2"/>
+      <c r="H142" s="2"/>
+      <c r="I142" s="2"/>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="3">
-        <v>490</v>
+        <v>1739.07</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F143" s="3">
-        <v>1533</v>
+        <v>550</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>1136.2</v>
+        <v>1039.97</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F144" s="3">
-        <v>804</v>
+        <v>113</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>24</v>
       </c>
       <c r="I144" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A145" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C145" s="3">
+        <v>448.5</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F145" s="3">
+        <v>1212</v>
+      </c>
+      <c r="G145" s="3">
+        <v>1</v>
+      </c>
+      <c r="H145" s="3">
+        <v>24</v>
+      </c>
+      <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A32:I32"/>
     <mergeCell ref="A39:I39"/>
-    <mergeCell ref="A92:I92"/>
-[...2 lines deleted...]
-    <mergeCell ref="A141:I141"/>
+    <mergeCell ref="A93:I93"/>
+    <mergeCell ref="A129:I129"/>
+    <mergeCell ref="A132:I132"/>
+    <mergeCell ref="A142:I142"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
@@ -5459,99 +5491,100 @@
     <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
     <hyperlink ref="D81" r:id="rId75"/>
     <hyperlink ref="D82" r:id="rId76"/>
     <hyperlink ref="D83" r:id="rId77"/>
     <hyperlink ref="D84" r:id="rId78"/>
     <hyperlink ref="D85" r:id="rId79"/>
     <hyperlink ref="D86" r:id="rId80"/>
     <hyperlink ref="D87" r:id="rId81"/>
     <hyperlink ref="D88" r:id="rId82"/>
     <hyperlink ref="D89" r:id="rId83"/>
     <hyperlink ref="D90" r:id="rId84"/>
     <hyperlink ref="D91" r:id="rId85"/>
-    <hyperlink ref="D93" r:id="rId86"/>
+    <hyperlink ref="D92" r:id="rId86"/>
     <hyperlink ref="D94" r:id="rId87"/>
     <hyperlink ref="D95" r:id="rId88"/>
     <hyperlink ref="D96" r:id="rId89"/>
     <hyperlink ref="D97" r:id="rId90"/>
     <hyperlink ref="D98" r:id="rId91"/>
     <hyperlink ref="D99" r:id="rId92"/>
     <hyperlink ref="D100" r:id="rId93"/>
     <hyperlink ref="D101" r:id="rId94"/>
     <hyperlink ref="D102" r:id="rId95"/>
     <hyperlink ref="D103" r:id="rId96"/>
     <hyperlink ref="D104" r:id="rId97"/>
     <hyperlink ref="D105" r:id="rId98"/>
     <hyperlink ref="D106" r:id="rId99"/>
     <hyperlink ref="D107" r:id="rId100"/>
     <hyperlink ref="D108" r:id="rId101"/>
     <hyperlink ref="D109" r:id="rId102"/>
     <hyperlink ref="D110" r:id="rId103"/>
     <hyperlink ref="D111" r:id="rId104"/>
     <hyperlink ref="D112" r:id="rId105"/>
     <hyperlink ref="D113" r:id="rId106"/>
     <hyperlink ref="D114" r:id="rId107"/>
     <hyperlink ref="D115" r:id="rId108"/>
     <hyperlink ref="D116" r:id="rId109"/>
     <hyperlink ref="D117" r:id="rId110"/>
     <hyperlink ref="D118" r:id="rId111"/>
     <hyperlink ref="D119" r:id="rId112"/>
     <hyperlink ref="D120" r:id="rId113"/>
     <hyperlink ref="D121" r:id="rId114"/>
     <hyperlink ref="D122" r:id="rId115"/>
     <hyperlink ref="D123" r:id="rId116"/>
     <hyperlink ref="D124" r:id="rId117"/>
     <hyperlink ref="D125" r:id="rId118"/>
     <hyperlink ref="D126" r:id="rId119"/>
     <hyperlink ref="D127" r:id="rId120"/>
-    <hyperlink ref="D129" r:id="rId121"/>
+    <hyperlink ref="D128" r:id="rId121"/>
     <hyperlink ref="D130" r:id="rId122"/>
-    <hyperlink ref="D132" r:id="rId123"/>
+    <hyperlink ref="D131" r:id="rId123"/>
     <hyperlink ref="D133" r:id="rId124"/>
     <hyperlink ref="D134" r:id="rId125"/>
     <hyperlink ref="D135" r:id="rId126"/>
     <hyperlink ref="D136" r:id="rId127"/>
     <hyperlink ref="D137" r:id="rId128"/>
     <hyperlink ref="D138" r:id="rId129"/>
     <hyperlink ref="D139" r:id="rId130"/>
     <hyperlink ref="D140" r:id="rId131"/>
-    <hyperlink ref="D142" r:id="rId132"/>
+    <hyperlink ref="D141" r:id="rId132"/>
     <hyperlink ref="D143" r:id="rId133"/>
     <hyperlink ref="D144" r:id="rId134"/>
+    <hyperlink ref="D145" r:id="rId135"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>