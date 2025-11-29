--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,325 +8,559 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="169">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Саморегулирующийся греющий кабель (Бухты)</t>
   </si>
   <si>
     <t>1.1 Бухты Экранированный</t>
   </si>
   <si>
+    <t>51-0287</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
+    <t>51-0198</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0199</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0283</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0636</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 30-2CR, экранированный, UV, 30Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
     <t>51-0629</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL30-2CR, 30Вт/м, экранированный, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>пог. м</t>
+    <t>51-0216</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>метр</t>
   </si>
   <si>
     <t>51-0634</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся 10MSR-PF пищевой, 10Вт/м, бухта 100м PROconnect</t>
   </si>
   <si>
+    <t>51-0214</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0285</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0632-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0625-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,5мм2/70м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0215</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0219</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0220</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0221</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
     <t>51-0635</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL 40-2CR, экранированный, UV, 40Вт/м, 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0215</t>
-[...7 lines deleted...]
-  <si>
     <t>51-0634-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
   </si>
   <si>
-    <t>51-0636</t>
-[...26 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+    <t>51-0227</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL24-2CR UV, экранированный, 24Вт/м, 1,3мм2/85м, бухта 200м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0331</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSH-30F 200/240 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/110м REXANT</t>
   </si>
   <si>
     <t>51-0225</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL24-2CR экранированный, 24Вт/м, 200м REXANT</t>
   </si>
   <si>
+    <t>51-0313</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-45F 120/200 С°, экранированный, взрывозащищенный, Ex, 45Вт/м, 1,2мм2/82м REXANT</t>
+  </si>
+  <si>
+    <t>51-0229</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,3мм2/50м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0252</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 30КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0254</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0253</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 40КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0255</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0202</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
     <t>51-0251</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся 24КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м, бухта 200м REXANT</t>
   </si>
   <si>
+    <t>51-0237</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0235</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0203</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0228</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,3мм2/65м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0205</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0200</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0201</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0204</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0206</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>51-0250</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся 16КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 16Вт/м, 1,0мм2/115м, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>51-0252</t>
-[...20 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+    <t>51-0312</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-30F 120/200 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/114м REXANT</t>
   </si>
   <si>
     <t>51-0632</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>51-0201</t>
-[...14 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 50м REXANT</t>
+    <t>51-0275</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0278</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 200м REXANT</t>
   </si>
   <si>
     <t>51-0279</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>51-0227</t>
-[...2 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL24-2CR UV, экранированный, 24Вт/м, 1,3мм2/85м, бухта 200м, серия PRO REXANT</t>
+    <t>51-0234</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0236</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0900</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся греющий кабель 26ST-2CF, Ex, 130°C, UF, 200м</t>
   </si>
   <si>
     <t>51-0901</t>
   </si>
   <si>
     <t>Саморегулирующийся греющий кабель 40ST-2CF, Ex, 130°C, UF, 200м</t>
   </si>
   <si>
-    <t>51-0900</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Бухты Неэкранированный</t>
   </si>
   <si>
+    <t>51-0282</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0286</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0230</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0213</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0208</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0232</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0626</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2, 24Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0255-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0231</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0210</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0209</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0211</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0624</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL16-2, 16Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
     <t>51-0627</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL30-2, 30Вт/м, неэкранированный, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>51-0626</t>
-[...14 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+    <t>51-0284</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0624-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
   </si>
   <si>
     <t>51-0254-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0255-4</t>
-[...2 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
+    <t>51-0212</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
   </si>
   <si>
     <t>51-0627-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный 30Вт/м, 0,5мм2/30м, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0208</t>
-[...14 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
+    <t>51-0233</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0184</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0181</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0182</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0183</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0180</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0274</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0185</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0276</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 300м REXANT</t>
   </si>
   <si>
     <t>51-0277</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -711,56 +945,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovannyy-buhta-200m-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovannyy-uv-40vt-m-200m-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovannyy-uv-30vt-m-200m-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-5mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-200m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl24-2cr-uv-ekranirovannyy-24v.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-5mm2-30m-buh.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-5mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-0-93mm2-48m-buhta-200m-proconnect-31961" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovanniy-10vt-m-0-5mm2-100m-buhta-50m-proconnect-31553" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovanniy-16vt-m-0-5mm2-100m-buhta-50m-proconnect-31554" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-0-93mm2-71m-buhta-200m-proconnect-31959" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovanniy-uv-30vt-m-200m-proconnect-17191" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovanniy-buhta-200m-proconnect-12672" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf30-2cr-srl30-2cr-snk30-2cr-ekranirovanniy-30vt-m-50m-proconnect-20252" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect-12809" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf16-2cr-srl16-2cr-ekranirovanniy-16vt-m-50m-proconnect-20259" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-0-93mm2-62m-buhta-200m-proconnect-31960" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-ekranirovanniy-10vt-m-100m-proconnect-29404" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2lp-el-65-85-ekranirovanniy-16vt-m-200m-proconnect-29399" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf24-2cr-srl24-2cr-ekranirovanniy-24vt-m-50-m-proconnect-20241" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf16-2cr-srl16-2cr-ekranirovanniy-16vt-m-100m-proconnect-20258" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf24-2cr-srl24-2cr-ekranirovanniy-24vt-m-100m-proconnect-20244" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf30-2cr-srl30-2cr-snk30-2cr-ekranirovanniy-30vt-m-100m-proconnect-20256" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovanniy-uv-40vt-m-200m-proconnect-15399" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-16-kkns-2lpp-el-65-85-ekranirovanniy-16vt-m-100m-proconnect-29403" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-1-3mm2-85m-buhta-200m-seriya-pro-rexant-31578" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsh-30f-200-240-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-200m-rexant-22335" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-45f-120-200-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl40-2cr-ekranirovanniy-24vt-m-1-3mm2-50m-buhta-200m-seriya-pro-rexant-31580" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-30vt-m-200m-rexant-28740" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-30kns-2lp-el-65-85-30vt-m-uv-200m-ekranirovanniy-rexant-28752" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-40vt-m-200m-rexant-28741" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-40kns-2lp-el-65-85-40vt-m-uv-200m-ekranirovanniy-rexant-28753" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-24-2cr-ekranirovanniy-24vt-m-50m-rexant-20261" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-24vt-m-200m-rexant-28739" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovanniy-40vt-m-1-0mm2-45m-buhta-100m-rexant-31558" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovanniy-30vt-m-1-0mm2-60m-buhta-100m-rexant-31556" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-50m-rexant-20248" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-1-3mm2-65m-buhta-200m-seriya-pro-rexant-31579" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-24-2cr-ekranirovanniy-24vt-m-100m-rexant-20251" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-pischevoy-10vt-m-50m-rexant-20250" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-50m-rexant-20239" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-100m-rexant-20260" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-100m-rexant-20246" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-16vt-m-200m-rexant-28738" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-30f-120-200-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-pischevoy-10vt-m-buhta-100m-rexant-13480" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-0-88mm2-105m-200m-rexant-30976" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-0-88mm2-70m-200m-rexant-30978" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-0-88mm2-55m-200m-rexant-30980" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovanniy-30vt-m-1-0mm2-60m-buhta-50m-rexant-31555" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovanniy-40vt-m-1-0mm2-45m-buhta-50m-rexant-31557" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m-30128" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m-30127" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-93mm2-71m-buhta-300m-proconnect-31962" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-93mm2-48m-buhta-300m-proconnect-31964" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-proconnect-31559" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-100m-proconnect-20240" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-50m-proconnect-20249" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-50m-proconnect-31561" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovanniy-buhta-300m-proconnect-12601" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-40kns-2lp-65-85-uv-neekranirovanniy-40vt-m-200m-proconnect-29402" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-proconnect-31560" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-50m-proconnect-20242" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-50m-proconnect-20247" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-100m-proconnect-20257" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovanniy-buhta-300m-proconnect-12598" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovanniy-buhta-300m-proconnect-12599" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-93mm2-62m-buhta-300m-proconnect-31963" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2lp-65-85-neekranirovanniy-16vt-m-300m-proconnect-29395" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-30kns-2lp-65-85-uv-neekranirovanniy-30vt-m-200m-proconnect-29401" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-100m-proconnect-20243" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2lp-65-85-neekranirovanniy-30vt-m-300m-proconnect-29397" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-100m-proconnect-31562" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-rexant-31567" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-100m-rexant-31564" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-50m-rexant-31565" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-100m-rexant-31566" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-50m-rexant-31563" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-88mm2-105m-300m-rexant-30975" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-rexant-31568" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-88mm2-70m-300m-rexant-30977" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-88mm2-55m-300m-rexant-30979" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I42"/>
+  <dimension ref="A1:I81"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -792,1202 +1026,2372 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>200</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>507.02</v>
+        <v>350</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>502.45</v>
+        <v>371</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G6" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>257</v>
+        <v>230</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1950</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>347.08</v>
+        <v>330</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>6500</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>330</v>
+        <v>232</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>200</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="C10" s="3">
+        <v>260</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C10" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>2900</v>
+        <v>1550</v>
       </c>
       <c r="G10" s="3">
         <v>50</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>260</v>
+        <v>507.02</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2300</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>230</v>
+        <v>255</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>1550</v>
       </c>
       <c r="G12" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>323.52</v>
+        <v>232</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>12100</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>394.11</v>
+        <v>323.52</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>6900</v>
       </c>
       <c r="G14" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>475</v>
+        <v>230</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>200</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>445</v>
+        <v>257</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>4200</v>
+        <v>1750</v>
       </c>
       <c r="G16" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>481</v>
+        <v>270.68</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>4200</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>512</v>
+        <v>279.14</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F18" s="3">
-        <v>6800</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>379.85</v>
+        <v>255</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F19" s="3">
-        <v>5800</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>392.92</v>
+        <v>502.45</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>12600</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>200</v>
       </c>
       <c r="H20" s="3">
         <v>200</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>501</v>
+        <v>347.08</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>4100</v>
+        <v>400</v>
       </c>
       <c r="G21" s="3">
         <v>100</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>280</v>
+        <v>544.5</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="G22" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>288</v>
+        <v>4300</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>298</v>
+        <v>394.11</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>269.62</v>
+        <v>2200</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F25" s="3">
-        <v>50400</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>200</v>
       </c>
       <c r="H25" s="3">
         <v>200</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>544.5</v>
+        <v>581</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>3600</v>
       </c>
       <c r="G26" s="3">
         <v>200</v>
       </c>
       <c r="H26" s="3">
         <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>3244.65</v>
+        <v>481</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>200</v>
       </c>
       <c r="H27" s="3">
         <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>3114.87</v>
+        <v>379.85</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>200</v>
       </c>
       <c r="H28" s="3">
         <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="2" t="s">
+      <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B29" s="2"/>
-[...6 lines deleted...]
-      <c r="I29" s="2"/>
+      <c r="B29" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C29" s="3">
+        <v>512</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F29" s="3">
+        <v>4000</v>
+      </c>
+      <c r="G29" s="3">
+        <v>200</v>
+      </c>
+      <c r="H29" s="3">
+        <v>200</v>
+      </c>
+      <c r="I29" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>118</v>
+        <v>392.92</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H30" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>116</v>
+        <v>288</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>4150</v>
       </c>
       <c r="G31" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H31" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>112</v>
+        <v>475</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G32" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H32" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>128</v>
+        <v>410</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>2350</v>
+        <v>100</v>
       </c>
       <c r="G33" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>288.15</v>
+        <v>410</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>3400</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H34" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>292.08</v>
+        <v>298</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F35" s="3">
-        <v>6200</v>
+        <v>4300</v>
       </c>
       <c r="G35" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>134.72</v>
+        <v>562.5</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G36" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H36" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>124</v>
+        <v>288</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G37" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>126</v>
+        <v>650.71</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G38" s="3">
         <v>50</v>
       </c>
       <c r="H38" s="3">
         <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>131</v>
+        <v>280</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F39" s="3">
-        <v>10200</v>
+        <v>4050</v>
       </c>
       <c r="G39" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H39" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>158</v>
+        <v>280</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F40" s="3">
-        <v>78200</v>
+        <v>1100</v>
       </c>
       <c r="G40" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H40" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>165</v>
+        <v>298</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F41" s="3">
-        <v>29100</v>
+        <v>200</v>
       </c>
       <c r="G41" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H41" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C42" s="3">
+        <v>445</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="3">
+        <v>4400</v>
+      </c>
+      <c r="G42" s="3">
+        <v>200</v>
+      </c>
+      <c r="H42" s="3">
+        <v>200</v>
+      </c>
+      <c r="I42" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C43" s="3">
+        <v>2200</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F43" s="3">
+        <v>0</v>
+      </c>
+      <c r="G43" s="3">
+        <v>200</v>
+      </c>
+      <c r="H43" s="3">
+        <v>200</v>
+      </c>
+      <c r="I43" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C44" s="3">
+        <v>501</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" s="3">
+        <v>2600</v>
+      </c>
+      <c r="G44" s="3">
+        <v>100</v>
+      </c>
+      <c r="H44" s="3">
+        <v>100</v>
+      </c>
+      <c r="I44" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C45" s="3">
+        <v>253.77</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="3">
+        <v>15500</v>
+      </c>
+      <c r="G45" s="3">
+        <v>200</v>
+      </c>
+      <c r="H45" s="3">
+        <v>200</v>
+      </c>
+      <c r="I45" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C46" s="3">
+        <v>261.69</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="3">
+        <v>10600</v>
+      </c>
+      <c r="G46" s="3">
+        <v>200</v>
+      </c>
+      <c r="H46" s="3">
+        <v>200</v>
+      </c>
+      <c r="I46" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C47" s="3">
+        <v>269.62</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" s="3">
+        <v>11300</v>
+      </c>
+      <c r="G47" s="3">
+        <v>200</v>
+      </c>
+      <c r="H47" s="3">
+        <v>200</v>
+      </c>
+      <c r="I47" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C48" s="3">
+        <v>410</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="3">
+        <v>150</v>
+      </c>
+      <c r="G48" s="3">
+        <v>50</v>
+      </c>
+      <c r="H48" s="3">
+        <v>50</v>
+      </c>
+      <c r="I48" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C49" s="3">
+        <v>410</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" s="3">
+        <v>150</v>
+      </c>
+      <c r="G49" s="3">
+        <v>50</v>
+      </c>
+      <c r="H49" s="3">
+        <v>50</v>
+      </c>
+      <c r="I49" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C50" s="3">
+        <v>3114.87</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" s="3">
+        <v>0</v>
+      </c>
+      <c r="G50" s="3">
+        <v>200</v>
+      </c>
+      <c r="H50" s="3">
+        <v>200</v>
+      </c>
+      <c r="I50" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C51" s="3">
+        <v>3244.65</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="3">
+        <v>0</v>
+      </c>
+      <c r="G51" s="3">
+        <v>200</v>
+      </c>
+      <c r="H51" s="3">
+        <v>200</v>
+      </c>
+      <c r="I51" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B52" s="2"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C53" s="3">
+        <v>112</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="3">
+        <v>0</v>
+      </c>
+      <c r="G53" s="3">
+        <v>300</v>
+      </c>
+      <c r="H53" s="3">
+        <v>300</v>
+      </c>
+      <c r="I53" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C54" s="3">
+        <v>118</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="3">
+        <v>0</v>
+      </c>
+      <c r="G54" s="3">
+        <v>300</v>
+      </c>
+      <c r="H54" s="3">
+        <v>300</v>
+      </c>
+      <c r="I54" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="C55" s="3">
+        <v>279.6</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="3">
+        <v>300</v>
+      </c>
+      <c r="G55" s="3">
+        <v>50</v>
+      </c>
+      <c r="H55" s="3">
+        <v>50</v>
+      </c>
+      <c r="I55" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="C56" s="3">
+        <v>126</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F56" s="3">
+        <v>0</v>
+      </c>
+      <c r="G56" s="3">
+        <v>100</v>
+      </c>
+      <c r="H56" s="3">
+        <v>100</v>
+      </c>
+      <c r="I56" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C57" s="3">
+        <v>124</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F57" s="3">
+        <v>0</v>
+      </c>
+      <c r="G57" s="3">
+        <v>50</v>
+      </c>
+      <c r="H57" s="3">
+        <v>50</v>
+      </c>
+      <c r="I57" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C58" s="3">
+        <v>283.19</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="3">
+        <v>0</v>
+      </c>
+      <c r="G58" s="3">
+        <v>50</v>
+      </c>
+      <c r="H58" s="3">
+        <v>50</v>
+      </c>
+      <c r="I58" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C59" s="3">
+        <v>116</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="3">
+        <v>0</v>
+      </c>
+      <c r="G59" s="3">
+        <v>300</v>
+      </c>
+      <c r="H59" s="3">
+        <v>300</v>
+      </c>
+      <c r="I59" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C60" s="3">
+        <v>268</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="3">
+        <v>4800</v>
+      </c>
+      <c r="G60" s="3">
+        <v>200</v>
+      </c>
+      <c r="H60" s="3">
+        <v>200</v>
+      </c>
+      <c r="I60" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="C61" s="3">
+        <v>279.5</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="3">
+        <v>1000</v>
+      </c>
+      <c r="G61" s="3">
+        <v>100</v>
+      </c>
+      <c r="H61" s="3">
+        <v>100</v>
+      </c>
+      <c r="I61" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C62" s="3">
+        <v>128</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F62" s="3">
+        <v>0</v>
+      </c>
+      <c r="G62" s="3">
+        <v>50</v>
+      </c>
+      <c r="H62" s="3">
+        <v>50</v>
+      </c>
+      <c r="I62" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C63" s="3">
+        <v>126</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F63" s="3">
+        <v>0</v>
+      </c>
+      <c r="G63" s="3">
+        <v>50</v>
+      </c>
+      <c r="H63" s="3">
+        <v>50</v>
+      </c>
+      <c r="I63" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C64" s="3">
+        <v>122</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F64" s="3">
+        <v>0</v>
+      </c>
+      <c r="G64" s="3">
+        <v>100</v>
+      </c>
+      <c r="H64" s="3">
+        <v>100</v>
+      </c>
+      <c r="I64" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C65" s="3">
+        <v>112</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F65" s="3">
+        <v>0</v>
+      </c>
+      <c r="G65" s="3">
+        <v>300</v>
+      </c>
+      <c r="H65" s="3">
+        <v>300</v>
+      </c>
+      <c r="I65" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C66" s="3">
+        <v>118</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" s="3">
+        <v>0</v>
+      </c>
+      <c r="G66" s="3">
+        <v>300</v>
+      </c>
+      <c r="H66" s="3">
+        <v>300</v>
+      </c>
+      <c r="I66" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C67" s="3">
+        <v>116</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="3">
+        <v>0</v>
+      </c>
+      <c r="G67" s="3">
+        <v>300</v>
+      </c>
+      <c r="H67" s="3">
+        <v>300</v>
+      </c>
+      <c r="I67" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C68" s="3">
+        <v>131</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F68" s="3">
+        <v>0</v>
+      </c>
+      <c r="G68" s="3">
+        <v>300</v>
+      </c>
+      <c r="H68" s="3">
+        <v>300</v>
+      </c>
+      <c r="I68" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C69" s="3">
+        <v>265</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" s="3">
+        <v>2600</v>
+      </c>
+      <c r="G69" s="3">
+        <v>200</v>
+      </c>
+      <c r="H69" s="3">
+        <v>200</v>
+      </c>
+      <c r="I69" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="D42" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G42" s="3">
+      <c r="B70" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C70" s="3">
+        <v>124</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F70" s="3">
+        <v>0</v>
+      </c>
+      <c r="G70" s="3">
+        <v>100</v>
+      </c>
+      <c r="H70" s="3">
+        <v>100</v>
+      </c>
+      <c r="I70" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="C71" s="3">
+        <v>134.72</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F71" s="3">
+        <v>0</v>
+      </c>
+      <c r="G71" s="3">
         <v>300</v>
       </c>
-      <c r="H42" s="3">
+      <c r="H71" s="3">
         <v>300</v>
       </c>
-      <c r="I42" s="3">
+      <c r="I71" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C72" s="3">
+        <v>283.4</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72" s="3">
+        <v>200</v>
+      </c>
+      <c r="G72" s="3">
+        <v>100</v>
+      </c>
+      <c r="H72" s="3">
+        <v>100</v>
+      </c>
+      <c r="I72" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C73" s="3">
+        <v>182</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F73" s="3">
+        <v>0</v>
+      </c>
+      <c r="G73" s="3">
+        <v>50</v>
+      </c>
+      <c r="H73" s="3">
+        <v>50</v>
+      </c>
+      <c r="I73" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C74" s="3">
+        <v>160</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F74" s="3">
+        <v>0</v>
+      </c>
+      <c r="G74" s="3">
+        <v>100</v>
+      </c>
+      <c r="H74" s="3">
+        <v>100</v>
+      </c>
+      <c r="I74" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C75" s="3">
+        <v>174</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" s="3">
+        <v>5000</v>
+      </c>
+      <c r="G75" s="3">
+        <v>50</v>
+      </c>
+      <c r="H75" s="3">
+        <v>50</v>
+      </c>
+      <c r="I75" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C76" s="3">
+        <v>174</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F76" s="3">
+        <v>4900</v>
+      </c>
+      <c r="G76" s="3">
+        <v>100</v>
+      </c>
+      <c r="H76" s="3">
+        <v>100</v>
+      </c>
+      <c r="I76" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="C77" s="3">
+        <v>160</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F77" s="3">
+        <v>7750</v>
+      </c>
+      <c r="G77" s="3">
+        <v>50</v>
+      </c>
+      <c r="H77" s="3">
+        <v>50</v>
+      </c>
+      <c r="I77" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A78" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C78" s="3">
+        <v>145</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F78" s="3">
+        <v>38407</v>
+      </c>
+      <c r="G78" s="3">
+        <v>300</v>
+      </c>
+      <c r="H78" s="3">
+        <v>300</v>
+      </c>
+      <c r="I78" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C79" s="3">
+        <v>182</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F79" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G79" s="3">
+        <v>100</v>
+      </c>
+      <c r="H79" s="3">
+        <v>100</v>
+      </c>
+      <c r="I79" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C80" s="3">
+        <v>158</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" s="3">
+        <v>900</v>
+      </c>
+      <c r="G80" s="3">
+        <v>300</v>
+      </c>
+      <c r="H80" s="3">
+        <v>300</v>
+      </c>
+      <c r="I80" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C81" s="3">
+        <v>165</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" s="3">
+        <v>0</v>
+      </c>
+      <c r="G81" s="3">
+        <v>300</v>
+      </c>
+      <c r="H81" s="3">
+        <v>300</v>
+      </c>
+      <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A29:I29"/>
+    <mergeCell ref="A52:I52"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
-    <hyperlink ref="D30" r:id="rId26"/>
-[...11 lines deleted...]
-    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D29" r:id="rId26"/>
+    <hyperlink ref="D30" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId28"/>
+    <hyperlink ref="D32" r:id="rId29"/>
+    <hyperlink ref="D33" r:id="rId30"/>
+    <hyperlink ref="D34" r:id="rId31"/>
+    <hyperlink ref="D35" r:id="rId32"/>
+    <hyperlink ref="D36" r:id="rId33"/>
+    <hyperlink ref="D37" r:id="rId34"/>
+    <hyperlink ref="D38" r:id="rId35"/>
+    <hyperlink ref="D39" r:id="rId36"/>
+    <hyperlink ref="D40" r:id="rId37"/>
+    <hyperlink ref="D41" r:id="rId38"/>
+    <hyperlink ref="D42" r:id="rId39"/>
+    <hyperlink ref="D43" r:id="rId40"/>
+    <hyperlink ref="D44" r:id="rId41"/>
+    <hyperlink ref="D45" r:id="rId42"/>
+    <hyperlink ref="D46" r:id="rId43"/>
+    <hyperlink ref="D47" r:id="rId44"/>
+    <hyperlink ref="D48" r:id="rId45"/>
+    <hyperlink ref="D49" r:id="rId46"/>
+    <hyperlink ref="D50" r:id="rId47"/>
+    <hyperlink ref="D51" r:id="rId48"/>
+    <hyperlink ref="D53" r:id="rId49"/>
+    <hyperlink ref="D54" r:id="rId50"/>
+    <hyperlink ref="D55" r:id="rId51"/>
+    <hyperlink ref="D56" r:id="rId52"/>
+    <hyperlink ref="D57" r:id="rId53"/>
+    <hyperlink ref="D58" r:id="rId54"/>
+    <hyperlink ref="D59" r:id="rId55"/>
+    <hyperlink ref="D60" r:id="rId56"/>
+    <hyperlink ref="D61" r:id="rId57"/>
+    <hyperlink ref="D62" r:id="rId58"/>
+    <hyperlink ref="D63" r:id="rId59"/>
+    <hyperlink ref="D64" r:id="rId60"/>
+    <hyperlink ref="D65" r:id="rId61"/>
+    <hyperlink ref="D66" r:id="rId62"/>
+    <hyperlink ref="D67" r:id="rId63"/>
+    <hyperlink ref="D68" r:id="rId64"/>
+    <hyperlink ref="D69" r:id="rId65"/>
+    <hyperlink ref="D70" r:id="rId66"/>
+    <hyperlink ref="D71" r:id="rId67"/>
+    <hyperlink ref="D72" r:id="rId68"/>
+    <hyperlink ref="D73" r:id="rId69"/>
+    <hyperlink ref="D74" r:id="rId70"/>
+    <hyperlink ref="D75" r:id="rId71"/>
+    <hyperlink ref="D76" r:id="rId72"/>
+    <hyperlink ref="D77" r:id="rId73"/>
+    <hyperlink ref="D78" r:id="rId74"/>
+    <hyperlink ref="D79" r:id="rId75"/>
+    <hyperlink ref="D80" r:id="rId76"/>
+    <hyperlink ref="D81" r:id="rId77"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>