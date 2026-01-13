--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -45,522 +45,522 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Саморегулирующийся греющий кабель (Бухты)</t>
   </si>
   <si>
     <t>1.1 Бухты Экранированный</t>
   </si>
   <si>
+    <t>51-0285</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
     <t>51-0287</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0198</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
   </si>
   <si>
+    <t>51-0214</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>51-0216</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0220</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0635</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 40-2CR, экранированный, UV, 40Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0636</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 30-2CR, экранированный, UV, 30Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0629</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL30-2CR, 30Вт/м, экранированный, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0625-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,5мм2/70м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0634</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 10MSR-PF пищевой, 10Вт/м, бухта 100м PROconnect</t>
+  </si>
+  <si>
     <t>51-0199</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
   </si>
   <si>
     <t>51-0283</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0636</t>
-[...35 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 200м PROconnect</t>
+    <t>51-0215</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0219</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0221</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0634-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
   </si>
   <si>
     <t>51-0632-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
   </si>
   <si>
-    <t>51-0625-4</t>
-[...38 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+    <t>51-0251</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 24КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0225</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2CR экранированный, 24Вт/м, 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0275</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0254</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0252</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 30КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0228</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,3мм2/65м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0229</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,3мм2/50м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0278</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0235</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0236</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0331</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSH-30F 200/240 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/110м REXANT</t>
+  </si>
+  <si>
+    <t>51-0203</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0205</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0250</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 16КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 16Вт/м, 1,0мм2/115м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0253</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 40КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0255</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0279</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0234</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0237</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0227</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL24-2CR UV, экранированный, 24Вт/м, 1,3мм2/85м, бухта 200м, серия PRO REXANT</t>
   </si>
   <si>
-    <t>51-0331</t>
-[...8 lines deleted...]
-    <t>Кабель греющий саморегулирующийся SRL24-2CR экранированный, 24Вт/м, 200м REXANT</t>
+    <t>51-0312</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-30F 120/200 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/114м REXANT</t>
   </si>
   <si>
     <t>51-0313</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся RSM-45F 120/200 С°, экранированный, взрывозащищенный, Ex, 45Вт/м, 1,2мм2/82м REXANT</t>
   </si>
   <si>
-    <t>51-0229</t>
-[...26 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+    <t>51-0200</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0201</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
   </si>
   <si>
     <t>51-0202</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
   </si>
   <si>
-    <t>51-0251</t>
-[...46 lines deleted...]
-  <si>
     <t>51-0204</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0206</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>51-0250</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0632</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>51-0275</t>
-[...26 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 50м REXANT</t>
+    <t>51-0901</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся греющий кабель 40ST-2CF, Ex, 130°C, UF, 200м</t>
   </si>
   <si>
     <t>51-0900</t>
   </si>
   <si>
     <t>Саморегулирующийся греющий кабель 26ST-2CF, Ex, 130°C, UF, 200м</t>
   </si>
   <si>
-    <t>51-0901</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Бухты Неэкранированный</t>
   </si>
   <si>
+    <t>51-0624-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0627-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный 30Вт/м, 0,5мм2/30м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0254-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0233</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+  </si>
+  <si>
     <t>51-0282</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 300м PROconnect</t>
   </si>
   <si>
+    <t>51-0284</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
     <t>51-0286</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 300м PROconnect</t>
   </si>
   <si>
+    <t>51-0231</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0208</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0212</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0624</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL16-2, 16Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0626</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2, 24Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0627</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL30-2, 30Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0255-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0210</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0213</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
     <t>51-0230</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м PROconnect</t>
   </si>
   <si>
-    <t>51-0213</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0232</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 50м PROconnect</t>
   </si>
   <si>
-    <t>51-0626</t>
-[...22 lines deleted...]
-  <si>
     <t>51-0209</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
   </si>
   <si>
     <t>51-0211</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
   </si>
   <si>
-    <t>51-0624</t>
-[...44 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+    <t>51-0274</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0181</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0182</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
   </si>
   <si>
     <t>51-0184</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
   </si>
   <si>
-    <t>51-0181</t>
-[...8 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+    <t>51-0185</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0276</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0277</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0180</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
   </si>
   <si>
     <t>51-0183</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -945,51 +945,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-0-93mm2-48m-buhta-200m-proconnect-31961" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovanniy-10vt-m-0-5mm2-100m-buhta-50m-proconnect-31553" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovanniy-16vt-m-0-5mm2-100m-buhta-50m-proconnect-31554" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-0-93mm2-71m-buhta-200m-proconnect-31959" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovanniy-uv-30vt-m-200m-proconnect-17191" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovanniy-buhta-200m-proconnect-12672" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf30-2cr-srl30-2cr-snk30-2cr-ekranirovanniy-30vt-m-50m-proconnect-20252" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect-12809" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf16-2cr-srl16-2cr-ekranirovanniy-16vt-m-50m-proconnect-20259" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-0-93mm2-62m-buhta-200m-proconnect-31960" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-ekranirovanniy-10vt-m-100m-proconnect-29404" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2lp-el-65-85-ekranirovanniy-16vt-m-200m-proconnect-29399" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf24-2cr-srl24-2cr-ekranirovanniy-24vt-m-50-m-proconnect-20241" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf16-2cr-srl16-2cr-ekranirovanniy-16vt-m-100m-proconnect-20258" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf24-2cr-srl24-2cr-ekranirovanniy-24vt-m-100m-proconnect-20244" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf30-2cr-srl30-2cr-snk30-2cr-ekranirovanniy-30vt-m-100m-proconnect-20256" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovanniy-uv-40vt-m-200m-proconnect-15399" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-16-kkns-2lpp-el-65-85-ekranirovanniy-16vt-m-100m-proconnect-29403" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-1-3mm2-85m-buhta-200m-seriya-pro-rexant-31578" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsh-30f-200-240-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-200m-rexant-22335" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-45f-120-200-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl40-2cr-ekranirovanniy-24vt-m-1-3mm2-50m-buhta-200m-seriya-pro-rexant-31580" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-30vt-m-200m-rexant-28740" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-30kns-2lp-el-65-85-30vt-m-uv-200m-ekranirovanniy-rexant-28752" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-40vt-m-200m-rexant-28741" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-40kns-2lp-el-65-85-40vt-m-uv-200m-ekranirovanniy-rexant-28753" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-24-2cr-ekranirovanniy-24vt-m-50m-rexant-20261" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-24vt-m-200m-rexant-28739" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovanniy-40vt-m-1-0mm2-45m-buhta-100m-rexant-31558" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovanniy-30vt-m-1-0mm2-60m-buhta-100m-rexant-31556" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-50m-rexant-20248" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-1-3mm2-65m-buhta-200m-seriya-pro-rexant-31579" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-24-2cr-ekranirovanniy-24vt-m-100m-rexant-20251" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-pischevoy-10vt-m-50m-rexant-20250" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-50m-rexant-20239" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-100m-rexant-20260" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-100m-rexant-20246" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-16vt-m-200m-rexant-28738" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-30f-120-200-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-pischevoy-10vt-m-buhta-100m-rexant-13480" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-0-88mm2-105m-200m-rexant-30976" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-0-88mm2-70m-200m-rexant-30978" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-0-88mm2-55m-200m-rexant-30980" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovanniy-30vt-m-1-0mm2-60m-buhta-50m-rexant-31555" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovanniy-40vt-m-1-0mm2-45m-buhta-50m-rexant-31557" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m-30128" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m-30127" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-93mm2-71m-buhta-300m-proconnect-31962" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-93mm2-48m-buhta-300m-proconnect-31964" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-proconnect-31559" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-100m-proconnect-20240" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-50m-proconnect-20249" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-50m-proconnect-31561" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovanniy-buhta-300m-proconnect-12601" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-40kns-2lp-65-85-uv-neekranirovanniy-40vt-m-200m-proconnect-29402" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-proconnect-31560" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-50m-proconnect-20242" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-50m-proconnect-20247" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-100m-proconnect-20257" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovanniy-buhta-300m-proconnect-12598" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovanniy-buhta-300m-proconnect-12599" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-93mm2-62m-buhta-300m-proconnect-31963" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2lp-65-85-neekranirovanniy-16vt-m-300m-proconnect-29395" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-30kns-2lp-65-85-uv-neekranirovanniy-30vt-m-200m-proconnect-29401" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-100m-proconnect-20243" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2lp-65-85-neekranirovanniy-30vt-m-300m-proconnect-29397" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-100m-proconnect-31562" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-rexant-31567" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-100m-rexant-31564" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-50m-rexant-31565" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-100m-rexant-31566" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-50m-rexant-31563" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-88mm2-105m-300m-rexant-30975" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-rexant-31568" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-88mm2-70m-300m-rexant-30977" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-88mm2-55m-300m-rexant-30979" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovannyy-uv-40vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovannyy-uv-30vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovannyy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-200m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsh-30f-200-240-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl24-2cr-uv-ekranirovannyy-24v" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-30f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-45f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh-2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-5mm2-30m-buh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I81"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1026,2283 +1026,2283 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>238</v>
+        <v>235.94</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>3800</v>
       </c>
       <c r="G4" s="3">
         <v>200</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>350</v>
+        <v>242.05</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>50</v>
+        <v>7200</v>
       </c>
       <c r="G5" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>371</v>
+        <v>355.95</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>400</v>
+        <v>550</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>230</v>
+        <v>259.34</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="G7" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="3">
+        <v>264.42</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G8" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>232</v>
+        <v>283.89</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>260</v>
+        <v>510.99</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1550</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>507.02</v>
+        <v>335.61</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>255</v>
+        <v>235.94</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1550</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>232</v>
+        <v>233.91</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>200</v>
       </c>
       <c r="H13" s="3">
         <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>323.52</v>
+        <v>515.64</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>6900</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>100</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>230</v>
+        <v>377.31</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>650</v>
       </c>
       <c r="G15" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>257</v>
+        <v>233.91</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1750</v>
+        <v>8400</v>
       </c>
       <c r="G16" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>270.68</v>
+        <v>261.37</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="G17" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>279.14</v>
+        <v>275.28</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>255</v>
+        <v>259.34</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>100</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>502.45</v>
+        <v>352.98</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>347.08</v>
+        <v>329.02</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>400</v>
+        <v>5800</v>
       </c>
       <c r="G21" s="3">
         <v>100</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>544.5</v>
+        <v>483.07</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1400</v>
+        <v>600</v>
       </c>
       <c r="G22" s="3">
         <v>200</v>
       </c>
       <c r="H22" s="3">
         <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>4300</v>
+        <v>400.81</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>200</v>
       </c>
       <c r="H23" s="3">
         <v>200</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>394.11</v>
+        <v>258.08</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>11000</v>
       </c>
       <c r="G24" s="3">
         <v>200</v>
       </c>
       <c r="H24" s="3">
         <v>200</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>2200</v>
+        <v>386.31</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>200</v>
       </c>
       <c r="H25" s="3">
         <v>200</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>581</v>
+        <v>489.18</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>3600</v>
+        <v>200</v>
       </c>
       <c r="G26" s="3">
         <v>200</v>
       </c>
       <c r="H26" s="3">
         <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>481</v>
+        <v>572.06</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="G27" s="3">
         <v>200</v>
       </c>
       <c r="H27" s="3">
         <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>379.85</v>
+        <v>590.88</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>4200</v>
       </c>
       <c r="G28" s="3">
         <v>200</v>
       </c>
       <c r="H28" s="3">
         <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>512</v>
+        <v>266.14</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>4000</v>
+        <v>1400</v>
       </c>
       <c r="G29" s="3">
         <v>200</v>
       </c>
       <c r="H29" s="3">
         <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>392.92</v>
+        <v>416.97</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G30" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>288</v>
+        <v>416.97</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>4150</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>50</v>
       </c>
       <c r="H31" s="3">
         <v>50</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>475</v>
+        <v>4373.1</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F32" s="3">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>200</v>
       </c>
       <c r="H32" s="3">
         <v>200</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>410</v>
+        <v>303.07</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F33" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="G33" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>410</v>
+        <v>292.9</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>2400</v>
       </c>
       <c r="G34" s="3">
         <v>100</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>298</v>
+        <v>452.56</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>4300</v>
+        <v>4400</v>
       </c>
       <c r="G35" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>562.5</v>
+        <v>520.7</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>200</v>
+        <v>3000</v>
       </c>
       <c r="G36" s="3">
         <v>200</v>
       </c>
       <c r="H36" s="3">
         <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>288</v>
+        <v>399.6</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>650.71</v>
+        <v>274.2</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>280</v>
+        <v>416.97</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>4050</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>50</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>280</v>
+        <v>416.97</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>100</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>298</v>
+        <v>553.76</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>200</v>
+        <v>1400</v>
       </c>
       <c r="G41" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>445</v>
+        <v>2237.4</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F42" s="3">
-        <v>4400</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>200</v>
       </c>
       <c r="H42" s="3">
         <v>200</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>2200</v>
+        <v>2237.4</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>200</v>
       </c>
       <c r="H43" s="3">
         <v>200</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>501</v>
+        <v>661.77</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F44" s="3">
-        <v>2600</v>
+        <v>400</v>
       </c>
       <c r="G44" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>253.77</v>
+        <v>284.76</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F45" s="3">
-        <v>15500</v>
+        <v>3700</v>
       </c>
       <c r="G45" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>261.69</v>
+        <v>292.9</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F46" s="3">
-        <v>10600</v>
+        <v>3500</v>
       </c>
       <c r="G46" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H46" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>269.62</v>
+        <v>284.76</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F47" s="3">
-        <v>11300</v>
+        <v>2900</v>
       </c>
       <c r="G47" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>410</v>
+        <v>303.07</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F48" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H48" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>410</v>
+        <v>509.52</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>150</v>
+        <v>2200</v>
       </c>
       <c r="G49" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>3114.87</v>
+        <v>3299.81</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>200</v>
       </c>
       <c r="H50" s="3">
         <v>200</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>3244.65</v>
+        <v>3167.82</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>200</v>
       </c>
       <c r="H51" s="3">
         <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>112</v>
+        <v>133.23</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>300</v>
       </c>
       <c r="H53" s="3">
         <v>300</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>118</v>
+        <v>137.01</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>300</v>
       </c>
       <c r="H54" s="3">
         <v>300</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>279.6</v>
+        <v>269.51</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H55" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>126</v>
+        <v>288.22</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G56" s="3">
         <v>100</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>124</v>
+        <v>113.9</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>37100</v>
       </c>
       <c r="G57" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H57" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>283.19</v>
+        <v>117.97</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
         <v>0</v>
       </c>
       <c r="G58" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H58" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>116</v>
+        <v>120.01</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>300</v>
       </c>
       <c r="H59" s="3">
         <v>300</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>268</v>
+        <v>284.25</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>4800</v>
+        <v>400</v>
       </c>
       <c r="G60" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H60" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>279.5</v>
+        <v>126.11</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F61" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H61" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>128</v>
+        <v>126.11</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H62" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>126</v>
+        <v>113.9</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H63" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>122</v>
+        <v>117.97</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
         <v>0</v>
       </c>
       <c r="G64" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H64" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>112</v>
+        <v>120.01</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>300</v>
       </c>
       <c r="H65" s="3">
         <v>300</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>118</v>
+        <v>272.56</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="G66" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H66" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>116</v>
+        <v>130.18</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>450</v>
       </c>
       <c r="G67" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H67" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>131</v>
+        <v>128.14</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H68" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>265</v>
+        <v>284.35</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>2600</v>
+        <v>300</v>
       </c>
       <c r="G69" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H69" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C70" s="3">
-        <v>124</v>
+        <v>288</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G70" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>134.72</v>
+        <v>128.14</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H71" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I71" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="3">
-        <v>283.4</v>
+        <v>124.07</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F72" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>100</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C73" s="3">
-        <v>182</v>
+        <v>147.47</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>0</v>
+        <v>7507</v>
       </c>
       <c r="G73" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H73" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C74" s="3">
-        <v>160</v>
+        <v>162.72</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>0</v>
+        <v>3400</v>
       </c>
       <c r="G74" s="3">
         <v>100</v>
       </c>
       <c r="H74" s="3">
         <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C75" s="3">
-        <v>174</v>
+        <v>176.96</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>5000</v>
+        <v>4150</v>
       </c>
       <c r="G75" s="3">
         <v>50</v>
       </c>
       <c r="H75" s="3">
         <v>50</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C76" s="3">
-        <v>174</v>
+        <v>185.09</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>4900</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H76" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C77" s="3">
-        <v>160</v>
+        <v>185.09</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>7750</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H77" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C78" s="3">
-        <v>145</v>
+        <v>160.69</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>38407</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>300</v>
       </c>
       <c r="H78" s="3">
         <v>300</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C79" s="3">
-        <v>182</v>
+        <v>167.81</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H79" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C80" s="3">
-        <v>158</v>
+        <v>162.72</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>900</v>
+        <v>6350</v>
       </c>
       <c r="G80" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H80" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C81" s="3">
-        <v>165</v>
+        <v>176.96</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="G81" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H81" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A52:I52"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>