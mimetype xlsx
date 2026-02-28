--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -8,559 +8,529 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="159">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Саморегулирующийся греющий кабель (Бухты)</t>
   </si>
   <si>
     <t>1.1 Бухты Экранированный</t>
   </si>
   <si>
+    <t>51-0635</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 40-2CR, экранированный, UV, 40Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
+    <t>51-0636</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 30-2CR, экранированный, UV, 30Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0214</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>51-0216</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0219</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0220</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0632-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0215</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0221</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0199</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0287</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0198</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
     <t>51-0285</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...73 lines deleted...]
-  <si>
     <t>51-0283</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0215</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0634-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
   </si>
   <si>
-    <t>51-0632-4</t>
-[...2 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+    <t>51-0201</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0202</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0203</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0250</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 16КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 16Вт/м, 1,0мм2/115м, бухта 200м REXANT</t>
   </si>
   <si>
     <t>51-0251</t>
   </si>
   <si>
-    <t>Кабель греющий саморегулирующийся 24КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м, бухта 200м REXANT</t>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSL-24HF 65/85 С°, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м REXANT</t>
+  </si>
+  <si>
+    <t>51-0252</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSL-30HF 65/85 С°, экранированный, взрывозащищенный, Ex, UV, 30Вт/м, 1,0мм2/60м REXANT</t>
+  </si>
+  <si>
+    <t>51-0253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель греющий (нагревательный) саморегулирующийся RSL-40HF 65/85 С°, экранированный, взрывозащищенный, Ex, UV, 40Вт/м, 1,0мм2/45м REXANT  </t>
+  </si>
+  <si>
+    <t>51-0255</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0200</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0204</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0205</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0206</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0632</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0312</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-30F 120/200 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/114м REXANT</t>
+  </si>
+  <si>
+    <t>51-0313</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-45F 120/200 С°, экранированный, взрывозащищенный, Ex, 45Вт/м, 1,37мм2/82м REXANT</t>
+  </si>
+  <si>
+    <t>51-0331</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSH-30F 200/240 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,37мм2/110м REXANT</t>
+  </si>
+  <si>
+    <t>51-0235</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0225</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL24-2CR экранированный, 24Вт/м, 200м REXANT</t>
   </si>
   <si>
+    <t>51-0278</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0228</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,3мм2/65м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
     <t>51-0275</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 200м REXANT</t>
   </si>
   <si>
     <t>51-0254</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>51-0252</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0229</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,3мм2/50м, бухта 200м серия PRO REXANT</t>
   </si>
   <si>
-    <t>51-0278</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0236</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 50м REXANT</t>
   </si>
   <si>
-    <t>51-0331</t>
-[...32 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+    <t>51-0234</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0237</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0227</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL24-2CR UV, экранированный, 24Вт/м, 1,3мм2/85м, бухта 200м, серия PRO REXANT</t>
   </si>
   <si>
     <t>51-0279</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>51-0234</t>
-[...62 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 100м REXANT</t>
+    <t>51-0900</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся греющий кабель 26ST-2CF, Ex, 130°C, UF, 200м</t>
   </si>
   <si>
     <t>51-0901</t>
   </si>
   <si>
     <t>Саморегулирующийся греющий кабель 40ST-2CF, Ex, 130°C, UF, 200м</t>
   </si>
   <si>
-    <t>51-0900</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Бухты Неэкранированный</t>
   </si>
   <si>
+    <t>51-0624</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL16-2, 16Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0626</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2, 24Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
     <t>51-0624-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>51-0627-4</t>
-[...2 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный 30Вт/м, 0,5мм2/30м, бухта 200м PROconnect</t>
+    <t>51-0208</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0209</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0210</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0211</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0212</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0213</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0233</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0284</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0231</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м PROconnect</t>
   </si>
   <si>
     <t>51-0254-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0233</t>
-[...2 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+    <t>51-0255-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
   </si>
   <si>
     <t>51-0282</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>51-0284</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0286</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>51-0231</t>
-[...52 lines deleted...]
-  <si>
     <t>51-0230</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м PROconnect</t>
   </si>
   <si>
     <t>51-0232</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 50м PROconnect</t>
   </si>
   <si>
-    <t>51-0209</t>
-[...8 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+    <t>51-0181</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0182</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0183</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0184</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0185</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0274</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
   </si>
   <si>
-    <t>51-0181</t>
-[...22 lines deleted...]
-  <si>
     <t>51-0276</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 300м REXANT</t>
   </si>
   <si>
     <t>51-0277</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
   </si>
   <si>
     <t>51-0180</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -945,56 +915,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovannyy-uv-40vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovannyy-uv-30vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovannyy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-200m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsh-30f-200-240-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl24-2cr-uv-ekranirovannyy-24v" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-30f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-45f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh-2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-5mm2-30m-buh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl-40-2cr-ekranirovannyy-uv-40vtm-200m-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl-30-2cr-ekranirovannyy-uv-30vtm-200m-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp10-2cr-ekranirovannyy-10vtm-0-5mm2100m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp16-2cr-ekranirovannyy-16vtm-0-5mm2100m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp10-2cr-ekranirovannyy-10vtm-0-5mm2100m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp16-2cr-ekranirovannyy-16vtm-0-5mm2100m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-9mm2105m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-9mm270m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-9mm255m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-16kns-2ltg-el-6585-ekranirovannyy-vzryvozashchishchennyy-ex-uv-16vtm-1-0mm2115m-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsl-24hf-6585-s-ekranirovannyy-vzryvozashchishchennyy-ex-uv-24vtm-1-0mm275m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsl-30hf-6585-s-ekranirovannyy-vzryvozashchishchennyy-ex-uv-30vtm-1-0mm260m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsl-40hf-6585-s-ekranirovannyy-vzryvozashchishchennyy-ex-uv-40vtm-1-0mm245m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-0mm245m-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-10htm2-ct-ekranirovannyy-10vtm-0-6mm2100m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-9mm2105m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-9mm270m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-9mm255m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-10htm2-ct-ekranirovannyy-10vtm-0-6mm2100m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsm-30f-120200-s-ekranirovannyy-vzryvozashchishchennyy-ex-30vtm-1-2mm2114m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsm-45f-120200-s-ekranirovannyy-vzryvozashchishchennyy-ex-45vtm-1-37mm282m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsh-30f-200240-s-ekranirovannyy-vzryvozashchishchennyy-ex-30vtm-1-37mm2110m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-0mm260m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-200m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-3mm265m-buhta-200m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-0mm260m-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-3mm250m-buhta-200m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-0mm245m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-0mm260m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-0mm245m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl24-2cr-uv-ekranirovannyy-24vtm-1-3mm285m-buhta-200m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-greyushchiy-kabel-26st-2cf-ex-130c-uf-200m" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-greyushchiy-kabel-40st-2cf-ex-130c-uf-200m" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl16-2-16vtm-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl24-2-24vtm-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-5mm270m-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2-uv-neekranirovannyy-40vtm-0-9mm240m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2-uv-neekranirovannyy-30vtm-0-9mm255m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2-uv-neekranirovannyy-30vtm-0-9mm255m-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2-uv-neekranirovannyy-40vtm-0-9mm240m-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2-uv-neekranirovannyy-30vtm-0-9mm255m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2-uv-neekranirovannyy-40vtm-0-9mm240m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-9mm2105m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-9mm270m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-9mm270m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-9mm255m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-9mm255m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-9mm2105m-buhta-50m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I81"/>
+  <dimension ref="A1:I76"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1026,2372 +996,2222 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>235.94</v>
+        <v>510.99</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3800</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>200</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>242.05</v>
+        <v>335.61</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>7200</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>200</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>355.95</v>
+        <v>259.34</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>550</v>
+        <v>1100</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="3">
+        <v>264.42</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>1200</v>
+        <v>950</v>
       </c>
       <c r="G7" s="3">
         <v>50</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>264.42</v>
+        <v>275.28</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
         <v>283.89</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>100</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>510.99</v>
+        <v>329.02</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>9000</v>
       </c>
       <c r="G10" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>335.61</v>
+        <v>261.37</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>1250</v>
       </c>
       <c r="G11" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>235.94</v>
+        <v>259.34</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>233.91</v>
+        <v>377.31</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G13" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>515.64</v>
+        <v>242.05</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>377.31</v>
+        <v>355.95</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>650</v>
+        <v>500</v>
       </c>
       <c r="G15" s="3">
         <v>50</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>233.91</v>
+        <v>235.94</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>8400</v>
+        <v>2800</v>
       </c>
       <c r="G16" s="3">
         <v>200</v>
       </c>
       <c r="H16" s="3">
         <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>261.37</v>
+        <v>233.91</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1500</v>
+        <v>7600</v>
       </c>
       <c r="G17" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>275.28</v>
+        <v>352.98</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>259.34</v>
+        <v>284.76</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>2550</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>352.98</v>
+        <v>292.9</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>1850</v>
       </c>
       <c r="G20" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>329.02</v>
+        <v>303.07</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F21" s="3">
-        <v>5800</v>
+        <v>1750</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>483.07</v>
+        <v>452.56</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>600</v>
+        <v>4000</v>
       </c>
       <c r="G22" s="3">
         <v>200</v>
       </c>
       <c r="H22" s="3">
         <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>400.81</v>
+        <v>483.07</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>7600</v>
       </c>
       <c r="G23" s="3">
         <v>200</v>
       </c>
       <c r="H23" s="3">
         <v>200</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>258.08</v>
+        <v>489.18</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>11000</v>
+        <v>10400</v>
       </c>
       <c r="G24" s="3">
         <v>200</v>
       </c>
       <c r="H24" s="3">
         <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>386.31</v>
+        <v>520.7</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>2400</v>
       </c>
       <c r="G25" s="3">
         <v>200</v>
       </c>
       <c r="H25" s="3">
         <v>200</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>489.18</v>
+        <v>399.6</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>200</v>
+        <v>3400</v>
       </c>
       <c r="G26" s="3">
         <v>200</v>
       </c>
       <c r="H26" s="3">
         <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>572.06</v>
+        <v>661.77</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F27" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>590.88</v>
+        <v>284.76</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F28" s="3">
-        <v>4200</v>
+        <v>2300</v>
       </c>
       <c r="G28" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>266.14</v>
+        <v>292.9</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F29" s="3">
-        <v>1400</v>
+        <v>2700</v>
       </c>
       <c r="G29" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>416.97</v>
+        <v>303.07</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F30" s="3">
-        <v>100</v>
+        <v>1100</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>416.97</v>
+        <v>509.52</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="G31" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>4373.1</v>
+        <v>2237.4</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="G32" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>303.07</v>
+        <v>2237.4</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F33" s="3">
-        <v>2000</v>
+        <v>4750</v>
       </c>
       <c r="G33" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>292.9</v>
+        <v>4373.1</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F34" s="3">
-        <v>2400</v>
+        <v>2250</v>
       </c>
       <c r="G34" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>452.56</v>
+        <v>416.97</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>4400</v>
+        <v>700</v>
       </c>
       <c r="G35" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>520.7</v>
+        <v>400.81</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>200</v>
       </c>
       <c r="H36" s="3">
         <v>200</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>399.6</v>
+        <v>266.14</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>25600</v>
       </c>
       <c r="G37" s="3">
         <v>200</v>
       </c>
       <c r="H37" s="3">
         <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>274.2</v>
+        <v>572.06</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>5800</v>
       </c>
       <c r="G38" s="3">
         <v>200</v>
       </c>
       <c r="H38" s="3">
         <v>200</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>416.97</v>
+        <v>258.08</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>26200</v>
       </c>
       <c r="G39" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>416.97</v>
+        <v>386.31</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>5600</v>
       </c>
       <c r="G40" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>553.76</v>
+        <v>590.88</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1400</v>
+        <v>4000</v>
       </c>
       <c r="G41" s="3">
         <v>200</v>
       </c>
       <c r="H41" s="3">
         <v>200</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>2237.4</v>
+        <v>416.97</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>850</v>
       </c>
       <c r="G42" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H42" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>2237.4</v>
+        <v>416.97</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G43" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H43" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>661.77</v>
+        <v>416.97</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>400</v>
+        <v>1100</v>
       </c>
       <c r="G44" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>284.76</v>
+        <v>553.76</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>3700</v>
+        <v>6400</v>
       </c>
       <c r="G45" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H45" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>292.9</v>
+        <v>274.2</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>3500</v>
+        <v>24000</v>
       </c>
       <c r="G46" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>284.76</v>
+        <v>3167.82</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>2900</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H47" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>303.07</v>
+        <v>3299.81</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H48" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
+      <c r="A49" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>3299.81</v>
+        <v>113.9</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="H50" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="C51" s="3">
+        <v>117.97</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="3">
+        <v>0</v>
+      </c>
+      <c r="G51" s="3">
+        <v>300</v>
+      </c>
+      <c r="H51" s="3">
+        <v>300</v>
+      </c>
+      <c r="I51" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="C51" s="3">
-[...22 lines deleted...]
-      <c r="A52" s="2" t="s">
+      <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B52" s="2"/>
-[...6 lines deleted...]
-      <c r="I52" s="2"/>
+      <c r="C52" s="3">
+        <v>133.23</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="3">
+        <v>11100</v>
+      </c>
+      <c r="G52" s="3">
+        <v>300</v>
+      </c>
+      <c r="H52" s="3">
+        <v>300</v>
+      </c>
+      <c r="I52" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>133.23</v>
+        <v>126.11</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H53" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>137.01</v>
+        <v>128.14</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H54" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>269.51</v>
+        <v>130.18</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H55" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>288.22</v>
+        <v>124.07</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F56" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="G56" s="3">
         <v>100</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>113.9</v>
+        <v>126.11</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F57" s="3">
-        <v>37100</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H57" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>117.97</v>
+        <v>128.14</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F58" s="3">
         <v>0</v>
       </c>
       <c r="G58" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H58" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>120.01</v>
+        <v>288.22</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G59" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H59" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>284.25</v>
+        <v>117.97</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="G60" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H60" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>126.11</v>
+        <v>284.25</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G61" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H61" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I61" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>126.11</v>
+        <v>269.51</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>7400</v>
       </c>
       <c r="G62" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H62" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>113.9</v>
+        <v>272.56</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>6600</v>
       </c>
       <c r="G63" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H63" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>117.97</v>
+        <v>113.9</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>22200</v>
       </c>
       <c r="G64" s="3">
         <v>300</v>
       </c>
       <c r="H64" s="3">
         <v>300</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="3">
         <v>120.01</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>300</v>
       </c>
       <c r="H65" s="3">
         <v>300</v>
       </c>
       <c r="I65" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>272.56</v>
+        <v>284.35</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>800</v>
+        <v>250</v>
       </c>
       <c r="G66" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H66" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>130.18</v>
+        <v>288</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>450</v>
+        <v>500</v>
       </c>
       <c r="G67" s="3">
         <v>50</v>
       </c>
       <c r="H67" s="3">
         <v>50</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>128.14</v>
+        <v>162.72</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="G68" s="3">
         <v>100</v>
       </c>
       <c r="H68" s="3">
         <v>100</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>284.35</v>
+        <v>176.96</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>300</v>
+        <v>3450</v>
       </c>
       <c r="G69" s="3">
         <v>50</v>
       </c>
       <c r="H69" s="3">
         <v>50</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C70" s="3">
-        <v>288</v>
+        <v>176.96</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>400</v>
+        <v>3000</v>
       </c>
       <c r="G70" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H70" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>128.14</v>
+        <v>185.09</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>1750</v>
       </c>
       <c r="G71" s="3">
         <v>50</v>
       </c>
       <c r="H71" s="3">
         <v>50</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="3">
-        <v>124.07</v>
+        <v>185.09</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="G72" s="3">
         <v>100</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C73" s="3">
         <v>147.47</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>7507</v>
+        <v>10507</v>
       </c>
       <c r="G73" s="3">
         <v>300</v>
       </c>
       <c r="H73" s="3">
         <v>300</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C74" s="3">
-        <v>162.72</v>
+        <v>160.69</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>3400</v>
+        <v>24900</v>
       </c>
       <c r="G74" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H74" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C75" s="3">
-        <v>176.96</v>
+        <v>167.81</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>4150</v>
+        <v>21300</v>
       </c>
       <c r="G75" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H75" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C76" s="3">
-        <v>185.09</v>
+        <v>162.72</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="G76" s="3">
         <v>50</v>
       </c>
       <c r="H76" s="3">
         <v>50</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
-[...143 lines deleted...]
-      <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A52:I52"/>
+    <mergeCell ref="A49:I49"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
     <hyperlink ref="D30" r:id="rId27"/>
     <hyperlink ref="D31" r:id="rId28"/>
     <hyperlink ref="D32" r:id="rId29"/>
     <hyperlink ref="D33" r:id="rId30"/>
     <hyperlink ref="D34" r:id="rId31"/>
     <hyperlink ref="D35" r:id="rId32"/>
     <hyperlink ref="D36" r:id="rId33"/>
     <hyperlink ref="D37" r:id="rId34"/>
     <hyperlink ref="D38" r:id="rId35"/>
     <hyperlink ref="D39" r:id="rId36"/>
     <hyperlink ref="D40" r:id="rId37"/>
     <hyperlink ref="D41" r:id="rId38"/>
     <hyperlink ref="D42" r:id="rId39"/>
     <hyperlink ref="D43" r:id="rId40"/>
     <hyperlink ref="D44" r:id="rId41"/>
     <hyperlink ref="D45" r:id="rId42"/>
     <hyperlink ref="D46" r:id="rId43"/>
     <hyperlink ref="D47" r:id="rId44"/>
     <hyperlink ref="D48" r:id="rId45"/>
-    <hyperlink ref="D49" r:id="rId46"/>
-[...1 lines deleted...]
-    <hyperlink ref="D51" r:id="rId48"/>
+    <hyperlink ref="D50" r:id="rId46"/>
+    <hyperlink ref="D51" r:id="rId47"/>
+    <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
     <hyperlink ref="D63" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
     <hyperlink ref="D65" r:id="rId61"/>
     <hyperlink ref="D66" r:id="rId62"/>
     <hyperlink ref="D67" r:id="rId63"/>
     <hyperlink ref="D68" r:id="rId64"/>
     <hyperlink ref="D69" r:id="rId65"/>
     <hyperlink ref="D70" r:id="rId66"/>
     <hyperlink ref="D71" r:id="rId67"/>
     <hyperlink ref="D72" r:id="rId68"/>
     <hyperlink ref="D73" r:id="rId69"/>
     <hyperlink ref="D74" r:id="rId70"/>
     <hyperlink ref="D75" r:id="rId71"/>
     <hyperlink ref="D76" r:id="rId72"/>
-    <hyperlink ref="D77" r:id="rId73"/>
-[...3 lines deleted...]
-    <hyperlink ref="D81" r:id="rId77"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>