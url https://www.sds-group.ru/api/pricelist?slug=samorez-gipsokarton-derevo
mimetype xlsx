--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -42,264 +42,264 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Саморез гипсокартон-дерево</t>
   </si>
   <si>
+    <t>KR-01-3331-005</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х35 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>1133-3551-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х51 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-011</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4290-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х90 мм, пакет (4 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-007</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3535-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х35 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-008</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х51 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4275-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х75 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3519-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х19 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-012</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4270-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х70 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
     <t>KR-01-3331-002</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,5х19 мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>KR-01-3331-003</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х25 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-010</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,8х65 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3545-5</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3555-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (20 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3331-006</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,5х41 мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3331-007</t>
-[...20 lines deleted...]
-    <t>Саморез гипсокартон-дерево 4,2х75 мм, короб (100 шт/уп) KRANZ</t>
+    <t>1133-3865-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,8х65 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3525-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х25 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3532-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, пакет (25 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3331-013</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 4,2х90 мм, короб (100 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1133-3525-5</t>
-[...92 lines deleted...]
-    <t>Саморез гипсокартон-дерево 4,2х70 мм, короб (100 шт/уп) KRANZ</t>
+    <t>1133-3555-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3545-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3532-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-4270-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3545-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х45 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-4275-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3541-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х41 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3551-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х51 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3532-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х32 мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х35 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3519-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х19 мм, пакет (50 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>1133-3525-4</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х25 мм, пакет (50 шт/уп) KRANZ </t>
-  </si>
-[...64 lines deleted...]
-    <t>Саморез гипсокартон-дерево 3,5х32 мм, пакет (800 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1133-3519-2</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,5х19 мм, пакет (1000 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1133-3865-2</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,8х65 мм, пакет (500 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1133-3555-2</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,5х55 мм, пакет (500 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
@@ -702,51 +702,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-paket-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-paket-4-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-paket-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-paket-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-paket-300-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-paket-300-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-800-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-paket-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-500-sht-up-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-korob-200-sht-up-kranz-22513" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-paket-20sht-22535" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-korob-100-sht-up-kranz-22519" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h90-paket-4sht-22571" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-korob-200-sht-up-22512" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-korob-200-sht-up-kranz-22515" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-korob-200-sht-up-22517" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h35-paket-25sht-22584" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-korob-200-sht-up-kranz-22516" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h75-paket-10sht-22536" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-paket-20sht-22552" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-korob-100-sht-up-kranz-22520" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h70-paket-10sht-22554" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-korob-200-sht-up-kranz-22510" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-korob-200-sht-up-kranz-22511" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-korob-200-sht-up-kranz-22518" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-paket-25sht-22553" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-paket-20sht-22567" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-korob-200-sht-up-kranz-22514" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-8h65-paket-10sht-22582" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h25-paket-20sht-22534" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-paket-25sht-22569" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-korob-100-sht-up-kranz-22521" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-paket-50-sht-up-28362" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-paket-500-sht-up-kranz-29081" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-paket-50-sht-up-28357" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-paket-300-sht-up-kranz-29083" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-paket-50-sht-up-28360" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-paket-300-sht-up-kranz-29084" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h41-paket-50-sht-up-28359" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-paket-50-sht-up-28361" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-paket-800-sht-up-kranz-29086" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h35-paket-50-sht-up-28358" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-paket-50-sht-up-28355" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h25-paket-50-sht-up-28356" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-paket-1000-sht-up-kranz-29385" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-paket-500-sht-up-kranz-29387" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-paket-500-sht-up-kranz-29388" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I40"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -770,1133 +770,1133 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>150.56</v>
+        <v>385.34</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1591</v>
+        <v>1866</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>32</v>
       </c>
       <c r="I3" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>341.08</v>
+        <v>16.82</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2157</v>
+        <v>11386</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="I4" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>344.57</v>
+        <v>381.11</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>16</v>
       </c>
       <c r="I5" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>331.45</v>
+        <v>41.64</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1310</v>
+        <v>93</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="I6" s="3">
-        <v>200</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>371.92</v>
+        <v>314.87</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1280</v>
+        <v>1430</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="I7" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>387.7</v>
+        <v>344.57</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2432</v>
+        <v>822</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>16</v>
       </c>
       <c r="I8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>414.23</v>
+        <v>371.92</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1535</v>
+        <v>1206</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>8</v>
       </c>
       <c r="I9" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>38.04</v>
+        <v>20.06</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2213</v>
+        <v>4311</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>24.91</v>
+        <v>331.45</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>11737</v>
+        <v>961</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>240</v>
+        <v>8</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>32.21</v>
+        <v>37.97</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1541</v>
+        <v>11849</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>47.58</v>
+        <v>32.21</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>4105</v>
+        <v>1436</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>39.88</v>
+        <v>387.7</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>6191</v>
+        <v>2387</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>41.64</v>
+        <v>35.69</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>98</v>
+        <v>4084</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>240</v>
       </c>
       <c r="I15" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>43.2</v>
+        <v>150.56</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>3675</v>
+        <v>1441</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>360</v>
+        <v>32</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>29.72</v>
+        <v>249.64</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>4430</v>
+        <v>3595</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>249.64</v>
+        <v>369.77</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>3974</v>
+        <v>2558</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I18" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>28.67</v>
+        <v>33.45</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>6956</v>
+        <v>550</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>314.87</v>
+        <v>19.35</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1591</v>
+        <v>6687</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="I20" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>369.77</v>
+        <v>341.08</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>2592</v>
+        <v>2084</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I21" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>50.62</v>
+        <v>32.4</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>11762</v>
+        <v>3656</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>240</v>
+        <v>360</v>
       </c>
       <c r="I22" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>33.45</v>
+        <v>38.04</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>581</v>
+        <v>2157</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>385.34</v>
+        <v>39.88</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2487</v>
+        <v>6027</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>381.11</v>
+        <v>414.23</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1076</v>
+        <v>1493</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>87.54</v>
+        <v>136.67</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>3920</v>
+        <v>236</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>83.92</v>
+        <v>567.56</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
+        <v>12</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>10</v>
+      </c>
+      <c r="I27" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>87.26</v>
+        <v>83.92</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>3428</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>90.56</v>
+        <v>587.98</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>79.99</v>
+        <v>92.56</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>594</v>
+        <v>244</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I30" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>98.87</v>
+        <v>657.01</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>158</v>
+        <v>10</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>136.67</v>
+        <v>90.56</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>102</v>
+        <v>310</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>587.98</v>
+        <v>98.87</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>2</v>
+        <v>393</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>567.56</v>
+        <v>672</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>92.56</v>
+        <v>87.26</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>429</v>
+        <v>2847</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>40</v>
       </c>
       <c r="I35" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>657.01</v>
+        <v>79.99</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>5</v>
+        <v>597</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>672</v>
+        <v>87.54</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>11</v>
+        <v>3556</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
         <v>595.3</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>12</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
         <v>821.93</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>10</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
         <v>689.83</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>10</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>