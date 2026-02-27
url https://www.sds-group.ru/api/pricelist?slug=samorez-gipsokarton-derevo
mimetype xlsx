--- v1 (2025-12-08)
+++ v2 (2026-02-27)
@@ -42,282 +42,282 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Саморез гипсокартон-дерево</t>
   </si>
   <si>
+    <t>KR-01-3331-002</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х19 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-01-3331-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
     <t>KR-01-3331-005</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,5х35 мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>KR-01-3331-006</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х41 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-011</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-012</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, короб (100 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1133-3551-5</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х51 мм, пакет (20 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>KR-01-3331-011</t>
-[...2 lines deleted...]
-    <t>Саморез гипсокартон-дерево 4,2х70 мм, короб (100 шт/уп) KRANZ</t>
+    <t>1133-4275-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х75 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3519-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х19 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3545-5</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4270-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х70 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3555-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3532-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3865-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,8х65 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3535-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х35 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3525-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х25 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х35 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3545-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х45 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3555-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (50 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>1133-4290-4</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х90 мм, пакет (4 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>KR-01-3331-004</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, короб (200 шт/уп) KRANZ </t>
+    <t>KR-01-3331-003</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х25 мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3331-007</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,5х45 мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3331-009</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1133-3535-5</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х35 мм, пакет (25 шт/уп) KRANZ </t>
+    <t>1133-3519-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х19 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3865-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,8х65 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3555-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х55 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4270-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4275-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3532-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х32 мм, пакет (800 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3331-008</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,5х51 мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1133-4275-4</t>
-[...32 lines deleted...]
-    <t>Саморез гипсокартон-дерево 3,5х25 мм, короб (200 шт/уп) KRANZ</t>
+    <t>KR-01-3331-013</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х90 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3525-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х25 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3519-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х19 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3551-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х51 мм, пакет (50 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3331-010</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,8х65 мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1133-3545-5</t>
-[...44 lines deleted...]
-    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (50 шт/уп) KRANZ </t>
+    <t>1133-3532-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3541-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х41 мм, пакет (50 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>1133-3545-2</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,5х45 мм, пакет (500 шт/уп) KRANZ</t>
-  </si>
-[...76 lines deleted...]
-    <t>Саморез гипсокартон-дерево 3,5х55 мм, пакет (500 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -702,51 +702,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-korob-200-sht-up-kranz-22513" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-paket-20sht-22535" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-korob-100-sht-up-kranz-22519" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h90-paket-4sht-22571" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-korob-200-sht-up-22512" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-korob-200-sht-up-kranz-22515" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-korob-200-sht-up-22517" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h35-paket-25sht-22584" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-korob-200-sht-up-kranz-22516" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h75-paket-10sht-22536" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-paket-20sht-22552" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-korob-100-sht-up-kranz-22520" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h70-paket-10sht-22554" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-korob-200-sht-up-kranz-22510" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-korob-200-sht-up-kranz-22511" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-korob-200-sht-up-kranz-22518" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-paket-25sht-22553" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-paket-20sht-22567" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-korob-200-sht-up-kranz-22514" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-8h65-paket-10sht-22582" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h25-paket-20sht-22534" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-paket-25sht-22569" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-korob-100-sht-up-kranz-22521" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-paket-50-sht-up-28362" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-paket-500-sht-up-kranz-29081" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-paket-50-sht-up-28357" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-paket-300-sht-up-kranz-29083" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-paket-50-sht-up-28360" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-paket-300-sht-up-kranz-29084" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h41-paket-50-sht-up-28359" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-paket-50-sht-up-28361" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-paket-800-sht-up-kranz-29086" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h35-paket-50-sht-up-28358" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-paket-50-sht-up-28355" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h25-paket-50-sht-up-28356" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-paket-1000-sht-up-kranz-29385" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-paket-500-sht-up-kranz-29387" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-paket-500-sht-up-kranz-29388" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-paket-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-paket-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-paket-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-paket-4-shtup-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-paket-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-paket-300-shtup-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-paket-300-shtup-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-800-shtup-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-500-shtup-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I40"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -770,1133 +770,1133 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>385.34</v>
+        <v>153.12</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1866</v>
+        <v>4140</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>32</v>
       </c>
       <c r="I3" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>16.82</v>
+        <v>320.22</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>11386</v>
+        <v>1330</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>240</v>
+        <v>32</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>381.11</v>
+        <v>391.89</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1032</v>
+        <v>1804</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>41.64</v>
+        <v>346.88</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>93</v>
+        <v>467</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>240</v>
+        <v>16</v>
       </c>
       <c r="I6" s="3">
-        <v>4</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>314.87</v>
+        <v>387.59</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1430</v>
+        <v>61</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I7" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>344.57</v>
+        <v>394.29</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>822</v>
+        <v>2351</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>16</v>
       </c>
       <c r="I8" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>371.92</v>
+        <v>15.4</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1206</v>
+        <v>10809</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="I9" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>20.06</v>
+        <v>38.62</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>4311</v>
+        <v>11694</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>331.45</v>
+        <v>32.76</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>961</v>
+        <v>1351</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>37.97</v>
+        <v>34.02</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>11849</v>
+        <v>508</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>32.21</v>
+        <v>36.3</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1436</v>
+        <v>4053</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>387.7</v>
+        <v>17.71</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2387</v>
+        <v>6168</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>35.69</v>
+        <v>36.5</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>4084</v>
+        <v>5950</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>150.56</v>
+        <v>32.95</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1441</v>
+        <v>3530</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>32</v>
+        <v>360</v>
       </c>
       <c r="I16" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>249.64</v>
+        <v>18.36</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>3595</v>
+        <v>4071</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>369.77</v>
+        <v>89.03</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2558</v>
+        <v>3213</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>33.45</v>
+        <v>88.74</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>550</v>
+        <v>2302</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
+        <v>40</v>
+      </c>
+      <c r="I19" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>19.35</v>
+        <v>94.13</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>6687</v>
+        <v>159</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>341.08</v>
+        <v>138.99</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>2084</v>
+        <v>141</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>32.4</v>
+        <v>42.35</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>3656</v>
+        <v>43</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>360</v>
+        <v>240</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>38.04</v>
+        <v>253.88</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>2157</v>
+        <v>4714</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>39.88</v>
+        <v>350.43</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>6027</v>
+        <v>1562</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>414.23</v>
+        <v>378.24</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1493</v>
+        <v>503</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>8</v>
       </c>
       <c r="I25" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>136.67</v>
+        <v>605.42</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>236</v>
+        <v>13</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I26" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>567.56</v>
+        <v>835.9</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>83.92</v>
+        <v>701.56</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
+        <v>5</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>10</v>
+      </c>
+      <c r="I28" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>587.98</v>
+        <v>597.98</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>92.56</v>
+        <v>668.18</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>244</v>
+        <v>9</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I30" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>657.01</v>
+        <v>683.42</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>90.56</v>
+        <v>337.08</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>310</v>
+        <v>1914</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I32" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>98.87</v>
+        <v>421.27</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>393</v>
+        <v>1484</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I33" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>672</v>
+        <v>34.82</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>10</v>
+        <v>2079</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>87.26</v>
+        <v>81.35</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>2847</v>
+        <v>193</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I35" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>79.99</v>
+        <v>100.55</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>597</v>
+        <v>330</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>87.54</v>
+        <v>376.06</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>3556</v>
+        <v>2529</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I37" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>595.3</v>
+        <v>85.35</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>821.93</v>
+        <v>92.1</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>9</v>
+        <v>365</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>689.83</v>
+        <v>577.21</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>10</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>