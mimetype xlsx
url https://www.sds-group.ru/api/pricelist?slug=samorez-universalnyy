--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -42,258 +42,258 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Саморез универсальный</t>
   </si>
   <si>
+    <t>KR-01-3311-005</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х35 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-01-3311-011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х20 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-014</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х35 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,5х50 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х16 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х30 мм, желтый цинк, короб (250 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х35 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х50 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0540-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х40 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0330-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х30 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-3535-5</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х35 мм, желтый цинк, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-013</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х30 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-004</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х30 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3311-006</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 3,5х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t xml:space="preserve">Саморез универсальный 4,0х50 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+    <t>KR-01-3311-012</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х25 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-001</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х16 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х16 мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-042</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5,0х60 мм, желтый цинк, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-039</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3311-043</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 5,0х70 мм, желтый цинк, короб (100 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1111-0540-4</t>
-[...70 lines deleted...]
-  <si>
     <t>1111-0560-4</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 5,0х60 мм, желтый цинк, пакет (10 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>KR-01-3311-027</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-01-3311-041</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 5,0х50 мм, желтый цинк, короб (100 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1111-3535-5</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Саморез универсальный 3,0х30 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+    <t>1111-0325-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х25 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1111-3535-4</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 3,5х35 мм, желтый цинк, пакет (50 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1111-0325-2</t>
-[...2 lines deleted...]
-    <t>Саморез универсальный 3,0х25 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+    <t>1111-0435-4</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,5х35 мм, желтый цинк, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0416-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,0х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0430-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,0х30 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3516-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1111-0335-2</t>
   </si>
   <si>
     <t>Саморез универсальный 3,0х35 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1111-0435-4</t>
-[...8 lines deleted...]
-    <t>Саморез универсальный 4,0х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+    <t>1111-3540-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х40 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1111-0440-2</t>
   </si>
   <si>
     <t>Саморез универсальный 4,0х40 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1111-0330-2</t>
   </si>
   <si>
     <t>Саморез универсальный 3,0х30 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
-  </si>
-[...16 lines deleted...]
-    <t>Саморез универсальный 3,5х40 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -678,51 +678,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h40-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h40-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h50-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h70-mm-zheltyy-tsink-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h40-mm-zheltyy-tsink-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h16-mm-zheltyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h35-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h40-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h60-mm-zheltyy-tsink-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h30-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h25-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h20-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-5h50-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h16-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h60-mm-zheltyy-tsink-paket-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h30-mm-zheltyy-tsink-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h35-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h40-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h50-mm-zheltyy-tsink-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h25-mm-zheltyy-tsink-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h35-mm-zheltyy-tsink-paket-800-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-5h35-mm-zheltyy-tsink-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h16-mm-zheltyy-tsink-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h40-mm-zheltyy-tsink-paket-800-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h30-mm-zheltyy-tsink-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h40-mm-zheltyy-tsink-paket-800-sht-up-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-korob-200-sht-up-21604" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h20-jeltiy-tsink-korob-200-sht-up-kranz-21610" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h35-jeltiy-tsink-korob-200-sht-up-21482" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h40-jeltiy-tsink-korob-200-sht-up-21483" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4-5h50-jeltiy-tsink-korob-200-sht-up-21488" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h16-jeltiy-tsink-korob-200-sht-up-kranz-21492" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h30-jeltiy-tsink-korob-250-sht-up-kranz-21495" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h35-jeltiy-tsink-korob-200-sht-up-kranz-21496" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h50-jeltiy-tsink-korob-200-sht-up-kranz-21499" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-paket-20sht-22550" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-paket-20sht-22589" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h40-jeltiy-tsink-korob-200-sht-up-kranz-21497" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-paket-25sht-22585" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-korob-200-sht-up-21481" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h30-jeltiy-tsink-korob-200-sht-up-21603" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h40-jeltiy-tsink-korob-200-sht-up-21605" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h25-jeltiy-tsink-korob-200-sht-up-21611" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h16-jeltiy-tsink-korob-200-sht-up-21600" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h16-jeltiy-tsink-korob-500-sht-up-21609" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-korob-100-sht-up-21510" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-korob-200-sht-up-21507" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-5h70-jeltiy-tsink-korob-100-sht-up-kranz-21511" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-paket-10sht-22568" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h50-jeltiy-tsink-korob-100-sht-up-21509" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h25-jeltiy-tsink-paket-1000-sht-up-kranz-29117" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-paket-50-sht-up-28354" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h35-jeltiy-tsink-paket-50-sht-up-28353" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h16-jeltiy-tsink-paket-1000-sht-up-kranz-29116" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h30-jeltiy-tsink-paket-1000-sht-up-kranz-29369" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3-5h16-jeltiy-tsink-paket-1000-sht-up-kranz-29374" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h35-jeltiy-tsink-paket-800-sht-up-kranz-29118" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3-5h40-jeltiy-tsink-paket-800-sht-up-kranz-29377" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h40-jeltiy-tsink-paket-800-sht-up-kranz-29371" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h30-jeltiy-tsink-paket-1000-sht-up-kranz-29379" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I36"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -746,1023 +746,1023 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>300.23</v>
+        <v>260.09</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1446</v>
+        <v>900</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I3" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>267.61</v>
+        <v>188.91</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1484</v>
+        <v>6747</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>32</v>
       </c>
       <c r="I4" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>279.93</v>
+        <v>281.7</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>365</v>
+        <v>1283</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>16</v>
       </c>
       <c r="I5" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>376.07</v>
+        <v>279.93</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>960</v>
+        <v>332</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>16</v>
       </c>
       <c r="I6" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>463.96</v>
+        <v>618.91</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1974</v>
+        <v>210</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>16</v>
       </c>
       <c r="I7" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>73.98</v>
+        <v>274.46</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>50</v>
+        <v>1884</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I8" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>260.09</v>
+        <v>338.03</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>972</v>
+        <v>862</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I9" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>306.86</v>
+        <v>381.11</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1017</v>
+        <v>427</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I10" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>281.7</v>
+        <v>376.07</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1326</v>
+        <v>1005</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>16</v>
       </c>
       <c r="I11" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>414.23</v>
+        <v>73.98</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>649</v>
+        <v>478</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>447.4</v>
+        <v>40.24</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>679</v>
+        <v>57</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>232</v>
+        <v>414.23</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2808</v>
+        <v>543</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I14" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>261.8</v>
+        <v>52.06</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>992</v>
+        <v>576</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
+        <v>50</v>
+      </c>
+      <c r="I15" s="3">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>266.91</v>
+        <v>267.61</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1792</v>
+        <v>1395</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>32</v>
       </c>
       <c r="I16" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>188.91</v>
+        <v>261.8</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>7279</v>
+        <v>874</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>618.91</v>
+        <v>300.23</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>228</v>
+        <v>1331</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>16</v>
       </c>
       <c r="I18" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>274.46</v>
+        <v>266.91</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2011</v>
+        <v>1715</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>32</v>
       </c>
       <c r="I19" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>50.76</v>
+        <v>232</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>244</v>
+        <v>2677</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I20" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>338.03</v>
+        <v>306.86</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>953</v>
+        <v>877</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I21" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>381.11</v>
+        <v>447.4</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>475</v>
+        <v>593</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>16</v>
       </c>
       <c r="I22" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
         <v>580.26</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>703</v>
+        <v>660</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>16</v>
       </c>
       <c r="I23" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>430.82</v>
+        <v>463.96</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2164</v>
+        <v>1924</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>16</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>52.06</v>
+        <v>50.76</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>118</v>
+        <v>220</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>50</v>
       </c>
       <c r="I25" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>40.24</v>
+        <v>430.82</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>92</v>
+        <v>1996</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I26" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>104.4</v>
+        <v>539.25</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I27" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>539.25</v>
+        <v>104.4</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>228</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>622.23</v>
+        <v>145.4</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>145.4</v>
+        <v>638.01</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I30" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>638.01</v>
+        <v>940.82</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>965.38</v>
+        <v>527.44</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>603.61</v>
+        <v>622.23</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>10</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>527.44</v>
+        <v>755.08</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>940.82</v>
+        <v>965.38</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>755.08</v>
+        <v>603.61</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>