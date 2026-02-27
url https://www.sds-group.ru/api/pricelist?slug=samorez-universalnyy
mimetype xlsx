--- v1 (2025-12-08)
+++ v2 (2026-02-27)
@@ -8,292 +8,280 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="76">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Саморез универсальный</t>
   </si>
   <si>
+    <t>KR-01-3311-004</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х30 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-01-3311-001</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х16 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х16 мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-013</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х30 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-014</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х35 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х16 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х30 мм, желтый цинк, короб (250 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х35 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-039</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х50 мм, желтый цинк, короб (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-042</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5,0х60 мм, желтый цинк, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х70 мм, желтый цинк, короб (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0560-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х60 мм, желтый цинк, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-3535-5</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х35 мм, желтый цинк, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0330-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х30 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0430-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,0х30 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0435-4</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,5х35 мм, желтый цинк, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,5х35 мм, желтый цинк, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0325-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х25 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0335-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х35 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0330-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х30 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,5х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х50 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0416-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,0х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3311-005</t>
   </si>
   <si>
     <t>Саморез универсальный 3,5х35 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-01-3311-011</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 3,0х20 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>KR-01-3311-014</t>
-[...2 lines deleted...]
-    <t>Саморез универсальный 3,0х35 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+    <t>KR-01-3311-012</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х25 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3311-015</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 3,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3311-020</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 4,5х50 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>KR-01-3311-024</t>
-[...22 lines deleted...]
-  <si>
     <t>1111-0540-4</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 5,0х40 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1111-0330-4</t>
-[...112 lines deleted...]
-  <si>
     <t>1111-3516-2</t>
   </si>
   <si>
     <t>Саморез универсальный 3,5х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
-  </si>
-[...22 lines deleted...]
-    <t>Саморез универсальный 3,0х30 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -678,56 +666,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-korob-200-sht-up-21604" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h20-jeltiy-tsink-korob-200-sht-up-kranz-21610" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h35-jeltiy-tsink-korob-200-sht-up-21482" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h40-jeltiy-tsink-korob-200-sht-up-21483" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4-5h50-jeltiy-tsink-korob-200-sht-up-21488" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h16-jeltiy-tsink-korob-200-sht-up-kranz-21492" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h30-jeltiy-tsink-korob-250-sht-up-kranz-21495" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h35-jeltiy-tsink-korob-200-sht-up-kranz-21496" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h50-jeltiy-tsink-korob-200-sht-up-kranz-21499" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-paket-20sht-22550" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-paket-20sht-22589" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h40-jeltiy-tsink-korob-200-sht-up-kranz-21497" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-paket-25sht-22585" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-korob-200-sht-up-21481" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h30-jeltiy-tsink-korob-200-sht-up-21603" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h40-jeltiy-tsink-korob-200-sht-up-21605" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h25-jeltiy-tsink-korob-200-sht-up-21611" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h16-jeltiy-tsink-korob-200-sht-up-21600" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h16-jeltiy-tsink-korob-500-sht-up-21609" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-korob-100-sht-up-21510" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-korob-200-sht-up-21507" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-5h70-jeltiy-tsink-korob-100-sht-up-kranz-21511" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-paket-10sht-22568" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h50-jeltiy-tsink-korob-100-sht-up-21509" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h25-jeltiy-tsink-paket-1000-sht-up-kranz-29117" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-paket-50-sht-up-28354" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h35-jeltiy-tsink-paket-50-sht-up-28353" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h16-jeltiy-tsink-paket-1000-sht-up-kranz-29116" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h30-jeltiy-tsink-paket-1000-sht-up-kranz-29369" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3-5h16-jeltiy-tsink-paket-1000-sht-up-kranz-29374" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h35-jeltiy-tsink-paket-800-sht-up-kranz-29118" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3-5h40-jeltiy-tsink-paket-800-sht-up-kranz-29377" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h40-jeltiy-tsink-paket-800-sht-up-kranz-29371" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h30-jeltiy-tsink-paket-1000-sht-up-kranz-29379" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h30-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h16-mm-zheltyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h35-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h16-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h30-mm-zheltyy-tsink-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h35-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h40-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h40-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h50-mm-zheltyy-tsink-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h60-mm-zheltyy-tsink-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h70-mm-zheltyy-tsink-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h60-mm-zheltyy-tsink-paket-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h30-mm-zheltyy-tsink-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-5h35-mm-zheltyy-tsink-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h25-mm-zheltyy-tsink-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h35-mm-zheltyy-tsink-paket-800-shtup-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h40-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h50-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h16-mm-zheltyy-tsink-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h20-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h25-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h40-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-5h50-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h40-mm-zheltyy-tsink-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-paket-1000-shtup-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I36"/>
+  <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -746,1067 +734,1007 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>260.09</v>
+        <v>266.25</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>900</v>
+        <v>813</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I3" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>188.91</v>
+        <v>235.94</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>6747</v>
+        <v>2621</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>32</v>
       </c>
       <c r="I4" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>281.7</v>
+        <v>312.08</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1283</v>
+        <v>816</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>279.93</v>
+        <v>272.16</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>332</v>
+        <v>276</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I6" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>618.91</v>
+        <v>286.49</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>210</v>
+        <v>196</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>16</v>
       </c>
       <c r="I7" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>274.46</v>
+        <v>279.13</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1884</v>
+        <v>1853</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>32</v>
       </c>
       <c r="I8" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>338.03</v>
+        <v>343.78</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>862</v>
+        <v>114</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>16</v>
       </c>
       <c r="I9" s="3">
         <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>381.11</v>
+        <v>387.59</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>427</v>
+        <v>363</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>16</v>
       </c>
       <c r="I10" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>376.07</v>
+        <v>421.27</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1005</v>
+        <v>1920</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>16</v>
       </c>
       <c r="I11" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>73.98</v>
+        <v>590.12</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>478</v>
+        <v>165</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I12" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>40.24</v>
+        <v>438.14</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>57</v>
+        <v>1212</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I13" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>414.23</v>
+        <v>455.01</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>543</v>
+        <v>1344</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>16</v>
       </c>
       <c r="I14" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>52.06</v>
+        <v>471.85</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>576</v>
+        <v>1366</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I15" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>267.61</v>
+        <v>51.62</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1395</v>
+        <v>215</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>261.8</v>
+        <v>47.65</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>874</v>
+        <v>565</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
+        <v>50</v>
+      </c>
+      <c r="I17" s="3">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>300.23</v>
+        <v>40.92</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1331</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>266.91</v>
+        <v>956.81</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1715</v>
+        <v>15</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="I19" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>232</v>
+        <v>147.87</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2677</v>
+        <v>6</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>306.86</v>
+        <v>106.17</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>877</v>
+        <v>246</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>447.4</v>
+        <v>548.42</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>593</v>
+        <v>20</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I22" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>580.26</v>
+        <v>632.81</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>660</v>
+        <v>23</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>463.96</v>
+        <v>613.87</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1924</v>
+        <v>8</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>50.76</v>
+        <v>305.33</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>220</v>
+        <v>2560</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I25" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>430.82</v>
+        <v>382.46</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1996</v>
+        <v>2234</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>16</v>
       </c>
       <c r="I26" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>539.25</v>
+        <v>583.97</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>15</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>104.4</v>
+        <v>264.51</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>228</v>
+        <v>419</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I28" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>145.4</v>
+        <v>192.12</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>104</v>
+        <v>6549</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I29" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>638.01</v>
+        <v>271.45</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>23</v>
+        <v>127</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>940.82</v>
+        <v>284.69</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>15</v>
+        <v>1521</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>527.44</v>
+        <v>629.43</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>31</v>
+        <v>727</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>16</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>622.23</v>
+        <v>75.24</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>38</v>
+        <v>440</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>755.08</v>
+        <v>536.41</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
-[...56 lines deleted...]
-      <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
-    <hyperlink ref="D35" r:id="rId33"/>
-    <hyperlink ref="D36" r:id="rId34"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>