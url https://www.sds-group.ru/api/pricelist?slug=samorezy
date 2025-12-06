--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -42,312 +42,312 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Саморезы</t>
   </si>
   <si>
+    <t>1111-0540-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5х40 мм, желтый цинк, упаковка поставщика (6000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>1111-0316-1</t>
   </si>
   <si>
     <t>Саморез универсальный 3х16 мм, желтый цинк, упаковка поставщика (32000 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>1123-3935-1</t>
+  </si>
+  <si>
+    <t>Саморез для гипсоволокнистых плит 3,9х35 мм, упаковка поставщика (8000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4270-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, упаковка поставщика (2500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1182-4250-1</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой KRANZ ПШС сверло 4.2х50, упаковка поставщика ( 3 000 шт. )</t>
+  </si>
+  <si>
+    <t>1111-0430-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х30 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0435-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х35 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0570-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5х70 мм, желтый цинк, упаковка поставщика (3600 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4290-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х90 мм, упаковка поставщика (2000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3525-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х25 мм, упаковка поставщика (18000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3555-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х55 мм, упаковка поставщика (4000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3519-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х19 мм, упаковка поставщика (18000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3530-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х30 мм, желтый цинк, упаковка поставщика (16000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3535-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х35 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0330-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х30 мм, желтый цинк, упаковка поставщика (16000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0416-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х16 мм, желтый цинк, упаковка поставщика (24000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0450-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х50 мм, желтый цинк, упаковка поставщика (6000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3545-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, упаковка поставщика (5500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0340-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х40 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0550-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5х50 мм, желтый цинк, упаковка поставщика (4000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3532-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х32 мм, упаковка поставщика (10000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3551-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х51 мм, упаковка поставщика (5000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3555-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х55 мм, упаковка поставщика (4000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3541-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, упаковка поставщика (10000/6000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3551-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х51 мм, упаковка поставщика (5000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-4275-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 4,2х75 мм, упаковка поставщика (2000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3865-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,8х65 мм, упаковка поставщика (3000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4275-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, упаковка поставщика (3000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1172-4213-1</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой KRANZ ПШС острый 4.2х13, упаковка поставщика ( 17 000 шт. )</t>
   </si>
   <si>
     <t>1133-3541-1</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,5х41 мм, упаковка поставщика (6000 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1133-3545-1</t>
-[...44 lines deleted...]
-    <t>Саморез для гипсоволокнистых плит 3,9х35 мм, упаковка поставщика (8000 шт/уп) KRANZ</t>
+    <t>1111-3516-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х16 мм, желтый цинк, упаковка поставщика (32000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3540-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х40 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0325-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х25 мм, желтый цинк, упаковка поставщика (24000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0335-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х35 мм, желтый цинк, упаковка поставщика (16000 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1143-3532-1</t>
   </si>
   <si>
     <t>Саморез гипсокартон-металл 3,5х32 мм, упаковка поставщика (12000/10000 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1133-3865-1</t>
-[...8 lines deleted...]
-    <t>Саморез гипсокартон-металл 3,5х51 мм, упаковка поставщика (5000 шт/уп) KRANZ</t>
+    <t>1143-3535-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х35 мм, упаковка поставщика (11000 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1143-3545-1</t>
   </si>
   <si>
     <t>Саморез гипсокартон-металл 3,5х45 мм, упаковка поставщика (8000 шт/уп) KRANZ</t>
   </si>
   <si>
+    <t>1182-4219-1</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой KRANZ ПШС сверло 4.2х19, упаковка поставщика (13 000 шт)</t>
+  </si>
+  <si>
     <t>1182-4232-1</t>
   </si>
   <si>
     <t>Саморез с прессшайбой KRANZ ПШС сверло 4.2х32, упаковка поставщика ( 6 000 шт. )</t>
   </si>
   <si>
+    <t>1153-3595-1</t>
+  </si>
+  <si>
+    <t>Саморез для металлических конструкций острый 3,5х9,5 мм, упаковка поставщика (25000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0320-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х20 мм, желтый цинк, упаковка поставщика (32000 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>1182-4213-1</t>
   </si>
   <si>
     <t>Саморез с прессшайбой KRANZ ПШС сверло 4.2х13, упаковка поставщика (18 000 шт)</t>
   </si>
   <si>
-    <t>1111-3530-1</t>
-[...112 lines deleted...]
-  <si>
     <t>1143-3519-1</t>
   </si>
   <si>
     <t>Саморез гипсокартон-металл 3,5х19 мм, упаковка поставщика (18000 шт/уп) KRANZ</t>
-  </si>
-[...40 lines deleted...]
-    <t>Саморез гипсокартон-дерево 3,5х19 мм, упаковка поставщика (18000 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1111-0560-1</t>
   </si>
   <si>
     <t>Саморез универсальный 5х60 мм, желтый цинк, упаковка поставщика (4800 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -738,51 +738,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h16-mm-zheltyy-tsink-upakovka-postavschika-32000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-upakovka-postavschika-6000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-upakovka-postavschika-5500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-upakovka-postavschika-10000-6000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h40-mm-zheltyy-tsink-upakovka-postavschika-12000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h40-mm-zheltyy-tsink-upakovka-postavschika-6000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-upakovka-postavschika-3000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h30-mm-zheltyy-tsink-upakovka-postavschika-12000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h50-mm-zheltyy-tsink-upakovka-postavschika-6000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h35-mm-upakovka-postavschika-8000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-upakovka-postavschika-12000-10000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-upakovka-postavschika-3000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-upakovka-postavschika-5000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-mm-upakovka-postavschika-8000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h32-upakovka-postavschika-6-000-sht.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h13-upakovka-postavschika-18-000-sht.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h30-mm-zheltyy-tsink-upakovka-postavschika-16000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-upakovka-postavschika-12000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h40-mm-zheltyy-tsink-upakovka-postavschika-12000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h20-mm-zheltyy-tsink-upakovka-postavschika-32000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h25-mm-zheltyy-tsink-upakovka-postavschika-24000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h30-mm-zheltyy-tsink-upakovka-postavschika-16000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h35-mm-zheltyy-tsink-upakovka-postavschika-16000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h16-mm-zheltyy-tsink-upakovka-postavschika-24000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h35-mm-zheltyy-tsink-upakovka-postavschika-12000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h50-mm-zheltyy-tsink-upakovka-postavschika-4000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h70-mm-zheltyy-tsink-upakovka-postavschika-3600-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-upakovka-postavschika-5000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-upakovka-postavschika-4000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-upakovka-postavschika-2500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-upakovka-postavschika-2000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-upakovka-postavschika-18000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-mm-upakovka-postavschika-2000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostryy-4-2h13-upakovka-postavschika-17-000-sht.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h50-upakovka-postavschika-3-000-sht.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-mm-upakovka-postavschika-18000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-upakovka-postavschika-32000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-upakovka-postavschika-10000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-upakovka-postavschika-11000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-upakovka-postavschika-4000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h19-upakovka-postavschika-13-000-sht.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h9-5-mm-upakovka-postavschika-25000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-upakovka-postavschika-18000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h60-mm-zheltyy-tsink-upakovka-postavschika-4800-sht-up-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-upakovka-postavschika-6-000-sht-29257" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h16-jeltiy-tsink-upakovka-postavschika-32-000-sht-28184" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h35-upakovka-postavschika-8-000-sht-28274" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h70-upakovka-postavschika-3-200-sht-2500sht-28284" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h50-upakovka-postavschika-3-000-sht-28310" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h30-jeltiy-tsink-upakovka-postavschika-12-000-sht-28191" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h35-jeltiy-tsink-upakovka-postavschika-12-000-sht-28192" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h70-jeltiy-tsink-upakovka-postavschika-3-600-sht-28196" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h90-upakovka-postavschika-2-000-sht-28286" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h25-upakovka-postavschika-18-000-sht-13000sht-28288" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h55-upakovka-postavschika-4-000-sht-28294" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-upakovka-postavschika-22-000-sht-18000sht-29254" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h30-jeltiy-tsink-upakovka-postavschika-16-000-sht-28181" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-upakovka-postavschika-12-000-sht-28182" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-upakovka-postavschika-16-000-sht-28187" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h16-jeltiy-tsink-upakovka-postavschika-24-000-sht-28190" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h50-jeltiy-tsink-upakovka-postavschika-6-000-sht-28194" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-upakovka-postavschika-8-000-sht-5500sht-28280" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h40-jeltiy-tsink-upakovka-postavschika-12-000-sht-28189" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h50-jeltiy-tsink-upakovka-postavschika-4-000-sht-28195" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-upakovka-postavschika-12-000-sht-10000sht-28277" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-upakovka-postavschika-6-500-sht-5000sht-28281" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-upakovka-postavschika-4-000-sht-28282" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h41-upakovka-postavschika-10-000-sht-6000sht-28291" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h51-upakovka-postavschika-5-000-sht-28293" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-4-2h75-upakovka-postavschika-2-000-sht-28295" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-8h65-upakovka-postavschika-3-000-sht-28283" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h75-upakovka-postavschika-3-000-sht-28285" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h13-upakovka-postavschika-17-000-sht-28299" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h41-upakovka-postavschika-10-000-sht-6000sht-28279" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h16-jeltiy-tsink-upakovka-postavschika-32-000-sht-28180" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h40-jeltiy-tsink-upakovka-postavschika-12-000-sht-28183" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h25-jeltiy-tsink-upakovka-postavschika-24-000-sht-28186" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h35-jeltiy-tsink-upakovka-postavschika-16-000-sht-28188" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h32-upakovka-postavschika-12-000-sht-10000sht-28289" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h35-upakovka-postavschika-11-000-sht-9000sht-28290" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h45-upakovka-postavschika-8-000-sht-5000sht-28292" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h19-upakovka-postavschika-13-000-sht-28307" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h32-upakovka-postavschika-6-000-sht-28309" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-ostriy-3-5h9-5-upakovka-postavschika-25-000-sht-29255" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h20-jeltiy-tsink-upakovka-postavschika-32-000-sht-28185" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h13-upakovka-postavschika-18-000-sht-28305" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h19-upakovka-postavschika-18-000-sht-28287" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-upakovka-postavschika-4-800-sht-29258" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I46"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -806,1298 +806,1298 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>0.2</v>
+        <v>1.28</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>352000</v>
+        <v>48000</v>
       </c>
       <c r="G3" s="3">
-        <v>32000</v>
+        <v>6000</v>
       </c>
       <c r="H3" s="3">
-        <v>32000</v>
+        <v>6000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>0.6</v>
+        <v>0.15</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>750000</v>
+        <v>352000</v>
       </c>
       <c r="G4" s="3">
-        <v>6000</v>
+        <v>32000</v>
       </c>
       <c r="H4" s="3">
-        <v>6000</v>
+        <v>32000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>0.59</v>
+        <v>0.88</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>214500</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>5500</v>
+        <v>8000</v>
       </c>
       <c r="H5" s="3">
-        <v>5500</v>
+        <v>8000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>0.53</v>
+        <v>1.66</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>30000</v>
+        <v>57500</v>
       </c>
       <c r="G6" s="3">
-        <v>6000</v>
+        <v>2500</v>
       </c>
       <c r="H6" s="3">
-        <v>10000</v>
+        <v>3200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>0.54</v>
+        <v>1.14</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>108000</v>
+        <v>42000</v>
       </c>
       <c r="G7" s="3">
-        <v>12000</v>
+        <v>3000</v>
       </c>
       <c r="H7" s="3">
-        <v>12000</v>
+        <v>3000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1.28</v>
+        <v>0.35</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>48000</v>
+        <v>180000</v>
       </c>
       <c r="G8" s="3">
-        <v>6000</v>
+        <v>12000</v>
       </c>
       <c r="H8" s="3">
-        <v>6000</v>
+        <v>12000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1.85</v>
+        <v>0.46</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>30000</v>
+        <v>132000</v>
       </c>
       <c r="G9" s="3">
-        <v>3000</v>
+        <v>12000</v>
       </c>
       <c r="H9" s="3">
-        <v>3000</v>
+        <v>12000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>0.47</v>
+        <v>1.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>180000</v>
+        <v>136800</v>
       </c>
       <c r="G10" s="3">
-        <v>12000</v>
+        <v>3600</v>
       </c>
       <c r="H10" s="3">
-        <v>12000</v>
+        <v>3600</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>0.77</v>
+        <v>1.13</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>144000</v>
+        <v>148000</v>
       </c>
       <c r="G11" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="H11" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>0.88</v>
+        <v>0.27</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>2456000</v>
       </c>
       <c r="G12" s="3">
-        <v>8000</v>
+        <v>18000</v>
       </c>
       <c r="H12" s="3">
-        <v>8000</v>
+        <v>18000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>0.54</v>
+        <v>0.58</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>32000</v>
+        <v>68000</v>
       </c>
       <c r="G13" s="3">
-        <v>10000</v>
+        <v>4000</v>
       </c>
       <c r="H13" s="3">
-        <v>12000</v>
+        <v>4000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>0.95</v>
+        <v>0.39</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>762000</v>
+        <v>90000</v>
       </c>
       <c r="G14" s="3">
-        <v>0</v>
+        <v>18000</v>
       </c>
       <c r="H14" s="3">
-        <v>3000</v>
+        <v>18000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>0.69</v>
+        <v>0.29</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>80000</v>
+        <v>240000</v>
       </c>
       <c r="G15" s="3">
-        <v>5000</v>
+        <v>16000</v>
       </c>
       <c r="H15" s="3">
-        <v>5500</v>
+        <v>16000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>0.6</v>
+        <v>0.67</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>248000</v>
+        <v>12000</v>
       </c>
       <c r="G16" s="3">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="H16" s="3">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>0.8</v>
+        <v>0.25</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>108000</v>
+        <v>144000</v>
       </c>
       <c r="G17" s="3">
-        <v>6000</v>
+        <v>16000</v>
       </c>
       <c r="H17" s="3">
-        <v>6000</v>
+        <v>16000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>0.64</v>
+        <v>0.2</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>36000</v>
+        <v>288000</v>
       </c>
       <c r="G18" s="3">
-        <v>18000</v>
+        <v>24000</v>
       </c>
       <c r="H18" s="3">
-        <v>18000</v>
+        <v>24000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>0.38</v>
+        <v>0.58</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>272000</v>
+        <v>144000</v>
       </c>
       <c r="G19" s="3">
-        <v>16000</v>
+        <v>6000</v>
       </c>
       <c r="H19" s="3">
-        <v>16000</v>
+        <v>6000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>0.67</v>
+        <v>0.59</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>12000</v>
+        <v>187000</v>
       </c>
       <c r="G20" s="3">
-        <v>12000</v>
+        <v>5500</v>
       </c>
       <c r="H20" s="3">
-        <v>12000</v>
+        <v>5500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>0.46</v>
+        <v>0.41</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>204000</v>
+        <v>108000</v>
       </c>
       <c r="G21" s="3">
         <v>12000</v>
       </c>
       <c r="H21" s="3">
         <v>12000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>0.22</v>
+        <v>1.22</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>224000</v>
+        <v>8000</v>
       </c>
       <c r="G22" s="3">
-        <v>32000</v>
+        <v>4000</v>
       </c>
       <c r="H22" s="3">
-        <v>32000</v>
+        <v>4000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>0.27</v>
+        <v>0.54</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>312000</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>24000</v>
+        <v>10000</v>
       </c>
       <c r="H23" s="3">
-        <v>24000</v>
+        <v>10000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>0.33</v>
+        <v>0.59</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>144000</v>
+        <v>730000</v>
       </c>
       <c r="G24" s="3">
-        <v>16000</v>
+        <v>5000</v>
       </c>
       <c r="H24" s="3">
-        <v>16000</v>
+        <v>5000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>0.38</v>
+        <v>0.99</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>224000</v>
+        <v>272000</v>
       </c>
       <c r="G25" s="3">
-        <v>16000</v>
+        <v>4000</v>
       </c>
       <c r="H25" s="3">
-        <v>16000</v>
+        <v>5500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>0.27</v>
+        <v>0.53</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>288000</v>
+        <v>20000</v>
       </c>
       <c r="G26" s="3">
-        <v>24000</v>
+        <v>6000</v>
       </c>
       <c r="H26" s="3">
-        <v>24000</v>
+        <v>10000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>0.61</v>
+        <v>0.52</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>132000</v>
+        <v>75000</v>
       </c>
       <c r="G27" s="3">
-        <v>12000</v>
+        <v>5000</v>
       </c>
       <c r="H27" s="3">
-        <v>12000</v>
+        <v>5500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1.63</v>
+        <v>1.1</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>84000</v>
+        <v>44000</v>
       </c>
       <c r="G28" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="H28" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1.46</v>
+        <v>0.71</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>136800</v>
+        <v>749800</v>
       </c>
       <c r="G29" s="3">
-        <v>3600</v>
+        <v>0</v>
       </c>
       <c r="H29" s="3">
-        <v>3600</v>
+        <v>3000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>0.79</v>
+        <v>1.85</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>770000</v>
+        <v>12000</v>
       </c>
       <c r="G30" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="H30" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>0.99</v>
+        <v>0.44</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>288000</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>4000</v>
+        <v>17000</v>
       </c>
       <c r="H31" s="3">
-        <v>5500</v>
+        <v>17000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>1.66</v>
+        <v>0.45</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>65000</v>
+        <v>714000</v>
       </c>
       <c r="G32" s="3">
-        <v>2500</v>
+        <v>6000</v>
       </c>
       <c r="H32" s="3">
-        <v>3200</v>
+        <v>6000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1.5</v>
+        <v>0.2</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>148000</v>
+        <v>192000</v>
       </c>
       <c r="G33" s="3">
-        <v>2000</v>
+        <v>32000</v>
       </c>
       <c r="H33" s="3">
-        <v>2000</v>
+        <v>32000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>0.36</v>
+        <v>0.35</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>2474000</v>
+        <v>192000</v>
       </c>
       <c r="G34" s="3">
-        <v>18000</v>
+        <v>12000</v>
       </c>
       <c r="H34" s="3">
-        <v>18000</v>
+        <v>12000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>1.46</v>
+        <v>0.2</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>46000</v>
+        <v>312000</v>
       </c>
       <c r="G35" s="3">
-        <v>2000</v>
+        <v>24000</v>
       </c>
       <c r="H35" s="3">
-        <v>2000</v>
+        <v>24000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>0.44</v>
+        <v>0.29</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>51000</v>
+        <v>224000</v>
       </c>
       <c r="G36" s="3">
-        <v>17000</v>
+        <v>16000</v>
       </c>
       <c r="H36" s="3">
-        <v>17000</v>
+        <v>16000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>1.14</v>
+        <v>0.54</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>42000</v>
+        <v>32000</v>
       </c>
       <c r="G37" s="3">
-        <v>3000</v>
+        <v>10000</v>
       </c>
       <c r="H37" s="3">
-        <v>3000</v>
+        <v>12000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>0.39</v>
+        <v>0.36</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>352000</v>
       </c>
       <c r="G38" s="3">
-        <v>18000</v>
+        <v>11000</v>
       </c>
       <c r="H38" s="3">
-        <v>18000</v>
+        <v>11000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>0.27</v>
+        <v>0.45</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>192000</v>
+        <v>248000</v>
       </c>
       <c r="G39" s="3">
-        <v>32000</v>
+        <v>8000</v>
       </c>
       <c r="H39" s="3">
-        <v>32000</v>
+        <v>8000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>0.54</v>
+        <v>0.85</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>10000</v>
+        <v>13000</v>
       </c>
       <c r="H40" s="3">
-        <v>10000</v>
+        <v>13000</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>0.48</v>
+        <v>0.8</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>363000</v>
+        <v>108000</v>
       </c>
       <c r="G41" s="3">
-        <v>11000</v>
+        <v>6000</v>
       </c>
       <c r="H41" s="3">
-        <v>11000</v>
+        <v>6000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>0.77</v>
+        <v>0.27</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>68000</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>4000</v>
+        <v>25000</v>
       </c>
       <c r="H42" s="3">
-        <v>4000</v>
+        <v>25000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>0.85</v>
+        <v>0.17</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>224000</v>
       </c>
       <c r="G43" s="3">
-        <v>13000</v>
+        <v>32000</v>
       </c>
       <c r="H43" s="3">
-        <v>13000</v>
+        <v>32000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>0.36</v>
+        <v>0.64</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>18000</v>
       </c>
       <c r="G44" s="3">
-        <v>25000</v>
+        <v>18000</v>
       </c>
       <c r="H44" s="3">
-        <v>25000</v>
+        <v>18000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
         <v>0.39</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>108000</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>18000</v>
       </c>
       <c r="H45" s="3">
         <v>18000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>1.29</v>
+        <v>0.97</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
         <v>52800</v>
       </c>
       <c r="G46" s="3">
         <v>4800</v>
       </c>
       <c r="H46" s="3">
         <v>4800</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>