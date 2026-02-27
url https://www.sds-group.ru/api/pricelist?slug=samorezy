--- v1 (2025-12-06)
+++ v2 (2026-02-27)
@@ -8,352 +8,316 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="88">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Саморезы</t>
   </si>
   <si>
+    <t>1111-3516-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х16 мм, желтый цинк, упаковка поставщика (32000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>1111-3530-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х30 мм, желтый цинк, упаковка поставщика (16000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3535-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х35 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0320-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х20 мм, желтый цинк, упаковка поставщика (32000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0325-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х25 мм, желтый цинк, упаковка поставщика (24000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0330-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х30 мм, желтый цинк, упаковка поставщика (16000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0335-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х35 мм, желтый цинк, упаковка поставщика (16000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0430-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х30 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0435-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х35 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0450-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х50 мм, желтый цинк, упаковка поставщика (6000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3541-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х41 мм, упаковка поставщика (6000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3545-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, упаковка поставщика (5500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3555-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х55 мм, упаковка поставщика (4000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3865-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,8х65 мм, упаковка поставщика (3000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4270-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, упаковка поставщика (2500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4275-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, упаковка поставщика (3000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4290-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х90 мм, упаковка поставщика (2000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3525-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х25 мм, упаковка поставщика (18000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3532-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х32 мм, упаковка поставщика (12000/10000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3535-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х35 мм, упаковка поставщика (11000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3541-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, упаковка поставщика (10000/6000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3545-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х45 мм, упаковка поставщика (8000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3555-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х55 мм, упаковка поставщика (4000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1182-4213-1</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой KRANZ ПШС сверло 4.2х13, упаковка поставщика (18 000 шт)</t>
+  </si>
+  <si>
     <t>1111-0540-1</t>
   </si>
   <si>
     <t>Саморез универсальный 5х40 мм, желтый цинк, упаковка поставщика (6000 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>1111-0560-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5х60 мм, желтый цинк, упаковка поставщика (4800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3519-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х19 мм, упаковка поставщика (18000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3551-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х51 мм, упаковка поставщика (5000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3540-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х40 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1111-0316-1</t>
   </si>
   <si>
     <t>Саморез универсальный 3х16 мм, желтый цинк, упаковка поставщика (32000 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1123-3935-1</t>
-[...8 lines deleted...]
-    <t>Саморез гипсокартон-дерево 4,2х70 мм, упаковка поставщика (2500 шт/уп) KRANZ</t>
+    <t>1143-4275-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 4,2х75 мм, упаковка поставщика (2000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0340-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х40 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0416-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х16 мм, желтый цинк, упаковка поставщика (24000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0550-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5х50 мм, желтый цинк, упаковка поставщика (4000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0570-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5х70 мм, желтый цинк, упаковка поставщика (3600 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3551-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х51 мм, упаковка поставщика (5000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1182-4232-1</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой KRANZ ПШС сверло 4.2х32, упаковка поставщика ( 6 000 шт. )</t>
   </si>
   <si>
     <t>1182-4250-1</t>
   </si>
   <si>
     <t>Саморез с прессшайбой KRANZ ПШС сверло 4.2х50, упаковка поставщика ( 3 000 шт. )</t>
-  </si>
-[...232 lines deleted...]
-    <t>Саморез универсальный 5х60 мм, желтый цинк, упаковка поставщика (4800 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -738,56 +702,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-upakovka-postavschika-6-000-sht-29257" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h16-jeltiy-tsink-upakovka-postavschika-32-000-sht-28184" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h35-upakovka-postavschika-8-000-sht-28274" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h70-upakovka-postavschika-3-200-sht-2500sht-28284" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h50-upakovka-postavschika-3-000-sht-28310" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h30-jeltiy-tsink-upakovka-postavschika-12-000-sht-28191" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h35-jeltiy-tsink-upakovka-postavschika-12-000-sht-28192" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h70-jeltiy-tsink-upakovka-postavschika-3-600-sht-28196" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h90-upakovka-postavschika-2-000-sht-28286" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h25-upakovka-postavschika-18-000-sht-13000sht-28288" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h55-upakovka-postavschika-4-000-sht-28294" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-upakovka-postavschika-22-000-sht-18000sht-29254" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h30-jeltiy-tsink-upakovka-postavschika-16-000-sht-28181" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-upakovka-postavschika-12-000-sht-28182" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-upakovka-postavschika-16-000-sht-28187" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h16-jeltiy-tsink-upakovka-postavschika-24-000-sht-28190" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h50-jeltiy-tsink-upakovka-postavschika-6-000-sht-28194" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-upakovka-postavschika-8-000-sht-5500sht-28280" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h40-jeltiy-tsink-upakovka-postavschika-12-000-sht-28189" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h50-jeltiy-tsink-upakovka-postavschika-4-000-sht-28195" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-upakovka-postavschika-12-000-sht-10000sht-28277" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-upakovka-postavschika-6-500-sht-5000sht-28281" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-upakovka-postavschika-4-000-sht-28282" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h41-upakovka-postavschika-10-000-sht-6000sht-28291" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h51-upakovka-postavschika-5-000-sht-28293" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-4-2h75-upakovka-postavschika-2-000-sht-28295" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-8h65-upakovka-postavschika-3-000-sht-28283" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h75-upakovka-postavschika-3-000-sht-28285" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h13-upakovka-postavschika-17-000-sht-28299" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h41-upakovka-postavschika-10-000-sht-6000sht-28279" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h16-jeltiy-tsink-upakovka-postavschika-32-000-sht-28180" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h40-jeltiy-tsink-upakovka-postavschika-12-000-sht-28183" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h25-jeltiy-tsink-upakovka-postavschika-24-000-sht-28186" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h35-jeltiy-tsink-upakovka-postavschika-16-000-sht-28188" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h32-upakovka-postavschika-12-000-sht-10000sht-28289" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h35-upakovka-postavschika-11-000-sht-9000sht-28290" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h45-upakovka-postavschika-8-000-sht-5000sht-28292" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h19-upakovka-postavschika-13-000-sht-28307" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h32-upakovka-postavschika-6-000-sht-28309" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-ostriy-3-5h9-5-upakovka-postavschika-25-000-sht-29255" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h20-jeltiy-tsink-upakovka-postavschika-32-000-sht-28185" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h13-upakovka-postavschika-18-000-sht-28305" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h19-upakovka-postavschika-18-000-sht-28287" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-upakovka-postavschika-4-800-sht-29258" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-upakovka-postavshchika-32000-shtup-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h30-mm-zheltyy-tsink-upakovka-postavshchika-16000-shtup-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-upakovka-postavshchika-12000-shtup-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h20-mm-zheltyy-tsink-upakovka-postavshchika-32000-shtup-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h25-mm-zheltyy-tsink-upakovka-postavshchika-24000-shtup-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h30-mm-zheltyy-tsink-upakovka-postavshchika-16000-shtup-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h35-mm-zheltyy-tsink-upakovka-postavshchika-16000-shtup-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h30-mm-zheltyy-tsink-upakovka-postavshchika-12000-shtup-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h35-mm-zheltyy-tsink-upakovka-postavshchika-12000-shtup-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h50-mm-zheltyy-tsink-upakovka-postavshchika-6000-shtup-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-upakovka-postavshchika-6000-shtup-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-upakovka-postavshchika-5500-shtup-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-upakovka-postavshchika-4000-shtup-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-upakovka-postavshchika-3000-shtup-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-upakovka-postavshchika-2500-shtup-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-upakovka-postavshchika-3000-shtup-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-upakovka-postavshchika-2000-shtup-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-upakovka-postavshchika-18000-shtup-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-upakovka-postavshchika-1200010000-shtup-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-upakovka-postavshchika-11000-shtup-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-upakovka-postavshchika-100006000-shtup-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-mm-upakovka-postavshchika-8000-shtup-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-upakovka-postavshchika-4000-shtup-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h13-upakovka-postavshchika-18-000-sht" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h40-mm-zheltyy-tsink-upakovka-postavshchika-6000-shtup-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h60-mm-zheltyy-tsink-upakovka-postavshchika-4800-shtup-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-upakovka-postavshchika-18000-shtup-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-upakovka-postavshchika-5000-shtup-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h40-mm-zheltyy-tsink-upakovka-postavshchika-12000-shtup-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h16-mm-zheltyy-tsink-upakovka-postavshchika-32000-shtup-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-mm-upakovka-postavshchika-2000-shtup-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h40-mm-zheltyy-tsink-upakovka-postavshchika-12000-shtup-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h16-mm-zheltyy-tsink-upakovka-postavshchika-24000-shtup-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h50-mm-zheltyy-tsink-upakovka-postavshchika-4000-shtup-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h70-mm-zheltyy-tsink-upakovka-postavshchika-3600-shtup-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-upakovka-postavshchika-5000-shtup-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h32-upakovka-postavschika-6-000-sht" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h50-upakovka-postavschika-3-000-sht" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I46"/>
+  <dimension ref="A1:I40"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -806,1367 +770,1187 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1.28</v>
+        <v>0.18</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>48000</v>
+        <v>32000</v>
       </c>
       <c r="G3" s="3">
-        <v>6000</v>
+        <v>32000</v>
       </c>
       <c r="H3" s="3">
-        <v>6000</v>
+        <v>32000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>0.15</v>
+        <v>0.27</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>352000</v>
+        <v>80000</v>
       </c>
       <c r="G4" s="3">
-        <v>32000</v>
+        <v>16000</v>
       </c>
       <c r="H4" s="3">
-        <v>32000</v>
+        <v>16000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>0.88</v>
+        <v>0.68</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>12000</v>
       </c>
       <c r="G5" s="3">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="H5" s="3">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1.66</v>
+        <v>0.16</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>57500</v>
+        <v>128000</v>
       </c>
       <c r="G6" s="3">
-        <v>2500</v>
+        <v>32000</v>
       </c>
       <c r="H6" s="3">
-        <v>3200</v>
+        <v>32000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1.14</v>
+        <v>0.18</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>42000</v>
+        <v>312000</v>
       </c>
       <c r="G7" s="3">
-        <v>3000</v>
+        <v>24000</v>
       </c>
       <c r="H7" s="3">
-        <v>3000</v>
+        <v>24000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>0.35</v>
+        <v>0.24</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>180000</v>
+        <v>80000</v>
       </c>
       <c r="G8" s="3">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="H8" s="3">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>0.46</v>
+        <v>0.27</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>132000</v>
+        <v>128000</v>
       </c>
       <c r="G9" s="3">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="H9" s="3">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1.1</v>
+        <v>0.32</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>136800</v>
+        <v>24000</v>
       </c>
       <c r="G10" s="3">
-        <v>3600</v>
+        <v>12000</v>
       </c>
       <c r="H10" s="3">
-        <v>3600</v>
+        <v>12000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1.13</v>
+        <v>0.42</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>148000</v>
+        <v>96000</v>
       </c>
       <c r="G11" s="3">
-        <v>2000</v>
+        <v>12000</v>
       </c>
       <c r="H11" s="3">
-        <v>2000</v>
+        <v>12000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>0.27</v>
+        <v>0.56</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>2456000</v>
+        <v>126000</v>
       </c>
       <c r="G12" s="3">
-        <v>18000</v>
+        <v>6000</v>
       </c>
       <c r="H12" s="3">
-        <v>18000</v>
+        <v>6000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>0.58</v>
+        <v>0.41</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>68000</v>
+        <v>384000</v>
       </c>
       <c r="G13" s="3">
-        <v>4000</v>
+        <v>6000</v>
       </c>
       <c r="H13" s="3">
-        <v>4000</v>
+        <v>6000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>0.39</v>
+        <v>0.57</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>90000</v>
+        <v>148500</v>
       </c>
       <c r="G14" s="3">
-        <v>18000</v>
+        <v>5500</v>
       </c>
       <c r="H14" s="3">
-        <v>18000</v>
+        <v>5500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>0.29</v>
+        <v>1.01</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>240000</v>
+        <v>32000</v>
       </c>
       <c r="G15" s="3">
-        <v>16000</v>
+        <v>4000</v>
       </c>
       <c r="H15" s="3">
-        <v>16000</v>
+        <v>5500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>0.67</v>
+        <v>0.65</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>12000</v>
+        <v>375000</v>
       </c>
       <c r="G16" s="3">
-        <v>12000</v>
+        <v>0</v>
       </c>
       <c r="H16" s="3">
-        <v>12000</v>
+        <v>3000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>0.25</v>
+        <v>1.69</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>144000</v>
+        <v>50000</v>
       </c>
       <c r="G17" s="3">
-        <v>16000</v>
+        <v>2500</v>
       </c>
       <c r="H17" s="3">
-        <v>16000</v>
+        <v>3200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>0.2</v>
+        <v>1.88</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>288000</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>24000</v>
+        <v>3000</v>
       </c>
       <c r="H18" s="3">
-        <v>24000</v>
+        <v>3000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>0.58</v>
+        <v>1.09</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>144000</v>
+        <v>130000</v>
       </c>
       <c r="G19" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="H19" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>0.59</v>
+        <v>0.25</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>187000</v>
+        <v>2420000</v>
       </c>
       <c r="G20" s="3">
-        <v>5500</v>
+        <v>18000</v>
       </c>
       <c r="H20" s="3">
-        <v>5500</v>
+        <v>18000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>0.41</v>
+        <v>0.55</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>108000</v>
+        <v>32000</v>
       </c>
       <c r="G21" s="3">
-        <v>12000</v>
+        <v>10000</v>
       </c>
       <c r="H21" s="3">
         <v>12000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1.22</v>
+        <v>0.35</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>8000</v>
+        <v>330000</v>
       </c>
       <c r="G22" s="3">
-        <v>4000</v>
+        <v>11000</v>
       </c>
       <c r="H22" s="3">
-        <v>4000</v>
+        <v>11000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
         <v>0.54</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>10000</v>
       </c>
       <c r="G23" s="3">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="H23" s="3">
         <v>10000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>0.59</v>
+        <v>0.41</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>730000</v>
+        <v>40000</v>
       </c>
       <c r="G24" s="3">
-        <v>5000</v>
+        <v>8000</v>
       </c>
       <c r="H24" s="3">
-        <v>5000</v>
+        <v>8000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>0.99</v>
+        <v>0.53</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>272000</v>
+        <v>60000</v>
       </c>
       <c r="G25" s="3">
         <v>4000</v>
       </c>
       <c r="H25" s="3">
-        <v>5500</v>
+        <v>4000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>0.53</v>
+        <v>0.65</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>20000</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>6000</v>
+        <v>18000</v>
       </c>
       <c r="H26" s="3">
-        <v>10000</v>
+        <v>18000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>0.52</v>
+        <v>1.17</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>75000</v>
+        <v>48000</v>
       </c>
       <c r="G27" s="3">
-        <v>5000</v>
+        <v>6000</v>
       </c>
       <c r="H27" s="3">
-        <v>5500</v>
+        <v>6000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1.1</v>
+        <v>0.89</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>44000</v>
+        <v>24000</v>
       </c>
       <c r="G28" s="3">
-        <v>2000</v>
+        <v>4800</v>
       </c>
       <c r="H28" s="3">
-        <v>2000</v>
+        <v>4800</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>0.71</v>
+        <v>0.4</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>749800</v>
+        <v>90000</v>
       </c>
       <c r="G29" s="3">
-        <v>0</v>
+        <v>18000</v>
       </c>
       <c r="H29" s="3">
-        <v>3000</v>
+        <v>18000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>1.85</v>
+        <v>0.5</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>12000</v>
+        <v>55000</v>
       </c>
       <c r="G30" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="H30" s="3">
-        <v>3000</v>
+        <v>5500</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>0.44</v>
+        <v>0.32</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>132000</v>
       </c>
       <c r="G31" s="3">
-        <v>17000</v>
+        <v>12000</v>
       </c>
       <c r="H31" s="3">
-        <v>17000</v>
+        <v>12000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>0.45</v>
+        <v>0.14</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>714000</v>
+        <v>160000</v>
       </c>
       <c r="G32" s="3">
-        <v>6000</v>
+        <v>32000</v>
       </c>
       <c r="H32" s="3">
-        <v>6000</v>
+        <v>32000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>0.2</v>
+        <v>1.01</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>192000</v>
+        <v>44000</v>
       </c>
       <c r="G33" s="3">
-        <v>32000</v>
+        <v>2000</v>
       </c>
       <c r="H33" s="3">
-        <v>32000</v>
+        <v>2000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>192000</v>
+        <v>108000</v>
       </c>
       <c r="G34" s="3">
         <v>12000</v>
       </c>
       <c r="H34" s="3">
         <v>12000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>0.2</v>
+        <v>0.18</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>312000</v>
+        <v>24000</v>
       </c>
       <c r="G35" s="3">
         <v>24000</v>
       </c>
       <c r="H35" s="3">
         <v>24000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>0.29</v>
+        <v>1.12</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>224000</v>
+        <v>60000</v>
       </c>
       <c r="G36" s="3">
-        <v>16000</v>
+        <v>4000</v>
       </c>
       <c r="H36" s="3">
-        <v>16000</v>
+        <v>4000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>0.54</v>
+        <v>1.01</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>32000</v>
+        <v>18000</v>
       </c>
       <c r="G37" s="3">
-        <v>10000</v>
+        <v>3600</v>
       </c>
       <c r="H37" s="3">
-        <v>12000</v>
+        <v>3600</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>0.36</v>
+        <v>0.57</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>352000</v>
+        <v>700000</v>
       </c>
       <c r="G38" s="3">
-        <v>11000</v>
+        <v>5000</v>
       </c>
       <c r="H38" s="3">
-        <v>11000</v>
+        <v>5000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>0.45</v>
+        <v>0.73</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>248000</v>
+        <v>108000</v>
       </c>
       <c r="G39" s="3">
-        <v>8000</v>
+        <v>6000</v>
       </c>
       <c r="H39" s="3">
-        <v>8000</v>
+        <v>6000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>0.85</v>
+        <v>1.04</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>18000</v>
       </c>
       <c r="G40" s="3">
-        <v>13000</v>
+        <v>3000</v>
       </c>
       <c r="H40" s="3">
-        <v>13000</v>
+        <v>3000</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
-[...172 lines deleted...]
-      <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
-    <hyperlink ref="D41" r:id="rId39"/>
-[...4 lines deleted...]
-    <hyperlink ref="D46" r:id="rId44"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>