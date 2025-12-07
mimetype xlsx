--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -45,1140 +45,1140 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Саморезы и шурупы</t>
   </si>
   <si>
     <t>1.1 Саморез универсальный</t>
   </si>
   <si>
+    <t>KR-01-3311-028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х35 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>1111-3516-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-001</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х16 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-004</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х30 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3311-006</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 3,5х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>KR-01-3311-012</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х25 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3311-013</t>
   </si>
   <si>
     <t>Саморез универсальный 3,0х30 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3311-015</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 3,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
+    <t>KR-01-3311-024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х16 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,5х35 мм, желтый цинк, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х30 мм, желтый цинк, короб (250 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-042</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5,0х60 мм, желтый цинк, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х16 мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0540-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х40 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х20 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-014</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х35 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,5х50 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
     <t>KR-01-3311-031</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 4,0х50 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
+    <t>KR-01-3311-039</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3311-043</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 5,0х70 мм, желтый цинк, короб (100 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1111-0540-4</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Саморез универсальный 5,0х40 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+    <t>1111-0560-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х60 мм, желтый цинк, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0330-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х30 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3311-005</t>
   </si>
   <si>
     <t>Саморез универсальный 3,5х35 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3311-010</t>
-[...82 lines deleted...]
-  <si>
     <t>KR-01-3311-041</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 5,0х50 мм, желтый цинк, короб (100 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>1111-3535-5</t>
   </si>
   <si>
     <t>Саморез универсальный 3,5х35 мм, желтый цинк, пакет (25 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1111-0330-4</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Саморез универсальный 3,5х35 мм, желтый цинк, пакет (50 шт/уп) KRANZ </t>
+    <t>1111-0435-4</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,5х35 мм, желтый цинк, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0416-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,0х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1111-0325-2</t>
   </si>
   <si>
     <t>Саморез универсальный 3,0х25 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
   </si>
   <si>
+    <t>1111-0430-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,0х30 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>1111-0335-2</t>
   </si>
   <si>
     <t>Саморез универсальный 3,0х35 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1111-0435-4</t>
-[...8 lines deleted...]
-    <t>Саморез универсальный 4,0х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+    <t>1111-3540-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х40 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1111-0440-2</t>
   </si>
   <si>
     <t>Саморез универсальный 4,0х40 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1111-0330-2</t>
   </si>
   <si>
     <t>Саморез универсальный 3,0х30 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1111-3516-2</t>
-[...17 lines deleted...]
-    <t>1.2 Саморез ГВЛ</t>
+    <t>1.2 Саморез гипсокартон-дерево</t>
+  </si>
+  <si>
+    <t>KR-01-3331-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3545-5</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-003</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х25 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-011</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3551-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х51 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-002</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х19 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-007</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-010</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,8х65 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4275-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х75 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-4270-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х70 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3555-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-012</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3519-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х19 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3535-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х35 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-008</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х51 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4290-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х90 мм, пакет (4 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-005</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х35 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-006</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х41 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3865-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,8х65 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3525-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х25 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3532-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3545-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х45 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-013</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х90 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3555-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3545-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3532-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-4270-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4275-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3541-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х41 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3551-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х51 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3532-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х32 мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х35 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3519-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х19 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3525-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х25 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3519-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х19 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3865-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,8х65 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3555-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х55 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.3 Саморез гипсокартон-металл</t>
+  </si>
+  <si>
+    <t>1143-3551-5</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х51 мм, пакет (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-012</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 4,2х75 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3532-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х32 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3341-004</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х32 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-006</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-008</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х51 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-009</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х55 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-003</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х25 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-005</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х35 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3525-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х25 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3535-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х35 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3341-002</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х19 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-007</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х45 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3555-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х55 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3532-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х32 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3541-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3535-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х35 мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3532-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х32 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3545-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х45 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3551-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х51 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х35 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3541-4</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3519-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х19 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3519-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х19 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3525-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х25 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-4275-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 4,2х75 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3555-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х55 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.4 Саморез для металлических конструкций</t>
+  </si>
+  <si>
+    <t>KR-01-3351-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для металлических конструкций сверло 3,5х9,5 мм, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1153-3595-4</t>
+  </si>
+  <si>
+    <t>Саморез для металлических конструкций острый 3,5х9,5 мм, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3351-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для металлических конструкций острый 3,5х11 мм, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3351-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для металлических конструкций острый 3,5х9,5 мм, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3351-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для металлических конструкций сверло 3,5х11 мм, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1163-3595-2</t>
+  </si>
+  <si>
+    <t>Саморез для металлических конструкций сверло 3,5х9,5 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1153-3511-2</t>
+  </si>
+  <si>
+    <t>Саморез для металлических конструкций острый 3,5х11 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.5 Саморез с прессшайбой острый</t>
+  </si>
+  <si>
+    <t>KR-01-3361-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х19мм, короб (250 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1172-4225-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х25мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3361-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х16мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1172-4213-4</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС острый 4,2х13мм, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3361-001</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС острый 4,2х13мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3361-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х25мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3361-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х32мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3361-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х50мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1172-4216-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х16мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1172-4225-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС острый 4,2х25мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6 Саморез с прессшайбой сверло</t>
+  </si>
+  <si>
+    <t>KR-01-3362-001</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС сверло 4,2х13мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3362-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х25мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1182-4216-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х16мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3362-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х16мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3362-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х50мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3362-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х19мм, короб (250 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3362-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х32мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1182-4219-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х19мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1182-4213-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х13мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1182-4225-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС сверло 4,2х25мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1182-4250-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС сверло 4,2х50мм, пакет (400 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1182-4219-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС сверло 4,2х19мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.7 Саморез оконный сверло</t>
+  </si>
+  <si>
+    <t>1504-3938-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х38мм, белый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х38мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1505-3935-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х25мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-0012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х32мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-0013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1504-3935-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, белый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х32мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-0014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х38мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х13мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1.8 Саморез ГВЛ</t>
+  </si>
+  <si>
+    <t>1123-3935-2</t>
+  </si>
+  <si>
+    <t>Саморез для гипсоволокнистых плит 3,9х35 мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3321-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х25 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3321-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х30 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3321-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х35 мм, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3321-005</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х45 мм, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>KR-01-3321-003</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х35 мм, короб (200 шт/уп) KRANZ </t>
+    <t>1123-3925-2</t>
+  </si>
+  <si>
+    <t>Саморез для гипсоволокнистых плит 3,9х25 мм, пакет (1000 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1123-3930-2</t>
   </si>
   <si>
     <t>Саморез для гипсоволокнистых плит 3,9х30 мм, пакет (1000 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1123-3925-2</t>
-[...590 lines deleted...]
-    <t>1.8 Кровельные саморезы</t>
+    <t>1.9 Cаморез оконный острый</t>
+  </si>
+  <si>
+    <t>KR-01-3721-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х25мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х35мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-010</t>
+  </si>
+  <si>
+    <t>Саморез оконный острый 4,1х40мм, желтый цинк, короб (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3721-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х30мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х35мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х25мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х40мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х30мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1.10 Кровельные саморезы</t>
+  </si>
+  <si>
+    <t>1205-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, окрашенный RAL 7024, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1202-4829-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х29мм, окрашенный RAL 8017, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1201-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, цинк, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1203-4829-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х29мм, окрашенный RAL 3005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4835-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х35мм, окрашенный RAL 6005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, окрашенный RAL 6005, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1205-4819-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х19мм, окрашенный RAL 7024, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4819-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х19мм, окрашенный RAL 6005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1201-4819-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х19мм, цинк, короб (250 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1201-4835-3</t>
   </si>
   <si>
     <t>Саморез кровельный 4,8х35мм, цинк, короб (250 шт/уп) KRANZ</t>
   </si>
   <si>
+    <t>1202-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, окрашенный RAL 8017, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4829-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х29мм, окрашенный RAL 6005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>1201-4829-3</t>
   </si>
   <si>
     <t>Саморез кровельный 4,8х29мм, цинк, короб (250 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1203-4829-3</t>
-[...20 lines deleted...]
-    <t>Саморез кровельный 4,8х19мм, цинк, короб (250 шт/уп) KRANZ</t>
+    <t>1202-4835-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х35мм, окрашенный RAL 8017, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1203-4819-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х19мм, окрашенный RAL 3005, короб (250 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1203-4835-3</t>
   </si>
   <si>
     <t>Саморез кровельный 4,8х35мм, окрашенный RAL 3005, короб (250 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1204-4850-3</t>
-[...40 lines deleted...]
-  <si>
     <t>1203-4850-3</t>
   </si>
   <si>
     <t>Саморез кровельный 4,8х50мм, окрашенный RAL 3005, короб (150 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1204-4829-3</t>
-[...130 lines deleted...]
-  <si>
     <t>1.11 Шурупы по бетону</t>
   </si>
   <si>
+    <t>KR-01-3731-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шуруп по бетону 7,5х152мм, короб (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3731-008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шуруп по бетону 7,5х182мм, короб (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
     <t>KR-01-3731-003</t>
   </si>
   <si>
     <t xml:space="preserve">Шуруп по бетону 7,5х72мм, короб (100 шт/уп) KRANZ </t>
   </si>
   <si>
+    <t>KR-01-3731-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шуруп по бетону 7,5х112мм, короб (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
     <t>KR-01-3731-004</t>
   </si>
   <si>
     <t xml:space="preserve">Шуруп по бетону 7,5х92мм, короб (100 шт/уп) KRANZ </t>
-  </si>
-[...16 lines deleted...]
-    <t xml:space="preserve">Шуруп по бетону 7,5х182мм, короб (50 шт/уп) KRANZ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1563,51 +1563,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h40-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h40-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h50-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h70-mm-zheltyy-tsink-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h40-mm-zheltyy-tsink-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h16-mm-zheltyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h35-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h40-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h60-mm-zheltyy-tsink-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h30-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h25-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h20-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-5h50-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h16-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h60-mm-zheltyy-tsink-paket-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h30-mm-zheltyy-tsink-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h35-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h40-mm-zheltyy-tsink-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h50-mm-zheltyy-tsink-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h25-mm-zheltyy-tsink-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h35-mm-zheltyy-tsink-paket-800-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-5h35-mm-zheltyy-tsink-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h16-mm-zheltyy-tsink-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h40-mm-zheltyy-tsink-paket-800-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h30-mm-zheltyy-tsink-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h40-mm-zheltyy-tsink-paket-800-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h45-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h30-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h25-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h35-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h30-mm-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h25-mm-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h35-mm-paket-800-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-paket-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-paket-4-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-paket-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-paket-10-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-paket-300-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-paket-300-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-800-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-paket-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-mm-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-paket-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-mm-paket-300-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-paket-800-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-paket-50-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-paket-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-mm-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h9-5-mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h11-mm-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h9-5-mm-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h9-5-mm-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h11-mm-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h9-5-mm-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h11-mm-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h16mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h13mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h16mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h13mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h50mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h19mm-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h25mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h25mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h32mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h25mm-paket-800-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h32mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h13mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h16mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50mm-korob-200-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h16mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h13mm-paket-25-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50mm-paket-400-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25mm-paket-800-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-paket-1000-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h35mm-tsink-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h29mm-tsink-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h29mm-okrashennyy-ral-3005-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-8017-korob-150-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h35mm-okrashennyy-ral-6005-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h19mm-tsink-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h35mm-okrashennyy-ral-3005-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-6005-korob-150-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-7024-korob-150-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h19mm-okrashennyy-ral-6005-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h29mm-okrashennyy-ral-8017-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-tsink-korob-150-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h35mm-okrashennyy-ral-8017-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h19mm-okrashennyy-ral-3005-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-3005-korob-150-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h29mm-okrashennyy-ral-6005-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h19mm-okrashennyy-ral-7024-korob-250-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h35mm-belyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h30mm-zheltyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h25mm-belyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h25mm-zheltyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h35mm-zheltyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h30mm-belyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h40mm-belyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h40mm-zheltyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h13mm-zheltyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h25mm-zheltyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h32mm-zheltyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h32mm-belyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-belyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h38mm-belyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-belyy-tsink-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h38mm-belyy-tsink-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h38mm-zheltyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-zheltyy-tsink-korob-500-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-zheltyy-tsink-paket-20-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h72mm-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h92mm-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h152mm-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h112mm-korob-100-sht-up-kranz.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h182mm-korob-50-sht-up-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h35-jeltiy-tsink-korob-200-sht-up-kranz-21496" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3-5h16-jeltiy-tsink-paket-1000-sht-up-kranz-29374" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h16-jeltiy-tsink-korob-200-sht-up-21600" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h30-jeltiy-tsink-korob-200-sht-up-21603" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h40-jeltiy-tsink-korob-200-sht-up-21605" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h25-jeltiy-tsink-korob-200-sht-up-21611" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-korob-200-sht-up-21481" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h40-jeltiy-tsink-korob-200-sht-up-21483" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h16-jeltiy-tsink-korob-200-sht-up-kranz-21492" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-paket-50-sht-up-28354" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h30-jeltiy-tsink-korob-250-sht-up-kranz-21495" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h40-jeltiy-tsink-korob-200-sht-up-kranz-21497" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-korob-100-sht-up-21510" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h16-jeltiy-tsink-korob-500-sht-up-21609" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-paket-20sht-22550" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h20-jeltiy-tsink-korob-200-sht-up-kranz-21610" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h35-jeltiy-tsink-korob-200-sht-up-21482" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4-5h50-jeltiy-tsink-korob-200-sht-up-21488" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h50-jeltiy-tsink-korob-200-sht-up-kranz-21499" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-korob-200-sht-up-21507" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-5h70-jeltiy-tsink-korob-100-sht-up-kranz-21511" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-paket-10sht-22568" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-paket-20sht-22589" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-korob-200-sht-up-21604" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h50-jeltiy-tsink-korob-100-sht-up-21509" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-paket-25sht-22585" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h35-jeltiy-tsink-paket-50-sht-up-28353" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h16-jeltiy-tsink-paket-1000-sht-up-kranz-29116" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h25-jeltiy-tsink-paket-1000-sht-up-kranz-29117" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h30-jeltiy-tsink-paket-1000-sht-up-kranz-29369" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h35-jeltiy-tsink-paket-800-sht-up-kranz-29118" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3-5h40-jeltiy-tsink-paket-800-sht-up-kranz-29377" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h40-jeltiy-tsink-paket-800-sht-up-kranz-29371" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h30-jeltiy-tsink-paket-1000-sht-up-kranz-29379" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-korob-200-sht-up-22517" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-paket-25sht-22553" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-korob-200-sht-up-22512" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-korob-200-sht-up-kranz-22511" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-korob-100-sht-up-kranz-22519" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-paket-20sht-22535" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-korob-200-sht-up-kranz-22510" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-korob-200-sht-up-kranz-22515" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-korob-200-sht-up-kranz-22518" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h75-paket-10sht-22536" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h70-paket-10sht-22554" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-paket-20sht-22567" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-korob-100-sht-up-kranz-22520" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-paket-20sht-22552" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h35-paket-25sht-22584" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-korob-200-sht-up-kranz-22516" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h90-paket-4sht-22571" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-korob-200-sht-up-kranz-22513" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-korob-200-sht-up-kranz-22514" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-8h65-paket-10sht-22582" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h25-paket-20sht-22534" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-paket-25sht-22569" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-paket-50-sht-up-28360" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-korob-100-sht-up-kranz-22521" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-paket-50-sht-up-28362" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-paket-500-sht-up-kranz-29081" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-paket-50-sht-up-28357" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-paket-300-sht-up-kranz-29083" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-paket-300-sht-up-kranz-29084" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h41-paket-50-sht-up-28359" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-paket-50-sht-up-28361" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-paket-800-sht-up-kranz-29086" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h35-paket-50-sht-up-28358" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-paket-50-sht-up-28355" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h25-paket-50-sht-up-28356" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-paket-1000-sht-up-kranz-29385" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-paket-500-sht-up-kranz-29387" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-paket-500-sht-up-kranz-29388" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h51-paket-20sht-22556" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-korob-100-sht-up-kranz-22607" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h32-paket-25sht-22537" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-korob-200-sht-up-kranz-22599" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-korob-200-sht-up-kranz-22601" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-korob-200-sht-up-kranz-22603" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-korob-200-sht-up-kranz-22604" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-korob-200-sht-up-kranz-22598" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-korob-200-sht-up-kranz-22600" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h25-paket-20sht-22555" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h35-paket-25sht-22578" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-korob-200-sht-up-kranz-22597" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-korob-200-sht-up-kranz-22602" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h55-paket-50-sht-up-28370" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-paket-1000-sht-up-kranz-29091" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-paket-500-sht-up-kranz-29089" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-paket-800-sht-up-kranz-29088" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h32-paket-50-sht-up-28365" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h45-paket-50-sht-up-28368" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h51-paket-50-sht-up-28369" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h35-paket-50-sht-up-28366" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h41-paket-50-sht-up-28367" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-paket-1000-sht-up-kranz-29389" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h19-paket-50-sht-up-28363" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h25-paket-50-sht-up-28364" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-paket-300-sht-up-kranz-29092" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-paket-500-sht-up-kranz-29391" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-sverlo-3-5h9-5-korob-500-sht-up-22658" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-ostriy-3-5h9-5-paket-25sht-22575" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostriy-3-5h11-korob-500-sht-up-kranz-22661" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-ostriy-3-5h9-5-korob-500-sht-up-22662" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h11-korob-500-sht-up-kranz-22657" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h9-5-paket-1000-sht-up-kranz-29094" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostriy-3-5h11-paket-1000-sht-up-kranz-29095" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h19-korob-250-sht-up-kranz-22676" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h25-paket-20sht-22577" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h16-korob-200-sht-up-kranz-22675" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h13-paket-25sht-22590" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h13-korob-200-sht-up-kranz-22673" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h25-korob-200-sht-up-kranz-22677" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h32-korob-200-sht-up-kranz-22678" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h50-korob-200-sht-up-kranz-22681" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h16-paket-25sht-22558" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h25-paket-800-sht-up-kranz-29098" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h13-korob-200-sht-up-kranz-22706" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25-korob-200-sht-up-kranz-22710" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h16-paket-25sht-22579" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h16-korob-200-sht-up-kranz-22708" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50-korob-200-sht-up-kranz-22714" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19-korob-250-sht-up-kranz-22709" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h32-korob-200-sht-up-kranz-22711" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h19-paket-20sht-22594" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h13-paket-25sht-22541" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25-paket-800-sht-up-kranz-30285" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50-paket-400-sht-up-kranz-29368" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-paket-1000-sht-up-kranz-30749" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h38-beliy-tsink-paket-20sht-22722" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h38-jeltiy-tsink-korob-500-sht-up-23111" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-jeltiy-tsink-paket-20sht-22693" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h25-jeltiy-tsink-korob-500-sht-up-23108" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-jeltiy-tsink-korob-500-sht-up-23110" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h32-beliy-tsink-korob-500-sht-up-23116" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-beliy-tsink-korob-500-sht-up-23117" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-beliy-tsink-paket-20sht-22736" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h32-jeltiy-tsink-korob-500-sht-up-23109" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h38-beliy-tsink-korob-500-sht-up-23118" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h13-jeltiy-tsink-korob-500-sht-up-23105" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-3-9h35-paket-800-sht-up-kranz-29121" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h25-korob-200-sht-up-22499" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h30-korob-200-sht-up-22500" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h35-korob-200-sht-up-22501" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h45-korob-200-sht-up-22502" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-3-9h25-paket-1000-sht-up-kranz-29119" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-3-9h30-paket-1000-sht-up-kranz-29120" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h25-beliy-tsink-korob-500-sht-up-23096" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h35-jeltiy-tsink-korob-500-sht-up-23103" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h40-jeltiy-tsink-korob-500-sht-up-23104" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h30-beliy-tsink-korob-500-sht-up-23097" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h35-beliy-tsink-korob-500-sht-up-23098" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h25-jeltiy-tsink-korob-500-sht-up-23101" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h40-beliy-tsink-korob-500-sht-up-23099" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h30-jeltiy-tsink-korob-500-sht-up-23102" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-7024-korob-150-sht-up-kranz-29759" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-okrashenniy-ral-8017-korob-250-sht-up-kranz-30107" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-tsink-korob-150-sht-up-kranz-29749" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-okrashenniy-ral-3005-korob-250-sht-up-kranz-29752" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-okrashenniy-ral-6005-korob-250-sht-up-kranz-29756" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-6005-korob-150-sht-up-kranz-29757" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-okrashenniy-ral-7024-korob-250-sht-up-kranz-29758" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-okrashenniy-ral-6005-korob-250-sht-up-kranz-30109" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-tsink-korob-250-sht-up-kranz-29746" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-tsink-korob-250-sht-up-kranz-29748" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-8017-korob-150-sht-up-kranz-29750" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-okrashenniy-ral-6005-korob-250-sht-up-kranz-29755" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-tsink-korob-250-sht-up-kranz-29747" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-okrashenniy-ral-8017-korob-250-sht-up-kranz-30108" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-okrashenniy-ral-3005-korob-250-sht-up-kranz-29751" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-okrashenniy-ral-3005-korob-250-sht-up-kranz-29753" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-3005-korob-150-sht-up-kranz-29754" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h152-korob-100-sht-up-23139" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h182-korob-50-sht-up-23140" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h72-korob-100-sht-up-23135" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h112-korob-100-sht-up-23137" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h92-korob-100-sht-up-23136" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I189"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1644,5452 +1644,5452 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>300.23</v>
+        <v>381.11</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1446</v>
+        <v>427</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>16</v>
       </c>
       <c r="I4" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>267.61</v>
+        <v>527.44</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1484</v>
+        <v>31</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I5" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>279.93</v>
+        <v>232</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>365</v>
+        <v>2677</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I6" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>376.07</v>
+        <v>261.8</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>960</v>
+        <v>874</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I7" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>463.96</v>
+        <v>300.23</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1974</v>
+        <v>1334</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>16</v>
       </c>
       <c r="I8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>73.98</v>
+        <v>266.91</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>50</v>
+        <v>1717</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I9" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>260.09</v>
+        <v>267.61</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>972</v>
+        <v>1395</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>32</v>
       </c>
       <c r="I10" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>306.86</v>
+        <v>279.93</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1017</v>
+        <v>332</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I11" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>281.7</v>
+        <v>274.46</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1326</v>
+        <v>1884</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I12" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>414.23</v>
+        <v>104.4</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>649</v>
+        <v>228</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>447.4</v>
+        <v>338.03</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>679</v>
+        <v>862</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>16</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>232</v>
+        <v>414.23</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2808</v>
+        <v>543</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I15" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>261.8</v>
+        <v>447.4</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>992</v>
+        <v>590</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I16" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>266.91</v>
+        <v>306.86</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1792</v>
+        <v>878</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>32</v>
       </c>
       <c r="I17" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>188.91</v>
+        <v>73.98</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>7279</v>
+        <v>478</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>618.91</v>
+        <v>188.91</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>228</v>
+        <v>6747</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I19" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>274.46</v>
+        <v>281.7</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>2011</v>
+        <v>1283</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I20" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>50.76</v>
+        <v>618.91</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>244</v>
+        <v>210</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I21" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>338.03</v>
+        <v>376.07</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>953</v>
+        <v>1005</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>16</v>
       </c>
       <c r="I22" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>381.11</v>
+        <v>580.26</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>475</v>
+        <v>661</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>16</v>
       </c>
       <c r="I23" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>580.26</v>
+        <v>463.96</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>703</v>
+        <v>1924</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>16</v>
       </c>
       <c r="I24" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>430.82</v>
+        <v>50.76</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>2164</v>
+        <v>220</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>52.06</v>
+        <v>40.24</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>118</v>
+        <v>57</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>50</v>
       </c>
       <c r="I26" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>40.24</v>
+        <v>260.09</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>92</v>
+        <v>900</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I27" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>104.4</v>
+        <v>430.82</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>39</v>
+        <v>1996</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I28" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>539.25</v>
+        <v>52.06</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>576</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>622.23</v>
+        <v>145.4</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>145.4</v>
+        <v>638.01</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I31" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>638.01</v>
+        <v>539.25</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>15</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>965.38</v>
+        <v>940.82</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>603.61</v>
+        <v>622.23</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>10</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>527.44</v>
+        <v>755.08</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>940.82</v>
+        <v>965.38</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>755.08</v>
+        <v>603.61</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>580.87</v>
+        <v>371.92</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>665</v>
+        <v>1206</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>8</v>
       </c>
       <c r="I39" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>376.02</v>
+        <v>33.45</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>385</v>
+        <v>550</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I40" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>369.17</v>
+        <v>314.87</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1046</v>
+        <v>1430</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>32</v>
       </c>
       <c r="I41" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>503.88</v>
+        <v>249.64</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>838</v>
+        <v>3595</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I42" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>837.56</v>
+        <v>381.11</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>1032</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>697.08</v>
+        <v>16.82</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>4</v>
+        <v>11386</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>834.6</v>
+        <v>150.56</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>2</v>
+        <v>1441</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A46" s="2" t="s">
+      <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B46" s="2"/>
-[...6 lines deleted...]
-      <c r="I46" s="2"/>
+      <c r="B46" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C46" s="3">
+        <v>344.57</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="3">
+        <v>822</v>
+      </c>
+      <c r="G46" s="3">
+        <v>1</v>
+      </c>
+      <c r="H46" s="3">
+        <v>16</v>
+      </c>
+      <c r="I46" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>150.56</v>
+        <v>369.77</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>1591</v>
+        <v>2558</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I47" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>341.08</v>
+        <v>37.97</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>2157</v>
+        <v>11849</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="I48" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>344.57</v>
+        <v>35.69</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>1028</v>
+        <v>4084</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="I49" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>331.45</v>
+        <v>19.35</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1310</v>
+        <v>6687</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="I50" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>371.92</v>
+        <v>387.7</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1280</v>
+        <v>2387</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I51" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>387.7</v>
+        <v>32.21</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>2432</v>
+        <v>1439</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>414.23</v>
+        <v>20.06</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1535</v>
+        <v>4313</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I53" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>38.04</v>
+        <v>331.45</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>2213</v>
+        <v>961</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>24.91</v>
+        <v>41.64</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>11737</v>
+        <v>93</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>240</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>32.21</v>
+        <v>385.34</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1541</v>
+        <v>1866</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>47.58</v>
+        <v>341.08</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>4105</v>
+        <v>2084</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>240</v>
+        <v>16</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>39.88</v>
+        <v>32.4</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>6191</v>
+        <v>3656</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>50</v>
+        <v>360</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>41.64</v>
+        <v>38.04</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>98</v>
+        <v>2157</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I59" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>43.2</v>
+        <v>39.88</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>3675</v>
+        <v>6027</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>360</v>
+        <v>50</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>29.72</v>
+        <v>92.56</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>4430</v>
+        <v>244</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
+        <v>40</v>
+      </c>
+      <c r="I61" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>249.64</v>
+        <v>414.23</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>3974</v>
+        <v>1493</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I62" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>28.67</v>
+        <v>136.67</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>6956</v>
+        <v>236</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I63" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>314.87</v>
+        <v>567.56</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>1591</v>
+        <v>12</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="I64" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>369.77</v>
+        <v>83.92</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>2592</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I65" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>50.62</v>
+        <v>587.98</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>11762</v>
+        <v>13</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>240</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>33.45</v>
+        <v>657.01</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>581</v>
+        <v>10</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>385.34</v>
+        <v>90.56</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>2487</v>
+        <v>310</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I68" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>381.11</v>
+        <v>98.87</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>1076</v>
+        <v>393</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I69" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>87.54</v>
+        <v>672</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>3920</v>
+        <v>10</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I70" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>83.92</v>
+        <v>87.26</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>2847</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I71" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>87.26</v>
+        <v>79.99</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>3428</v>
+        <v>597</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I72" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>90.56</v>
+        <v>87.54</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>80</v>
+        <v>3561</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>50</v>
       </c>
       <c r="I73" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>79.99</v>
+        <v>595.3</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>594</v>
+        <v>13</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I74" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>98.87</v>
+        <v>821.93</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>158</v>
+        <v>9</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I75" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>136.67</v>
+        <v>689.83</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>102</v>
+        <v>6</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I76" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A77" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B77" s="3" t="s">
+      <c r="A77" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="C77" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B77" s="2"/>
+      <c r="C77" s="2"/>
+      <c r="D77" s="2"/>
+      <c r="E77" s="2"/>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2"/>
+      <c r="H77" s="2"/>
+      <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>567.56</v>
+        <v>43.96</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>92.56</v>
+        <v>382.85</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>429</v>
+        <v>345</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="I79" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>657.01</v>
+        <v>24.19</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>5</v>
+        <v>1414</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>672</v>
+        <v>316.3</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>11</v>
+        <v>2326</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>595.3</v>
+        <v>400.24</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>594</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I82" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>821.93</v>
+        <v>369.77</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>1</v>
+        <v>545</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>689.83</v>
+        <v>397.21</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>1</v>
+        <v>376</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="2" t="s">
+      <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B85" s="2"/>
-[...6 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="B85" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C85" s="3">
+        <v>271.7</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F85" s="3">
+        <v>4828</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>32</v>
+      </c>
+      <c r="I85" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>174.84</v>
+        <v>382.2</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>2135</v>
+        <v>1502</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>32</v>
       </c>
       <c r="I86" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>382.2</v>
+        <v>13.87</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>1574</v>
+        <v>17762</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>32</v>
+        <v>300</v>
       </c>
       <c r="I87" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>400.24</v>
+        <v>17.71</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>645</v>
+        <v>3257</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>16</v>
+        <v>300</v>
       </c>
       <c r="I88" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>404.05</v>
+        <v>174.84</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>792</v>
+        <v>1785</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="I89" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>382.85</v>
+        <v>404.05</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>346</v>
+        <v>787</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I90" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>26.23</v>
+        <v>150.25</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>3305</v>
+        <v>52</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I91" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>271.7</v>
+        <v>896.31</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>4938</v>
+        <v>5</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="I92" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>369.77</v>
+        <v>436.33</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>558</v>
+        <v>3</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="I93" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>20.54</v>
+        <v>784.34</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>18919</v>
+        <v>3</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I94" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>43.96</v>
+        <v>121.64</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>1069</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="I95" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>316.3</v>
+        <v>96.16</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>2418</v>
+        <v>815</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I96" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>397.21</v>
+        <v>121.79</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>379</v>
+        <v>161</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I97" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>26.88</v>
+        <v>107.11</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>1442</v>
+        <v>215</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I98" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>121.64</v>
+        <v>127.12</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>1090</v>
+        <v>88</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="I99" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>107.11</v>
+        <v>622.78</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I100" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>127.12</v>
+        <v>63.72</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>183</v>
+        <v>451</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>121.79</v>
+        <v>129.17</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>32</v>
+        <v>473</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>50</v>
       </c>
       <c r="I102" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>150.25</v>
+        <v>529.21</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I103" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>436.33</v>
+        <v>536.55</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B105" s="3" t="s">
+      <c r="A105" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="C105" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>529.21</v>
+        <v>480.33</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>35</v>
+        <v>793</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="I106" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>784.34</v>
+        <v>31.89</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>3</v>
+        <v>335</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>10</v>
+        <v>400</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>63.72</v>
+        <v>504.34</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>406</v>
+        <v>557</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I108" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>128.22</v>
+        <v>475.29</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>861</v>
+        <v>666</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I109" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>129.17</v>
+        <v>545.98</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>182</v>
+        <v>529</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I110" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>536.55</v>
+        <v>603.92</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>622.78</v>
+        <v>719.01</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>10</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="2"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C114" s="3">
-        <v>31.89</v>
+        <v>337.37</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>352</v>
+        <v>2570</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>400</v>
+        <v>16</v>
       </c>
       <c r="I114" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C115" s="3">
-        <v>545.98</v>
+        <v>54.07</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>539</v>
+        <v>21</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="I115" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C116" s="3">
-        <v>475.29</v>
+        <v>260.57</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>672</v>
+        <v>5201</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>32</v>
       </c>
       <c r="I116" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C117" s="3">
-        <v>480.33</v>
+        <v>43.85</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>843</v>
+        <v>123</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>32</v>
+        <v>400</v>
       </c>
       <c r="I117" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C118" s="3">
-        <v>504.34</v>
+        <v>234.77</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>586</v>
+        <v>5147</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I118" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C119" s="3">
-        <v>635.71</v>
+        <v>391.07</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>31</v>
+        <v>3063</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I119" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C120" s="3">
-        <v>719.01</v>
+        <v>397.7</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>2</v>
+        <v>1234</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I120" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A121" s="2" t="s">
+      <c r="A121" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B121" s="2"/>
-[...6 lines deleted...]
-      <c r="I121" s="2"/>
+      <c r="B121" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C121" s="3">
+        <v>533.52</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" s="3">
+        <v>842</v>
+      </c>
+      <c r="G121" s="3">
+        <v>1</v>
+      </c>
+      <c r="H121" s="3">
+        <v>8</v>
+      </c>
+      <c r="I121" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C122" s="3">
         <v>50.76</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
         <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>60</v>
       </c>
       <c r="I122" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C123" s="3">
-        <v>43.85</v>
+        <v>795.91</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>470</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>400</v>
+        <v>8</v>
       </c>
       <c r="I123" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A124" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B124" s="3" t="s">
+      <c r="A124" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="C124" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B124" s="2"/>
+      <c r="C124" s="2"/>
+      <c r="D124" s="2"/>
+      <c r="E124" s="2"/>
+      <c r="F124" s="2"/>
+      <c r="G124" s="2"/>
+      <c r="H124" s="2"/>
+      <c r="I124" s="2"/>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="3">
-        <v>234.77</v>
+        <v>248.55</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>5613</v>
+        <v>2251</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>32</v>
       </c>
       <c r="I125" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C126" s="3">
-        <v>533.52</v>
+        <v>424.19</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>929</v>
+        <v>762</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I126" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C127" s="3">
-        <v>337.37</v>
+        <v>55.74</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>2789</v>
+        <v>13</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="I127" s="3">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C128" s="3">
-        <v>54.07</v>
+        <v>274.03</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>0</v>
+        <v>2930</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>210</v>
+        <v>32</v>
       </c>
       <c r="I128" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C129" s="3">
-        <v>391.07</v>
+        <v>571.68</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>3312</v>
+        <v>175</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I129" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C130" s="3">
         <v>397.7</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>1460</v>
+        <v>1715</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>16</v>
       </c>
       <c r="I130" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C131" s="3">
-        <v>795.91</v>
+        <v>430.82</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>0</v>
+        <v>1587</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I131" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="2" t="s">
+      <c r="A132" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="B132" s="2"/>
-[...6 lines deleted...]
-      <c r="I132" s="2"/>
+      <c r="B132" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="C132" s="3">
+        <v>61.03</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F132" s="3">
+        <v>1</v>
+      </c>
+      <c r="G132" s="3">
+        <v>1</v>
+      </c>
+      <c r="H132" s="3">
+        <v>210</v>
+      </c>
+      <c r="I132" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C133" s="3">
-        <v>61.03</v>
+        <v>54.28</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>0</v>
+        <v>368</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
         <v>210</v>
       </c>
       <c r="I133" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C134" s="3">
-        <v>430.82</v>
+        <v>958.87</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>1670</v>
+        <v>15</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I134" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C135" s="3">
-        <v>424.19</v>
+        <v>763.63</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>937</v>
+        <v>9</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I135" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C136" s="3">
-        <v>397.7</v>
+        <v>810</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>1870</v>
+        <v>79</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I136" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A137" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B137" s="3" t="s">
+      <c r="A137" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="C137" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B137" s="2"/>
+      <c r="C137" s="2"/>
+      <c r="D137" s="2"/>
+      <c r="E137" s="2"/>
+      <c r="F137" s="2"/>
+      <c r="G137" s="2"/>
+      <c r="H137" s="2"/>
+      <c r="I137" s="2"/>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="3">
-        <v>274.03</v>
+        <v>40.03</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>3082</v>
+        <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>32</v>
+        <v>300</v>
       </c>
       <c r="I138" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C139" s="3">
-        <v>571.68</v>
+        <v>1031.69</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>192</v>
+        <v>90</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>8</v>
       </c>
       <c r="I139" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="3">
-        <v>55.74</v>
+        <v>33.75</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>1</v>
+        <v>218</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>210</v>
+        <v>300</v>
       </c>
       <c r="I140" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="3">
-        <v>54.28</v>
+        <v>735.58</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>210</v>
+        <v>16</v>
       </c>
       <c r="I141" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="3">
-        <v>763.63</v>
+        <v>958.72</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I142" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="3">
-        <v>958.87</v>
+        <v>946.3</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I143" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="3">
-        <v>900</v>
+        <v>1048.8</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I144" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A145" s="2" t="s">
+      <c r="A145" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B145" s="2"/>
-[...6 lines deleted...]
-      <c r="I145" s="2"/>
+      <c r="B145" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="C145" s="3">
+        <v>49.73</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F145" s="3">
+        <v>386</v>
+      </c>
+      <c r="G145" s="3">
+        <v>1</v>
+      </c>
+      <c r="H145" s="3">
+        <v>300</v>
+      </c>
+      <c r="I145" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C146" s="3">
-        <v>1591.42</v>
+        <v>886.73</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>8</v>
       </c>
       <c r="I146" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C147" s="3">
-        <v>1425.92</v>
+        <v>1013.1</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>2</v>
+        <v>151</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>8</v>
       </c>
       <c r="I147" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C148" s="3">
-        <v>1377.32</v>
+        <v>552.44</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>48</v>
+        <v>4</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="I148" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A149" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B149" s="3" t="s">
+      <c r="A149" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="C149" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B149" s="2"/>
+      <c r="C149" s="2"/>
+      <c r="D149" s="2"/>
+      <c r="E149" s="2"/>
+      <c r="F149" s="2"/>
+      <c r="G149" s="2"/>
+      <c r="H149" s="2"/>
+      <c r="I149" s="2"/>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C150" s="3">
-        <v>1577.44</v>
+        <v>834.6</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C151" s="3">
-        <v>1349.55</v>
+        <v>369.17</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>1</v>
+        <v>940</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="I151" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C152" s="3">
-        <v>1419.7</v>
+        <v>376.02</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>33</v>
+        <v>366</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="I152" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C153" s="3">
-        <v>1188.98</v>
+        <v>503.88</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>20</v>
+        <v>810</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I153" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C154" s="3">
-        <v>1123.6</v>
+        <v>580.87</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>20</v>
+        <v>627</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>8</v>
       </c>
       <c r="I154" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C155" s="3">
-        <v>1495.04</v>
+        <v>697.08</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C156" s="3">
-        <v>1530.36</v>
+        <v>837.56</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="3" t="s">
+      <c r="A157" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B157" s="2"/>
+      <c r="C157" s="2"/>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2"/>
+      <c r="G157" s="2"/>
+      <c r="H157" s="2"/>
+      <c r="I157" s="2"/>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>1706</v>
+        <v>404.94</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>9</v>
+        <v>588</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I158" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="3">
-        <v>1345.54</v>
+        <v>764.69</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>8</v>
       </c>
       <c r="I159" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>1221.6</v>
+        <v>937.37</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>8</v>
       </c>
       <c r="I160" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>1377.32</v>
+        <v>800.65</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>8</v>
       </c>
       <c r="I161" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="3">
-        <v>1539.9</v>
+        <v>873.94</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>8</v>
       </c>
       <c r="I162" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A163" s="2" t="s">
+      <c r="A163" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B163" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B163" s="2"/>
-[...6 lines deleted...]
-      <c r="I163" s="2"/>
+      <c r="C163" s="3">
+        <v>671.22</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F163" s="3">
+        <v>109</v>
+      </c>
+      <c r="G163" s="3">
+        <v>1</v>
+      </c>
+      <c r="H163" s="3">
+        <v>12</v>
+      </c>
+      <c r="I163" s="3">
+        <v>500</v>
+      </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C164" s="3">
-        <v>873.94</v>
+        <v>913.62</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>3</v>
+        <v>121</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
         <v>8</v>
       </c>
       <c r="I164" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>327</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C165" s="3">
         <v>800.65</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
         <v>8</v>
       </c>
       <c r="I165" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A166" s="3" t="s">
+      <c r="A166" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B166" s="2"/>
+      <c r="C166" s="2"/>
+      <c r="D166" s="2"/>
+      <c r="E166" s="2"/>
+      <c r="F166" s="2"/>
+      <c r="G166" s="2"/>
+      <c r="H166" s="2"/>
+      <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="3">
-        <v>671.22</v>
+        <v>1123.6</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>110</v>
+        <v>17</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I167" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="3">
-        <v>764.69</v>
+        <v>1530.36</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>8</v>
       </c>
       <c r="I168" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="3">
-        <v>800.65</v>
+        <v>1184.01</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
         <v>8</v>
       </c>
       <c r="I169" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="B170" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170" s="3">
-        <v>913.62</v>
+        <v>1239.59</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>125</v>
+        <v>48</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>8</v>
       </c>
       <c r="I170" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B171" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="B171" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" s="3">
-        <v>937.37</v>
+        <v>1577.44</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
         <v>8</v>
       </c>
       <c r="I171" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A172" s="2" t="s">
+      <c r="A172" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="B172" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="B172" s="2"/>
-[...6 lines deleted...]
-      <c r="I172" s="2"/>
+      <c r="C172" s="3">
+        <v>1188.98</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F172" s="3">
+        <v>15</v>
+      </c>
+      <c r="G172" s="3">
+        <v>1</v>
+      </c>
+      <c r="H172" s="3">
+        <v>8</v>
+      </c>
+      <c r="I172" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C173" s="3">
-        <v>552.44</v>
+        <v>1539.9</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I173" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C174" s="3">
-        <v>735.58</v>
+        <v>1495.04</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C175" s="3">
-        <v>886.73</v>
+        <v>1349.55</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
         <v>0</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>8</v>
       </c>
       <c r="I175" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C176" s="3">
-        <v>946.3</v>
+        <v>1591.42</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
         <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>8</v>
       </c>
       <c r="I176" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C177" s="3">
-        <v>1048.8</v>
+        <v>1016.58</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
         <v>8</v>
       </c>
       <c r="I177" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C178" s="3">
-        <v>1013.1</v>
+        <v>1239.59</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>152</v>
+        <v>48</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>8</v>
       </c>
       <c r="I178" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C179" s="3">
-        <v>49.73</v>
+        <v>1425.92</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>396</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>300</v>
+        <v>8</v>
       </c>
       <c r="I179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C180" s="3">
-        <v>40.03</v>
+        <v>1706</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>300</v>
+        <v>8</v>
       </c>
       <c r="I180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C181" s="3">
-        <v>1031.69</v>
+        <v>1345.54</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>146</v>
+        <v>21</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>8</v>
       </c>
       <c r="I181" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C182" s="3">
-        <v>958.72</v>
+        <v>1348.72</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
         <v>8</v>
       </c>
       <c r="I182" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C183" s="3">
-        <v>35.53</v>
+        <v>1099.44</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>232</v>
+        <v>21</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>300</v>
+        <v>8</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="2" t="s">
         <v>364</v>
       </c>
       <c r="B184" s="2"/>
       <c r="C184" s="2"/>
       <c r="D184" s="2"/>
       <c r="E184" s="2"/>
       <c r="F184" s="2"/>
       <c r="G184" s="2"/>
       <c r="H184" s="2"/>
       <c r="I184" s="2"/>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C185" s="3">
-        <v>939.52</v>
+        <v>2220.66</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>107</v>
+        <v>1</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I185" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C186" s="3">
-        <v>1217.89</v>
+        <v>1052.36</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>191</v>
+        <v>142</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I186" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C187" s="3">
-        <v>2467.4</v>
+        <v>892.54</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>1</v>
+        <v>105</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I187" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C188" s="3">
-        <v>1169.7</v>
+        <v>1052.73</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
         <v>2</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
         <v>4</v>
       </c>
       <c r="I188" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C189" s="3">
-        <v>1107.75</v>
+        <v>1096.1</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>146</v>
+        <v>186</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I189" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A38:I38"/>
-    <mergeCell ref="A46:I46"/>
-    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A77:I77"/>
+    <mergeCell ref="A105:I105"/>
     <mergeCell ref="A113:I113"/>
-    <mergeCell ref="A121:I121"/>
-[...3 lines deleted...]
-    <mergeCell ref="A172:I172"/>
+    <mergeCell ref="A124:I124"/>
+    <mergeCell ref="A137:I137"/>
+    <mergeCell ref="A149:I149"/>
+    <mergeCell ref="A157:I157"/>
+    <mergeCell ref="A166:I166"/>
     <mergeCell ref="A184:I184"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
     <hyperlink ref="D30" r:id="rId27"/>
     <hyperlink ref="D31" r:id="rId28"/>
     <hyperlink ref="D32" r:id="rId29"/>
     <hyperlink ref="D33" r:id="rId30"/>
     <hyperlink ref="D34" r:id="rId31"/>
     <hyperlink ref="D35" r:id="rId32"/>
     <hyperlink ref="D36" r:id="rId33"/>
     <hyperlink ref="D37" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
-    <hyperlink ref="D47" r:id="rId42"/>
-[...29 lines deleted...]
-    <hyperlink ref="D77" r:id="rId72"/>
+    <hyperlink ref="D46" r:id="rId42"/>
+    <hyperlink ref="D47" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId44"/>
+    <hyperlink ref="D49" r:id="rId45"/>
+    <hyperlink ref="D50" r:id="rId46"/>
+    <hyperlink ref="D51" r:id="rId47"/>
+    <hyperlink ref="D52" r:id="rId48"/>
+    <hyperlink ref="D53" r:id="rId49"/>
+    <hyperlink ref="D54" r:id="rId50"/>
+    <hyperlink ref="D55" r:id="rId51"/>
+    <hyperlink ref="D56" r:id="rId52"/>
+    <hyperlink ref="D57" r:id="rId53"/>
+    <hyperlink ref="D58" r:id="rId54"/>
+    <hyperlink ref="D59" r:id="rId55"/>
+    <hyperlink ref="D60" r:id="rId56"/>
+    <hyperlink ref="D61" r:id="rId57"/>
+    <hyperlink ref="D62" r:id="rId58"/>
+    <hyperlink ref="D63" r:id="rId59"/>
+    <hyperlink ref="D64" r:id="rId60"/>
+    <hyperlink ref="D65" r:id="rId61"/>
+    <hyperlink ref="D66" r:id="rId62"/>
+    <hyperlink ref="D67" r:id="rId63"/>
+    <hyperlink ref="D68" r:id="rId64"/>
+    <hyperlink ref="D69" r:id="rId65"/>
+    <hyperlink ref="D70" r:id="rId66"/>
+    <hyperlink ref="D71" r:id="rId67"/>
+    <hyperlink ref="D72" r:id="rId68"/>
+    <hyperlink ref="D73" r:id="rId69"/>
+    <hyperlink ref="D74" r:id="rId70"/>
+    <hyperlink ref="D75" r:id="rId71"/>
+    <hyperlink ref="D76" r:id="rId72"/>
     <hyperlink ref="D78" r:id="rId73"/>
     <hyperlink ref="D79" r:id="rId74"/>
     <hyperlink ref="D80" r:id="rId75"/>
     <hyperlink ref="D81" r:id="rId76"/>
     <hyperlink ref="D82" r:id="rId77"/>
     <hyperlink ref="D83" r:id="rId78"/>
     <hyperlink ref="D84" r:id="rId79"/>
-    <hyperlink ref="D86" r:id="rId80"/>
-[...18 lines deleted...]
-    <hyperlink ref="D105" r:id="rId99"/>
+    <hyperlink ref="D85" r:id="rId80"/>
+    <hyperlink ref="D86" r:id="rId81"/>
+    <hyperlink ref="D87" r:id="rId82"/>
+    <hyperlink ref="D88" r:id="rId83"/>
+    <hyperlink ref="D89" r:id="rId84"/>
+    <hyperlink ref="D90" r:id="rId85"/>
+    <hyperlink ref="D91" r:id="rId86"/>
+    <hyperlink ref="D92" r:id="rId87"/>
+    <hyperlink ref="D93" r:id="rId88"/>
+    <hyperlink ref="D94" r:id="rId89"/>
+    <hyperlink ref="D95" r:id="rId90"/>
+    <hyperlink ref="D96" r:id="rId91"/>
+    <hyperlink ref="D97" r:id="rId92"/>
+    <hyperlink ref="D98" r:id="rId93"/>
+    <hyperlink ref="D99" r:id="rId94"/>
+    <hyperlink ref="D100" r:id="rId95"/>
+    <hyperlink ref="D101" r:id="rId96"/>
+    <hyperlink ref="D102" r:id="rId97"/>
+    <hyperlink ref="D103" r:id="rId98"/>
+    <hyperlink ref="D104" r:id="rId99"/>
     <hyperlink ref="D106" r:id="rId100"/>
     <hyperlink ref="D107" r:id="rId101"/>
     <hyperlink ref="D108" r:id="rId102"/>
     <hyperlink ref="D109" r:id="rId103"/>
     <hyperlink ref="D110" r:id="rId104"/>
     <hyperlink ref="D111" r:id="rId105"/>
     <hyperlink ref="D112" r:id="rId106"/>
     <hyperlink ref="D114" r:id="rId107"/>
     <hyperlink ref="D115" r:id="rId108"/>
     <hyperlink ref="D116" r:id="rId109"/>
     <hyperlink ref="D117" r:id="rId110"/>
     <hyperlink ref="D118" r:id="rId111"/>
     <hyperlink ref="D119" r:id="rId112"/>
     <hyperlink ref="D120" r:id="rId113"/>
-    <hyperlink ref="D122" r:id="rId114"/>
-[...1 lines deleted...]
-    <hyperlink ref="D124" r:id="rId116"/>
+    <hyperlink ref="D121" r:id="rId114"/>
+    <hyperlink ref="D122" r:id="rId115"/>
+    <hyperlink ref="D123" r:id="rId116"/>
     <hyperlink ref="D125" r:id="rId117"/>
     <hyperlink ref="D126" r:id="rId118"/>
     <hyperlink ref="D127" r:id="rId119"/>
     <hyperlink ref="D128" r:id="rId120"/>
     <hyperlink ref="D129" r:id="rId121"/>
     <hyperlink ref="D130" r:id="rId122"/>
     <hyperlink ref="D131" r:id="rId123"/>
-    <hyperlink ref="D133" r:id="rId124"/>
-[...3 lines deleted...]
-    <hyperlink ref="D137" r:id="rId128"/>
+    <hyperlink ref="D132" r:id="rId124"/>
+    <hyperlink ref="D133" r:id="rId125"/>
+    <hyperlink ref="D134" r:id="rId126"/>
+    <hyperlink ref="D135" r:id="rId127"/>
+    <hyperlink ref="D136" r:id="rId128"/>
     <hyperlink ref="D138" r:id="rId129"/>
     <hyperlink ref="D139" r:id="rId130"/>
     <hyperlink ref="D140" r:id="rId131"/>
     <hyperlink ref="D141" r:id="rId132"/>
     <hyperlink ref="D142" r:id="rId133"/>
     <hyperlink ref="D143" r:id="rId134"/>
     <hyperlink ref="D144" r:id="rId135"/>
-    <hyperlink ref="D146" r:id="rId136"/>
-[...2 lines deleted...]
-    <hyperlink ref="D149" r:id="rId139"/>
+    <hyperlink ref="D145" r:id="rId136"/>
+    <hyperlink ref="D146" r:id="rId137"/>
+    <hyperlink ref="D147" r:id="rId138"/>
+    <hyperlink ref="D148" r:id="rId139"/>
     <hyperlink ref="D150" r:id="rId140"/>
     <hyperlink ref="D151" r:id="rId141"/>
     <hyperlink ref="D152" r:id="rId142"/>
     <hyperlink ref="D153" r:id="rId143"/>
     <hyperlink ref="D154" r:id="rId144"/>
     <hyperlink ref="D155" r:id="rId145"/>
     <hyperlink ref="D156" r:id="rId146"/>
-    <hyperlink ref="D157" r:id="rId147"/>
-[...4 lines deleted...]
-    <hyperlink ref="D162" r:id="rId152"/>
+    <hyperlink ref="D158" r:id="rId147"/>
+    <hyperlink ref="D159" r:id="rId148"/>
+    <hyperlink ref="D160" r:id="rId149"/>
+    <hyperlink ref="D161" r:id="rId150"/>
+    <hyperlink ref="D162" r:id="rId151"/>
+    <hyperlink ref="D163" r:id="rId152"/>
     <hyperlink ref="D164" r:id="rId153"/>
     <hyperlink ref="D165" r:id="rId154"/>
-    <hyperlink ref="D166" r:id="rId155"/>
-[...4 lines deleted...]
-    <hyperlink ref="D171" r:id="rId160"/>
+    <hyperlink ref="D167" r:id="rId155"/>
+    <hyperlink ref="D168" r:id="rId156"/>
+    <hyperlink ref="D169" r:id="rId157"/>
+    <hyperlink ref="D170" r:id="rId158"/>
+    <hyperlink ref="D171" r:id="rId159"/>
+    <hyperlink ref="D172" r:id="rId160"/>
     <hyperlink ref="D173" r:id="rId161"/>
     <hyperlink ref="D174" r:id="rId162"/>
     <hyperlink ref="D175" r:id="rId163"/>
     <hyperlink ref="D176" r:id="rId164"/>
     <hyperlink ref="D177" r:id="rId165"/>
     <hyperlink ref="D178" r:id="rId166"/>
     <hyperlink ref="D179" r:id="rId167"/>
     <hyperlink ref="D180" r:id="rId168"/>
     <hyperlink ref="D181" r:id="rId169"/>
     <hyperlink ref="D182" r:id="rId170"/>
     <hyperlink ref="D183" r:id="rId171"/>
     <hyperlink ref="D185" r:id="rId172"/>
     <hyperlink ref="D186" r:id="rId173"/>
     <hyperlink ref="D187" r:id="rId174"/>
     <hyperlink ref="D188" r:id="rId175"/>
     <hyperlink ref="D189" r:id="rId176"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>