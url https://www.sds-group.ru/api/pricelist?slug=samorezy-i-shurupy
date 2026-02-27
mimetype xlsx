--- v1 (2025-12-07)
+++ v2 (2026-02-27)
@@ -8,1177 +8,1123 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="725" uniqueCount="375">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="689" uniqueCount="357">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Саморезы и шурупы</t>
   </si>
   <si>
     <t>1.1 Саморез универсальный</t>
   </si>
   <si>
+    <t>KR-01-3311-004</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х30 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-01-3311-001</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х16 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х16 мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-013</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х30 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-014</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х35 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х16 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х30 мм, желтый цинк, короб (250 шт/уп) KRANZ </t>
+  </si>
+  <si>
     <t>KR-01-3311-028</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез универсальный 4,0х35 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>KR-01-3311-029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-039</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х50 мм, желтый цинк, короб (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-042</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5,0х60 мм, желтый цинк, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х70 мм, желтый цинк, короб (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0560-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х60 мм, желтый цинк, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-3535-5</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х35 мм, желтый цинк, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0330-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х30 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0430-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,0х30 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0435-4</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,5х35 мм, желтый цинк, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,5х35 мм, желтый цинк, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0325-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х25 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0335-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х35 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0330-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х30 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,5х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х50 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0416-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,0х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-005</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х35 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х20 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-012</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х25 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,5х50 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0540-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х40 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>1111-3516-2</t>
   </si>
   <si>
     <t>Саморез универсальный 3,5х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3311-001</t>
-[...191 lines deleted...]
-    <t>1.2 Саморез гипсокартон-дерево</t>
+    <t>1.2 Саморез ГВЛ</t>
+  </si>
+  <si>
+    <t>KR-01-3321-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х30 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3321-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х35 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3321-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х45 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1123-3925-2</t>
+  </si>
+  <si>
+    <t>Саморез для гипсоволокнистых плит 3,9х25 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1123-3935-2</t>
+  </si>
+  <si>
+    <t>Саморез для гипсоволокнистых плит 3,9х35 мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3321-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х25 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1.3 Саморез гипсокартон-дерево</t>
+  </si>
+  <si>
+    <t>KR-01-3331-002</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х19 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-005</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х35 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-006</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х41 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-011</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-012</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3551-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х51 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-4275-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х75 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3519-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х19 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3545-5</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4270-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х70 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3555-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3532-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3865-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,8х65 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3535-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х35 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3525-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х25 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х35 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3545-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х45 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3555-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-4290-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х90 мм, пакет (4 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-003</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х25 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-007</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3331-009</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1133-3545-5</t>
-[...38 lines deleted...]
-    <t>Саморез гипсокартон-дерево 3,5х45 мм, короб (200 шт/уп) KRANZ</t>
+    <t>1133-3519-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х19 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3865-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,8х65 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3555-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х55 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4270-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4275-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3532-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х32 мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-008</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х51 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-013</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х90 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3525-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х25 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3519-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х19 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3551-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х51 мм, пакет (50 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3331-010</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,8х65 мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1133-4275-4</t>
-[...92 lines deleted...]
-    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (50 шт/уп) KRANZ </t>
+    <t>1133-3532-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3541-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х41 мм, пакет (50 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>1133-3545-2</t>
   </si>
   <si>
     <t>Саморез гипсокартон-дерево 3,5х45 мм, пакет (500 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1133-3532-4</t>
-[...71 lines deleted...]
-    <t>1.3 Саморез гипсокартон-металл</t>
+    <t>1.4 Саморез гипсокартон-металл</t>
   </si>
   <si>
     <t>1143-3551-5</t>
   </si>
   <si>
     <t>Саморез гипсокартон-металл 3,5х51 мм, пакет (20 шт/уп) KRANZ</t>
   </si>
   <si>
+    <t>KR-01-3341-002</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х19 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-003</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х25 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3535-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х35 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3341-004</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х32 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-008</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х51 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3519-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х19 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3525-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х25 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3545-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х45 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3551-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х51 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3555-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х55 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3535-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х35 мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3541-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3555-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х55 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-005</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х35 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3519-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х19 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-006</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3532-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х32 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3541-4</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3532-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х32 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3341-007</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х45 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-009</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х55 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х35 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3532-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х32 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3525-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х25 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
     <t>KR-01-3341-012</t>
   </si>
   <si>
     <t>Саморез гипсокартон-металл 4,2х75 мм, короб (100 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1143-3532-5</t>
-[...136 lines deleted...]
-  <si>
     <t>1143-4275-2</t>
   </si>
   <si>
     <t>Саморез гипсокартон-металл 4,2х75 мм, пакет (300 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1143-3555-2</t>
-[...5 lines deleted...]
-    <t>1.4 Саморез для металлических конструкций</t>
+    <t>1.5 Саморез для металлических конструкций</t>
+  </si>
+  <si>
+    <t>1153-3595-4</t>
+  </si>
+  <si>
+    <t>Саморез для металлических конструкций острый 3,5х9,5 мм, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3351-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для металлических конструкций сверло 3,5х11 мм, короб (500 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3351-001</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез для металлических конструкций сверло 3,5х9,5 мм, короб (500 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1153-3595-4</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-01-3351-006</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез для металлических конструкций острый 3,5х11 мм, короб (500 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3351-005</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез для металлических конструкций острый 3,5х9,5 мм, короб (500 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>KR-01-3351-002</t>
-[...4 lines deleted...]
-  <si>
     <t>1163-3595-2</t>
   </si>
   <si>
     <t>Саморез для металлических конструкций сверло 3,5х9,5 мм, пакет (1000 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1153-3511-2</t>
-[...5 lines deleted...]
-    <t>1.5 Саморез с прессшайбой острый</t>
+    <t>1.6 Саморез с прессшайбой острый</t>
+  </si>
+  <si>
+    <t>1172-4216-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х16мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1172-4225-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х25мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1172-4213-4</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС острый 4,2х13мм, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3361-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х16мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3361-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х32мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1172-4225-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС острый 4,2х25мм, пакет (800 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3361-004</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х19мм, короб (250 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1172-4225-4</t>
-[...14 lines deleted...]
-    <t>Саморез с прессшайбой ПШС острый 4,2х13мм, пакет (25 шт/уп) KRANZ</t>
+    <t>KR-01-3361-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х25мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3361-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х50мм, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3361-001</t>
   </si>
   <si>
     <t>Саморез с прессшайбой ПШС острый 4,2х13мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3361-005</t>
-[...29 lines deleted...]
-    <t>1.6 Саморез с прессшайбой сверло</t>
+    <t>1.7 Саморез с прессшайбой сверло</t>
+  </si>
+  <si>
+    <t>1182-4216-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х16мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1182-4219-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х19мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3362-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х16мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3362-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х32мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1182-4250-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС сверло 4,2х50мм, пакет (400 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1182-4225-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС сверло 4,2х25мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1182-4213-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х13мм, пакет (25 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3362-001</t>
   </si>
   <si>
     <t>Саморез с прессшайбой ПШС сверло 4,2х13мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3362-005</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х25мм, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1182-4216-4</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-01-3362-009</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х50мм, короб (200 шт/уп) KRANZ </t>
   </si>
   <si>
+    <t>1182-4219-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС сверло 4,2х19мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3362-004</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х19мм, короб (250 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>KR-01-3362-006</t>
-[...35 lines deleted...]
-    <t>1.7 Саморез оконный сверло</t>
+    <t>1.8 Кровельные саморезы</t>
+  </si>
+  <si>
+    <t>1201-4829-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х29мм, цинк, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1202-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, окрашенный RAL 8017, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1203-4819-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х19мм, окрашенный RAL 3005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1203-4829-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х29мм, окрашенный RAL 3005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1203-4835-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х35мм, окрашенный RAL 3005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1203-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, окрашенный RAL 3005, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4829-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х29мм, окрашенный RAL 6005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4835-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х35мм, окрашенный RAL 6005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1205-4819-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х19мм, окрашенный RAL 7024, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1205-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, окрашенный RAL 7024, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1202-4835-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х35мм, окрашенный RAL 8017, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4819-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х19мм, окрашенный RAL 6005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1201-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, цинк, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, окрашенный RAL 6005, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.9 Cаморез оконный острый</t>
+  </si>
+  <si>
+    <t>KR-01-3721-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х25мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х30мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-010</t>
+  </si>
+  <si>
+    <t>Саморез оконный острый 4,1х40мм, желтый цинк, короб (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3721-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х25мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х35мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х40мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х30мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х35мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1.10 Саморез оконный сверло</t>
+  </si>
+  <si>
+    <t>KR-01-3722-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х13мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-0014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х38мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х32мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>1504-3938-4</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез оконный сверло 3,9х38мм, белый цинк, пакет (20 шт/уп) KRANZ </t>
   </si>
   <si>
+    <t>1504-3935-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, белый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-0013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1505-3935-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
     <t>KR-01-3722-007</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез оконный сверло 3,9х38мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1505-3935-4</t>
-[...253 lines deleted...]
-  <si>
     <t>1.11 Шурупы по бетону</t>
   </si>
   <si>
+    <t>KR-01-3731-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шуруп по бетону 7,5х72мм, короб (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3731-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шуруп по бетону 7,5х92мм, короб (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3731-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шуруп по бетону 7,5х112мм, короб (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
     <t>KR-01-3731-007</t>
   </si>
   <si>
     <t xml:space="preserve">Шуруп по бетону 7,5х152мм, короб (100 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3731-008</t>
   </si>
   <si>
     <t xml:space="preserve">Шуруп по бетону 7,5х182мм, короб (50 шт/уп) KRANZ </t>
-  </si>
-[...16 lines deleted...]
-    <t xml:space="preserve">Шуруп по бетону 7,5х92мм, короб (100 шт/уп) KRANZ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1563,56 +1509,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h35-jeltiy-tsink-korob-200-sht-up-kranz-21496" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3-5h16-jeltiy-tsink-paket-1000-sht-up-kranz-29374" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h16-jeltiy-tsink-korob-200-sht-up-21600" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h30-jeltiy-tsink-korob-200-sht-up-21603" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h40-jeltiy-tsink-korob-200-sht-up-21605" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h25-jeltiy-tsink-korob-200-sht-up-21611" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-korob-200-sht-up-21481" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h40-jeltiy-tsink-korob-200-sht-up-21483" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h16-jeltiy-tsink-korob-200-sht-up-kranz-21492" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-paket-50-sht-up-28354" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h30-jeltiy-tsink-korob-250-sht-up-kranz-21495" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h40-jeltiy-tsink-korob-200-sht-up-kranz-21497" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-korob-100-sht-up-21510" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h16-jeltiy-tsink-korob-500-sht-up-21609" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-paket-20sht-22550" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h20-jeltiy-tsink-korob-200-sht-up-kranz-21610" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h35-jeltiy-tsink-korob-200-sht-up-21482" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4-5h50-jeltiy-tsink-korob-200-sht-up-21488" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h50-jeltiy-tsink-korob-200-sht-up-kranz-21499" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-korob-200-sht-up-21507" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-5h70-jeltiy-tsink-korob-100-sht-up-kranz-21511" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-paket-10sht-22568" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-paket-20sht-22589" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-korob-200-sht-up-21604" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h50-jeltiy-tsink-korob-100-sht-up-21509" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-paket-25sht-22585" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h35-jeltiy-tsink-paket-50-sht-up-28353" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h16-jeltiy-tsink-paket-1000-sht-up-kranz-29116" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h25-jeltiy-tsink-paket-1000-sht-up-kranz-29117" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h30-jeltiy-tsink-paket-1000-sht-up-kranz-29369" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h35-jeltiy-tsink-paket-800-sht-up-kranz-29118" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3-5h40-jeltiy-tsink-paket-800-sht-up-kranz-29377" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h40-jeltiy-tsink-paket-800-sht-up-kranz-29371" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h30-jeltiy-tsink-paket-1000-sht-up-kranz-29379" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-korob-200-sht-up-22517" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-paket-25sht-22553" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-korob-200-sht-up-22512" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-korob-200-sht-up-kranz-22511" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-korob-100-sht-up-kranz-22519" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-paket-20sht-22535" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-korob-200-sht-up-kranz-22510" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-korob-200-sht-up-kranz-22515" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-korob-200-sht-up-kranz-22518" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h75-paket-10sht-22536" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h70-paket-10sht-22554" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-paket-20sht-22567" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-korob-100-sht-up-kranz-22520" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-paket-20sht-22552" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h35-paket-25sht-22584" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-korob-200-sht-up-kranz-22516" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h90-paket-4sht-22571" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-korob-200-sht-up-kranz-22513" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-korob-200-sht-up-kranz-22514" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-8h65-paket-10sht-22582" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h25-paket-20sht-22534" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-paket-25sht-22569" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-paket-50-sht-up-28360" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-korob-100-sht-up-kranz-22521" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-paket-50-sht-up-28362" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-paket-500-sht-up-kranz-29081" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-paket-50-sht-up-28357" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-paket-300-sht-up-kranz-29083" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-paket-300-sht-up-kranz-29084" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h41-paket-50-sht-up-28359" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-paket-50-sht-up-28361" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-paket-800-sht-up-kranz-29086" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h35-paket-50-sht-up-28358" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-paket-50-sht-up-28355" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h25-paket-50-sht-up-28356" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-paket-1000-sht-up-kranz-29385" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-paket-500-sht-up-kranz-29387" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-paket-500-sht-up-kranz-29388" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h51-paket-20sht-22556" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-korob-100-sht-up-kranz-22607" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h32-paket-25sht-22537" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-korob-200-sht-up-kranz-22599" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-korob-200-sht-up-kranz-22601" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-korob-200-sht-up-kranz-22603" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-korob-200-sht-up-kranz-22604" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-korob-200-sht-up-kranz-22598" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-korob-200-sht-up-kranz-22600" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h25-paket-20sht-22555" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h35-paket-25sht-22578" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-korob-200-sht-up-kranz-22597" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-korob-200-sht-up-kranz-22602" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h55-paket-50-sht-up-28370" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-paket-1000-sht-up-kranz-29091" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-paket-500-sht-up-kranz-29089" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-paket-800-sht-up-kranz-29088" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h32-paket-50-sht-up-28365" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h45-paket-50-sht-up-28368" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h51-paket-50-sht-up-28369" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h35-paket-50-sht-up-28366" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h41-paket-50-sht-up-28367" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-paket-1000-sht-up-kranz-29389" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h19-paket-50-sht-up-28363" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h25-paket-50-sht-up-28364" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-paket-300-sht-up-kranz-29092" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-paket-500-sht-up-kranz-29391" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-sverlo-3-5h9-5-korob-500-sht-up-22658" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-ostriy-3-5h9-5-paket-25sht-22575" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostriy-3-5h11-korob-500-sht-up-kranz-22661" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-ostriy-3-5h9-5-korob-500-sht-up-22662" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h11-korob-500-sht-up-kranz-22657" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h9-5-paket-1000-sht-up-kranz-29094" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostriy-3-5h11-paket-1000-sht-up-kranz-29095" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h19-korob-250-sht-up-kranz-22676" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h25-paket-20sht-22577" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h16-korob-200-sht-up-kranz-22675" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h13-paket-25sht-22590" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h13-korob-200-sht-up-kranz-22673" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h25-korob-200-sht-up-kranz-22677" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h32-korob-200-sht-up-kranz-22678" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h50-korob-200-sht-up-kranz-22681" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h16-paket-25sht-22558" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h25-paket-800-sht-up-kranz-29098" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h13-korob-200-sht-up-kranz-22706" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25-korob-200-sht-up-kranz-22710" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h16-paket-25sht-22579" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h16-korob-200-sht-up-kranz-22708" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50-korob-200-sht-up-kranz-22714" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19-korob-250-sht-up-kranz-22709" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h32-korob-200-sht-up-kranz-22711" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h19-paket-20sht-22594" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h13-paket-25sht-22541" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25-paket-800-sht-up-kranz-30285" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50-paket-400-sht-up-kranz-29368" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-paket-1000-sht-up-kranz-30749" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h38-beliy-tsink-paket-20sht-22722" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h38-jeltiy-tsink-korob-500-sht-up-23111" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-jeltiy-tsink-paket-20sht-22693" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h25-jeltiy-tsink-korob-500-sht-up-23108" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-jeltiy-tsink-korob-500-sht-up-23110" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h32-beliy-tsink-korob-500-sht-up-23116" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-beliy-tsink-korob-500-sht-up-23117" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-beliy-tsink-paket-20sht-22736" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h32-jeltiy-tsink-korob-500-sht-up-23109" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h38-beliy-tsink-korob-500-sht-up-23118" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h13-jeltiy-tsink-korob-500-sht-up-23105" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-3-9h35-paket-800-sht-up-kranz-29121" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h25-korob-200-sht-up-22499" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h30-korob-200-sht-up-22500" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h35-korob-200-sht-up-22501" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h45-korob-200-sht-up-22502" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-3-9h25-paket-1000-sht-up-kranz-29119" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-3-9h30-paket-1000-sht-up-kranz-29120" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h25-beliy-tsink-korob-500-sht-up-23096" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h35-jeltiy-tsink-korob-500-sht-up-23103" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h40-jeltiy-tsink-korob-500-sht-up-23104" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h30-beliy-tsink-korob-500-sht-up-23097" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h35-beliy-tsink-korob-500-sht-up-23098" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h25-jeltiy-tsink-korob-500-sht-up-23101" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h40-beliy-tsink-korob-500-sht-up-23099" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h30-jeltiy-tsink-korob-500-sht-up-23102" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-7024-korob-150-sht-up-kranz-29759" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-okrashenniy-ral-8017-korob-250-sht-up-kranz-30107" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-tsink-korob-150-sht-up-kranz-29749" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-okrashenniy-ral-3005-korob-250-sht-up-kranz-29752" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-okrashenniy-ral-6005-korob-250-sht-up-kranz-29756" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-6005-korob-150-sht-up-kranz-29757" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-okrashenniy-ral-7024-korob-250-sht-up-kranz-29758" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-okrashenniy-ral-6005-korob-250-sht-up-kranz-30109" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-tsink-korob-250-sht-up-kranz-29746" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-tsink-korob-250-sht-up-kranz-29748" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-8017-korob-150-sht-up-kranz-29750" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-okrashenniy-ral-6005-korob-250-sht-up-kranz-29755" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-tsink-korob-250-sht-up-kranz-29747" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-okrashenniy-ral-8017-korob-250-sht-up-kranz-30108" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-okrashenniy-ral-3005-korob-250-sht-up-kranz-29751" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-okrashenniy-ral-3005-korob-250-sht-up-kranz-29753" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-3005-korob-150-sht-up-kranz-29754" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h152-korob-100-sht-up-23139" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h182-korob-50-sht-up-23140" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h72-korob-100-sht-up-23135" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h112-korob-100-sht-up-23137" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h92-korob-100-sht-up-23136" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h30-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h16-mm-zheltyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h35-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h16-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h30-mm-zheltyy-tsink-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h35-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h40-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h40-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h50-mm-zheltyy-tsink-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h60-mm-zheltyy-tsink-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h70-mm-zheltyy-tsink-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h60-mm-zheltyy-tsink-paket-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h30-mm-zheltyy-tsink-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-5h35-mm-zheltyy-tsink-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h25-mm-zheltyy-tsink-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h35-mm-zheltyy-tsink-paket-800-shtup-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h40-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h50-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h16-mm-zheltyy-tsink-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h20-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h25-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h40-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-5h50-mm-zheltyy-tsink-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h40-mm-zheltyy-tsink-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h30-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h35-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h45-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h25-mm-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h35-mm-paket-800-shtup-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h25-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-paket-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-paket-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-paket-10-shtup-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-paket-4-shtup-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-paket-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-paket-300-shtup-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-paket-300-shtup-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-800-shtup-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-paket-800-shtup-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-paket-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-paket-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-mm-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-paket-50-shtup-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-mm-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-mm-paket-300-shtup-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h9-5-mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h11-mm-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h9-5-mm-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h11-mm-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h9-5-mm-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h9-5-mm-paket-1000-shtup-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h16mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h25mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h13mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h16mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h32mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h25mm-paket-800-shtup-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h19mm-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h25mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h50mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h13mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h16mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h16mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h32mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50mm-paket-400-shtup-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25mm-paket-800-sht-up-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h13mm-paket-25-shtup-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h13mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50mm-korob-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h29mm-tsink-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-8017-korob-150-shtup-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h19mm-okrashennyy-ral-3005-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h29mm-okrashennyy-ral-3005-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h35mm-okrashennyy-ral-3005-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-3005-korob-150-shtup-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h29mm-okrashennyy-ral-6005-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h35mm-okrashennyy-ral-6005-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h19mm-okrashennyy-ral-7024-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-7024-korob-150-shtup-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h35mm-okrashennyy-ral-8017-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h19mm-okrashennyy-ral-6005-korob-250-shtup-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-tsink-korob-150-shtup-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-6005-korob-150-shtup-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h25mm-belyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h30mm-belyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h40mm-zheltyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h25mm-zheltyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h35mm-belyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h40mm-belyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h30mm-zheltyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h35mm-zheltyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h13mm-zheltyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h38mm-belyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h32mm-zheltyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h38mm-belyy-tsink-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-belyy-tsink-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-belyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-zheltyy-tsink-paket-20-shtup-kranz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-zheltyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h38mm-zheltyy-tsink-korob-500-shtup-kranz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h72mm-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h92mm-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h112mm-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h152mm-korob-100-shtup-kranz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h182mm-korob-50-shtup-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I189"/>
+  <dimension ref="A1:I180"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1644,5468 +1590,5198 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>381.11</v>
+        <v>266.25</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>427</v>
+        <v>813</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I4" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>527.44</v>
+        <v>235.94</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>31</v>
+        <v>2621</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>232</v>
+        <v>312.08</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2677</v>
+        <v>816</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>32</v>
       </c>
       <c r="I6" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>261.8</v>
+        <v>272.16</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>874</v>
+        <v>276</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I7" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>300.23</v>
+        <v>286.49</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1334</v>
+        <v>196</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>16</v>
       </c>
       <c r="I8" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>266.91</v>
+        <v>279.13</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1717</v>
+        <v>1853</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>32</v>
       </c>
       <c r="I9" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>267.61</v>
+        <v>343.78</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1395</v>
+        <v>114</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I10" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>279.93</v>
+        <v>387.59</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>332</v>
+        <v>363</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>16</v>
       </c>
       <c r="I11" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>274.46</v>
+        <v>421.27</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1884</v>
+        <v>1920</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I12" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>104.4</v>
+        <v>590.12</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>228</v>
+        <v>165</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I13" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>338.03</v>
+        <v>438.14</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>862</v>
+        <v>1212</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>16</v>
       </c>
       <c r="I14" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>414.23</v>
+        <v>455.01</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>543</v>
+        <v>1344</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>16</v>
       </c>
       <c r="I15" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>447.4</v>
+        <v>471.85</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>590</v>
+        <v>1366</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>16</v>
       </c>
       <c r="I16" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>306.86</v>
+        <v>51.62</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>878</v>
+        <v>215</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>73.98</v>
+        <v>47.65</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>478</v>
+        <v>565</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>188.91</v>
+        <v>40.92</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>6747</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>281.7</v>
+        <v>956.81</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1283</v>
+        <v>15</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I20" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>618.91</v>
+        <v>147.87</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>210</v>
+        <v>6</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>376.07</v>
+        <v>106.17</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1005</v>
+        <v>246</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>580.26</v>
+        <v>548.42</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>661</v>
+        <v>20</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I23" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>463.96</v>
+        <v>632.81</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1924</v>
+        <v>23</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>50.76</v>
+        <v>613.87</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>220</v>
+        <v>8</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>40.24</v>
+        <v>305.33</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>57</v>
+        <v>2560</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I26" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>260.09</v>
+        <v>382.46</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>900</v>
+        <v>2234</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I27" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>430.82</v>
+        <v>583.97</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1996</v>
+        <v>20</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I28" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>52.06</v>
+        <v>264.51</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>576</v>
+        <v>419</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I29" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>145.4</v>
+        <v>192.12</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>104</v>
+        <v>6549</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I30" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>638.01</v>
+        <v>271.45</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>23</v>
+        <v>127</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>539.25</v>
+        <v>284.69</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>22</v>
+        <v>1521</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>940.82</v>
+        <v>629.43</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>15</v>
+        <v>727</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>622.23</v>
+        <v>75.24</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>38</v>
+        <v>440</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>755.08</v>
+        <v>536.41</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+      <c r="A36" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="C37" s="3">
+        <v>382.41</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" s="3">
+        <v>366</v>
+      </c>
+      <c r="G37" s="3">
+        <v>1</v>
+      </c>
+      <c r="H37" s="3">
+        <v>32</v>
+      </c>
+      <c r="I37" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="C37" s="3">
-[...22 lines deleted...]
-      <c r="A38" s="2" t="s">
+      <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B38" s="2"/>
-[...6 lines deleted...]
-      <c r="I38" s="2"/>
+      <c r="C38" s="3">
+        <v>512.45</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="3">
+        <v>794</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
+        <v>16</v>
+      </c>
+      <c r="I38" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>371.92</v>
+        <v>590.74</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1206</v>
+        <v>601</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>8</v>
       </c>
       <c r="I39" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>33.45</v>
+        <v>708.93</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>550</v>
+        <v>4</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>314.87</v>
+        <v>848.79</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1430</v>
+        <v>10</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="I41" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>249.64</v>
+        <v>375.45</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>3595</v>
+        <v>906</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>32</v>
       </c>
       <c r="I42" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
+      <c r="A43" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>16.82</v>
+        <v>153.12</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>11386</v>
+        <v>4140</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>240</v>
+        <v>32</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>150.56</v>
+        <v>320.22</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1441</v>
+        <v>1330</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>32</v>
       </c>
       <c r="I45" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>344.57</v>
+        <v>391.89</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>822</v>
+        <v>1804</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I46" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>369.77</v>
+        <v>346.88</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>2558</v>
+        <v>467</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I47" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>37.97</v>
+        <v>387.59</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>11849</v>
+        <v>61</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>240</v>
+        <v>16</v>
       </c>
       <c r="I48" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>35.69</v>
+        <v>394.29</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>4084</v>
+        <v>2351</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>240</v>
+        <v>16</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>19.35</v>
+        <v>15.4</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>6687</v>
+        <v>10809</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>240</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>387.7</v>
+        <v>38.62</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>2387</v>
+        <v>11694</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="I51" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>32.21</v>
+        <v>32.76</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>1439</v>
+        <v>1351</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>20.06</v>
+        <v>34.02</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>4313</v>
+        <v>508</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>50</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>331.45</v>
+        <v>36.3</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>961</v>
+        <v>4053</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>8</v>
+        <v>240</v>
       </c>
       <c r="I54" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>41.64</v>
+        <v>17.71</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>93</v>
+        <v>6168</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>240</v>
       </c>
       <c r="I55" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>385.34</v>
+        <v>36.5</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1866</v>
+        <v>5950</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I56" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>341.08</v>
+        <v>32.95</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>2084</v>
+        <v>3530</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>16</v>
+        <v>360</v>
       </c>
       <c r="I57" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>32.4</v>
+        <v>18.36</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>3656</v>
+        <v>4071</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>360</v>
+        <v>50</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>38.04</v>
+        <v>89.03</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>2157</v>
+        <v>3213</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>50</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>39.88</v>
+        <v>88.74</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>6027</v>
+        <v>2302</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
+        <v>40</v>
+      </c>
+      <c r="I60" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>92.56</v>
+        <v>94.13</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>244</v>
+        <v>159</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>40</v>
       </c>
       <c r="I61" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>414.23</v>
+        <v>138.99</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>1493</v>
+        <v>141</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I62" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>136.67</v>
+        <v>42.35</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>236</v>
+        <v>43</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I63" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>567.56</v>
+        <v>253.88</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>12</v>
+        <v>4714</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="I64" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>83.92</v>
+        <v>350.43</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>1562</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I65" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>587.98</v>
+        <v>378.24</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>13</v>
+        <v>503</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>657.01</v>
+        <v>605.42</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>90.56</v>
+        <v>835.9</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>310</v>
+        <v>9</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I68" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>98.87</v>
+        <v>701.56</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>393</v>
+        <v>5</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I69" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>672</v>
+        <v>597.98</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
+        <v>24</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>87.26</v>
+        <v>668.18</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>2847</v>
+        <v>9</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I71" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>79.99</v>
+        <v>683.42</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>597</v>
+        <v>3</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="I72" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>87.54</v>
+        <v>337.08</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>3561</v>
+        <v>1914</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I73" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>595.3</v>
+        <v>421.27</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>13</v>
+        <v>1484</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I74" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>821.93</v>
+        <v>34.82</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>9</v>
+        <v>2079</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B76" s="3" t="s">
+      <c r="C76" s="3">
+        <v>81.35</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F76" s="3">
+        <v>193</v>
+      </c>
+      <c r="G76" s="3">
+        <v>1</v>
+      </c>
+      <c r="H76" s="3">
+        <v>60</v>
+      </c>
+      <c r="I76" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="C76" s="3">
-[...22 lines deleted...]
-      <c r="A77" s="2" t="s">
+      <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B77" s="2"/>
-[...6 lines deleted...]
-      <c r="I77" s="2"/>
+      <c r="C77" s="3">
+        <v>100.55</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F77" s="3">
+        <v>330</v>
+      </c>
+      <c r="G77" s="3">
+        <v>1</v>
+      </c>
+      <c r="H77" s="3">
+        <v>50</v>
+      </c>
+      <c r="I77" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>43.96</v>
+        <v>376.06</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>2529</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I78" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>382.85</v>
+        <v>85.35</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>345</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>24.19</v>
+        <v>92.1</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>1414</v>
+        <v>365</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I80" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>316.3</v>
+        <v>577.21</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>2326</v>
+        <v>20</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I81" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A82" s="3" t="s">
+      <c r="A82" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>369.77</v>
+        <v>40.24</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>545</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I83" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>397.21</v>
+        <v>177.81</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>376</v>
+        <v>1635</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="I84" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>271.7</v>
+        <v>276.32</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>4828</v>
+        <v>6238</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>32</v>
       </c>
       <c r="I85" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>382.2</v>
+        <v>16.21</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>1502</v>
+        <v>3199</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>32</v>
+        <v>300</v>
       </c>
       <c r="I86" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>13.87</v>
+        <v>321.68</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>17762</v>
+        <v>2224</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>300</v>
+        <v>16</v>
       </c>
       <c r="I87" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>17.71</v>
+        <v>376.06</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>3257</v>
+        <v>522</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>300</v>
+        <v>8</v>
       </c>
       <c r="I88" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>174.84</v>
+        <v>64.8</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>1785</v>
+        <v>139</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I89" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>404.05</v>
+        <v>131.37</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>787</v>
+        <v>251</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I90" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>150.25</v>
+        <v>97.79</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>52</v>
+        <v>790</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>50</v>
       </c>
       <c r="I91" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="3">
-        <v>896.31</v>
+        <v>123.86</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>5</v>
+        <v>175</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>436.33</v>
+        <v>152.8</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>3</v>
+        <v>69</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>784.34</v>
+        <v>797.67</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
         <v>3</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>10</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="3">
-        <v>121.64</v>
+        <v>443.75</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>1069</v>
+        <v>3</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="I95" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>96.16</v>
+        <v>545.67</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>815</v>
+        <v>6</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I96" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>121.79</v>
+        <v>388.7</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>161</v>
+        <v>436</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I97" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>107.11</v>
+        <v>633.37</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>215</v>
+        <v>17</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I98" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>127.12</v>
+        <v>407.04</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>88</v>
+        <v>194</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I99" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="3">
-        <v>622.78</v>
+        <v>911.55</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="3">
-        <v>63.72</v>
+        <v>129.28</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>451</v>
+        <v>502</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I101" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="3">
-        <v>129.17</v>
+        <v>22.14</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>473</v>
+        <v>1190</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I102" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="3">
-        <v>529.21</v>
+        <v>410.92</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>35</v>
+        <v>768</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B104" s="3" t="s">
+      <c r="C104" s="3">
+        <v>403.96</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F104" s="3">
+        <v>353</v>
+      </c>
+      <c r="G104" s="3">
+        <v>1</v>
+      </c>
+      <c r="H104" s="3">
+        <v>8</v>
+      </c>
+      <c r="I104" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="C104" s="3">
-[...22 lines deleted...]
-      <c r="A105" s="2" t="s">
+      <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B105" s="2"/>
-[...6 lines deleted...]
-      <c r="I105" s="2"/>
+      <c r="C105" s="3">
+        <v>108.93</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F105" s="3">
+        <v>712</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>50</v>
+      </c>
+      <c r="I105" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>480.33</v>
+        <v>123.71</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>793</v>
+        <v>1049</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="I106" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>31.89</v>
+        <v>12.7</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>335</v>
+        <v>17478</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I107" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>504.34</v>
+        <v>389.36</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>557</v>
+        <v>337</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I108" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>475.29</v>
+        <v>511.3</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>666</v>
+        <v>19</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="I109" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="3" t="s">
+      <c r="A110" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B110" s="2"/>
+      <c r="C110" s="2"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
+      <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>603.92</v>
+        <v>30.81</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>29</v>
+        <v>321</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>10</v>
+        <v>400</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B112" s="3" t="s">
+      <c r="C112" s="3">
+        <v>555.26</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F112" s="3">
+        <v>141</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>16</v>
+      </c>
+      <c r="I112" s="3">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="C112" s="3">
-[...22 lines deleted...]
-      <c r="A113" s="2" t="s">
+      <c r="B113" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B113" s="2"/>
-[...6 lines deleted...]
-      <c r="I113" s="2"/>
+      <c r="C113" s="3">
+        <v>488.5</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F113" s="3">
+        <v>124</v>
+      </c>
+      <c r="G113" s="3">
+        <v>1</v>
+      </c>
+      <c r="H113" s="3">
+        <v>32</v>
+      </c>
+      <c r="I113" s="3">
+        <v>500</v>
+      </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C114" s="3">
-        <v>337.37</v>
+        <v>512.91</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>2570</v>
+        <v>552</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>16</v>
       </c>
       <c r="I114" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C115" s="3">
-        <v>54.07</v>
+        <v>483.37</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>21</v>
+        <v>607</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>210</v>
+        <v>32</v>
       </c>
       <c r="I115" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C116" s="3">
-        <v>260.57</v>
+        <v>583.48</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>5201</v>
+        <v>28</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="I116" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A117" s="3" t="s">
+      <c r="A117" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B117" s="2"/>
+      <c r="C117" s="2"/>
+      <c r="D117" s="2"/>
+      <c r="E117" s="2"/>
+      <c r="F117" s="2"/>
+      <c r="G117" s="2"/>
+      <c r="H117" s="2"/>
+      <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>234.77</v>
+        <v>51.62</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>5147</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="I118" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3">
-        <v>391.07</v>
+        <v>54.99</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>3063</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="I119" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="3">
-        <v>397.7</v>
+        <v>44.6</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>1234</v>
+        <v>699</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>16</v>
+        <v>400</v>
       </c>
       <c r="I120" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B121" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="3">
-        <v>533.52</v>
+        <v>265</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>842</v>
+        <v>3846</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="I121" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B122" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" s="3">
-        <v>50.76</v>
+        <v>404.46</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>0</v>
+        <v>1006</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I122" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="3">
-        <v>795.91</v>
+        <v>809.44</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
         <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>8</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A124" s="2" t="s">
+      <c r="A124" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B124" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B124" s="2"/>
-[...6 lines deleted...]
-      <c r="I124" s="2"/>
+      <c r="C124" s="3">
+        <v>343.11</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F124" s="3">
+        <v>1089</v>
+      </c>
+      <c r="G124" s="3">
+        <v>1</v>
+      </c>
+      <c r="H124" s="3">
+        <v>16</v>
+      </c>
+      <c r="I124" s="3">
+        <v>250</v>
+      </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="3">
-        <v>248.55</v>
+        <v>397.72</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>2251</v>
+        <v>3771</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I125" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C126" s="3">
-        <v>424.19</v>
+        <v>542.59</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I126" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C127" s="3">
-        <v>55.74</v>
+        <v>238.76</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>13</v>
+        <v>2716</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>210</v>
+        <v>32</v>
       </c>
       <c r="I127" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="3" t="s">
+      <c r="A128" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B128" s="2"/>
+      <c r="C128" s="2"/>
+      <c r="D128" s="2"/>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2"/>
+      <c r="H128" s="2"/>
+      <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>571.68</v>
+        <v>56.69</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>175</v>
+        <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>8</v>
+        <v>210</v>
       </c>
       <c r="I129" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="3">
-        <v>397.7</v>
+        <v>62.07</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>1715</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="I130" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="3">
-        <v>430.82</v>
+        <v>278.69</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>1587</v>
+        <v>2027</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I131" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="3">
-        <v>61.03</v>
+        <v>438.14</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>1</v>
+        <v>1506</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>210</v>
+        <v>16</v>
       </c>
       <c r="I132" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>54.28</v>
+        <v>776.61</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>368</v>
+        <v>7</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>210</v>
+        <v>6</v>
       </c>
       <c r="I133" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>958.87</v>
+        <v>975.17</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
         <v>7</v>
       </c>
       <c r="I134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="3">
-        <v>763.63</v>
+        <v>55.2</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>9</v>
+        <v>487</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>6</v>
+        <v>210</v>
       </c>
       <c r="I135" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="B136" s="3" t="s">
+      <c r="C136" s="3">
+        <v>252.78</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F136" s="3">
+        <v>2100</v>
+      </c>
+      <c r="G136" s="3">
+        <v>1</v>
+      </c>
+      <c r="H136" s="3">
+        <v>32</v>
+      </c>
+      <c r="I136" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A137" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="C136" s="3">
-[...22 lines deleted...]
-      <c r="A137" s="2" t="s">
+      <c r="B137" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B137" s="2"/>
-[...6 lines deleted...]
-      <c r="I137" s="2"/>
+      <c r="C137" s="3">
+        <v>431.4</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F137" s="3">
+        <v>1536</v>
+      </c>
+      <c r="G137" s="3">
+        <v>1</v>
+      </c>
+      <c r="H137" s="3">
+        <v>16</v>
+      </c>
+      <c r="I137" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="3">
-        <v>40.03</v>
+        <v>581.4</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>0</v>
+        <v>161</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>300</v>
+        <v>8</v>
       </c>
       <c r="I138" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C139" s="3">
-        <v>1031.69</v>
+        <v>823.77</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>90</v>
+        <v>49</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I139" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="3">
-        <v>33.75</v>
+        <v>404.46</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>218</v>
+        <v>1591</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>300</v>
+        <v>16</v>
       </c>
       <c r="I140" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A141" s="3" t="s">
+      <c r="A141" s="2" t="s">
         <v>281</v>
       </c>
-      <c r="B141" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B141" s="2"/>
+      <c r="C141" s="2"/>
+      <c r="D141" s="2"/>
+      <c r="E141" s="2"/>
+      <c r="F141" s="2"/>
+      <c r="G141" s="2"/>
+      <c r="H141" s="2"/>
+      <c r="I141" s="2"/>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="3">
-        <v>958.72</v>
+        <v>1450.16</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>8</v>
       </c>
       <c r="I142" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="3">
-        <v>946.3</v>
+        <v>930.48</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>8</v>
       </c>
       <c r="I143" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>1048.8</v>
+        <v>1368.41</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>8</v>
       </c>
       <c r="I144" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>49.73</v>
+        <v>1134.6</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>386</v>
+        <v>45</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>300</v>
+        <v>8</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="3">
-        <v>886.73</v>
+        <v>1303.07</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>8</v>
       </c>
       <c r="I146" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>1013.1</v>
+        <v>1006.32</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>151</v>
+        <v>11</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>8</v>
       </c>
       <c r="I147" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B148" s="3" t="s">
+      <c r="C148" s="3">
+        <v>1134.6</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F148" s="3">
+        <v>48</v>
+      </c>
+      <c r="G148" s="3">
+        <v>1</v>
+      </c>
+      <c r="H148" s="3">
+        <v>8</v>
+      </c>
+      <c r="I148" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A149" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="C148" s="3">
-[...22 lines deleted...]
-      <c r="A149" s="2" t="s">
+      <c r="B149" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="B149" s="2"/>
-[...6 lines deleted...]
-      <c r="I149" s="2"/>
+      <c r="C149" s="3">
+        <v>1604.26</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F149" s="3">
+        <v>21</v>
+      </c>
+      <c r="G149" s="3">
+        <v>1</v>
+      </c>
+      <c r="H149" s="3">
+        <v>8</v>
+      </c>
+      <c r="I149" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C150" s="3">
-        <v>834.6</v>
+        <v>1566.08</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C151" s="3">
-        <v>369.17</v>
+        <v>1142.7</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>940</v>
+        <v>15</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I151" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C152" s="3">
-        <v>376.02</v>
+        <v>1735</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>366</v>
+        <v>9</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I152" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C153" s="3">
-        <v>503.88</v>
+        <v>1520.46</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>810</v>
+        <v>11</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I153" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C154" s="3">
-        <v>580.87</v>
+        <v>1204.14</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>627</v>
+        <v>1</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>8</v>
       </c>
       <c r="I154" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C155" s="3">
-        <v>697.08</v>
+        <v>1209.19</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A156" s="3" t="s">
+      <c r="A156" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="B156" s="3" t="s">
+      <c r="B156" s="2"/>
+      <c r="C156" s="2"/>
+      <c r="D156" s="2"/>
+      <c r="E156" s="2"/>
+      <c r="F156" s="2"/>
+      <c r="G156" s="2"/>
+      <c r="H156" s="2"/>
+      <c r="I156" s="2"/>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A157" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="C156" s="3">
-[...22 lines deleted...]
-      <c r="A157" s="2" t="s">
+      <c r="B157" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B157" s="2"/>
-[...6 lines deleted...]
-      <c r="I157" s="2"/>
+      <c r="C157" s="3">
+        <v>370.64</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F157" s="3">
+        <v>580</v>
+      </c>
+      <c r="G157" s="3">
+        <v>1</v>
+      </c>
+      <c r="H157" s="3">
+        <v>16</v>
+      </c>
+      <c r="I157" s="3">
+        <v>500</v>
+      </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C158" s="3">
-        <v>404.94</v>
+        <v>814.26</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>588</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I158" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C159" s="3">
-        <v>764.69</v>
+        <v>953.31</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>25</v>
+        <v>67</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>8</v>
       </c>
       <c r="I159" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C160" s="3">
-        <v>937.37</v>
+        <v>682.63</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>68</v>
+        <v>105</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I160" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C161" s="3">
-        <v>800.65</v>
+        <v>799.92</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>8</v>
       </c>
       <c r="I161" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C162" s="3">
-        <v>873.94</v>
+        <v>929.15</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>3</v>
+        <v>118</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>8</v>
       </c>
       <c r="I162" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C163" s="3">
-        <v>671.22</v>
+        <v>814.26</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I163" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C164" s="3">
-        <v>913.62</v>
+        <v>777.69</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
         <v>8</v>
       </c>
       <c r="I164" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A165" s="3" t="s">
+      <c r="A165" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="B165" s="3" t="s">
+      <c r="B165" s="2"/>
+      <c r="C165" s="2"/>
+      <c r="D165" s="2"/>
+      <c r="E165" s="2"/>
+      <c r="F165" s="2"/>
+      <c r="G165" s="2"/>
+      <c r="H165" s="2"/>
+      <c r="I165" s="2"/>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A166" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="C165" s="3">
-[...17 lines deleted...]
-      <c r="I165" s="3">
+      <c r="B166" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="C166" s="3">
+        <v>561.83</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F166" s="3">
+        <v>0</v>
+      </c>
+      <c r="G166" s="3">
+        <v>1</v>
+      </c>
+      <c r="H166" s="3">
+        <v>32</v>
+      </c>
+      <c r="I166" s="3">
         <v>500</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C167" s="3">
-        <v>1123.6</v>
+        <v>1030.32</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>17</v>
+        <v>151</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>8</v>
       </c>
       <c r="I167" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C168" s="3">
-        <v>1530.36</v>
+        <v>901.8</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
         <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>8</v>
       </c>
       <c r="I168" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C169" s="3">
-        <v>1184.01</v>
+        <v>40.71</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>8</v>
+        <v>300</v>
       </c>
       <c r="I169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C170" s="3">
-        <v>1239.59</v>
+        <v>45.52</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>48</v>
+        <v>386</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>8</v>
+        <v>300</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C171" s="3">
-        <v>1577.44</v>
+        <v>1066.63</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
         <v>8</v>
       </c>
       <c r="I171" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C172" s="3">
-        <v>1188.98</v>
+        <v>32.61</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>8</v>
+        <v>300</v>
       </c>
       <c r="I172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C173" s="3">
-        <v>1539.9</v>
+        <v>975.02</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>8</v>
       </c>
       <c r="I173" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C174" s="3">
-        <v>1495.04</v>
+        <v>1049.23</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
         <v>8</v>
       </c>
       <c r="I174" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A175" s="3" t="s">
+      <c r="A175" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="B175" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B175" s="2"/>
+      <c r="C175" s="2"/>
+      <c r="D175" s="2"/>
+      <c r="E175" s="2"/>
+      <c r="F175" s="2"/>
+      <c r="G175" s="2"/>
+      <c r="H175" s="2"/>
+      <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B176" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B176" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" s="3">
-        <v>1591.42</v>
+        <v>816.94</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>0</v>
+        <v>105</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>8</v>
       </c>
       <c r="I176" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="B177" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="B177" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" s="3">
-        <v>1016.58</v>
+        <v>1003.26</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>31</v>
+        <v>167</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I177" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="B178" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="B178" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178" s="3">
-        <v>1239.59</v>
+        <v>963.56</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>48</v>
+        <v>3</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I178" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="B179" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="B179" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" s="3">
-        <v>1425.92</v>
+        <v>2032.57</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I179" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="B180" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="B180" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="3">
-        <v>1706</v>
+        <v>963.23</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>9</v>
+        <v>136</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I180" s="3">
-        <v>0</v>
-[...156 lines deleted...]
-      <c r="I186" s="3">
         <v>50</v>
-      </c>
-[...85 lines deleted...]
-        <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A38:I38"/>
-[...8 lines deleted...]
-    <mergeCell ref="A184:I184"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A82:I82"/>
+    <mergeCell ref="A110:I110"/>
+    <mergeCell ref="A117:I117"/>
+    <mergeCell ref="A128:I128"/>
+    <mergeCell ref="A141:I141"/>
+    <mergeCell ref="A156:I156"/>
+    <mergeCell ref="A165:I165"/>
+    <mergeCell ref="A175:I175"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
     <hyperlink ref="D30" r:id="rId27"/>
     <hyperlink ref="D31" r:id="rId28"/>
     <hyperlink ref="D32" r:id="rId29"/>
     <hyperlink ref="D33" r:id="rId30"/>
     <hyperlink ref="D34" r:id="rId31"/>
     <hyperlink ref="D35" r:id="rId32"/>
-    <hyperlink ref="D36" r:id="rId33"/>
-    <hyperlink ref="D37" r:id="rId34"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
-    <hyperlink ref="D43" r:id="rId39"/>
-[...32 lines deleted...]
-    <hyperlink ref="D76" r:id="rId72"/>
+    <hyperlink ref="D44" r:id="rId39"/>
+    <hyperlink ref="D45" r:id="rId40"/>
+    <hyperlink ref="D46" r:id="rId41"/>
+    <hyperlink ref="D47" r:id="rId42"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D50" r:id="rId45"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId52"/>
+    <hyperlink ref="D58" r:id="rId53"/>
+    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D60" r:id="rId55"/>
+    <hyperlink ref="D61" r:id="rId56"/>
+    <hyperlink ref="D62" r:id="rId57"/>
+    <hyperlink ref="D63" r:id="rId58"/>
+    <hyperlink ref="D64" r:id="rId59"/>
+    <hyperlink ref="D65" r:id="rId60"/>
+    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D67" r:id="rId62"/>
+    <hyperlink ref="D68" r:id="rId63"/>
+    <hyperlink ref="D69" r:id="rId64"/>
+    <hyperlink ref="D70" r:id="rId65"/>
+    <hyperlink ref="D71" r:id="rId66"/>
+    <hyperlink ref="D72" r:id="rId67"/>
+    <hyperlink ref="D73" r:id="rId68"/>
+    <hyperlink ref="D74" r:id="rId69"/>
+    <hyperlink ref="D75" r:id="rId70"/>
+    <hyperlink ref="D76" r:id="rId71"/>
+    <hyperlink ref="D77" r:id="rId72"/>
     <hyperlink ref="D78" r:id="rId73"/>
     <hyperlink ref="D79" r:id="rId74"/>
     <hyperlink ref="D80" r:id="rId75"/>
     <hyperlink ref="D81" r:id="rId76"/>
-    <hyperlink ref="D82" r:id="rId77"/>
-[...21 lines deleted...]
-    <hyperlink ref="D104" r:id="rId99"/>
+    <hyperlink ref="D83" r:id="rId77"/>
+    <hyperlink ref="D84" r:id="rId78"/>
+    <hyperlink ref="D85" r:id="rId79"/>
+    <hyperlink ref="D86" r:id="rId80"/>
+    <hyperlink ref="D87" r:id="rId81"/>
+    <hyperlink ref="D88" r:id="rId82"/>
+    <hyperlink ref="D89" r:id="rId83"/>
+    <hyperlink ref="D90" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId85"/>
+    <hyperlink ref="D92" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
+    <hyperlink ref="D97" r:id="rId91"/>
+    <hyperlink ref="D98" r:id="rId92"/>
+    <hyperlink ref="D99" r:id="rId93"/>
+    <hyperlink ref="D100" r:id="rId94"/>
+    <hyperlink ref="D101" r:id="rId95"/>
+    <hyperlink ref="D102" r:id="rId96"/>
+    <hyperlink ref="D103" r:id="rId97"/>
+    <hyperlink ref="D104" r:id="rId98"/>
+    <hyperlink ref="D105" r:id="rId99"/>
     <hyperlink ref="D106" r:id="rId100"/>
     <hyperlink ref="D107" r:id="rId101"/>
     <hyperlink ref="D108" r:id="rId102"/>
     <hyperlink ref="D109" r:id="rId103"/>
-    <hyperlink ref="D110" r:id="rId104"/>
-[...1 lines deleted...]
-    <hyperlink ref="D112" r:id="rId106"/>
+    <hyperlink ref="D111" r:id="rId104"/>
+    <hyperlink ref="D112" r:id="rId105"/>
+    <hyperlink ref="D113" r:id="rId106"/>
     <hyperlink ref="D114" r:id="rId107"/>
     <hyperlink ref="D115" r:id="rId108"/>
     <hyperlink ref="D116" r:id="rId109"/>
-    <hyperlink ref="D117" r:id="rId110"/>
-[...5 lines deleted...]
-    <hyperlink ref="D123" r:id="rId116"/>
+    <hyperlink ref="D118" r:id="rId110"/>
+    <hyperlink ref="D119" r:id="rId111"/>
+    <hyperlink ref="D120" r:id="rId112"/>
+    <hyperlink ref="D121" r:id="rId113"/>
+    <hyperlink ref="D122" r:id="rId114"/>
+    <hyperlink ref="D123" r:id="rId115"/>
+    <hyperlink ref="D124" r:id="rId116"/>
     <hyperlink ref="D125" r:id="rId117"/>
     <hyperlink ref="D126" r:id="rId118"/>
     <hyperlink ref="D127" r:id="rId119"/>
-    <hyperlink ref="D128" r:id="rId120"/>
-[...7 lines deleted...]
-    <hyperlink ref="D136" r:id="rId128"/>
+    <hyperlink ref="D129" r:id="rId120"/>
+    <hyperlink ref="D130" r:id="rId121"/>
+    <hyperlink ref="D131" r:id="rId122"/>
+    <hyperlink ref="D132" r:id="rId123"/>
+    <hyperlink ref="D133" r:id="rId124"/>
+    <hyperlink ref="D134" r:id="rId125"/>
+    <hyperlink ref="D135" r:id="rId126"/>
+    <hyperlink ref="D136" r:id="rId127"/>
+    <hyperlink ref="D137" r:id="rId128"/>
     <hyperlink ref="D138" r:id="rId129"/>
     <hyperlink ref="D139" r:id="rId130"/>
     <hyperlink ref="D140" r:id="rId131"/>
-    <hyperlink ref="D141" r:id="rId132"/>
-[...6 lines deleted...]
-    <hyperlink ref="D148" r:id="rId139"/>
+    <hyperlink ref="D142" r:id="rId132"/>
+    <hyperlink ref="D143" r:id="rId133"/>
+    <hyperlink ref="D144" r:id="rId134"/>
+    <hyperlink ref="D145" r:id="rId135"/>
+    <hyperlink ref="D146" r:id="rId136"/>
+    <hyperlink ref="D147" r:id="rId137"/>
+    <hyperlink ref="D148" r:id="rId138"/>
+    <hyperlink ref="D149" r:id="rId139"/>
     <hyperlink ref="D150" r:id="rId140"/>
     <hyperlink ref="D151" r:id="rId141"/>
     <hyperlink ref="D152" r:id="rId142"/>
     <hyperlink ref="D153" r:id="rId143"/>
     <hyperlink ref="D154" r:id="rId144"/>
     <hyperlink ref="D155" r:id="rId145"/>
-    <hyperlink ref="D156" r:id="rId146"/>
+    <hyperlink ref="D157" r:id="rId146"/>
     <hyperlink ref="D158" r:id="rId147"/>
     <hyperlink ref="D159" r:id="rId148"/>
     <hyperlink ref="D160" r:id="rId149"/>
     <hyperlink ref="D161" r:id="rId150"/>
     <hyperlink ref="D162" r:id="rId151"/>
     <hyperlink ref="D163" r:id="rId152"/>
     <hyperlink ref="D164" r:id="rId153"/>
-    <hyperlink ref="D165" r:id="rId154"/>
+    <hyperlink ref="D166" r:id="rId154"/>
     <hyperlink ref="D167" r:id="rId155"/>
     <hyperlink ref="D168" r:id="rId156"/>
     <hyperlink ref="D169" r:id="rId157"/>
     <hyperlink ref="D170" r:id="rId158"/>
     <hyperlink ref="D171" r:id="rId159"/>
     <hyperlink ref="D172" r:id="rId160"/>
     <hyperlink ref="D173" r:id="rId161"/>
     <hyperlink ref="D174" r:id="rId162"/>
-    <hyperlink ref="D175" r:id="rId163"/>
-[...12 lines deleted...]
-    <hyperlink ref="D189" r:id="rId176"/>
+    <hyperlink ref="D176" r:id="rId163"/>
+    <hyperlink ref="D177" r:id="rId164"/>
+    <hyperlink ref="D178" r:id="rId165"/>
+    <hyperlink ref="D179" r:id="rId166"/>
+    <hyperlink ref="D180" r:id="rId167"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>