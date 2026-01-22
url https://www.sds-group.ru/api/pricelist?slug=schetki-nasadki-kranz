--- v0 (2025-10-20)
+++ v1 (2026-01-22)
@@ -42,294 +42,294 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Щетки-насадки Kranz</t>
   </si>
   <si>
+    <t>KR-91-1209</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-1235</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1242</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 125мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1211</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 65мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1200</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 100мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1203</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1210</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1231</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1233</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, нейлоновая проволока с абразивным покрытием, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1241</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 100мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1201</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1238</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 125мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1243</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с деревянной ручкой 6 ряд. 280 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1257</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с деревянной ручкой, 4 ряда, 280мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1239</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 150мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1247</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 200мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1232</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 150мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1206</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 115мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1207</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1212</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 75мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1248</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1249</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1253</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1254</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 65мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1258</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с деревянной ручкой, 5 рядов, 280мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1256</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с пластиковой ручкой, 5 рядов, 260мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1202</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 115мм, М14 KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1236</t>
   </si>
   <si>
     <t>Щетка по металлу с пластиковой ручкой 4 ряд. 260 мм Kranz</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Щетка чашечная для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
+    <t>KR-91-1245</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1250</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 65мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1234</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1244</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1246</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 100мм KRANZ</t>
   </si>
   <si>
     <t>KR-91-1237</t>
   </si>
   <si>
     <t>Щетка по металлу с пластиковой ручкой 6 ряд. 260 мм Kranz</t>
   </si>
   <si>
-    <t>KR-91-1245</t>
-[...80 lines deleted...]
-    <t>Щетка дисковая для УШМ, крученая стальная проволока, 100мм, отв. 22,23мм KRANZ</t>
+    <t>KR-91-1255</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1240</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 175мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1251</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 75мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1252</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 150мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1205</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
   </si>
   <si>
     <t>KR-91-1354</t>
   </si>
   <si>
     <t>Щетка металлическая с пластиковой ручкой, витая латунированная проволока KRANZ</t>
-  </si>
-[...112 lines deleted...]
-    <t>Щетка дисковая для дрели, витая латунированная проволока, 75мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -714,51 +714,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-4-ryad-260-mm-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-6-ryad-280-mm-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-115mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-6-ryad-260-mm-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-75mm-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-65mm-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-4-ryada-280mm-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-65mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-5-ryadov-280mm-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-100mm-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-neylonovaya-provoloka-s-abrazivnym-pokrytiem-100mm-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-50mm-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-65mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-metallicheskaya-s-plastikovoy-ruchkoy-vitaya-latunirovannaya-provoloka-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-5-ryadov-260mm-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-150mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-75mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-75mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-100mm-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-175mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-200mm-otv-22-23mm-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-115mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-neylonovaya-provoloka-s-abrazivnym-pokrytiem-100mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-6-ryad-280-mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-4-ryada-280mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-200mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-65mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-5-ryadov-280mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-5-ryadov-260mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-4-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-6-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-175mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-m14-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-metallicheskaya-s-plastikovoy-ruchkoy-vitaya-latunirovannaya-provoloka-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I42"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -782,1197 +782,1197 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>182.69</v>
+        <v>477.21</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1684</v>
+        <v>1206</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>905.42</v>
+        <v>920.81</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>738</v>
+        <v>719</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>72</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>150</v>
+        <v>484.64</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1883</v>
+        <v>1291</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>373.3</v>
+        <v>255.21</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>864</v>
+        <v>838</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>469.23</v>
+        <v>297.73</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1260</v>
+        <v>898</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>269.23</v>
+        <v>516.89</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1373</v>
+        <v>579</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>211.42</v>
+        <v>600.68</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>884</v>
+        <v>1149</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>590.64</v>
+        <v>257.14</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1238</v>
+        <v>978</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>36</v>
+        <v>120</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>211.15</v>
+        <v>556.74</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>737</v>
+        <v>2083</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>157.4</v>
+        <v>270.96</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>1380</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>115.38</v>
+        <v>345.4</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1553</v>
+        <v>1380</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>256.36</v>
+        <v>540.91</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>407</v>
+        <v>1682</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>125</v>
+        <v>152.55</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1242</v>
+        <v>1709</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>120</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>252.84</v>
+        <v>117.34</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1439</v>
+        <v>1271</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>120</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>547.43</v>
+        <v>562.21</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>2628</v>
+        <v>240</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>402.19</v>
+        <v>1138.59</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1537</v>
+        <v>519</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>266.43</v>
+        <v>531.72</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1766</v>
+        <v>1</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>170.52</v>
+        <v>317.34</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>124</v>
+        <v>508</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>250.94</v>
+        <v>476.01</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>971</v>
+        <v>488</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>292.75</v>
+        <v>295.19</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1303</v>
+        <v>48</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>115.38</v>
+        <v>136.77</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>120</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>188.46</v>
+        <v>186.64</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>602</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>761.9</v>
+        <v>160.08</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>381.25</v>
+        <v>214.74</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>884</v>
+        <v>575</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>552.81</v>
+        <v>127.13</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>289</v>
+        <v>948</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>522.83</v>
+        <v>191.66</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>461</v>
+        <v>27</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>245.98</v>
+        <v>379.65</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>532</v>
+        <v>645</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>290.26</v>
+        <v>185.8</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>95</v>
+        <v>1123</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>153.96</v>
+        <v>215.01</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>123</v>
+        <v>355</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>339.63</v>
+        <v>260.72</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>1664</v>
+        <v>327</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>531.87</v>
+        <v>409.03</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1851</v>
+        <v>1420</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>476.54</v>
+        <v>173.42</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>1551</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>508.25</v>
+        <v>249.45</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>774</v>
+        <v>261</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>245.28</v>
+        <v>273.81</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1096</v>
+        <v>883</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>120</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>714.44</v>
+        <v>156.58</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>1119.56</v>
+        <v>726.59</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>550</v>
+        <v>260</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>20</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>312.04</v>
+        <v>250.16</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>564</v>
+        <v>536</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>468.05</v>
+        <v>774.85</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>562</v>
+        <v>319</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>134.48</v>
+        <v>387.73</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>216</v>
+        <v>799</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>183.52</v>
+        <v>117.34</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>