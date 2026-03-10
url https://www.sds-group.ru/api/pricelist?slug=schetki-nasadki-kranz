--- v1 (2026-01-22)
+++ v2 (2026-03-10)
@@ -42,288 +42,288 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Щетки-насадки Kranz</t>
   </si>
   <si>
+    <t>KR-91-1201</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-1202</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 115мм, М14 KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1209</t>
   </si>
   <si>
     <t>Щетка чашечная для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-91-1235</t>
   </si>
   <si>
     <t>Щетка чашечная для УШМ, крученая стальная проволока, 125мм, М14 KRANZ</t>
   </si>
   <si>
+    <t>KR-91-1236</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с пластиковой ручкой 4 ряд. 260 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1237</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с пластиковой ручкой 6 ряд. 260 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1238</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 125мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1242</t>
   </si>
   <si>
     <t>Щетка дисковая для УШМ, витая латунированная проволока, 125мм, отв. 22,23мм KRANZ</t>
   </si>
   <si>
+    <t>KR-91-1243</t>
+  </si>
+  <si>
+    <t>Щетка по металлу с деревянной ручкой 6 ряд. 280 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-91-1245</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1200</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 100мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1203</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, крученая стальная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1210</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1231</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1233</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, нейлоновая проволока с абразивным покрытием, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1234</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1241</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 100мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1244</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1246</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая стальная проволока, 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1239</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 150мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1240</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 175мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1247</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, крученая стальная проволока, 200мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1232</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для УШМ, витая латунированная проволока, 150мм, отв. 22,23мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1205</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1206</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 115мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1207</t>
+  </si>
+  <si>
+    <t>Щетка коническая для УШМ, витая латунированная проволока, 125мм, М14 KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-1211</t>
   </si>
   <si>
     <t>Щетка чашечная для УШМ, витая латунированная проволока, 65мм, М14 KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1200</t>
-[...50 lines deleted...]
-    <t>Щетка по металлу с деревянной ручкой 6 ряд. 280 мм Kranz</t>
+    <t>KR-91-1212</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, витая латунированная проволока, 75мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1250</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 65мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1251</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 75мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1252</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для УШМ, крученая стальная проволока, 150мм, М14 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1248</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1249</t>
+  </si>
+  <si>
+    <t>Щетка дисковая для дрели, витая латунированная проволока, 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1253</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1254</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 65мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-1255</t>
+  </si>
+  <si>
+    <t>Щетка чашечная для дрели, витая латунированная проволока, 75мм KRANZ</t>
   </si>
   <si>
     <t>KR-91-1257</t>
   </si>
   <si>
     <t>Щетка по металлу с деревянной ручкой, 4 ряда, 280мм KRANZ</t>
   </si>
   <si>
-    <t>KR-91-1239</t>
-[...58 lines deleted...]
-  <si>
     <t>KR-91-1258</t>
   </si>
   <si>
     <t>Щетка по металлу с деревянной ручкой, 5 рядов, 280мм KRANZ</t>
   </si>
   <si>
     <t>KR-91-1256</t>
   </si>
   <si>
     <t>Щетка по металлу с пластиковой ручкой, 5 рядов, 260мм KRANZ</t>
-  </si>
-[...76 lines deleted...]
-    <t>Щетка коническая для УШМ, витая латунированная проволока, 100мм, М14 KRANZ</t>
   </si>
   <si>
     <t>KR-91-1354</t>
   </si>
   <si>
     <t>Щетка металлическая с пластиковой ручкой, витая латунированная проволока KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -714,51 +714,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-neylonovaya-provoloka-s-abrazivnym-pokrytiem-100mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-6-ryad-280-mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-4-ryada-280mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-200mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-65mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-derevyannoy-ruchkoy-5-ryadov-280mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-5-ryadov-260mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-4-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-po-metallu-s-plastikovoy-ruchkoy-6-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-175mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-m14-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-metallicheskaya-s-plastikovoy-ruchkoy-vitaya-latunirovannaya-provoloka-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-plastikovoy-ruchkoy-4-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-plastikovoy-ruchkoy-6-ryad-260-mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-derevyannoy-ruchkoy-6-ryad-280-mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-kruchenaya-stalnaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-neylonovaya-provoloka-s-abrazivnym-pokrytiem-100mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-stalnaya-provoloka-100mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-175mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-kruchenaya-stalnaya-provoloka-200mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-ushm-vitaya-latunirovannaya-provoloka-150mm-otv-22-23mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-100mm-m14-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-115mm-m14-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-konicheskaya-dlya-ushm-vitaya-latunirovannaya-provoloka-125mm-m14-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-vitaya-latunirovannaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-65mm-m14-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-75mm-m14-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-ushm-kruchenaya-stalnaya-provoloka-150mm-m14-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-diskovaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-50mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-65mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-chashechnaya-dlya-dreli-vitaya-latunirovannaya-provoloka-75mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-derevyannoy-ruchkoy-4-ryada-280mm-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-derevyannoy-ruchkoy-5-ryadov-280mm-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-po-metallu-s-plastikovoy-ruchkoy-5-ryadov-260mm-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchetka-metallicheskaya-s-plastikovoy-ruchkoy-vitaya-latunirovannaya-provoloka-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I42"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -782,1182 +782,1182 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>477.21</v>
+        <v>328.13</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1206</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>920.81</v>
+        <v>360.67</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>719</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>484.64</v>
+        <v>429.49</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1291</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>60</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>255.21</v>
+        <v>828.73</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>838</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>297.73</v>
+        <v>176.51</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>898</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>516.89</v>
+        <v>260.12</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>579</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>600.68</v>
+        <v>486.82</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1149</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>257.14</v>
+        <v>436.18</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>978</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>556.74</v>
+        <v>144.92</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2083</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>270.96</v>
+        <v>204.26</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1380</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>345.4</v>
+        <v>208.41</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1380</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>540.91</v>
+        <v>485.88</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1682</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>60</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>152.55</v>
+        <v>564.64</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1709</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>117.34</v>
+        <v>249.43</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1271</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>120</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>562.21</v>
+        <v>523.34</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1138.59</v>
+        <v>286.32</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>519</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>531.72</v>
+        <v>262.83</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>317.34</v>
+        <v>168.22</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>508</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>476.01</v>
+        <v>241.97</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>488</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>295.19</v>
+        <v>393.55</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>136.77</v>
+        <v>508.61</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>186.64</v>
+        <v>1024.73</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>160.08</v>
+        <v>478.55</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>214.74</v>
+        <v>368.34</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>575</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>127.13</v>
+        <v>222.14</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>948</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>191.66</v>
+        <v>428.41</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>379.65</v>
+        <v>242.45</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>645</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>185.8</v>
+        <v>280.43</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1123</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>215.01</v>
+        <v>182.5</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>355</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>260.72</v>
+        <v>175.11</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>327</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>409.03</v>
+        <v>542.4</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1420</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>173.42</v>
+        <v>129.93</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>120</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>249.45</v>
+        <v>177.31</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>261</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>273.81</v>
+        <v>152.08</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>883</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>156.58</v>
+        <v>204</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
         <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>726.59</v>
+        <v>109.61</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>250.16</v>
+        <v>111.47</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>536</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>774.85</v>
+        <v>120.77</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>387.73</v>
+        <v>182.08</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>799</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>117.34</v>
+        <v>111.47</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>120</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>