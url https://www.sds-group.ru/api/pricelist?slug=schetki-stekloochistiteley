--- v0 (2025-10-24)
+++ v1 (2025-12-11)
@@ -45,222 +45,222 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Щетки стеклоочистителей</t>
   </si>
   <si>
     <t>1.1 Щетки стеклоочистителя каркасные Rexant Classic</t>
   </si>
   <si>
+    <t>80-0901</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 350мм REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>80-0903</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 450мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0904</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 500мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0905</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 530мм REXANT</t>
+  </si>
+  <si>
     <t>80-0906</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 550мм REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Щетка стеклоочистителя каркасная Classic, 530мм REXANT</t>
+    <t>80-0902</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 400мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0907</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 600мм REXANT</t>
   </si>
   <si>
     <t>80-0908</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 650мм REXANT</t>
   </si>
   <si>
-    <t>80-0901</t>
-[...16 lines deleted...]
-  <si>
     <t>80-0900</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 330мм REXANT</t>
   </si>
   <si>
-    <t>80-0903</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Щетки стеклоочистителя бескаркасные Rexant Optimal</t>
   </si>
   <si>
+    <t>80-0914</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 500мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0917</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 600мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0918</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 650мм REXANT</t>
+  </si>
+  <si>
     <t>80-0910</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Optimal, 330мм REXANT</t>
   </si>
   <si>
+    <t>80-0911</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 350мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0913</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 450мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0915</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 530мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0912</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 400мм REXANT</t>
+  </si>
+  <si>
     <t>80-0916</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Optimal, 550мм REXANT</t>
   </si>
   <si>
-    <t>80-0912</t>
-[...40 lines deleted...]
-  <si>
     <t>1.3 Щетки стеклоочистителя бескаркасные Rexant Multi Clamp</t>
   </si>
   <si>
+    <t>80-0928</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 650мм REXANT</t>
+  </si>
+  <si>
     <t>80-0922</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 400мм REXANT</t>
   </si>
   <si>
-    <t>80-0928</t>
-[...4 lines deleted...]
-  <si>
     <t>80-0924</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 500мм REXANT</t>
   </si>
   <si>
+    <t>80-0927</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 600мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0920</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 330мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0923</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 450мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0926</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 550мм REXANT</t>
+  </si>
+  <si>
     <t>80-0921</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 350мм REXANT</t>
   </si>
   <si>
-    <t>80-0923</t>
-[...16 lines deleted...]
-  <si>
     <t>80-0925</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 530мм REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 330мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -645,51 +645,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-550mm-rexant-31135" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-500mm-rexant-31133" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-530mm-rexant-31134" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-650mm-rexant-31111" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-350mm-rexant-31130" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-400mm-rexant-31131" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-600mm-rexant-31110" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-330mm-rexant-31146" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-450mm-rexant-31132" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-330mm-rexant-31112" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-550mm-rexant-31118" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-400mm-rexant-31114" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-650mm-rexant-31120" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-350mm-rexant-31113" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-450mm-rexant-31115" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-530mm-rexant-31117" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-500mm-rexant-31116" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-600mm-rexant-31119" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-400mm-rexant-31123" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-650mm-rexant-31129" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-500mm-rexant-31125" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-350mm-rexant-31122" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-450mm-rexant-31124" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-550mm-rexant-31127" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-600mm-rexant-31128" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-530mm-rexant-31126" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-330mm-rexant-31121" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-350mm-rexant-31130" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-450mm-rexant-31132" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-500mm-rexant-31133" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-530mm-rexant-31134" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-550mm-rexant-31135" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-400mm-rexant-31131" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-600mm-rexant-31110" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-650mm-rexant-31111" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-330mm-rexant-31146" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-500mm-rexant-31116" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-600mm-rexant-31119" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-650mm-rexant-31120" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-330mm-rexant-31112" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-350mm-rexant-31113" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-450mm-rexant-31115" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-530mm-rexant-31117" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-400mm-rexant-31114" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-550mm-rexant-31118" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-650mm-rexant-31129" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-400mm-rexant-31123" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-500mm-rexant-31125" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-600mm-rexant-31128" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-330mm-rexant-31121" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-450mm-rexant-31124" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-550mm-rexant-31127" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-350mm-rexant-31122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-530mm-rexant-31126" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -726,840 +726,840 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>245</v>
+        <v>195</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>260</v>
+        <v>814</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>230</v>
+        <v>218.5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1497</v>
+        <v>897</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>245</v>
+        <v>230</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>474</v>
+        <v>556</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>279</v>
+        <v>245</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>462</v>
+        <v>217</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>195</v>
+        <v>245</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>2092</v>
+        <v>111</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
         <v>195</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1810</v>
+        <v>736</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
         <v>250</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1306</v>
+        <v>780</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>195</v>
+        <v>279</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>503</v>
+        <v>442</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>218.5</v>
+        <v>195</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1134</v>
+        <v>315</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>213</v>
+        <v>237</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>423</v>
+        <v>743</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1287</v>
+        <v>2686</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>213</v>
+        <v>280</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>3293</v>
+        <v>1053</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>280</v>
+        <v>213</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1152</v>
+        <v>1</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
         <v>213</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1015</v>
+        <v>342</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
         <v>237</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2586</v>
+        <v>2222</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
         <v>237</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>467</v>
+        <v>191</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>237</v>
+        <v>213</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>2682</v>
+        <v>1955</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>3454</v>
+        <v>646</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>400</v>
+        <v>485</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1155</v>
+        <v>789</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>485</v>
+        <v>400</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>887</v>
+        <v>1086</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
         <v>450</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1162</v>
+        <v>1089</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>400</v>
+        <v>462</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>632</v>
+        <v>894</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>450</v>
+        <v>400</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1065</v>
+        <v>589</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>395</v>
+        <v>969</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>462</v>
+        <v>455</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1278</v>
+        <v>358</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>455</v>
+        <v>400</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>428</v>
+        <v>499</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>400</v>
+        <v>455</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>702</v>
+        <v>373</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A23:I23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>