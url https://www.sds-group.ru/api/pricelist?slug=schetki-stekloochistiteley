--- v1 (2025-12-11)
+++ v2 (2026-02-05)
@@ -45,222 +45,222 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Щетки стеклоочистителей</t>
   </si>
   <si>
     <t>1.1 Щетки стеклоочистителя каркасные Rexant Classic</t>
   </si>
   <si>
+    <t>80-0902</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 400мм REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>80-0903</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 450мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0904</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 500мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0906</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 550мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0900</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 330мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0905</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя каркасная Classic, 530мм REXANT</t>
+  </si>
+  <si>
     <t>80-0901</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 350мм REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...34 lines deleted...]
-  <si>
     <t>80-0907</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 600мм REXANT</t>
   </si>
   <si>
     <t>80-0908</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя каркасная Classic, 650мм REXANT</t>
   </si>
   <si>
-    <t>80-0900</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Щетки стеклоочистителя бескаркасные Rexant Optimal</t>
   </si>
   <si>
+    <t>80-0910</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 330мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0911</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 350мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0912</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 400мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0913</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 450мм REXANT</t>
+  </si>
+  <si>
     <t>80-0914</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Optimal, 500мм REXANT</t>
   </si>
   <si>
+    <t>80-0915</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 530мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0916</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Optimal, 550мм REXANT</t>
+  </si>
+  <si>
     <t>80-0917</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Optimal, 600мм REXANT</t>
   </si>
   <si>
     <t>80-0918</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Optimal, 650мм REXANT</t>
   </si>
   <si>
-    <t>80-0910</t>
-[...34 lines deleted...]
-  <si>
     <t>1.3 Щетки стеклоочистителя бескаркасные Rexant Multi Clamp</t>
   </si>
   <si>
+    <t>80-0920</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 330мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0922</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 400мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0925</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 530мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0926</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 550мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0927</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 600мм REXANT</t>
+  </si>
+  <si>
     <t>80-0928</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 650мм REXANT</t>
   </si>
   <si>
-    <t>80-0922</t>
-[...2 lines deleted...]
-    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 400мм REXANT</t>
+    <t>80-0921</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 350мм REXANT</t>
+  </si>
+  <si>
+    <t>80-0923</t>
+  </si>
+  <si>
+    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 450мм REXANT</t>
   </si>
   <si>
     <t>80-0924</t>
   </si>
   <si>
     <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 500мм REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Щетка стеклоочистителя бескаркасная Multi Clamp, 530мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -645,51 +645,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-350mm-rexant-31130" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-450mm-rexant-31132" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-500mm-rexant-31133" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-530mm-rexant-31134" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-550mm-rexant-31135" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-400mm-rexant-31131" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-600mm-rexant-31110" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-650mm-rexant-31111" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-330mm-rexant-31146" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-500mm-rexant-31116" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-600mm-rexant-31119" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-650mm-rexant-31120" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-330mm-rexant-31112" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-350mm-rexant-31113" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-450mm-rexant-31115" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-530mm-rexant-31117" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-400mm-rexant-31114" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-550mm-rexant-31118" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-650mm-rexant-31129" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-400mm-rexant-31123" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-500mm-rexant-31125" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-600mm-rexant-31128" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-330mm-rexant-31121" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-450mm-rexant-31124" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-550mm-rexant-31127" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-350mm-rexant-31122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-530mm-rexant-31126" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-400mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-450mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-500mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-550mm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-330mm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-530mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-350mm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-600mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-karkasnaya-classic-650mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-330mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-350mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-400mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-450mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-500mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-530mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-550mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-600mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-optimal-650mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-330mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-400mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-530mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-550mm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-600mm-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-650mm-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-350mm-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-450mm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schetka-stekloochistitelya-beskarkasnaya-multi-clamp-500mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -726,840 +726,840 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>195</v>
+        <v>198.32</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>814</v>
+        <v>1998</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>218.5</v>
+        <v>222.21</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>897</v>
+        <v>1500</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>230</v>
+        <v>233.91</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>556</v>
+        <v>3499</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>245</v>
+        <v>249.17</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>217</v>
+        <v>2299</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>245</v>
+        <v>198.32</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>111</v>
+        <v>728</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>195</v>
+        <v>249.17</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>736</v>
+        <v>2000</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>250</v>
+        <v>198.32</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>780</v>
+        <v>1156</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>279</v>
+        <v>254.25</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>442</v>
+        <v>1698</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>195</v>
+        <v>283.74</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>315</v>
+        <v>1416</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>237</v>
+        <v>216.62</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>743</v>
+        <v>800</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>256</v>
+        <v>216.62</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2686</v>
+        <v>1000</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>280</v>
+        <v>216.62</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1053</v>
+        <v>996</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>213</v>
+        <v>241.03</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1</v>
+        <v>1220</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>213</v>
+        <v>241.03</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>342</v>
+        <v>3598</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>237</v>
+        <v>241.03</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2222</v>
+        <v>1700</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>237</v>
+        <v>251.2</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>191</v>
+        <v>2197</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>213</v>
+        <v>260.35</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1955</v>
+        <v>2351</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>247</v>
+        <v>284.76</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>646</v>
+        <v>1365</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>485</v>
+        <v>406.8</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>789</v>
+        <v>143</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>400</v>
+        <v>406.8</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1086</v>
+        <v>269</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>450</v>
+        <v>462.74</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1089</v>
+        <v>377</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>462</v>
+        <v>462.74</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>894</v>
+        <v>877</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>400</v>
+        <v>469.85</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>589</v>
+        <v>473</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>450</v>
+        <v>493.25</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>969</v>
+        <v>473</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>455</v>
+        <v>406.8</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>358</v>
+        <v>65</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>400</v>
+        <v>457.65</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>499</v>
+        <v>94</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>455</v>
+        <v>457.65</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>373</v>
+        <v>221</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A23:I23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>