--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -57,198 +57,198 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сеть ПВХ</t>
   </si>
   <si>
     <t>1.1 Сеть ПВХ 2х0,7 м</t>
   </si>
   <si>
     <t>215-012</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>215-011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
     <t>215-013</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
-    <t>215-011</t>
-[...5 lines deleted...]
-    <t>1.2 Сеть ПВХ 2х1,5 м</t>
+    <t>1.2 Сеть ПВХ 2,5х2,5 м</t>
+  </si>
+  <si>
+    <t>215-031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.3 Сеть ПВХ 2х1,5 м</t>
+  </si>
+  <si>
+    <t>215-041</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 2х1,5м, свечение с динамикой, прозрачный ПВХ, 288 LED, 230 В, цвет: Жёлтый</t>
+  </si>
+  <si>
+    <t>215-021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED МУЛЬТИ черный ПВХ IP65 постоянное свечение 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED СИНИЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>215-045</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>215-046</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>215-026</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой блок в комплекте NEON-NIGHT </t>
   </si>
   <si>
-    <t>215-029</t>
-[...35 lines deleted...]
-    <t>1.3 Сеть ПВХ 1х1,5 м</t>
+    <t>1.4 Сеть ПВХ 1х1,5 м</t>
+  </si>
+  <si>
+    <t>215-115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>215-116</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
   </si>
   <si>
-    <t>215-115</t>
-[...4 lines deleted...]
-  <si>
     <t>215-119</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED МУЛЬТИ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
-    <t>1.4 Сеть ПВХ 1,5х2х2 м</t>
+    <t>1.5 Сеть ПВХ 1,5х2х2 м</t>
+  </si>
+  <si>
+    <t>215-055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>215-059</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED МУЛЬТИ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
-    <t>215-055</t>
-[...4 lines deleted...]
-  <si>
     <t>215-009</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED МУЛЬТИ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>215-056</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
+    <t>215-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
     <t>215-006</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
-  </si>
-[...25 lines deleted...]
-    <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -633,51 +633,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-belyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-k.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontrol.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-teplyy-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-2.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-blok-.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-multi-chernyy-pvh-ip65-postoyannoe-svechenie-230v-kontrol.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-k.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-siniy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachnyy-pvh-288-led-230-v-tsvet-zheltyy.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-multi-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontrol.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-multi-prozrachnyy-pvh-ip65-svechenie-s-dina.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-belyy-prozrachnyy-pvh-ip65-svechenie-s-dina.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-multi-chernyy-pvh-ip65-svechenie-s-dinamiko.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-teplyy-belyy-prozrachnyy-pvh-ip65-svechenie.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-d.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamiko.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-belyy-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontr.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-23.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h0-7m-cherniy-pvh-176-led-belie-sinie-1518" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h0-7m-cherniy-pvh-176-led-belie-1517" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h0-7m-cherniy-pvh-176-led-krasnie-sinie-1519" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2-5h2-5m-cherniy-pvh-432-led-belie-1523" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2-5h2-5m-cherniy-pvh-432-led-krasnie-sinie-1525" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2-5h2-5m-cherniy-pvh-432-led-belie-sinie-1524" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-jyoltiy-14884" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-belie-1520" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-krasnie-sinie-1522" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-multikolor-2681" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-belie-sinie-1521" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-siniy-14885" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-beliy-14830" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-tyopliy-beliy-14862" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-tepliy-beliy-14849" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-cherniy-pvh-160-led-beliy-14266" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-cherniy-pvh-160-led-tyopliy-beliy-14265" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-cherniy-pvh-160-led-multikolor-1527" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5-m-svechenie-s-dinamikoy-prozrachniy-pvh-136-led-230-v-tsvet-svecheniya-beliy-28668" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5-m-svechenie-s-dinamikoy-prozrachniy-pvh-136-led-230-v-tsvet-svecheniya-multikolor-28670" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5m-svechenie-s-dinamikoy-cherniy-pvh-136-led-230-v-tsvet-multikolor-14904" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5-m-svechenie-s-dinamikoy-prozrachniy-pvh-136-led-230-v-tsvet-svecheniya-tepliy-beliy-28669" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5m-svechenie-s-dinamikoy-cherniy-pvh-136-led-230-v-tsvet-beliy-14836" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5m-svechenie-s-dinamikoy-cherniy-pvh-136-led-230-v-tsvet-tyopliy-beliy-14837" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I31"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -723,812 +723,812 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>5547.54</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>2947.78</v>
+        <v>4493.51</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>58</v>
+        <v>1</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>4493.51</v>
+        <v>2947.78</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>9400.54</v>
+        <v>11317.9</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>9400.54</v>
+        <v>11317.9</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>9400.54</v>
+        <v>14010.7</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>189</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="3" t="s">
+      <c r="A11" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>9400.54</v>
+        <v>6816.09</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>144</v>
+        <v>3</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C13" s="3">
         <v>9400.54</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>3</v>
+        <v>103</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C14" s="3">
         <v>6853</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>211</v>
+        <v>153</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15" s="3">
         <v>9400.54</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
+      <c r="C16" s="3">
+        <v>9400.54</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>1</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>10</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C16" s="3">
-[...14 lines deleted...]
-      <c r="H16" s="3">
+      <c r="B17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C17" s="3">
+        <v>9400.54</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>40</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
         <v>20</v>
       </c>
-      <c r="I16" s="3">
-[...14 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="I17" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>4762.74</v>
+        <v>9400.54</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>4762.74</v>
+        <v>9400.54</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1</v>
+        <v>74</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>3235.28</v>
+        <v>9400.54</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>406</v>
+        <v>114</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>4156.32</v>
+        <v>4762.74</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>37</v>
+        <v>7</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>4387.24</v>
+        <v>4762.74</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>5701.4</v>
+        <v>3235.28</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>426</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="3" t="s">
+      <c r="A25" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>4630.96</v>
+        <v>4387.24</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="C27" s="3">
+        <v>4156.32</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>34</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>10</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="C27" s="3">
-[...22 lines deleted...]
-      <c r="A28" s="2" t="s">
+      <c r="B28" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B28" s="2"/>
-[...6 lines deleted...]
-      <c r="I28" s="2"/>
+      <c r="C28" s="3">
+        <v>5701.4</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="3">
+        <v>0</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>10</v>
+      </c>
+      <c r="I28" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>14010.7</v>
+        <v>4156.32</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>11317.9</v>
+        <v>5145.51</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>11317.9</v>
+        <v>4630.96</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
-    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A11:I11"/>
     <mergeCell ref="A21:I21"/>
-    <mergeCell ref="A28:I28"/>
+    <mergeCell ref="A25:I25"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
-    <hyperlink ref="D11" r:id="rId7"/>
-[...4 lines deleted...]
-    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D22" r:id="rId16"/>
     <hyperlink ref="D23" r:id="rId17"/>
     <hyperlink ref="D24" r:id="rId18"/>
-    <hyperlink ref="D25" r:id="rId19"/>
-[...1 lines deleted...]
-    <hyperlink ref="D27" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId19"/>
+    <hyperlink ref="D27" r:id="rId20"/>
+    <hyperlink ref="D28" r:id="rId21"/>
     <hyperlink ref="D29" r:id="rId22"/>
     <hyperlink ref="D30" r:id="rId23"/>
     <hyperlink ref="D31" r:id="rId24"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>