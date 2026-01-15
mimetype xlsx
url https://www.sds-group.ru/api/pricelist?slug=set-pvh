--- v1 (2025-11-30)
+++ v2 (2026-01-15)
@@ -45,210 +45,210 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сеть ПВХ</t>
   </si>
   <si>
     <t>1.1 Сеть ПВХ 2х0,7 м</t>
   </si>
   <si>
+    <t>215-013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>215-012</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>215-011</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
-    <t>215-013</t>
-[...5 lines deleted...]
-    <t>1.2 Сеть ПВХ 2,5х2,5 м</t>
+    <t>1.2 Сеть ПВХ 2х1,5 м</t>
+  </si>
+  <si>
+    <t>215-026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-041</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 2х1,5м, свечение с динамикой, прозрачный ПВХ, 288 LED, 230 В, цвет: Жёлтый</t>
+  </si>
+  <si>
+    <t>215-046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED СИНИЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED МУЛЬТИ черный ПВХ IP65 постоянное свечение 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.3 Сеть ПВХ 1х1,5 м</t>
+  </si>
+  <si>
+    <t>215-116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED МУЛЬТИ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.4 Сеть ПВХ 1,5х2х2 м</t>
+  </si>
+  <si>
+    <t>215-059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED МУЛЬТИ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED МУЛЬТИ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>1.5 Сеть ПВХ 2,5х2,5 м</t>
+  </si>
+  <si>
+    <t>215-032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>215-031</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
-  </si>
-[...127 lines deleted...]
-    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -633,51 +633,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h0-7m-cherniy-pvh-176-led-belie-sinie-1518" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h0-7m-cherniy-pvh-176-led-belie-1517" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h0-7m-cherniy-pvh-176-led-krasnie-sinie-1519" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2-5h2-5m-cherniy-pvh-432-led-belie-1523" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2-5h2-5m-cherniy-pvh-432-led-krasnie-sinie-1525" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2-5h2-5m-cherniy-pvh-432-led-belie-sinie-1524" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-jyoltiy-14884" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-belie-1520" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-krasnie-sinie-1522" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-multikolor-2681" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-belie-sinie-1521" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-siniy-14885" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-beliy-14830" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachniy-pvh-288-led-230-v-tsvet-tyopliy-beliy-14862" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-cherniy-pvh-288-led-tepliy-beliy-14849" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-cherniy-pvh-160-led-beliy-14266" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-cherniy-pvh-160-led-tyopliy-beliy-14265" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-cherniy-pvh-160-led-multikolor-1527" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5-m-svechenie-s-dinamikoy-prozrachniy-pvh-136-led-230-v-tsvet-svecheniya-beliy-28668" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5-m-svechenie-s-dinamikoy-prozrachniy-pvh-136-led-230-v-tsvet-svecheniya-multikolor-28670" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5m-svechenie-s-dinamikoy-cherniy-pvh-136-led-230-v-tsvet-multikolor-14904" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5-m-svechenie-s-dinamikoy-prozrachniy-pvh-136-led-230-v-tsvet-svecheniya-tepliy-beliy-28669" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5m-svechenie-s-dinamikoy-cherniy-pvh-136-led-230-v-tsvet-beliy-14836" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h2h1-5m-svechenie-s-dinamikoy-cherniy-pvh-136-led-230-v-tsvet-tyopliy-beliy-14837" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-belyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-k" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontrol" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-blok" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachnyy-pvh-288-led-230-v-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-teplyy-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-siniy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-multi-chernyy-pvh-ip65-postoyannoe-svechenie-230v-kontrol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-k" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-multi-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontrol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-multi-prozrachnyy-pvh-ip65-svechenie-s-dina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-teplyy-belyy-prozrachnyy-pvh-ip65-svechenie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-belyy-prozrachnyy-pvh-ip65-svechenie-s-dina" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamiko" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-d" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-multi-chernyy-pvh-ip65-svechenie-s-dinamiko" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-belyy-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-23" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I31"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -714,821 +714,821 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>5547.54</v>
+        <v>2698.1</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1</v>
+        <v>46</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>4493.51</v>
+        <v>5077.66</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>1</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>2947.78</v>
+        <v>4112.91</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>56</v>
+        <v>1</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>11317.9</v>
+        <v>9560.35</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>2</v>
+        <v>125</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>11317.9</v>
+        <v>9560.35</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>14010.7</v>
+        <v>6238.77</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
+      <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="2"/>
-[...6 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="B11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" s="3">
+        <v>9560.35</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="3">
+        <v>71</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>20</v>
+      </c>
+      <c r="I11" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>6816.09</v>
+        <v>9560.35</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>9400.54</v>
+        <v>6272.55</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>103</v>
+        <v>179</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>6853</v>
+        <v>9560.35</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>153</v>
+        <v>13</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>9400.54</v>
+        <v>9560.35</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>9400.54</v>
+        <v>9560.35</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="3" t="s">
+      <c r="A17" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="C17" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>9400.54</v>
+        <v>4843.71</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>9400.54</v>
+        <v>4843.71</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>74</v>
+        <v>1</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>9400.54</v>
+        <v>3290.28</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>114</v>
+        <v>437</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>4762.74</v>
+        <v>3804.28</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>4762.74</v>
+        <v>4226.98</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>3235.28</v>
+        <v>4461.82</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>426</v>
+        <v>10</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="2" t="s">
+      <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B25" s="2"/>
-[...6 lines deleted...]
-      <c r="I25" s="2"/>
+      <c r="B25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C25" s="3">
+        <v>5232.98</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="3">
+        <v>1</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>10</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>4387.24</v>
+        <v>4238.72</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>4156.32</v>
+        <v>5218.49</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A28" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B28" s="3" t="s">
+      <c r="A28" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="C28" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>4156.32</v>
+        <v>14248.88</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>5145.51</v>
+        <v>11510.3</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>10</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>4630.96</v>
+        <v>11510.3</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>52</v>
+        <v>2</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
-    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A17:I17"/>
     <mergeCell ref="A21:I21"/>
-    <mergeCell ref="A25:I25"/>
+    <mergeCell ref="A28:I28"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
-    <hyperlink ref="D12" r:id="rId7"/>
-[...4 lines deleted...]
-    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D22" r:id="rId16"/>
     <hyperlink ref="D23" r:id="rId17"/>
     <hyperlink ref="D24" r:id="rId18"/>
-    <hyperlink ref="D26" r:id="rId19"/>
-[...1 lines deleted...]
-    <hyperlink ref="D28" r:id="rId21"/>
+    <hyperlink ref="D25" r:id="rId19"/>
+    <hyperlink ref="D26" r:id="rId20"/>
+    <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D29" r:id="rId22"/>
     <hyperlink ref="D30" r:id="rId23"/>
     <hyperlink ref="D31" r:id="rId24"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>