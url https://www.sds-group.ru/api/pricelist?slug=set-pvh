--- v2 (2026-01-15)
+++ v3 (2026-03-02)
@@ -57,198 +57,198 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сеть ПВХ</t>
   </si>
   <si>
     <t>1.1 Сеть ПВХ 2х0,7 м</t>
   </si>
   <si>
     <t>215-013</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>215-011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
     <t>215-012</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2х0,7м 176 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
-    <t>215-011</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Сеть ПВХ 2х1,5 м</t>
   </si>
   <si>
+    <t>215-045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED СИНИЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
     <t>215-026</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой блок в комплекте NEON-NIGHT </t>
   </si>
   <si>
-    <t>215-045</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+    <t>215-029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED МУЛЬТИ черный ПВХ IP65 постоянное свечение 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2х1,5м 288 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>215-041</t>
   </si>
   <si>
     <t>Гирлянда Сеть 2х1,5м, свечение с динамикой, прозрачный ПВХ, 288 LED, 230 В, цвет: Жёлтый</t>
   </si>
   <si>
-    <t>215-046</t>
-[...34 lines deleted...]
-  <si>
     <t>1.3 Сеть ПВХ 1х1,5 м</t>
   </si>
   <si>
+    <t>215-115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
     <t>215-116</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
   </si>
   <si>
-    <t>215-115</t>
-[...4 lines deleted...]
-  <si>
     <t>215-119</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 1х1,5м 160 LED МУЛЬТИ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>1.4 Сеть ПВХ 1,5х2х2 м</t>
   </si>
   <si>
+    <t>215-055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>215-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED МУЛЬТИ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
     <t>215-059</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED МУЛЬТИ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>215-056</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть треугольная 1,5х2х2м 136 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
   <si>
-    <t>215-055</t>
-[...22 lines deleted...]
-  <si>
     <t>1.5 Сеть ПВХ 2,5х2,5 м</t>
   </si>
   <si>
+    <t>215-031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
+  </si>
+  <si>
     <t>215-032</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED БЕЛЫЙ/СИНИЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT </t>
   </si>
   <si>
     <t>215-033</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED КРАСНЫЙ/СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Гирлянда светодиодная Сеть 2,5х2,5м 432 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -633,51 +633,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-belyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-k" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontrol" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-blok" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachnyy-pvh-288-led-230-v-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-teplyy-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-siniy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-multi-chernyy-pvh-ip65-postoyannoe-svechenie-230v-kontrol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-k" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-multi-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontrol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-multi-prozrachnyy-pvh-ip65-svechenie-s-dina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-teplyy-belyy-prozrachnyy-pvh-ip65-svechenie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-belyy-prozrachnyy-pvh-ip65-svechenie-s-dina" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamiko" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-d" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-multi-chernyy-pvh-ip65-svechenie-s-dinamiko" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-belyy-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-krasnyy-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-23" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-krasnyysiniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h0-7m-176-led-belyysiniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-siniy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-teplyy-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-multi-chernyy-pvh-ip65-postoyannoe-svechenie-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-belyysiniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2h1-5m-288-led-krasnyysiniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-2h1-5m-svechenie-s-dinamikoy-prozrachnyy-pvh-288-led-230-v-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-1h1-5m-160-led-multi-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-multi-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-multi-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-treugolnaya-1-5h2h2m-136-led-teplyy-belyy-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-belyysiniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-set-2-5h2-5m-432-led-krasnyysiniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I31"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -723,454 +723,454 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>2698.1</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>5077.66</v>
+        <v>4112.91</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>1</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>4112.91</v>
+        <v>5077.66</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
         <v>9560.35</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>125</v>
+        <v>7</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
         <v>9560.35</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>6238.77</v>
+        <v>9560.35</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>3</v>
+        <v>72</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
         <v>9560.35</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>71</v>
+        <v>125</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
         <v>9560.35</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>6272.55</v>
+        <v>9560.35</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>179</v>
+        <v>95</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
         <v>9560.35</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>9560.35</v>
+        <v>6272.55</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>92</v>
+        <v>179</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>9560.35</v>
+        <v>6238.77</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
         <v>3</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
         <v>4843.71</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
         <v>4843.71</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1</v>
+        <v>43</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
         <v>3290.28</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
@@ -1188,311 +1188,311 @@
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>3804.28</v>
+        <v>4461.82</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>4226.98</v>
+        <v>5232.98</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>4461.82</v>
+        <v>4238.72</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>5232.98</v>
+        <v>5218.49</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1</v>
+        <v>65</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>4238.72</v>
+        <v>3804.28</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>5218.49</v>
+        <v>4226.98</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>14248.88</v>
+        <v>11510.3</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>5</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>11510.3</v>
+        <v>14248.88</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
         <v>11510.3</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A21:I21"/>
     <mergeCell ref="A28:I28"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>