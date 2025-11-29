--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -42,270 +42,270 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сетевые</t>
   </si>
   <si>
+    <t>16-0277</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 3 x USB, 5V, 3 А + 1 А + 1 А, белое REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-2201</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом Type-C, 20Вт, GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2212</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-A, 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2205</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом Type-C, 30Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2204</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 30Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>16-0283</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT 2 x USB, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
     <t>16-0274</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство REXANT USB, 5V, 2.1 A, черное</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>16-0285</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB 5V, 3 A с Quick charge, белое</t>
+  </si>
+  <si>
+    <t>18-2214</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 2xUSB+USB Type-С, переходник + адаптер, 48W белое REXANT</t>
+  </si>
+  <si>
+    <t>16-0297</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, черное</t>
   </si>
   <si>
     <t>16-0287</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство REXANT 6хUSB, 1000mA, черное</t>
   </si>
   <si>
-    <t>16-0285</t>
-[...8 lines deleted...]
-    <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, черное</t>
+    <t>16-0272</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB, 5V, 1 A, черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2216</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB-A+USB-C адаптер, 18W белое</t>
+  </si>
+  <si>
+    <t>18-7088</t>
+  </si>
+  <si>
+    <t>Беспроводное зарядное устройство с MagSafe 3в1, Qi, 15Вт, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-2207</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2218</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-A, 18Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2206</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2213</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и одним портом USB-C, 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2208</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и USB-C, 35Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2209</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-A и 2 USB-C, 65Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0278</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство Type-C + USB 3.0 с Quick charge, белое REXANT</t>
   </si>
   <si>
     <t>16-0273</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство USB, 5V, 1 A, белое REXANT</t>
   </si>
   <si>
-    <t>18-2216</t>
-[...2 lines deleted...]
-    <t>Сетевое зарядное устройство REXANT USB-A+USB-C адаптер, 18W белое</t>
+    <t>16-0276</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 2 x USB, 5V, 2,4 A, белое REXANT</t>
   </si>
   <si>
     <t>18-2215</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство-переходник REXANT 3xUSB адаптер, 30W черное</t>
   </si>
   <si>
-    <t>18-2214</t>
-[...2 lines deleted...]
-    <t>Сетевое зарядное устройство 2xUSB+USB Type-С, переходник + адаптер, 48W белое REXANT</t>
+    <t>18-2224</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB QC (30W) + Type C PD (33W), с дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-2225</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB QC (20W) + Type C PD (20W), белое REXANT</t>
   </si>
   <si>
     <t>16-0260-1</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство microUSB 220 В (СЗУ) (5 V, max: 1500 mA) шнур 1.2 м черное REXANT</t>
   </si>
   <si>
+    <t>18-2210</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-C + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2219</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с портами USB-A и USB-C, 30Вт, черное REXANT</t>
+  </si>
+  <si>
     <t>18-1194</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство USB белое (СЗУ) (5 V, 1000 mA) REXANT</t>
   </si>
   <si>
-    <t>18-2206</t>
-[...52 lines deleted...]
-  <si>
     <t>18-2202</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 20Вт GaN REXANT</t>
   </si>
   <si>
+    <t>18-2203</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 25Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-7079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Беспроводное зарядное устройство Fast charge, Qi 15Вт, серебро REXANT </t>
+  </si>
+  <si>
     <t>16-0296</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, белое</t>
   </si>
   <si>
     <t>16-0233-4</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – USB-C REXANT</t>
   </si>
   <si>
     <t>16-0234-4</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – Lightning REXANT</t>
-  </si>
-[...76 lines deleted...]
-    <t>Сетевое зарядное устройство с двумя портами USB-C + USB-C, 20Вт REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -690,51 +690,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2xusb-usb-type-s-perehodnik-adapter-48w-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-beloe-szu-5-v-1000-ma-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2-x-usb-5v-2-4-a-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-chernoe-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-3-x-usb-5v-3-a-1-a-1-a-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-type-c-usb-3-0-s-quick-charge-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-20vt-gan-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-30vt-gan-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-30vt-gan-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-20vt-gan-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-10vt-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-25vt-gan-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-3-x-usb-5v-3-a-1-a-1-a-beloe-26319" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-gan-rexant-30797" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-10vt-rexant-31663" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-30vt-rexant-30801" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-30vt-rexant-30800" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe-26307" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe-26316" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe-26306" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-2xusb-usb-type-s-perehodnik-adapter-48w-beloe-27625" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe-26305" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe-26309" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-usb-5v-1-a-chernoe-26314" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe-27598" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-cherniy-rexant-31403" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant-31661" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant-31665" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant-30635" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant-31664" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant-31374" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant-31375" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-type-c-usb-3-0-s-quick-charge-beloe-26320" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-usb-5v-1-a-beloe-26315" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-2-x-usb-5v-2-4-a-beloe-26318" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe-27597" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant-29710" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant-29711" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant-9448" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant-31662" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant-31666" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-iphone-ipod-usb-beloe-szu-5-v-1000-ma-rexant-4291" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-20vt-rexant-30798" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-25vt-rexant-30799" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant-31387" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe-26304" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant-31408" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant-31409" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I38"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -758,1081 +758,1081 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>277</v>
+        <v>795.24</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1445</v>
+        <v>742</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2069</v>
+        <v>639</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>2656</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>40</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>549</v>
+        <v>405</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>148</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>778.41</v>
+        <v>849</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>989</v>
+        <v>1370</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>277</v>
+        <v>919</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>10920</v>
+        <v>2301</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>697.28</v>
+        <v>345</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>959</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>633.77</v>
+        <v>277</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1860</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>570.39</v>
+        <v>549</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>399.97</v>
+        <v>570.39</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>695</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>277</v>
+        <v>359</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>14173</v>
+        <v>851</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>600</v>
+        <v>2069</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3371</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>449</v>
+        <v>286.16</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1276</v>
+        <v>4150</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>444.53</v>
+        <v>697.28</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>4865</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>286.16</v>
+        <v>1900</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>6843</v>
+        <v>195</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>795.24</v>
+        <v>549</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>998</v>
+        <v>1126</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>645.62</v>
+        <v>459</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>3985</v>
+        <v>1362</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1099</v>
+        <v>499</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2644</v>
+        <v>3088</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1499</v>
+        <v>419.13</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1401</v>
+        <v>331</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1650</v>
+        <v>1229</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>2363</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>999</v>
+        <v>2990</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>2354</v>
+        <v>236</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>40</v>
+        <v>84</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>819.38</v>
+        <v>645.62</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>53</v>
+        <v>3788</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>800</v>
+        <v>277</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>9973</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>850</v>
+        <v>444.53</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>588</v>
+        <v>4779</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>200</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>405</v>
+        <v>633.77</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>1745</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>419.13</v>
+        <v>2176.07</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1150</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>499</v>
+        <v>1671.53</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1477</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1199</v>
+        <v>399.97</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1830</v>
+        <v>597</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>2176.07</v>
+        <v>549</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>1468</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1671.53</v>
+        <v>769</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>1724</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>1299</v>
+        <v>277</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>2406</v>
+        <v>13248</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1900</v>
+        <v>719</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>256</v>
+        <v>2140</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>1100</v>
+        <v>899</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>225</v>
+        <v>2368</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>183</v>
+        <v>40</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>2990</v>
+        <v>1100</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>316</v>
+        <v>120</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>84</v>
+        <v>183</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>1599</v>
+        <v>819.38</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>115</v>
+        <v>44</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>620</v>
+        <v>800</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>239</v>
+        <v>973</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>630</v>
+        <v>850</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1608</v>
+        <v>343</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>