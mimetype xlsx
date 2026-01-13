--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,270 +42,270 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сетевые</t>
   </si>
   <si>
+    <t>16-0274</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB, 5V, 2.1 A, черное</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-2210</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-C + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0296</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, белое</t>
+  </si>
+  <si>
+    <t>18-2207</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2213</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и одним портом USB-C, 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2218</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-A, 18Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2219</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с портами USB-A и USB-C, 30Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0272</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB, 5V, 1 A, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0260-1</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство microUSB 220 В (СЗУ) (5 V, max: 1500 mA) шнур 1.2 м черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2202</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 20Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2203</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 25Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2224</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB QC (30W) + Type C PD (33W), с дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-2225</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB QC (20W) + Type C PD (20W), белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2215</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство-переходник REXANT 3xUSB адаптер, 30W черное</t>
+  </si>
+  <si>
+    <t>18-2201</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом Type-C, 20Вт, GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2208</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и USB-C, 35Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2209</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-A и 2 USB-C, 65Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0233-4</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – USB-C REXANT</t>
+  </si>
+  <si>
+    <t>16-0287</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT 6хUSB, 1000mA, черное</t>
+  </si>
+  <si>
+    <t>16-0297</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>16-0276</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 2 x USB, 5V, 2,4 A, белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2216</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB-A+USB-C адаптер, 18W белое</t>
+  </si>
+  <si>
+    <t>16-0283</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT 2 x USB, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>16-0278</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство Type-C + USB 3.0 с Quick charge, белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2214</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 2xUSB+USB Type-С, переходник + адаптер, 48W белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2206</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2205</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом Type-C, 30Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2204</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 30Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-7079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Беспроводное зарядное устройство Fast charge, Qi 15Вт, серебро REXANT </t>
+  </si>
+  <si>
+    <t>18-7088</t>
+  </si>
+  <si>
+    <t>Беспроводное зарядное устройство с MagSafe 3в1, Qi, 15Вт, черный REXANT</t>
+  </si>
+  <si>
+    <t>16-0234-4</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – Lightning REXANT</t>
+  </si>
+  <si>
+    <t>18-2212</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-A, 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-1194</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB белое (СЗУ) (5 V, 1000 mA) REXANT</t>
+  </si>
+  <si>
+    <t>16-0285</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB 5V, 3 A с Quick charge, белое</t>
+  </si>
+  <si>
+    <t>16-0273</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB, 5V, 1 A, белое REXANT</t>
+  </si>
+  <si>
     <t>16-0277</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство 3 x USB, 5V, 3 А + 1 А + 1 А, белое REXANT</t>
-  </si>
-[...214 lines deleted...]
-    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – Lightning REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -690,51 +690,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-3-x-usb-5v-3-a-1-a-1-a-beloe-26319" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-gan-rexant-30797" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-10vt-rexant-31663" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-30vt-rexant-30801" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-30vt-rexant-30800" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe-26307" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe-26316" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe-26306" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-2xusb-usb-type-s-perehodnik-adapter-48w-beloe-27625" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe-26305" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe-26309" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-usb-5v-1-a-chernoe-26314" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe-27598" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-cherniy-rexant-31403" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant-31661" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant-31665" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant-30635" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant-31664" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant-31374" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant-31375" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-type-c-usb-3-0-s-quick-charge-beloe-26320" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-usb-5v-1-a-beloe-26315" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-2-x-usb-5v-2-4-a-beloe-26318" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe-27597" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant-29710" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant-29711" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant-9448" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant-31662" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant-31666" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-iphone-ipod-usb-beloe-szu-5-v-1000-ma-rexant-4291" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-20vt-rexant-30798" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-25vt-rexant-30799" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant-31387" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe-26304" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant-31408" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant-31409" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-chernoe-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-25vt-gan-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2-x-usb-5v-2-4-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-type-c-usb-3-0-s-quick-charge-beloe-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2xusb-usb-type-s-perehodnik-adapter-48w-beloe-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-10vt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-beloe-szu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-3-x-usb-5v-3-a-1-a-1-a-beloe-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I38"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -758,1084 +758,1084 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>795.24</v>
+        <v>281.71</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>742</v>
+        <v>660</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>639</v>
+        <v>558.33</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2656</v>
+        <v>1142</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>405</v>
+        <v>833.31</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>849</v>
+        <v>488.16</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1370</v>
+        <v>1008</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>919</v>
+        <v>426.26</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2301</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>345</v>
+        <v>466.8</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>959</v>
+        <v>1244</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>277</v>
+        <v>782.07</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>1671</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>549</v>
+        <v>291.02</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>570.39</v>
+        <v>233.91</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>582</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>359</v>
+        <v>658.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>851</v>
+        <v>2087</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2069</v>
+        <v>868.57</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>2361</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>40</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>286.16</v>
+        <v>2213.06</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>4150</v>
+        <v>3</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>697.28</v>
+        <v>1699.95</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1900</v>
+        <v>406.8</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>195</v>
+        <v>1676</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>549</v>
+        <v>584.88</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1126</v>
+        <v>2658</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>459</v>
+        <v>1249.89</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1362</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>499</v>
+        <v>3040.83</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>3088</v>
+        <v>207</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>84</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>419.13</v>
+        <v>813.6</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>331</v>
+        <v>877</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1229</v>
+        <v>1893.76</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>2990</v>
+        <v>346.85</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>236</v>
+        <v>794</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>645.62</v>
+        <v>233.91</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>3788</v>
+        <v>4672</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>277</v>
+        <v>709.13</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>9973</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>444.53</v>
+        <v>254.25</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>4779</v>
+        <v>797</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>633.77</v>
+        <v>350.87</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1745</v>
+        <v>3752</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>2176.07</v>
+        <v>580.09</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1671.53</v>
+        <v>507.48</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>2754</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>399.97</v>
+        <v>777.09</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>597</v>
+        <v>1349</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>549</v>
+        <v>841.16</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1468</v>
+        <v>2228</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>769</v>
+        <v>1118.7</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1724</v>
+        <v>110</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>183</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>277</v>
+        <v>1932.3</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>13248</v>
+        <v>182</v>
       </c>
       <c r="G32" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>719</v>
+        <v>864.45</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>2140</v>
+        <v>170</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>899</v>
+        <v>411.88</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>2368</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>1100</v>
+        <v>281.71</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>120</v>
+        <v>4767</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>183</v>
+        <v>500</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>819.38</v>
+        <v>558.33</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>44</v>
+        <v>1</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>800</v>
+        <v>281.71</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>973</v>
+        <v>8486</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>850</v>
+        <v>808.76</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>343</v>
+        <v>593</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>200</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>