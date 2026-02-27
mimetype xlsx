--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,304 +8,292 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="80">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сетевые</t>
   </si>
   <si>
+    <t>16-0297</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0285</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB 5V, 3 A с Quick charge, белое</t>
+  </si>
+  <si>
+    <t>16-0283</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT 2 x USB, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>16-0276</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 2 x USB, 5V, 2,4 A, белое REXANT</t>
+  </si>
+  <si>
+    <t>16-0277</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 3 x USB, 5V, 3 А + 1 А + 1 А, белое REXANT</t>
+  </si>
+  <si>
+    <t>16-0278</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство Type-C + USB 3.0 с Quick charge, белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2215</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство-переходник REXANT 3xUSB адаптер, 30W черное</t>
+  </si>
+  <si>
+    <t>18-2209</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-A и 2 USB-C, 65Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-7088</t>
+  </si>
+  <si>
+    <t>Беспроводное зарядное устройство с MagSafe 3в1, Qi, 15Вт, черный REXANT</t>
+  </si>
+  <si>
+    <t>16-0234-4</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – Lightning REXANT</t>
+  </si>
+  <si>
+    <t>18-2218</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-A, 18Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2207</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2210</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-C + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
     <t>16-0274</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство REXANT USB, 5V, 2.1 A, черное</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Сетевое зарядное устройство с двумя портами USB-C + USB-C, 20Вт REXANT</t>
+    <t>16-0273</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB, 5V, 1 A, белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2208</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и USB-C, 35Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0233-4</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – USB-C REXANT</t>
   </si>
   <si>
     <t>16-0296</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, белое</t>
   </si>
   <si>
-    <t>18-2207</t>
-[...4 lines deleted...]
-  <si>
     <t>18-2213</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с двумя портами USB-A и одним портом USB-C, 10Вт REXANT</t>
   </si>
   <si>
-    <t>18-2218</t>
-[...4 lines deleted...]
-  <si>
     <t>18-2219</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с портами USB-A и USB-C, 30Вт, черное REXANT</t>
   </si>
   <si>
     <t>16-0272</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство USB, 5V, 1 A, черное REXANT</t>
   </si>
   <si>
     <t>16-0260-1</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство microUSB 220 В (СЗУ) (5 V, max: 1500 mA) шнур 1.2 м черное REXANT</t>
   </si>
   <si>
+    <t>18-2216</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB-A+USB-C адаптер, 18W белое</t>
+  </si>
+  <si>
     <t>18-2202</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 20Вт GaN REXANT</t>
   </si>
   <si>
     <t>18-2203</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 25Вт GaN REXANT</t>
   </si>
   <si>
     <t>18-2224</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство USB QC (30W) + Type C PD (33W), с дисплеем REXANT</t>
   </si>
   <si>
     <t>18-2225</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство USB QC (20W) + Type C PD (20W), белое REXANT</t>
   </si>
   <si>
-    <t>18-2215</t>
-[...4 lines deleted...]
-  <si>
     <t>18-2201</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с одним портом Type-C, 20Вт, GaN REXANT</t>
   </si>
   <si>
-    <t>18-2208</t>
-[...14 lines deleted...]
-    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – USB-C REXANT</t>
+    <t>18-1194</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB белое (СЗУ) (5 V, 1000 mA) REXANT</t>
   </si>
   <si>
     <t>16-0287</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство REXANT 6хUSB, 1000mA, черное</t>
   </si>
   <si>
-    <t>16-0297</t>
-[...32 lines deleted...]
-    <t>Сетевое зарядное устройство 2xUSB+USB Type-С, переходник + адаптер, 48W белое REXANT</t>
+    <t>18-2205</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом Type-C, 30Вт GaN REXANT</t>
   </si>
   <si>
     <t>18-2206</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с одним портом USB-C, 20Вт REXANT</t>
   </si>
   <si>
-    <t>18-2205</t>
-[...4 lines deleted...]
-  <si>
     <t>18-2204</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 30Вт GaN REXANT</t>
   </si>
   <si>
     <t>18-7079</t>
   </si>
   <si>
     <t xml:space="preserve">Беспроводное зарядное устройство Fast charge, Qi 15Вт, серебро REXANT </t>
-  </si>
-[...40 lines deleted...]
-    <t>Сетевое зарядное устройство 3 x USB, 5V, 3 А + 1 А + 1 А, белое REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -690,56 +678,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-chernoe-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-25vt-gan-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2-x-usb-5v-2-4-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-type-c-usb-3-0-s-quick-charge-beloe-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2xusb-usb-type-s-perehodnik-adapter-48w-beloe-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-10vt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-beloe-szu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-3-x-usb-5v-3-a-1-a-1-a-beloe-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2-x-usb-5v-2-4-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-3-x-usb-5v-3-a-1-a-1-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-type-c-usb-3-0-s-quick-charge-beloe-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-chernoe-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-25vt-gan-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-beloe-szu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I38"/>
+  <dimension ref="A1:I36"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -758,1127 +746,1067 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>281.71</v>
+        <v>346.85</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>660</v>
+        <v>703</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>558.33</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1142</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>833.31</v>
+        <v>254.25</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>32</v>
+        <v>612</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>488.16</v>
+        <v>233.91</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1008</v>
+        <v>4313</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>426.26</v>
+        <v>808.76</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>246</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>466.8</v>
+        <v>350.87</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1244</v>
+        <v>3498</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>782.07</v>
+        <v>406.8</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1671</v>
+        <v>1609</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>291.02</v>
+        <v>3040.83</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>173</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>84</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>233.91</v>
+        <v>1932.3</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>582</v>
+        <v>132</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>658.1</v>
+        <v>864.45</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>2087</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>868.57</v>
+        <v>466.8</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2361</v>
+        <v>1133</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2213.06</v>
+        <v>488.16</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>3</v>
+        <v>829</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1699.95</v>
+        <v>558.33</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2</v>
+        <v>619</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>406.8</v>
+        <v>281.71</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1676</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>584.88</v>
+        <v>281.71</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>2658</v>
+        <v>7751</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
         <v>1249.89</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>806</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>3040.83</v>
+        <v>813.6</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>207</v>
+        <v>754</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>84</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>813.6</v>
+        <v>833.31</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>877</v>
+        <v>32</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1893.76</v>
+        <v>426.26</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>346.85</v>
+        <v>782.07</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>794</v>
+        <v>1606</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>233.91</v>
+        <v>291.02</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>4672</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>709.13</v>
+        <v>233.91</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>483</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>254.25</v>
+        <v>709.13</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>797</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>350.87</v>
+        <v>658.1</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>3752</v>
+        <v>1987</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>580.09</v>
+        <v>868.57</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>2207</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>507.48</v>
+        <v>2213.06</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>2754</v>
+        <v>3</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>777.09</v>
+        <v>1699.95</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1349</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>841.16</v>
+        <v>584.88</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>2228</v>
+        <v>2647</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>40</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1118.7</v>
+        <v>281.71</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>110</v>
+        <v>4377</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>183</v>
+        <v>500</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>1932.3</v>
+        <v>1893.76</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>864.45</v>
+        <v>777.09</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>170</v>
+        <v>1309</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>411.88</v>
+        <v>507.48</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>1937</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>281.71</v>
+        <v>841.16</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>4767</v>
+        <v>1717</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>558.33</v>
+        <v>1118.7</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>183</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
-[...57 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
-    <hyperlink ref="D37" r:id="rId35"/>
-    <hyperlink ref="D38" r:id="rId36"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>