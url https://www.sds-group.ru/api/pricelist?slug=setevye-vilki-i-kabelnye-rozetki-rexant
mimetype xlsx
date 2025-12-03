--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -42,186 +42,186 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сетевые вилки и кабельные розетки REXANT</t>
   </si>
   <si>
+    <t>11-8934</t>
+  </si>
+  <si>
+    <t>Вилка прямая без з/к 6А черная REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-8951</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А с кольцом белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8954</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8526</t>
+  </si>
+  <si>
+    <t>Розетка разборная без з/к 6А плоская белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8528</t>
+  </si>
+  <si>
+    <t>Розетка разборная Евро с з/к 16А белая REXANT</t>
+  </si>
+  <si>
     <t>11-8529</t>
   </si>
   <si>
     <t>Розетка разборная Евро с з/к 16А черная REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...28 lines deleted...]
-  <si>
     <t>11-8953</t>
   </si>
   <si>
     <t>Вилка Евро угловая с з/к 16А с кольцом черная REXANT</t>
   </si>
   <si>
+    <t>11-8540</t>
+  </si>
+  <si>
+    <t>Розетка разборная без з/к 10А черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8933</t>
+  </si>
+  <si>
+    <t>Вилка прямая без з/к 6А белая REXANT</t>
+  </si>
+  <si>
+    <t>16-0726</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0728</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая IP20 REXANT</t>
+  </si>
+  <si>
+    <t>16-0730</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая с кнопкой REXANT</t>
+  </si>
+  <si>
+    <t>11-8947</t>
+  </si>
+  <si>
+    <t>Вилка прямая без з/к 6А плоская черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8948</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А усиленная белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8949</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А усиленная черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8950</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8952</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А с кольцом бело-черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0734</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16 А плоская за шкаф белая REXANT</t>
+  </si>
+  <si>
     <t>11-8527</t>
   </si>
   <si>
     <t>Розетка разборная без з/к 10А белая REXANT</t>
   </si>
   <si>
-    <t>11-8540</t>
-[...32 lines deleted...]
-    <t>Вилка Евро прямая с з/к 16А черная REXANT</t>
+    <t>16-0732</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А белая REXANT</t>
   </si>
   <si>
     <t>11-8946</t>
   </si>
   <si>
     <t>Вилка прямая без з/к 6А плоская белая REXANT</t>
   </si>
   <si>
-    <t>16-0732</t>
-[...10 lines deleted...]
-  <si>
     <t>16-0736</t>
   </si>
   <si>
     <t>Вилка Евро угловая с з/к 16 А плоская за шкаф черная REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Вилка Евро угловая с з/к 16 А плоская за шкаф белая REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -606,51 +606,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-6a-ploskaya-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-s-knopkoy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belo-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-belaya-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-chernaya-rexant-28931" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belaya-rexant-28534" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-rexant-1-28143" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-6a-ploskaya-belaya-rexant-28320" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-belaya-rexant-28144" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-chernaya-rexant-28535" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-chernaya-rexant-29584" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-chernaya-rexant-29585" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-belaya-rexant-28139" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-chernaya-rexant-29583" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-rexant-28140" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-s-knopkoy-rexant-28141" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-chernaya-rexant-28531" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-belaya-rexant-28142" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-chernaya-rexant-28533" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-chernaya-rexant-29763" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-ushkom-koltsom-belo-chernaya-rexant-28319" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-belaya-rexant-28527" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-belaya-rexant-29643" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-belaya-rexant-28317" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-belaya-rexant-28318" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-chernaya-rexant-28532" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -674,669 +674,669 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>111.38</v>
+        <v>51.3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>4118</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>86.91</v>
+        <v>85.97</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>8663</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>350</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>85.97</v>
+        <v>80.97</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>11190</v>
+        <v>18137</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>80.97</v>
+        <v>55.74</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>15485</v>
+        <v>7056</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>55.74</v>
+        <v>86.91</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>4413</v>
+        <v>101</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>87.63</v>
+        <v>111.38</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>7957</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>59.93</v>
+        <v>87.63</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>891</v>
+        <v>5941</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>480</v>
+        <v>350</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
         <v>84.06</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>3127</v>
+        <v>2806</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>480</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>51.3</v>
+        <v>53.47</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>5275</v>
+        <v>5913</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>53.47</v>
+        <v>69.24</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>7152</v>
+        <v>2767</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>81.35</v>
+        <v>66.92</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>12263</v>
+        <v>8624</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>82.26</v>
+        <v>138.32</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2</v>
+        <v>2895</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>240</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>74.47</v>
+        <v>53.53</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>3741</v>
+        <v>475</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>55.29</v>
+        <v>81.35</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>15854</v>
+        <v>12413</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>82.01</v>
+        <v>82.26</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>7210</v>
+        <v>645</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>300</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>53.53</v>
+        <v>74.47</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>4794</v>
+        <v>3245</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>165.62</v>
+        <v>85.1</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2595</v>
+        <v>4419</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>350</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>66.92</v>
+        <v>165.68</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>5767</v>
+        <v>6201</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>69.24</v>
+        <v>59.93</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>5285</v>
+        <v>517</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>300</v>
+        <v>480</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>138.32</v>
+        <v>82.01</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>6490</v>
+        <v>4739</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>240</v>
+        <v>300</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>85.1</v>
+        <v>55.29</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1010</v>
+        <v>16952</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>165.68</v>
+        <v>165.62</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2945</v>
+        <v>1913</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>