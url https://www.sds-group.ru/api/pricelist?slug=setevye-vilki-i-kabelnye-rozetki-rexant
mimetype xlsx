--- v1 (2025-12-03)
+++ v2 (2026-01-21)
@@ -42,186 +42,186 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сетевые вилки и кабельные розетки REXANT</t>
   </si>
   <si>
+    <t>11-8933</t>
+  </si>
+  <si>
+    <t>Вилка прямая без з/к 6А белая REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>11-8934</t>
   </si>
   <si>
     <t>Вилка прямая без з/к 6А черная REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>16-0728</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая IP20 REXANT</t>
+  </si>
+  <si>
+    <t>11-8948</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А усиленная белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8950</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0734</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16 А плоская за шкаф белая REXANT</t>
+  </si>
+  <si>
+    <t>16-0736</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16 А плоская за шкаф черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8954</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая REXANT</t>
+  </si>
+  <si>
+    <t>16-0730</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая с кнопкой REXANT</t>
   </si>
   <si>
     <t>11-8951</t>
   </si>
   <si>
     <t>Вилка Евро угловая с з/к 16А с кольцом белая REXANT</t>
   </si>
   <si>
-    <t>11-8954</t>
-[...2 lines deleted...]
-    <t>Вилка Евро угловая с з/к 16А белая REXANT</t>
+    <t>11-8528</t>
+  </si>
+  <si>
+    <t>Розетка разборная Евро с з/к 16А белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8529</t>
+  </si>
+  <si>
+    <t>Розетка разборная Евро с з/к 16А черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0726</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А черная REXANT</t>
   </si>
   <si>
     <t>11-8526</t>
   </si>
   <si>
     <t>Розетка разборная без з/к 6А плоская белая REXANT</t>
   </si>
   <si>
-    <t>11-8528</t>
-[...8 lines deleted...]
-    <t>Розетка разборная Евро с з/к 16А черная REXANT</t>
+    <t>11-8527</t>
+  </si>
+  <si>
+    <t>Розетка разборная без з/к 10А белая REXANT</t>
   </si>
   <si>
     <t>11-8953</t>
   </si>
   <si>
     <t>Вилка Евро угловая с з/к 16А с кольцом черная REXANT</t>
   </si>
   <si>
     <t>11-8540</t>
   </si>
   <si>
     <t>Розетка разборная без з/к 10А черная REXANT</t>
   </si>
   <si>
-    <t>11-8933</t>
-[...20 lines deleted...]
-    <t>Вилка Евро угловая с з/к 16А белая с кнопкой REXANT</t>
+    <t>16-0732</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8949</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А усиленная черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8952</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А с кольцом бело-черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8946</t>
+  </si>
+  <si>
+    <t>Вилка прямая без з/к 6А плоская белая REXANT</t>
   </si>
   <si>
     <t>11-8947</t>
   </si>
   <si>
     <t>Вилка прямая без з/к 6А плоская черная REXANT</t>
-  </si>
-[...52 lines deleted...]
-    <t>Вилка Евро угловая с з/к 16 А плоская за шкаф черная REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -606,51 +606,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-chernaya-rexant-28931" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belaya-rexant-28534" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-rexant-1-28143" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-6a-ploskaya-belaya-rexant-28320" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-belaya-rexant-28144" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-chernaya-rexant-28535" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-chernaya-rexant-29584" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-chernaya-rexant-29585" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-belaya-rexant-28139" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-chernaya-rexant-29583" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-rexant-28140" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-s-knopkoy-rexant-28141" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-chernaya-rexant-28531" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-belaya-rexant-28142" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-chernaya-rexant-28533" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-chernaya-rexant-29763" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-ushkom-koltsom-belo-chernaya-rexant-28319" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-belaya-rexant-28527" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-belaya-rexant-29643" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-belaya-rexant-28317" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-belaya-rexant-28318" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-chernaya-rexant-28532" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-belaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-ip20-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-belaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-chernaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-s-knopkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-chernaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belo-chernaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-chernaya-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -674,675 +674,675 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>51.3</v>
+        <v>54.38</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>4118</v>
+        <v>4454</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>85.97</v>
+        <v>52.17</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>8663</v>
+        <v>3539</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>80.97</v>
+        <v>68.06</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>18137</v>
+        <v>6460</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>300</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>55.74</v>
+        <v>82.73</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>7056</v>
+        <v>9622</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>86.91</v>
+        <v>75.74</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>101</v>
+        <v>3170</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>111.38</v>
+        <v>168.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>4403</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>87.63</v>
+        <v>168.44</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>5941</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>84.06</v>
+        <v>76.57</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2806</v>
+        <v>14342</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>53.47</v>
+        <v>140.67</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>5913</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>500</v>
+        <v>240</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>69.24</v>
+        <v>87.43</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>2767</v>
+        <v>7029</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>66.92</v>
+        <v>88.39</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>8624</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>138.32</v>
+        <v>113.27</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2895</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>53.53</v>
+        <v>70.42</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>475</v>
+        <v>1683</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>81.35</v>
+        <v>56.69</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>12413</v>
+        <v>4136</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>82.26</v>
+        <v>60.95</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>645</v>
+        <v>28</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>300</v>
+        <v>480</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>74.47</v>
+        <v>89.12</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>3245</v>
+        <v>5323</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>85.1</v>
+        <v>76.94</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>4419</v>
+        <v>2682</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>350</v>
+        <v>480</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>165.68</v>
+        <v>83.4</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>6201</v>
+        <v>4001</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>59.93</v>
+        <v>83.66</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>517</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>82.01</v>
+        <v>86.55</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>4739</v>
+        <v>3149</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>55.29</v>
+        <v>56.23</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>16952</v>
+        <v>12036</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>165.62</v>
+        <v>54.44</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1913</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>