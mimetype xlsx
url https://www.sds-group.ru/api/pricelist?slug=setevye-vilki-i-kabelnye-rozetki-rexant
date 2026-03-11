--- v2 (2026-01-21)
+++ v3 (2026-03-11)
@@ -42,186 +42,186 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сетевые вилки и кабельные розетки REXANT</t>
   </si>
   <si>
+    <t>11-8951</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А с кольцом белая REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-8954</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8526</t>
+  </si>
+  <si>
+    <t>Розетка разборная без з/к 6А плоская белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8528</t>
+  </si>
+  <si>
+    <t>Розетка разборная Евро с з/к 16А белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8529</t>
+  </si>
+  <si>
+    <t>Розетка разборная Евро с з/к 16А черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8953</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А с кольцом черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8540</t>
+  </si>
+  <si>
+    <t>Розетка разборная без з/к 10А черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8527</t>
+  </si>
+  <si>
+    <t>Розетка разборная без з/к 10А белая REXANT</t>
+  </si>
+  <si>
     <t>11-8933</t>
   </si>
   <si>
     <t>Вилка прямая без з/к 6А белая REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>11-8934</t>
   </si>
   <si>
     <t>Вилка прямая без з/к 6А черная REXANT</t>
   </si>
   <si>
+    <t>16-0726</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А черная REXANT</t>
+  </si>
+  <si>
     <t>16-0728</t>
   </si>
   <si>
     <t>Вилка Евро угловая с з/к 16А белая IP20 REXANT</t>
   </si>
   <si>
+    <t>16-0730</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая с кнопкой REXANT</t>
+  </si>
+  <si>
+    <t>16-0732</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8946</t>
+  </si>
+  <si>
+    <t>Вилка прямая без з/к 6А плоская белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8947</t>
+  </si>
+  <si>
+    <t>Вилка прямая без з/к 6А плоская черная REXANT</t>
+  </si>
+  <si>
     <t>11-8948</t>
   </si>
   <si>
     <t>Вилка Евро прямая с з/к 16А усиленная белая REXANT</t>
   </si>
   <si>
+    <t>11-8949</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А усиленная черная REXANT</t>
+  </si>
+  <si>
     <t>11-8950</t>
   </si>
   <si>
     <t>Вилка Евро прямая с з/к 16А черная REXANT</t>
   </si>
   <si>
+    <t>11-8952</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А с кольцом бело-черная REXANT</t>
+  </si>
+  <si>
     <t>16-0734</t>
   </si>
   <si>
     <t>Вилка Евро угловая с з/к 16 А плоская за шкаф белая REXANT</t>
   </si>
   <si>
     <t>16-0736</t>
   </si>
   <si>
     <t>Вилка Евро угловая с з/к 16 А плоская за шкаф черная REXANT</t>
-  </si>
-[...88 lines deleted...]
-    <t>Вилка прямая без з/к 6А плоская черная REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -606,51 +606,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-belaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-ip20-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-belaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-chernaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-s-knopkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-chernaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belo-chernaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-chernaya-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-s-koltsom-belaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-zk-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-zk-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-zk-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-s-koltsom-chernaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-zk-10a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-zk-10a-belaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-zk-6a-belaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-zk-6a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-belaya-ip20-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-belaya-s-knopkoy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-zk-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-zk-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-zk-6a-ploskaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-zk-16a-usilennaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-zk-16a-usilennaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-zk-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-s-koltsom-belo-chernaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16-a-ploskaya-za-shkaf-belaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16-a-ploskaya-za-shkaf-chernaya-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -674,675 +674,675 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>54.38</v>
+        <v>74.32</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>4454</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>500</v>
+        <v>350</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>52.17</v>
+        <v>65.08</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3539</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>68.06</v>
+        <v>48.19</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>6460</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>82.73</v>
+        <v>75.13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>9622</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>75.74</v>
+        <v>96.28</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3170</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>168.5</v>
+        <v>75.75</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>4403</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>350</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>168.44</v>
+        <v>53.86</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>76.57</v>
+        <v>42.67</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>14342</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>300</v>
+        <v>480</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>140.67</v>
+        <v>46.22</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>240</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>87.43</v>
+        <v>44.34</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>7029</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>88.39</v>
+        <v>59.86</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>113.27</v>
+        <v>57.85</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>70.42</v>
+        <v>119.57</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1683</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>300</v>
+        <v>240</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>56.69</v>
+        <v>70.89</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>4136</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>60.95</v>
+        <v>47.8</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>480</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>89.12</v>
+        <v>46.27</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>5323</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>76.94</v>
+        <v>70.32</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2682</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>83.4</v>
+        <v>71.11</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>4001</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>83.66</v>
+        <v>64.38</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>300</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>86.55</v>
+        <v>73.57</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>3149</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>350</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>56.23</v>
+        <v>143.23</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>12036</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>54.44</v>
+        <v>143.17</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>