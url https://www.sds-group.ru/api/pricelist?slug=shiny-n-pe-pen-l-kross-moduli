--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -42,456 +42,456 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шины N, PE, PEN, L, кросс-модули</t>
   </si>
   <si>
+    <t>11-2351</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-2352</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 7 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2354</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2356</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 15 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2357</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 6/1 (6 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2361</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 14/1 (14 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2362</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 20/1 (20 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2332</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2363</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 22/1 (22 группы/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2368</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 12/2 (12 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2369</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 14/2 (14 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2370</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 20/2 (20 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-11</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х11 REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-7</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х7 REXANT</t>
+  </si>
+  <si>
+    <t>11-2322</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2326</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2343</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2355</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2306</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2309</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2323</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 15 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2353</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2360</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 12/1 (12 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2364</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 24/1 (24 группы/крепеж по центру) REXANT</t>
+  </si>
+  <si>
     <t>11-2305</t>
   </si>
   <si>
     <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 4 группы REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>11-2338</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2365</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 6/2 (6 групп/крепеж по краям) REXANT</t>
   </si>
   <si>
     <t>11-2367</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 10/2 (10 групп/крепеж по краям) REXANT</t>
   </si>
   <si>
+    <t>11-2328</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 12 групп REXANT</t>
+  </si>
+  <si>
     <t>11-2321</t>
   </si>
   <si>
     <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 7 групп REXANT</t>
   </si>
   <si>
-    <t>11-2338</t>
-[...14 lines deleted...]
-    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 12 групп REXANT</t>
+    <t>11-2314</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2316</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2320</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2324</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2334</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2340</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2344</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2349</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2359</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 10/1 (10 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2366</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 8/2 (8 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2371</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 24/2 (24 группы/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2325</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2372</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 8/1 (8 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-15</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х15 REXANT</t>
+  </si>
+  <si>
+    <t>11-2307</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 8 групп REXANT </t>
+  </si>
+  <si>
+    <t>11-2327</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 10 групп REXANT</t>
   </si>
   <si>
     <t>11-2329</t>
   </si>
   <si>
     <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 14 групп REXANT</t>
   </si>
   <si>
+    <t>11-2336</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2337</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2341</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2345</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2350</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2308</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 6 групп REXANT </t>
+  </si>
+  <si>
+    <t>11-2318</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2319</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 14 групп REXANT</t>
+  </si>
+  <si>
     <t>11-2330</t>
   </si>
   <si>
     <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 16 групп REXANT</t>
   </si>
   <si>
     <t>11-2331</t>
   </si>
   <si>
     <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 4 группы REXANT</t>
   </si>
   <si>
-    <t>11-2334</t>
-[...14 lines deleted...]
-    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 10 групп REXANT</t>
+    <t>11-2333</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2335</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2339</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2302-15</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 2х15 REXANT</t>
+  </si>
+  <si>
+    <t>11-2342</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 12 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2302-7</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 2х7 REXANT</t>
   </si>
   <si>
     <t>11-2346</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 6 групп REXANT</t>
   </si>
   <si>
+    <t>11-2347</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 8 групп REXANT</t>
+  </si>
+  <si>
     <t>11-2348</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8х12мм стойка бол. 10 групп REXANT</t>
-  </si>
-[...316 lines deleted...]
-    <t>Шина PEN «земля-ноль» 6х9мм 8/1 (8 групп/крепеж по центру) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -876,51 +876,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-4-gruppy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-2-10-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-7-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-4-gruppy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-2-6-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8h12mm-stoyka-bol-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-7-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-15-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-14-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-16-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-4-gruppy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-16-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h15-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h11-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h15-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h7-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h7-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-14-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-15-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-1-12-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-1-14-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-2-8-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-2-12-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-2-14-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-2-20-grupp-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-14-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-22-1-22-gruppy-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-1-20-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-1-24-gruppy-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-1-6-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-1-10-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-8-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-2-24-gruppy-krepezh-po-krayam-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-16-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-1-8-grupp-krepezh-po-tsentru-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-1-6-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-1-14-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-1-20-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-22-1-22-gruppy-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-2-12-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-2-14-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-2-20-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h11-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h7-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-1-12-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-1-24-gruppy-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-2-6-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-2-10-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-1-10-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-2-8-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-2-24-gruppy-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-1-8-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h15-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h15-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h7-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8h12mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I69"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -944,1980 +944,1980 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>74.81</v>
+        <v>458.51</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2649</v>
+        <v>122</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>1000</v>
+        <v>260</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>125.45</v>
+        <v>150.6</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1344</v>
+        <v>931</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>450</v>
+        <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>130.6</v>
+        <v>116.18</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>62.6</v>
+        <v>163.79</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1454</v>
+        <v>2765</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>87.03</v>
+        <v>73.72</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1681</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>720</v>
+        <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>137.7</v>
+        <v>128.2</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>143.97</v>
+        <v>198.41</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>593</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>163.35</v>
+        <v>190.07</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>843</v>
+        <v>202</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>139.51</v>
+        <v>206.8</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>149</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>350</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>234.31</v>
+        <v>128.3</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>206</v>
+        <v>1349</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>360</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>292.68</v>
+        <v>151.48</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>65</v>
+        <v>159</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>110.67</v>
+        <v>211.34</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>917</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>187</v>
+        <v>1274.8</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>697</v>
+        <v>67</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>253.76</v>
+        <v>977.58</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>348</v>
+        <v>445</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>198.17</v>
+        <v>162.7</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>220</v>
+        <v>1327</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>148.08</v>
+        <v>121.4</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1792</v>
+        <v>900</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>108.07</v>
+        <v>135.44</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>103.85</v>
+        <v>119.42</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>892</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>125.82</v>
+        <v>99.23</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>699</v>
+        <v>144</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>300</v>
+        <v>520</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>96.01</v>
+        <v>174.47</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>28</v>
+        <v>1480</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>153.38</v>
+        <v>176.53</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>2860</v>
+        <v>738</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>121.07</v>
+        <v>109.91</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>1187</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>350</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>192.89</v>
+        <v>110.17</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>974</v>
+        <v>1147</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>360</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>147.28</v>
+        <v>266.41</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>275</v>
+        <v>469</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>200.19</v>
+        <v>76.08</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>54</v>
+        <v>813</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>450.85</v>
+        <v>74.2</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>223</v>
+        <v>356</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>260</v>
+        <v>500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>111.83</v>
+        <v>88.51</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>920</v>
+        <v>1691</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>500</v>
+        <v>720</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>1000.23</v>
+        <v>127.58</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1040</v>
+        <v>1137</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>450</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1253.49</v>
+        <v>140.04</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>557</v>
+        <v>1350</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>1532.59</v>
+        <v>132.82</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>541</v>
+        <v>1769</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>536.42</v>
+        <v>189.84</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>4338</v>
+        <v>2201</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>961.24</v>
+        <v>239.43</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>2252</v>
+        <v>850</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>171.55</v>
+        <v>438.59</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>246</v>
+        <v>1704</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>385.98</v>
+        <v>70.12</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>245</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>97.17</v>
+        <v>238.29</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>378</v>
+        <v>145</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>145.73</v>
+        <v>112.78</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1588</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>235.43</v>
+        <v>196.17</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>1</v>
+        <v>348</v>
       </c>
       <c r="G39" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>298.3</v>
+        <v>361.16</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>2140</v>
+        <v>366</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>159.98</v>
+        <v>103.09</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>2083</v>
+        <v>880</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>173.58</v>
+        <v>89.32</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>1434</v>
+        <v>608</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>400</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>68.95</v>
+        <v>247.81</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>661</v>
+        <v>600</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>500</v>
+        <v>150</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>81.81</v>
+        <v>83.2</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>1836</v>
+        <v>1957</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>500</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>108.33</v>
+        <v>100.52</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>1379</v>
+        <v>865</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>360</v>
+        <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>126.06</v>
+        <v>1558.64</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>758</v>
+        <v>793</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>87.83</v>
+        <v>140.12</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>1071</v>
+        <v>3384</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>126.16</v>
+        <v>119.66</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>1661</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>360</v>
+        <v>500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>135.41</v>
+        <v>161.06</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>406</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>207.81</v>
+        <v>297.66</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>161</v>
+        <v>8</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>300.67</v>
+        <v>398.02</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>496</v>
+        <v>464</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>79.47</v>
+        <v>123.81</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>203.34</v>
+        <v>149.78</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>295</v>
+        <v>209</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>350</v>
+        <v>160</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>97.57</v>
+        <v>336.36</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>1773</v>
+        <v>470</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>520</v>
+        <v>120</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>195.09</v>
+        <v>148.21</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>525</v>
+        <v>1000</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>500</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>261.96</v>
+        <v>178.97</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>519</v>
+        <v>2120</v>
       </c>
       <c r="G56" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>355.12</v>
+        <v>303.37</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>586</v>
+        <v>1200</v>
       </c>
       <c r="G57" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>137.78</v>
+        <v>392.54</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>2757</v>
+        <v>5</v>
       </c>
       <c r="G58" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H58" s="3">
-        <v>500</v>
+        <v>150</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>72.49</v>
+        <v>166.13</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>97</v>
+        <v>753</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>101.37</v>
+        <v>141.88</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>450</v>
+        <v>200</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>175.98</v>
+        <v>201.54</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>977</v>
+        <v>135</v>
       </c>
       <c r="G61" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>186.67</v>
+        <v>284.34</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>574</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>243.67</v>
+        <v>97.59</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>343</v>
+        <v>2607</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>431.26</v>
+        <v>1017.23</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>839</v>
+        <v>420</v>
       </c>
       <c r="G64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>117.66</v>
+        <v>141.07</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>2040</v>
+        <v>1902</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>186.89</v>
+        <v>545.54</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>367</v>
+        <v>1726</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>279.59</v>
+        <v>190.18</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>630</v>
+        <v>205</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>200</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>391.37</v>
+        <v>203.59</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>488</v>
+        <v>408</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>81.86</v>
+        <v>258.07</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>2</v>
+        <v>149</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>