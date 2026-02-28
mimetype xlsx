--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -42,456 +42,456 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шины N, PE, PEN, L, кросс-модули</t>
   </si>
   <si>
+    <t>11-2305</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-2306</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2307</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 8 групп REXANT </t>
+  </si>
+  <si>
+    <t>11-2312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 6 групп REXANT </t>
+  </si>
+  <si>
+    <t>11-2319</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2324</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2329</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 14 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2330</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2331</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 4 группы REXANT</t>
+  </si>
+  <si>
+    <t>11-2334</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2337</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2341</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2348</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8х12мм стойка бол. 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2353</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2354</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2302-7</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 2х7 REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-7</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х7 REXANT</t>
+  </si>
+  <si>
+    <t>11-2357</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 6/1 (6 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2360</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 12/1 (12 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2362</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 20/1 (20 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
+    <t>11-2366</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 8/2 (8 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2368</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 12/2 (12 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
     <t>11-2351</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 16 групп REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>11-2302-15</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 2х15 REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-11</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х11 REXANT</t>
+  </si>
+  <si>
+    <t>11-2304-15</t>
+  </si>
+  <si>
+    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х15 REXANT</t>
   </si>
   <si>
     <t>11-2352</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 7 групп REXANT</t>
   </si>
   <si>
-    <t>11-2354</t>
-[...2 lines deleted...]
-    <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 10 групп REXANT</t>
+    <t>11-2308</t>
+  </si>
+  <si>
+    <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 10 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2325</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 6 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2326</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 8 групп REXANT</t>
   </si>
   <si>
     <t>11-2356</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 15 групп REXANT</t>
   </si>
   <si>
-    <t>11-2357</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2361</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 14/1 (14 групп/крепеж по центру) REXANT</t>
   </si>
   <si>
-    <t>11-2362</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2332</t>
   </si>
   <si>
     <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 6 групп REXANT</t>
   </si>
   <si>
+    <t>11-2365</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 6/2 (6 групп/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2314</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2320</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2316</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 10 групп REXANT</t>
+  </si>
+  <si>
     <t>11-2363</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 22/1 (22 группы/крепеж по центру) REXANT</t>
   </si>
   <si>
-    <t>11-2368</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2369</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 14/2 (14 групп/крепеж по краям) REXANT</t>
   </si>
   <si>
+    <t>11-2340</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 8 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2344</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 16 групп REXANT</t>
+  </si>
+  <si>
+    <t>11-2359</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 10/1 (10 групп/крепеж по центру) REXANT</t>
+  </si>
+  <si>
     <t>11-2370</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 20/2 (20 групп/крепеж по краям) REXANT</t>
   </si>
   <si>
-    <t>11-2304-11</t>
-[...8 lines deleted...]
-    <t>Шина на DIN-рейку в корпусе (кросс-модуль) 4х7 REXANT</t>
+    <t>11-2371</t>
+  </si>
+  <si>
+    <t>Шина PEN «земля-ноль» 6х9мм 24/2 (24 группы/крепеж по краям) REXANT</t>
+  </si>
+  <si>
+    <t>11-2345</t>
+  </si>
+  <si>
+    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 4 группы REXANT</t>
   </si>
   <si>
     <t>11-2322</t>
   </si>
   <si>
     <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 12 групп REXANT</t>
   </si>
   <si>
-    <t>11-2326</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2343</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 14 групп REXANT</t>
   </si>
   <si>
     <t>11-2355</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором тип «Стойка» на DIN-рейку 6x9мм 12 групп REXANT</t>
   </si>
   <si>
-    <t>11-2306</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2309</t>
   </si>
   <si>
     <t>Шина PE «земля» в комбинированном зеленом изоляторе на DIN-рейку 6x9мм 12 групп REXANT</t>
   </si>
   <si>
     <t>11-2323</t>
   </si>
   <si>
     <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 15 групп REXANT</t>
   </si>
   <si>
-    <t>11-2353</t>
-[...10 lines deleted...]
-  <si>
     <t>11-2364</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 24/1 (24 группы/крепеж по центру) REXANT</t>
   </si>
   <si>
-    <t>11-2305</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2338</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 4 группы REXANT</t>
   </si>
   <si>
-    <t>11-2365</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2367</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 10/2 (10 групп/крепеж по краям) REXANT</t>
   </si>
   <si>
     <t>11-2328</t>
   </si>
   <si>
     <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 12 групп REXANT</t>
   </si>
   <si>
     <t>11-2321</t>
   </si>
   <si>
     <t>Шина PE «земля» в корпусном зеленом изоляторе на DIN-рейку 6x9мм 7 групп REXANT</t>
   </si>
   <si>
-    <t>11-2314</t>
-[...40 lines deleted...]
-  <si>
     <t>11-2349</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 12 групп REXANT</t>
   </si>
   <si>
-    <t>11-2359</t>
-[...22 lines deleted...]
-  <si>
     <t>11-2372</t>
   </si>
   <si>
     <t>Шина PEN «земля-ноль» 6х9мм 8/1 (8 групп/крепеж по центру) REXANT</t>
   </si>
   <si>
-    <t>11-2304-15</t>
-[...10 lines deleted...]
-  <si>
     <t>11-2327</t>
   </si>
   <si>
     <t>Шина «N» нулевая 6х9мм на двух угловых синих изоляторах 10 групп REXANT</t>
   </si>
   <si>
-    <t>11-2329</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2336</t>
   </si>
   <si>
     <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 14 групп REXANT</t>
   </si>
   <si>
-    <t>11-2337</t>
-[...16 lines deleted...]
-  <si>
     <t>11-2350</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 14 групп REXANT</t>
   </si>
   <si>
-    <t>11-2308</t>
-[...10 lines deleted...]
-  <si>
     <t>11-2318</t>
   </si>
   <si>
     <t>Шина «N» нулевая в комбинированном синем изоляторе на DIN-рейку 8x12мм 12 групп REXANT</t>
   </si>
   <si>
-    <t>11-2319</t>
-[...16 lines deleted...]
-  <si>
     <t>11-2333</t>
   </si>
   <si>
     <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 8 групп REXANT</t>
   </si>
   <si>
     <t>11-2335</t>
   </si>
   <si>
     <t>Шина «N» нулевая 8х12мм на двух угловых синих изоляторах 12 групп REXANT</t>
   </si>
   <si>
     <t>11-2339</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 6 групп REXANT</t>
   </si>
   <si>
-    <t>11-2302-15</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2342</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 6x9мм стойка бол. 12 групп REXANT</t>
   </si>
   <si>
-    <t>11-2302-7</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2346</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 6 групп REXANT</t>
   </si>
   <si>
     <t>11-2347</t>
   </si>
   <si>
     <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8x12мм стойка бол. 8 групп REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Шина «N» нулевая с синим изолятором на DIN-рейку 8х12мм стойка бол. 10 групп REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -876,51 +876,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-1-6-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-1-14-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-1-20-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-22-1-22-gruppy-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-2-12-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-14-2-14-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-20-2-20-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h11-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h7-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-12-1-12-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-1-24-gruppy-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-6-2-6-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-2-10-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-10-1-10-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-2-8-grupp-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-24-2-24-gruppy-krepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-8-1-8-grupp-krepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h15-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h15-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h7-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8h12mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8h12mm-stoyka-bol-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h7-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h7-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-61-6-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-121-12-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-201-20-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-82-8-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-122-12-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-2h15-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h11-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-na-din-reyku-v-korpuse-kross-modul-4h15-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-141-14-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-62-6-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-221-22-gruppykrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-142-14-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-16-grupp-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-101-10-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-202-20-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-242-24-gruppykrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-tip-stoyka-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-kombinirovannom-zelenom-izolyatore-na-din-reyku-6x9mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-15-grupp-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-241-24-gruppykrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-4-gruppy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-102-10-gruppkrepezh-po-krayam-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pe-zemlya-v-korpusnom-zelenom-izolyatore-na-din-reyku-6x9mm-7-grupp-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-pen-zemlya-nol-6h9mm-81-8-gruppkrepezh-po-tsentru-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-6h9mm-na-dvuh-uglovyh-sinih-izolyatorah-10-grupp-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-14-grupp-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-v-kombinirovannom-sinem-izolyatore-na-din-reyku-8x12mm-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-8-grupp-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-8h12mm-na-dvuh-uglovyh-sinih-izolyatorah-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-6x9mm-stoyka-bol-12-grupp-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-6-grupp-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-n-nulevaya-s-sinim-izolyatorom-na-din-reyku-8x12mm-stoyka-bol-8-grupp-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I69"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -944,1974 +944,1974 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>458.51</v>
+        <v>76.08</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>122</v>
+        <v>2234</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>260</v>
+        <v>520</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>150.6</v>
+        <v>99.23</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>931</v>
+        <v>1259</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>500</v>
+        <v>520</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>116.18</v>
+        <v>140.12</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>4</v>
+        <v>2546</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>163.79</v>
+        <v>178.97</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2765</v>
+        <v>30</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>73.72</v>
+        <v>392.54</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>230</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>128.2</v>
+        <v>70.12</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>198.41</v>
+        <v>161.06</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>190.07</v>
+        <v>166.13</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>202</v>
+        <v>656</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>206.8</v>
+        <v>141.88</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>67</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>128.3</v>
+        <v>238.29</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1349</v>
+        <v>135</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>360</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>151.48</v>
+        <v>398.02</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>159</v>
+        <v>461</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>211.34</v>
+        <v>123.81</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1274.8</v>
+        <v>258.07</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>67</v>
+        <v>451</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>977.58</v>
+        <v>109.91</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>445</v>
+        <v>1946</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>350</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>162.7</v>
+        <v>116.18</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1327</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>121.4</v>
+        <v>545.54</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>900</v>
+        <v>3577</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>135.44</v>
+        <v>977.58</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>2203</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>119.42</v>
+        <v>73.72</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>502</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>99.23</v>
+        <v>110.17</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>144</v>
+        <v>1027</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>520</v>
+        <v>360</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>174.47</v>
+        <v>198.41</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1480</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>176.53</v>
+        <v>89.32</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>738</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>400</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>109.91</v>
+        <v>128.3</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1187</v>
+        <v>977</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>110.17</v>
+        <v>458.51</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1147</v>
+        <v>107</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>360</v>
+        <v>260</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>266.41</v>
+        <v>1017.23</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>469</v>
+        <v>267</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>76.08</v>
+        <v>1274.8</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>813</v>
+        <v>450</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>74.2</v>
+        <v>1558.64</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>356</v>
+        <v>729</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>88.51</v>
+        <v>150.6</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1691</v>
+        <v>885</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>720</v>
+        <v>500</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>127.58</v>
+        <v>148.21</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1137</v>
+        <v>1351</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>450</v>
+        <v>500</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>140.04</v>
+        <v>83.2</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1350</v>
+        <v>1970</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>500</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>132.82</v>
+        <v>121.4</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>1769</v>
+        <v>1268</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>500</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>189.84</v>
+        <v>163.79</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>2201</v>
+        <v>2755</v>
       </c>
       <c r="G33" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>239.43</v>
+        <v>128.2</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>850</v>
+        <v>204</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>438.59</v>
+        <v>190.07</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1704</v>
+        <v>187</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>70.12</v>
+        <v>88.51</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>958</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>500</v>
+        <v>720</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>238.29</v>
+        <v>189.84</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>145</v>
+        <v>3460</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>112.78</v>
+        <v>438.59</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>1432</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>196.17</v>
+        <v>239.43</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>348</v>
+        <v>1230</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>361.16</v>
+        <v>206.8</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>366</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>103.09</v>
+        <v>151.48</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>880</v>
+        <v>147</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>450</v>
+        <v>250</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>89.32</v>
+        <v>112.78</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>608</v>
+        <v>277</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>400</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>247.81</v>
+        <v>196.17</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>600</v>
+        <v>218</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>83.2</v>
+        <v>103.09</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>1957</v>
+        <v>1492</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>100.52</v>
+        <v>211.34</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>865</v>
+        <v>521</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>1558.64</v>
+        <v>247.81</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>793</v>
+        <v>586</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>140.12</v>
+        <v>149.78</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>3384</v>
+        <v>178</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>500</v>
+        <v>160</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>119.66</v>
+        <v>162.7</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>1795</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>161.06</v>
+        <v>135.44</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>815</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>297.66</v>
+        <v>119.42</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>398.02</v>
+        <v>174.47</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>464</v>
+        <v>2434</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>123.81</v>
+        <v>176.53</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>26</v>
+        <v>615</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>149.78</v>
+        <v>266.41</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>209</v>
+        <v>264</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>336.36</v>
+        <v>74.2</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>470</v>
+        <v>213</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>148.21</v>
+        <v>127.58</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>1000</v>
+        <v>1076</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>178.97</v>
+        <v>140.04</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>2120</v>
+        <v>1681</v>
       </c>
       <c r="G56" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>500</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>303.37</v>
+        <v>132.82</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>1200</v>
+        <v>1346</v>
       </c>
       <c r="G57" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>392.54</v>
+        <v>361.16</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>5</v>
+        <v>169</v>
       </c>
       <c r="G58" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>166.13</v>
+        <v>100.52</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>753</v>
+        <v>1939</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>500</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>141.88</v>
+        <v>119.66</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>201.54</v>
+        <v>297.66</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>135</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>284.34</v>
+        <v>336.36</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>574</v>
+        <v>448</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>97.59</v>
+        <v>303.37</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>2607</v>
+        <v>2711</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>1017.23</v>
+        <v>201.54</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>420</v>
+        <v>293</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>141.07</v>
+        <v>284.34</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>1902</v>
+        <v>562</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>545.54</v>
+        <v>97.59</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>1726</v>
+        <v>1680</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>190.18</v>
+        <v>141.07</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>205</v>
+        <v>913</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>203.59</v>
+        <v>190.18</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>408</v>
+        <v>149</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>200</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>258.07</v>
+        <v>203.59</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>149</v>
+        <v>350</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>200</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>