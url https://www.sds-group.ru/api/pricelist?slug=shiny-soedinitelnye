--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -42,180 +42,180 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шины соединительные</t>
   </si>
   <si>
+    <t>11-2244-1</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN 12 штырей 3Р 63А 22см REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-2230</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK (вилка) 1Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2242</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 2Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2252</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (12 штырей) 1Р 100 А (22см) REXANT</t>
+  </si>
+  <si>
     <t>11-2241-1</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN 12 штырей 1Р 63А 22см REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>11-2254</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² для модульного оборудования, ввод сбоку REXANT</t>
+  </si>
+  <si>
+    <t>11-2251</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² для модульного оборудования, прямой ввод REXANT</t>
+  </si>
+  <si>
+    <t>11-2231</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 1Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2243</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 2Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2247</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 4Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2241</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 1Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2245</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 3Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2234</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK (вилка) 3Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2235</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 3Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2256</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (12 штырей) 3Р 100 А (22см) REXANT</t>
+  </si>
+  <si>
+    <t>11-2258</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² удлиненная для модульного оборудования, прямой ввод  REXANT</t>
   </si>
   <si>
     <t>11-2233</t>
   </si>
   <si>
     <t>Шина соединительная типа FORK вилка 2Р 63А 1м REXANT</t>
   </si>
   <si>
-    <t>11-2234</t>
-[...10 lines deleted...]
-  <si>
     <t>11-2236</t>
   </si>
   <si>
     <t>Шина соединительная типа FORK вилка 4Р 63А 1м REXANT</t>
   </si>
   <si>
     <t>11-2240</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 1Р 100А 1м REXANT</t>
   </si>
   <si>
-    <t>11-2242</t>
-[...10 lines deleted...]
-  <si>
     <t>11-2244</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 3Р 100А 1м REXANT</t>
   </si>
   <si>
-    <t>11-2245</t>
-[...52 lines deleted...]
-  <si>
     <t>11-2246</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 4Р 100А 1м REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Клемма вводная КВМ 4-25мм² для модульного оборудования, ввод сбоку REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -600,51 +600,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-63a-22sm-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-2r-63a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-63a-1-m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-4r-63a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-63a-1-m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-63a-1-m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-63a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-63a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-63a-1-m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-63a-22sm-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-100-a-22sm-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-udlinennaya-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-100a-1m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-100-a-22sm-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-vvod-sboku-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-vvod-sboku-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-udlinennaya-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-2r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-100a-1m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -668,646 +668,646 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>195.01</v>
+        <v>521.72</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3455</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1311.4</v>
+        <v>863.16</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>932</v>
+        <v>458</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>4159.58</v>
+        <v>3198.38</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>152</v>
+        <v>189</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>2287.53</v>
+        <v>284.32</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>115</v>
+        <v>1940</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>2644.42</v>
+        <v>198.33</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>87</v>
+        <v>1732</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>888.76</v>
+        <v>133.82</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>716</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>1500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>3144.92</v>
+        <v>150.19</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>216</v>
+        <v>260</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>1500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1264.54</v>
+        <v>798.28</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>363</v>
+        <v>218</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>2901.87</v>
+        <v>1376.06</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1785.06</v>
+        <v>2386.7</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>218</v>
+        <v>137</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2235.05</v>
+        <v>734.95</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>156</v>
+        <v>546</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>147.68</v>
+        <v>1906.18</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>830</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1500</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>784.94</v>
+        <v>4230.29</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>551</v>
+        <v>265</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>898.12</v>
+        <v>2326.42</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>508</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>688.25</v>
+        <v>636.74</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>561</v>
+        <v>450</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>513</v>
+        <v>150.73</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1184</v>
+        <v>1360</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>1500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>279.57</v>
+        <v>1400.38</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2370</v>
+        <v>702</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>148.21</v>
+        <v>2823.84</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2180</v>
+        <v>32</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1500</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>2671.86</v>
+        <v>949.06</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>115</v>
+        <v>618</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>567.89</v>
+        <v>2951.2</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1030</v>
+        <v>117</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>180</v>
+        <v>30</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>131.58</v>
+        <v>2989.01</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>108</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1500</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>