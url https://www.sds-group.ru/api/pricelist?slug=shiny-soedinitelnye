--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -42,168 +42,168 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шины соединительные</t>
   </si>
   <si>
+    <t>11-2230</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK (вилка) 1Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-2231</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 1Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2236</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 4Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2240</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 1Р 100А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2256</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (12 штырей) 3Р 100 А (22см) REXANT</t>
+  </si>
+  <si>
+    <t>11-2254</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² для модульного оборудования, ввод сбоку REXANT</t>
+  </si>
+  <si>
+    <t>11-2258</t>
+  </si>
+  <si>
+    <t>Клемма вводная КВМ 4-25мм² удлиненная для модульного оборудования, прямой ввод  REXANT</t>
+  </si>
+  <si>
+    <t>11-2233</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа FORK вилка 2Р 63А 1м REXANT</t>
+  </si>
+  <si>
+    <t>11-2241</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 1Р 63А 1 м REXANT</t>
+  </si>
+  <si>
     <t>11-2244-1</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN 12 штырей 3Р 63А 22см REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>11-2242</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 2Р 100А 1м REXANT</t>
   </si>
   <si>
+    <t>11-2243</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN штырь 2Р 63А 1 м REXANT</t>
+  </si>
+  <si>
+    <t>11-2247</t>
+  </si>
+  <si>
+    <t>Шина соединительная типа PIN (штырь) 4Р 63А 1м REXANT</t>
+  </si>
+  <si>
     <t>11-2252</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (12 штырей) 1Р 100 А (22см) REXANT</t>
   </si>
   <si>
     <t>11-2241-1</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN 12 штырей 1Р 63А 22см REXANT</t>
   </si>
   <si>
-    <t>11-2254</t>
-[...4 lines deleted...]
-  <si>
     <t>11-2251</t>
   </si>
   <si>
     <t>Клемма вводная КВМ 4-25мм² для модульного оборудования, прямой ввод REXANT</t>
   </si>
   <si>
-    <t>11-2231</t>
-[...22 lines deleted...]
-  <si>
     <t>11-2245</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN штырь 3Р 63А 1 м REXANT</t>
   </si>
   <si>
     <t>11-2234</t>
   </si>
   <si>
     <t>Шина соединительная типа FORK (вилка) 3Р 100А 1м REXANT</t>
   </si>
   <si>
     <t>11-2235</t>
   </si>
   <si>
     <t>Шина соединительная типа FORK вилка 3Р 63А 1 м REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Шина соединительная типа PIN (штырь) 1Р 100А 1м REXANT</t>
   </si>
   <si>
     <t>11-2244</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 3Р 100А 1м REXANT</t>
   </si>
   <si>
     <t>11-2246</t>
   </si>
   <si>
     <t>Шина соединительная типа PIN (штырь) 4Р 100А 1м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -600,51 +600,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-vvod-sboku-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-udlinennaya-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-2r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-100a-1m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-1r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-vvod-sboku-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-udlinennaya-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-2r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-1r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-3r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-2r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-63a-1m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-100-a-22sm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-12-shtyrey-1r-63a-22sm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-vvodnaya-kvm-4-25mm-dlya-modulnogo-oborudovaniya-pryamoy-vvod-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-fork-vilka-3r-63a-1-m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-3r-100a-1m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-soedinitelnaya-tipa-pin-shtyr-4r-100a-1m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -668,640 +668,640 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>521.72</v>
+        <v>863.16</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>454</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>863.16</v>
+        <v>798.28</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>458</v>
+        <v>552</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>3198.38</v>
+        <v>2823.84</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>189</v>
+        <v>26</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>284.32</v>
+        <v>949.06</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1940</v>
+        <v>602</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>198.33</v>
+        <v>636.74</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1732</v>
+        <v>857</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>180</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
         <v>133.82</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>2010</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>1500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>150.19</v>
+        <v>150.73</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>260</v>
+        <v>1010</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>1500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>798.28</v>
+        <v>1400.38</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>218</v>
+        <v>690</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1376.06</v>
+        <v>734.95</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2386.7</v>
+        <v>521.72</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>137</v>
+        <v>1122</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>734.95</v>
+        <v>3198.38</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>546</v>
+        <v>169</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1906.18</v>
+        <v>1376.06</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>4230.29</v>
+        <v>2386.7</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>265</v>
+        <v>135</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>30</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>2326.42</v>
+        <v>284.32</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>1409</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>636.74</v>
+        <v>198.33</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>450</v>
+        <v>4309</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>180</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>150.73</v>
+        <v>150.19</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1360</v>
+        <v>1280</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>1500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1400.38</v>
+        <v>1906.18</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>702</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>2823.84</v>
+        <v>4230.29</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>32</v>
+        <v>248</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>949.06</v>
+        <v>2326.42</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>618</v>
+        <v>88</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
         <v>2951.2</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>30</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
         <v>2989.01</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>