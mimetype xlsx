--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -8,1087 +8,1186 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="627" uniqueCount="345">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="702" uniqueCount="378">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шкафы и стойки</t>
   </si>
   <si>
     <t>1.1 Настенные шкафы РФ</t>
   </si>
   <si>
     <t>1.1.1 Настенные шкафы 6U 600х600</t>
   </si>
   <si>
+    <t>04-2230</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×600×370мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>04-2220</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 6U 600×600×370мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный), RAL 7035 REXANT PRO</t>
-[...11 lines deleted...]
-    <t>Шкаф настенный 19" 6U 600×600×370мм (ШxГxВ) - передняя дверь металл, боковые стенки съемные (разобранный), RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×600×370мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0666-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×600мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-0666-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×600мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-0664-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×450мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-0664-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×450мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>1.1.2 Настенные шкафы 6U 600х450</t>
   </si>
   <si>
     <t>04-2210</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 6U 600×450×370мм (ШxГxВ) - передняя дверь металл, боковые стенки съемные (разобранный), RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×450×370мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>04-2200</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 6U 600×450×370мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный), RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×450×370мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035)) REXANT PRO</t>
   </si>
   <si>
     <t>1.1.3 Настенные шкафы 9U 600х600</t>
   </si>
   <si>
+    <t>04-0966-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
     <t>04-2221</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 9U 600×600×500мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600×500мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0966-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2231</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 9U 600×600×500мм (ШxГxВ) -дверь металл, стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600×500мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0966-122</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь металл, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-0966-121</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>1.1.4 Настенные шкафы 9U 600х450</t>
   </si>
   <si>
     <t>04-2211</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 9U 600×450×500мм (ШxГxВ) -дверь металл, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450×500мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>04-2201</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 9U 600×450×500мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450×500мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0964-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-0964-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-0964-121</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>1.1.5 Настенные шкафы 12U 600х600</t>
   </si>
   <si>
+    <t>04-1266-121</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-2222</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 12U 600×600×635мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600×635мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-1266-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-1266-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-1266-122</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь металл, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>04-2232</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 12U 600×600×635мм (ШxГxВ) -дверь металл, стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600×635мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>1.1.6 Настенные шкафы 12U 600х450</t>
   </si>
   <si>
+    <t>04-2212</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×450×635мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
     <t>04-2202</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 12U 600×450×635мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
-[...5 lines deleted...]
-    <t>Шкаф настенный 19" 12U 600×450×635мм (ШxГxВ) - передняя дверь металл, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×450×635мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>1.1.7 Настенные шкафы 15U 600х600</t>
   </si>
   <si>
     <t>04-2223</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 15U 600×600×770мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 15U 600×600×770мм, дверь стекло, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>04-2233</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 15U 600×600×770мм (ШxГxВ) -дверь металл, стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 15U 600×600×770мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>1.1.8 Настенные шкафы 15U 600х450</t>
   </si>
   <si>
     <t>04-2213</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 15U 600×450×770мм (ШxГxВ) -дверь металл, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 15U 600×450×770мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>04-2203</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 15U 600×450×770мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 15U 600×450×770мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>1.1.9 Настенные шкафы 18U 600х600</t>
   </si>
   <si>
+    <t>04-2204</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 18U 600×450×964мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-2234</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 18U 600×600×964мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
     <t>04-2224</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 18U 600×600×964мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 18U 600×600×964мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>04-2214</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 18U 600×450×964мм (ШxГxВ) - передняя дверь металл, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
-[...11 lines deleted...]
-    <t>Шкаф настенный 19" 18U 600×450×964мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 18U 600×450×964мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>1.2 Напольные шкафы РФ</t>
   </si>
   <si>
-    <t>1.2.1 Напольные шкафы 22U 600x600</t>
+    <t>1.2.1 Напольные шкафы 42U 600x800</t>
+  </si>
+  <si>
+    <t>04-4268-231</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×800мм, дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2306</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2334</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2361</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х800мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-4268-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×800×2054мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-4266-232</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×800×2054мм, дверь перфорация, перфорированная задняя дверь, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-4268-211</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×800×2054мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-4268-232</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×800х2055мм, дверь перфорация, перфорированная задняя дверь, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2 Напольные шкафы 42U 600x1000</t>
+  </si>
+  <si>
+    <t>04-2307</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2332</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2362</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х1000мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Напольные шкафы 42U 800x800</t>
+  </si>
+  <si>
+    <t>04-4288-211</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800×800мм, дверь стекло, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2308</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2336</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-4288-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800×800×2054мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-2335</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2363</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х800мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.4 Напольные шкафы 42U 800x1000</t>
+  </si>
+  <si>
+    <t>04-2364</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2364-1</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, передняя и задняя дверь с перфорацией, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-2309</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.5 Напольные шкафы 47U 600х600</t>
+  </si>
+  <si>
+    <t>04-2304</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.6 Напольные шкафы 47U 600х800</t>
+  </si>
+  <si>
+    <t>04-2303</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.7 Напольные шкафы 47U 600х1000</t>
+  </si>
+  <si>
+    <t>04-2330</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 600х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2300</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.8 Напольные шкафы 47U 800х800</t>
+  </si>
+  <si>
+    <t>04-2302</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 800х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.9 Напольные шкафы 47U 800х1000</t>
+  </si>
+  <si>
+    <t>04-2331</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 800х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2301</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 800х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.10 Напольные шкафы 22U 600x600</t>
   </si>
   <si>
     <t>04-2339</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 22U 600х600мм, передняя и задняя дверь перфорация, RAL 7035 REXANT</t>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600х600мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2313</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 22U 600х600мм, передняя дверь стекло, задняя дверь металл, RAL 7035 REXANT</t>
-[...2 lines deleted...]
-    <t>1.2.2 Напольные шкафы 22U 600x800</t>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.11 Напольные шкафы 22U 600x800</t>
+  </si>
+  <si>
+    <t>04-2314</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2340</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 22U 600х800мм, передняя и задняя дверь перфорация, RAL 7035 REXANT</t>
-[...8 lines deleted...]
-    <t>1.2.3 Напольные шкафы 22U 600x1000</t>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.12 Напольные шкафы 22U 600x1000</t>
   </si>
   <si>
     <t>04-2315</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 22U 600х1000мм, передняя дверь стекло, задняя дверь металл, RAL 7035 REXANT</t>
-[...2 lines deleted...]
-    <t>1.2.4 Напольные шкафы 32U 600x600</t>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.13 Напольные шкафы 32U 600x600</t>
   </si>
   <si>
     <t>04-2337</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 32U 600х600мм, передняя и задняя дверь перфорация, RAL 7035 REXANT</t>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х600мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-3266-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600×600×1609мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>04-2310</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 32U 600х600мм, передняя дверь стекло, задняя дверь металл, RAL 7035 REXANT</t>
-[...2 lines deleted...]
-    <t>1.2.5 Напольные шкафы 32U 600x800</t>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-3266-211</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600×600×1609мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.14 Напольные шкафы 32U 600x800</t>
+  </si>
+  <si>
+    <t>04-2311</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2338</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 32U 600х800мм, передняя и задняя дверь перфорация, RAL 7035 REXANT</t>
-[...8 lines deleted...]
-    <t>1.2.6 Напольные шкафы 32U 600x1000</t>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.15 Напольные шкафы 32U 600x1000</t>
   </si>
   <si>
     <t>04-2312</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 32U 600х1000мм, передняя дверь стекло, задняя дверь металл, RAL 7035 REXANT</t>
-[...2 lines deleted...]
-    <t>1.2.7 Напольные шкафы 42U 600x600</t>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.16 Напольные шкафы 42U 600x600</t>
+  </si>
+  <si>
+    <t>04-2360</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х600мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2305</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2333</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 42U 600х600мм, передняя и задняя дверь перфорация, RAL 7035 REXANT</t>
-[...212 lines deleted...]
-    <t>1.4.1 Напольные шкафы 18U 600х600</t>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х600мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Напольные шкафы REXANT</t>
+  </si>
+  <si>
+    <t>1.3.1 Напольные шкафы 42U 600x600 REXANT</t>
+  </si>
+  <si>
+    <t>04-4266-211</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×600×2054мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-4266-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×600×2054мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Напольные шкафы 18U 600х600</t>
+  </si>
+  <si>
+    <t>04-2266-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600×600×1164мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-1866-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 18U 600×600×987мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>04-1866-211</t>
   </si>
   <si>
-    <t>Напольный шкаф 19" 18U 600×600×987 (ШxГxВ), дверь стекло, металлическая задняя дверь, боковые съемные стенки, RAL 7035 REXANT</t>
-[...2 lines deleted...]
-    <t>1.4.2 Напольные шкафы 22U 600х600</t>
+    <t>Шкаф телекоммуникационный напольный 19" 18U 600×600×987мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-1866-232</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 18U 600×600мм, дверь перфорация, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.3 Напольные шкафы 22U 600х600</t>
   </si>
   <si>
     <t>04-2266-211</t>
   </si>
   <si>
-    <t>Напольный шкаф 19" 22U 600×600×1164 (ШxГxВ), дверь стекло, металлическая задняя дверь, боковые съемные стенки, RAL 7035 REXANT</t>
-[...2 lines deleted...]
-    <t>1.4.3 Напольные шкафы 27U 600х600</t>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600×600×1164мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.4 Напольные шкафы 27U 600х600</t>
   </si>
   <si>
     <t>04-2766-212</t>
   </si>
   <si>
-    <t>Напольный шкаф 19" 27U 600×600×1387 (ШxГxВ), дверь стекло, металлическая задняя дверь, боковые съемные стенки, RAL 9005 REXANT</t>
-[...11 lines deleted...]
-    <t>1.4.5 Напольные шкафы 37U 600x600</t>
+    <t>Шкаф телекоммуникационный напольный 19" 27U 600×600×1387мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-2766-211</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 27U 600×600×1387мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.5 Напольные шкафы 37U 600x600</t>
   </si>
   <si>
     <t>04-3766-211</t>
   </si>
   <si>
-    <t>Напольный шкаф 19" 37U 600×600×1832 (ШxГxВ), дверь стекло, металлическая задняя дверь, боковые съемные стенки, RAL 7035 REXANT</t>
-[...35 lines deleted...]
-    <t>1.5 Антивандальные настенные шкафы</t>
+    <t>Шкаф телекоммуникационный напольный 19" 37U 600×600×1832мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-3766-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 37U 600×600×1832мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Полки для шкафов и стоек</t>
+  </si>
+  <si>
+    <t>04-2623</t>
+  </si>
+  <si>
+    <t>Полка стационарная усиленная 19" 1U, полезная глубина 350мм, для шкафов глубиной 600мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2624</t>
+  </si>
+  <si>
+    <t>Полка стационарная усиленная 19" 1U, полезная глубина 550мм, для шкафов глубиной 800мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2625</t>
+  </si>
+  <si>
+    <t>Полка стационарная усиленная 19" 1U, полезная глубина 700мм, для шкафов глубиной 1000мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2629</t>
+  </si>
+  <si>
+    <t>Полка выдвижная для клавиатуры 19" 1U, глубина 450мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2622</t>
+  </si>
+  <si>
+    <t>Полка стационарная 19" 1U, полезная глубина 700мм, для шкафов глубиной 1000мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2626</t>
+  </si>
+  <si>
+    <t>Полка переднего крепления, стационарная, 19" 1U глубиной 250мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2628</t>
+  </si>
+  <si>
+    <t>Полка переднего крепления, стационарная, 19" 2U глубиной 450мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2620</t>
+  </si>
+  <si>
+    <t>Полка стационарная 19" 1U, полезная глубина 350мм, для шкафов глубиной 600мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2621</t>
+  </si>
+  <si>
+    <t>Полка стационарная 19" 1U, полезная глубина 550мм, для шкафов глубиной 800мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Кабели питания для PDU</t>
+  </si>
+  <si>
+    <t>04-2736</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>04-2731</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>04-2740</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2724</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 3м REXANT</t>
+  </si>
+  <si>
+    <t>04-2722</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>04-2727</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>04-2723</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>04-2729</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 3м REXANT</t>
+  </si>
+  <si>
+    <t>04-2725</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2737</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>04-2742</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C19 – IEC 320 C20 3x1,5мм², 16A, длина 3м REXANT</t>
+  </si>
+  <si>
+    <t>04-2726</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>04-2732</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>04-2738</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>04-2734</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 3м REXANT</t>
+  </si>
+  <si>
+    <t>04-2739</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 3м REXANT</t>
+  </si>
+  <si>
+    <t>04-2741</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C19 – IEC 320 C20 3x1,5мм², 16A, длина 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>04-2743</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C19 – IEC 320 C20 3x1,5мм², 16A, длина 5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2735</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2721</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>04-2728</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>04-2730</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2733</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Вентиляторные модули</t>
+  </si>
+  <si>
+    <t>04-2600</t>
+  </si>
+  <si>
+    <t>Модуль вентиляторный потолочный с 2 вентиляторами, без термостата, для шкафов с глубиной 600мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2603</t>
+  </si>
+  <si>
+    <t>Модуль вентиляторный потолочный с 6 вентиляторами, без термостата, для шкафов с глубиной 1000мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2604</t>
+  </si>
+  <si>
+    <t>Модуль вентиляторный с термостатом 19" 1U с 2-мя вентиляторами REXANT</t>
+  </si>
+  <si>
+    <t>04-2601</t>
+  </si>
+  <si>
+    <t>Модуль вентиляторный потолочный с 4 вентиляторами, без термостата, для шкафов с глубиной 800мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2605</t>
+  </si>
+  <si>
+    <t>Модуль вентиляторный с термостатом 19" 1U с 4-мя вентиляторами REXANT</t>
+  </si>
+  <si>
+    <t>04-2602</t>
+  </si>
+  <si>
+    <t>Модуль вентиляторный потолочный с 4 вентиляторами, без термостата, для шкафов с глубиной 1000мм REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Распределение питания PDU</t>
+  </si>
+  <si>
+    <t>04-0307</t>
+  </si>
+  <si>
+    <t>Блок розеток 19", 1U, 16А, 8 розеток, корпус пластик, без шнура питания</t>
+  </si>
+  <si>
+    <t>04-0301-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 10A без выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0309</t>
+  </si>
+  <si>
+    <t>Блок розеток 19", 1U, 10А, 8 розеток, корпус алюминий, со шнуром питания</t>
+  </si>
+  <si>
+    <t>04-0201-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 20 розеток СЕЕ 7/4 Schuko 16А автомат защиты алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0305-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 9 розеток СЕЕ 7/4 Schuko 10A без выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0104-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток СЕЕ 7/4 Schuko 16A выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0105-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 9 розеток СЕЕ 7/4 Schuko 16A без выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0202-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 10 розеток СЕЕ 7/4 Schuko 10 розеток C13 16А авт защит алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черн REXANT</t>
+  </si>
+  <si>
+    <t>04-0302-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток СЕЕ 7/4 Schuko 10A выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0304-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток C13 10A без выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0205-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 13 розеток СЕЕ 7/4 Schuko 16A фильтр без выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0101-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 16A без выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0303-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток СЕЕ 7/4 Schuko 10A выкл алюм корп гнездо C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0306</t>
+  </si>
+  <si>
+    <t>Блок розеток 19", 1U, 16А, 8 розеток, корпус пластик, со шнуром питания</t>
+  </si>
+  <si>
+    <t>04-0103-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 16A автомат защиты алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0102-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 16A фильтр выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0204-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 12 розеток СЕЕ 7/4 Schuko 16A выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Антивандальные настенные шкафы</t>
+  </si>
+  <si>
+    <t>04-2252</t>
+  </si>
+  <si>
+    <t>Шкаф настенный 19" АНТИВАНДАЛЬНЫЙ распашной 8U 600×400×450мм, (ШxГxВ) RAL 7035 REXANT</t>
+  </si>
+  <si>
+    <t>04-2253</t>
+  </si>
+  <si>
+    <t>Шкаф настенный 19" АНТИВАНДАЛЬНЫЙ распашной 10U 600×500×500мм, (ШxГxВ) RAL 7035 REXANT</t>
   </si>
   <si>
     <t>04-2254</t>
   </si>
   <si>
     <t>Шкаф настенный 19" АНТИВАНДАЛЬНЫЙ распашной 14U 600×500×700мм, (ШxГxВ) RAL 7035 REXANT</t>
   </si>
   <si>
-    <t>04-2252</t>
-[...68 lines deleted...]
-    <t>1.7 Организация кабеля</t>
+    <t>1.9 Монтажные аксессуары</t>
+  </si>
+  <si>
+    <t>04-2681</t>
+  </si>
+  <si>
+    <t>Устройство для объединения шкафов в группу REXANT</t>
+  </si>
+  <si>
+    <t>04-2686</t>
+  </si>
+  <si>
+    <t>Комплект крепежа винт+шайба+гайка M6x16 REXANT</t>
+  </si>
+  <si>
+    <t>04-2687</t>
+  </si>
+  <si>
+    <t>Набор кабелей заземления REXANT</t>
+  </si>
+  <si>
+    <t>04-2683</t>
+  </si>
+  <si>
+    <t>Панель освещения 19" 1U, 220В, кабель 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2688</t>
+  </si>
+  <si>
+    <t>Замок для боковых дверей (напольный, настенный) REXANT</t>
+  </si>
+  <si>
+    <t>04-2690</t>
+  </si>
+  <si>
+    <t>Шина для заземления, 19" REXANT</t>
+  </si>
+  <si>
+    <t>1.10 Организация кабеля</t>
   </si>
   <si>
     <t>04-2641</t>
   </si>
   <si>
     <t>Органайзер кабельный вертикальный 42U без крышки ширина 100мм REXANT</t>
   </si>
   <si>
+    <t>04-2645</t>
+  </si>
+  <si>
+    <t>Органайзер кабельный горизонтальный с крышкой, 19'', 2U, глубиной 72 мм, металл, RAL 7035 REXANT</t>
+  </si>
+  <si>
+    <t>04-2646</t>
+  </si>
+  <si>
+    <t>Органайзер щеточный 19" 1U REXANT</t>
+  </si>
+  <si>
+    <t>04-2660</t>
+  </si>
+  <si>
+    <t>Панель заглушка 19" 1U REXANT</t>
+  </si>
+  <si>
     <t>04-2661</t>
   </si>
   <si>
     <t>Панель заглушка 19" 2U REXANT</t>
   </si>
   <si>
     <t>04-2662</t>
   </si>
   <si>
     <t>Панель заглушка 19" 3U REXANT</t>
   </si>
   <si>
-    <t>04-2660</t>
-[...4 lines deleted...]
-  <si>
     <t>04-2650</t>
   </si>
   <si>
     <t>Органайзер кабельный вертикальный 47U без крышки, ширина 100мм REXANT</t>
   </si>
   <si>
-    <t>04-2645</t>
-[...4 lines deleted...]
-  <si>
     <t>04-2680</t>
   </si>
   <si>
     <t>Ввод щеточный для напольных/настенных шкафов REXANT</t>
   </si>
   <si>
-    <t>04-2646</t>
-[...4 lines deleted...]
-  <si>
     <t>04-2640</t>
   </si>
   <si>
     <t>Органайзер кабельный вертикальный 42U с крышкой, ширина 100мм REXANT</t>
   </si>
   <si>
+    <t>04-0305</t>
+  </si>
+  <si>
+    <t>Органайзер кабельный горизонтальный, 19", 1U, 5 колец глубиной 45 мм, металл, RAL 7035</t>
+  </si>
+  <si>
     <t>04-2651</t>
   </si>
   <si>
     <t>Органайзер кабельный вертикальный 47U с крышкой, ширина 100мм REXANT</t>
-  </si>
-[...328 lines deleted...]
-    <t>Набор кабелей заземления REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1473,56 +1572,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-6u-600-600-370mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-6u-600-600-370mm-shxgxv-perednyaya-dver-metall-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-6u-600-450-370mm-shxgxv-perednyaya-dver-metall-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-6u-600-450-370mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-9u-600-600-500mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-9u-600-600-500mm-shxgxv-dver-metall-stenki-semnye-razobrannyy-ral-7035-rexant-pro.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-9u-600-450-500mm-shxgxv-dver-metall-bokovye-stenki-semnye-razobrannyy-ral-7035-re.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-9u-600-450-500mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-12u-600-600-635mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-12u-600-600-635mm-shxgxv-dver-metall-stenki-semnye-razobrannyy-ral-7035-rexant-pr.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-12u-600-450-635mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-12u-600-450-635mm-shxgxv-perednyaya-dver-metall-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-15u-600-600-770mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-15u-600-600-770mm-shxgxv-dver-metall-stenki-semnye-razobrannyy-ral-7035-rexant-pr.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-15u-600-450-770mm-shxgxv-dver-metall-bokovye-stenki-semnye-razobrannyy-ral-7035-r.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-15u-600-450-770mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-18u-600-600-964mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-18u-600-450-964mm-shxgxv-perednyaya-dver-metall-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-18u-600-600-964mm-shxgxv-dver-metall-stenki-semnye-razobrannyy-ral-7035-rexant-pr.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-18u-600-450-964mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-22u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-22u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-22u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-22u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-22u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-32u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-32u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-32u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-32u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-32u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h600mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-ral7035-rexan.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h800mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-ral7035-rexan.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h1000mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-ral7035-rexa.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h800mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-ral7035-rexan.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-ral7035-rexa.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-dver-s-perforatsiey-ral9005-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-800h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-800h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-shkaf-19-6u-600-450-368-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovye-semnye-.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-shkaf-19-6u-600-600-368-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovye-semnye-.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-shkaf-19-9u-600-450-501-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovye-semnye-.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-shkaf-19-12u-600-600-635-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovye-semnye.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-shkaf-19-9u-600-600-501-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovye-semnye-.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-18u-600-600-987-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-st.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-22u-600-600-1164-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-27u-600-600-1387-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-32u-600-600-1609-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-37u-600-600-1832-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-42u-600-600-2054-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-42u-600-800-2054-shxgxv-dver-perforatsiya-perforirovannaya-zadnyaya-dver-bokovye-s.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-42u-600-800-2054-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-42u-800-800-2054-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-14u-600-500-700mm-shxgxv-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-8u-600-400-450mm-shxgxv-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-10u-600-500-500mm-shxgxv-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-glubinoy-600mm-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-2u-glubinoy-450mm-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-glubinoy-1000mm-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-vydvizhnaya-dlya-klaviatury-19-1u-glubina-450mm-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-glubinoy-600mm-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-glubinoy-1000mm-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-glubinoy-800mm-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-1u-glubinoy-250mm-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-glubinoy-800mm-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-42u-bez-kryshki-shirina-100mm-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-2u-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-3u-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-1u-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-47u-bez-kryshki-shirina-100mm-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-gorizontalnyy-s-kryshkoy-19-2u-glubinoy-72-mm-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vvod-schetochnyy-dlya-napolnyh-nastennyh-shkafov-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-schetochnyy-19-1u-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-42u-s-kryshkoy-shirina-100mm-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-47u-s-kryshkoy-shirina-100mm-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-gorizontalnyy-19-1u-5-kolets-glubinoy-45-mm-metall-ral-7035.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-so-shnurom-pitaniya.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-10a-8-rozetok-korpus-alyuminiy-so-shnurom-pitaniya.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-bez-shnura-pitaniya.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-6-rozetok-see-7-4-16a-avtomat-zaschity-al.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-8-rozetok-see-7-4-16a-vykl-alyum-korp-shn.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-9-rozetok-see-7-4-16a-bez-vykl-alyum-korp.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-6-rozetok-see-7-4-16a-bez-vykl-alyum-korp.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vertikalnyy-12-rozetok-see-7-4-16a-vykl-alyum-korp-shnu.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vertikalnyy-13-rozetok-see-7-4-16a-filtr-bez-vykl-alyum.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-6-rozetok-see-7-4-10a-bez-vykl-alyum-korp.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-8-rozetok-c13-10a-bez-vykl-alyum-korp-shn.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-9-rozetok-see-7-4-10a-bez-vykl-alyum-korp.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vertikalnyy-20-rozetok-see-7-4-16a-avtomat-zaschity-aly.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-8-rozetok-see-7-4-10a-vykl-alyum-korp-gne.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-8-rozetok-see-7-4-10a-vykl-alyum-korp-shn.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vert-10-rozetok-see-7-4-10-rozetok-c13-16a-avtomat-zasc.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-6-rozetok-see-7-4-16a-filtr-vykl-alyum-ko.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-5m-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-3m-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-3m-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-5m-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-3m-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-5m-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-5m-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-5m-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-3m-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-3m-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-s-termostatom-19-1u-s-4-mya-ventilyatorami-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-4-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-1000mm-re.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-2-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-600mm-rex.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-4-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-800mm-rex.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-6-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-1000mm-re.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-s-termostatom-19-1u-s-2-mya-ventilyatorami-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-dlya-bokovyh-dverey-napolnyy-nastennyy-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-osvescheniya-19-1u-220v-kabel-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-obedineniya-shkafov-v-gruppu-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-krepezha-vint-shayba-gayka-m6x16-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-dlya-zazemleniya-19-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kabeley-zazemleniya-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-6u-600-times-600-times-370mm-shxgxv-perednyaya-dver-metall-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15656" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-6u-600-times-600-times-370mm-shxgxv-perednyaya-dver-steklo-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15658" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastenniy-shkaf-19-6u-600-times-600-times-368-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovie-semnie-stenki-ral-7035-rexant-31427" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastenniy-shkaf-19-6u-600-times-450-times-368-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovie-semnie-stenki-ral-7035-rexant-31426" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-6u-600-times-450-times-370mm-shxgxv-perednyaya-dver-metall-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15659" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-6u-600-times-450-times-370mm-shxgxv-perednyaya-dver-steklo-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15657" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastenniy-shkaf-19-9u-600-times-600-times-501-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovie-semnie-stenki-ral-9005-rexant-31524" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-9u-600-times-600-times-500mm-shxgxv-perednyaya-dver-steklo-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15521" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastenniy-shkaf-19-9u-600-times-600-times-501-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovie-semnie-stenki-ral-7035-rexant-31523" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-9u-600-times-600-times-500mm-shxgxv-dver-metall-stenki-semnie-razobranniy-ral-7035-rexant-pro-15533" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-chernyy.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-r.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-9u-600-times-450-times-500mm-shxgxv-dver-metall-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15520" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-9u-600-times-450-times-500mm-shxgxv-perednyaya-dver-steklo-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15510" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastenniy-shkaf-19-9u-600-times-450-times-501-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovie-semnie-stenki-ral-9005-rexant-31429" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastenniy-shkaf-19-9u-600-times-450-times-501-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovie-semnie-stenki-ral-7035-rexant-31428" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-r.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-12u-600-times-600-times-635mm-shxgxv-perednyaya-dver-steklo-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15528" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastenniy-shkaf-19-12u-600-times-600-times-635-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovie-semnie-stenki-ral-7035-rexant-31430" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastenniy-shkaf-19-12u-600-times-600-times-635-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovie-semnie-stenki-ral-9005-rexant-31431" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-cherny.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-12u-600-times-600-times-635mm-shxgxv-dver-metall-stenki-semnie-razobranniy-ral-7035-rexant-pro-15532" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-12u-600-times-450-times-635mm-shxgxv-perednyaya-dver-metall-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15509" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-12u-600-times-450-times-635mm-shxgxv-perednyaya-dver-steklo-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15511" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-15u-600-times-600-times-770mm-shxgxv-perednyaya-dver-steklo-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15524" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-15u-600-times-600-times-770mm-shxgxv-dver-metall-stenki-semnie-razobranniy-ral-7035-rexant-pro-15518" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-15u-600-times-450-times-770mm-shxgxv-dver-metall-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15516" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-15u-600-times-450-times-770mm-shxgxv-perednyaya-dver-steklo-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15529" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-18u-600-times-450-times-964mm-shxgxv-perednyaya-dver-steklo-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15512" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-18u-600-times-600-times-964mm-shxgxv-dver-metall-stenki-semnie-razobranniy-ral-7035-rexant-pro-15535" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-18u-600-times-600-times-964mm-shxgxv-perednyaya-dver-steklo-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15527" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-18u-600-times-450-times-964mm-shxgxv-perednyaya-dver-metall-bokovie-stenki-semnie-razobranniy-ral-7035-rexant-pro-15534" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800mm-dver-perforatsiya-razbornyy-seryy-ral-7035-rex.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15671" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-sostoit-iz-2-chastey-rexant-15676" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-600h800mm-perednyaya-i-zadnyaya-raspashnie-perforirovannie-dveri-ral7035-sostoit-iz-2-chastey-rexant-15675" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-42u-600-times-800-times-2054-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-9005-rexant-31439" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-42u-600-times-800-times-2054-shxgxv-dver-perforatsiya-perforirovannaya-zadnyaya-dver-bokovie-semnie-stenki-ral-9005-rexant-31441" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-42u-600-times-800-times-2054-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-7035-rexant-31438" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800h2055mm-dver-perforatsiya-perforirovannaya-zadnya.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-3-chastey-rexant-15680" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-sostoit-iz-3-chastey-rexant-15682" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-600h1000mm-perednyaya-i-zadnyaya-raspashnie-perforirovannie-dveri-ral7035-sostoit-iz-3-chastey-rexant-15677" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800-800mm-dver-steklo-razbornyy-seryy-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-800h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15684" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-sostoit-iz-2-chastey-rexant-15670" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-42u-800-times-800-times-2054-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-9005-rexant-31440" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-800h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-sostoit-iz-2-chastey-rexant-15681" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-800h800mm-perednyaya-i-zadnyaya-raspashnie-perforirovannie-dveri-ral7035-sostoit-iz-2-chastey-rexant-15679" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-800h1000mm-perednyaya-i-zadnyaya-raspashnie-perforirovannie-dveri-ral7035-sostoit-iz-2-chastey-rexant-15678" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-serii-standart-42u-800h1000mm-perednyaya-i-zadnyaya-dver-s-perforatsiey-ral9005-sostoit-iz-2-chastey-rexant-30974" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-800h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15673" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-47u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15638" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-47u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15634" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-47u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-sostoit-iz-3-chastey-rexant-15635" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-47u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-3-chastey-rexant-15636" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-47u-800h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15633" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-47u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-sostoit-iz-2-chastey-rexant-15639" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-47u-800h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15637" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-22u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-sostoit-iz-2-chastey-rexant-15663" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-22u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15664" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-22u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15662" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-22u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-sostoit-iz-2-chastey-rexant-15661" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-22u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-3-chastey-rexant-15660" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-32u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-sostoit-iz-2-chastey-rexant-15668" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-32u-600-times-600-times-1609-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-9005-rexant-31435" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-32u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15666" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-32u-600-times-600-times-1609-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-7035-rexant-31434" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-32u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15665" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-32u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-sostoit-iz-2-chastey-rexant-15667" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-32u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-3-chastey-rexant-15669" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-600h600mm-perednyaya-i-zadnyaya-raspashnie-perforirovannie-dveri-ral7035-sostoit-iz-2-chastey-rexant-15683" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-sostoit-iz-2-chastey-rexant-15672" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolniy-19-serii-standart-42u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-sostoit-iz-2-chastey-rexant-15674" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-42u-600-times-600-times-2054-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-7035-rexant-31436" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-42u-600-times-600-times-2054-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-9005-rexant-31437" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-22u-600-times-600-times-1164-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-9005-rexant-31433" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-18u-600-times-600-times-987-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-9005-rexant-31443" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-18u-600-times-600-times-987-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-7035-rexant-31442" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-18u-600-600mm-dver-perforatsiya-razbornyy-chernyy-ral-9005-r.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-22u-600-times-600-times-1164-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-7035-rexant-31432" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-27u-600-times-600-times-1387-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-9005-rexant-31444" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-27u-600-times-600-times-1387-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-7035-rexant-31450" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-37u-600-times-600-times-1832-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-7035-rexant-31445" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolniy-shkaf-19-37u-600-times-600-times-1832-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovie-semnie-stenki-ral-9005-rexant-31446" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-serii-standart-glubinoy-600mm-rexant-15751" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-serii-standart-glubinoy-800mm-rexant-15747" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-serii-standart-glubinoy-1000mm-rexant-15746" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-vidvijnaya-dlya-klaviaturi-19-1u-glubina-450mm-rexant-15752" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-serii-standart-glubinoy-1000mm-rexant-15753" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-1u-glubinoy-250mm-rexant-15749" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-2u-glubinoy-450mm-rexant-15755" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-serii-standart-glubinoy-600mm-rexant-15748" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-serii-standart-glubinoy-800mm-rexant-15750" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-sup2-dlina-0-6m-rexant-31886" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-sup2-dlina-0-6m-rexant-31881" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-sup2-dlina-5m-rexant-31890" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-sup2-dlina-3m-rexant-31874" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-sup2-dlina-1-2m-rexant-31872" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-sup2-dlina-1-2m-rexant-31877" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-sup2-dlina-1-8m-rexant-31873" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-sup2-dlina-3m-rexant-31879" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-sup2-dlina-5m-rexant-31875" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-sup2-dlina-1-2m-rexant-31887" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-sup2-dlina-3m-rexant-31892" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-sup2-dlina-0-6m-rexant-31876" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-sup2-dlina-1-2m-rexant-31882" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-sup2-dlina-1-8m-rexant-31888" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-sup2-dlina-3m-rexant-31884" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-sup2-dlina-3m-rexant-31889" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-sup2-dlina-1-8m-rexant-31891" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-sup2-dlina-5m-rexant-31893" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-sup2-dlina-5m-rexant-31885" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-sup2-dlina-0-6m-rexant-31871" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-sup2-dlina-1-8m-rexant-31878" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-sup2-dlina-5m-rexant-31880" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-sup2-dlina-1-8m-rexant-31883" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatorniy-potolochniy-s-2-mya-ventilyatorami-bez-termostata-dlya-shkafov-rexant-serii-standart-s-glubinoy-600mm-rexant-15778" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatorniy-potolochniy-s-6-yu-ventilyatorami-bez-termostata-dlya-shkafov-rexant-serii-standart-s-glubinoy-1000mm-rexant-15777" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatorniy-s-termostatom-19-1u-s-2-mya-ventilyatorami-rexant-15783" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatorniy-potolochniy-s-4-mya-ventilyatorami-bez-termostata-dlya-shkafov-rexant-serii-standart-s-glubinoy-800mm-rexant-15779" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatorniy-s-termostatom-19-1u-s-4-mya-ventilyatorami-rexant-15782" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatorniy-potolochniy-s-4-mya-ventilyatorami-bez-termostata-dlya-shkafov-rexant-serii-standart-s-glubinoy-1000mm-rexant-15781" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-bez-shnura-pitaniya-17833" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalniy-6-rozetok-see-7-4-10a-bez-vikl-alyum-korp-shnur-2m-vilka-c14-rexant-31687" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-10a-8-rozetok-korpus-alyuminiy-so-shnurom-pitaniya-21034" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vertikalniy-20-rozetok-see-7-4-16a-avtomat-zaschiti-alyum-korp-shnur-2m-vilka-see-7-7-rexant-31683" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalniy-9-rozetok-see-7-4-10a-bez-vikl-alyum-korp-shnur-2m-vilka-c14-rexant-31691" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalniy-8-rozetok-see-7-4-16a-vikl-alyum-korp-shnur-2m-vilka-see-7-7-rexant-31681" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalniy-9-rozetok-see-7-4-16a-bez-vikl-alyum-korp-shnur-2m-vilka-see-7-7-rexant-31682" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vert-10-rozetok-see-7-4-10-rozetok-c13-16a-avtomat-zaschiti-alyum-korp-shnur-2m-vilka-see-7-7-rexant-31684" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalniy-8-rozetok-see-7-4-10a-vikl-alyum-korp-shnur-2m-vilka-c14-rexant-31688" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalniy-8-rozetok-c13-10a-bez-vikl-alyum-korp-shnur-2m-vilka-c14-rexant-31690" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vertikalniy-13-rozetok-see-7-4-16a-filtr-bez-vikl-alyum-korp-shnur-2m-vilka-see-7-7-rexant-31686" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalniy-6-rozetok-see-7-4-16a-bez-vikl-alyum-korp-shnur-2m-vilka-see-7-7-rexant-31678" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalniy-8-rozetok-see-7-4-10a-vikl-alyum-korp-gnezdo-c14-rexant-31689" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-so-shnurom-pitaniya-28371" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalniy-6-rozetok-see-7-4-16a-avtomat-zaschiti-alyum-korp-shnur-2m-vilka-see-7-7-rexant-31680" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalniy-6-rozetok-see-7-4-16a-filtr-vikl-alyum-korp-shnur-2m-vilka-see-7-7-rexant-31679" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vertikalniy-12-rozetok-see-7-4-16a-vikl-alyum-korp-shnur-2m-vilka-see-7-7-rexant-31685" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-antivandalniy-raspashnoy-8u-600-times-400-times-450mm-shxgxv-ral-7035-rexant-15526" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-antivandalniy-raspashnoy-10u-600-times-500-times-500mm-shxgxv-ral-7035-rexant-15513" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastenniy-19-antivandalniy-raspashnoy-14u-600-times-500-times-700mm-shxgxv-ral-7035-rexant-15514" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-obedineniya-shkafov-v-gruppu-rexant-15741" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-krepeja-vint-shayba-gayka-m6x16-rexant-15742" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kabeley-zazemleniya-rexant-15740" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-osvescheniya-19-1u-220v-kabel-1-5m-rexant-16880" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-dlya-bokovih-dverey-napolniy-nastenniy-rexant-15743" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-dlya-zazemleniya-19-rexant-15739" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelniy-vertikalniy-42u-standart-bez-krishki-shirina-100mm-rexant-15736" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelniy-gorizontalniy-s-krishkoy-19-2u-glubinoy-72-mm-metall-ral-7035-rexant-15728" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-schetochniy-19-1u-rexant-15732" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-1u-rexant-15729" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-2u-rexant-15734" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-3u-rexant-15738" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelniy-vertikalniy-47u-standart-bez-krishki-shirina-100mm-rexant-17306" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vvod-schetochniy-dlya-napolnih-nastennih-shkafov-rexant-15735" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelniy-vertikalniy-42u-standart-s-krishkoy-shirina-100mm-rexant-15737" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelniy-gorizontalniy-19-1u-5-kolets-glubinoy-45-mm-metall-ral-7035-7066" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelniy-vertikalniy-47u-standart-s-krishkoy-shirina-100mm-rexant-17307" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I193"/>
+  <dimension ref="A1:I205"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1567,4967 +1666,5471 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>23380.1</v>
+        <v>22678.6</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>22678.6</v>
+        <v>23380.1</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
+      <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="2"/>
-[...6 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="B7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="3">
+        <v>14333.94</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="3">
+        <v>30</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>1</v>
+      </c>
+      <c r="I7" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>19492.4</v>
+        <v>14333.94</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>19492.4</v>
+        <v>12882.4</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="3">
+        <v>12882.4</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="3">
+        <v>52</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>1</v>
+      </c>
+      <c r="I10" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A11" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>26888.4</v>
+        <v>19492.4</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="3">
+        <v>19492.4</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="3">
+        <v>0</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>10</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A14" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>22591</v>
+        <v>16127.02</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
+        <v>1</v>
+      </c>
+      <c r="I15" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C16" s="3">
+        <v>24947.91</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="3">
+        <v>0</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
         <v>10</v>
       </c>
-      <c r="I15" s="3">
-[...14 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C17" s="3">
-        <v>27909.5</v>
+        <v>16127.02</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>1</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>27909.5</v>
+        <v>26888.4</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="A19" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C19" s="3">
+        <v>16127.02</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="3">
+        <v>18</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>0</v>
+      </c>
+      <c r="I19" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C20" s="3">
-        <v>29400</v>
+        <v>16127.02</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A21" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="A22" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="3">
+        <v>22680</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F22" s="3">
+        <v>0</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>10</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>33600</v>
+        <v>22591</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C24" s="3">
-        <v>32591.9</v>
+        <v>14558.08</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>1</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I25" s="2"/>
+      <c r="A25" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C25" s="3">
+        <v>14558.08</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F25" s="3">
+        <v>14</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>1</v>
+      </c>
+      <c r="I25" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>28518.5</v>
+        <v>14558.08</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A27" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A28" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I28" s="2"/>
+      <c r="A28" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C28" s="3">
+        <v>18037.5</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" s="3">
+        <v>21</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>0</v>
+      </c>
+      <c r="I28" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C29" s="3">
-        <v>39479.9</v>
+        <v>27909.5</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>1</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C30" s="3">
-        <v>35267.1</v>
+        <v>18037.5</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>162</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>1</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C31" s="3">
-        <v>38295.6</v>
+        <v>18037.5</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>1</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C32" s="3">
-        <v>39240.9</v>
+        <v>18037.5</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I33" s="2"/>
+      <c r="A33" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C33" s="3">
+        <v>27909.5</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="3">
+        <v>0</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>1</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C35" s="3">
-        <v>62053.31</v>
+        <v>28000.1</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>1</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C36" s="3">
-        <v>64400</v>
+        <v>29400</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>1</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C38" s="3">
-        <v>77291.2</v>
+        <v>33600</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>1</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C39" s="3">
-        <v>75039.9</v>
+        <v>32591.9</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>1</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C41" s="3">
-        <v>81199.9</v>
+        <v>28518.5</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>1</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I42" s="2"/>
+      <c r="A42" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C42" s="3">
+        <v>28518.5</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F42" s="3">
+        <v>0</v>
+      </c>
+      <c r="G42" s="3">
+        <v>1</v>
+      </c>
+      <c r="H42" s="3">
+        <v>1</v>
+      </c>
+      <c r="I42" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A43" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C44" s="3">
-        <v>84000</v>
+        <v>39240.9</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>1</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A45" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I45" s="2"/>
+      <c r="A45" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C45" s="3">
+        <v>38295.6</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F45" s="3">
+        <v>0</v>
+      </c>
+      <c r="G45" s="3">
+        <v>1</v>
+      </c>
+      <c r="H45" s="3">
+        <v>1</v>
+      </c>
+      <c r="I45" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="C46" s="3">
-        <v>95172</v>
+        <v>39479.9</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>1</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C47" s="3">
-        <v>92400.1</v>
+        <v>35267.1</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>1</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A49" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I50" s="2"/>
+      <c r="A50" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C50" s="3">
+        <v>67336.44</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F50" s="3">
+        <v>34</v>
+      </c>
+      <c r="G50" s="3">
+        <v>1</v>
+      </c>
+      <c r="H50" s="3">
+        <v>1</v>
+      </c>
+      <c r="I50" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C51" s="3">
-        <v>99497.9</v>
+        <v>108080</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>1</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C52" s="3">
-        <v>110862</v>
+        <v>110242</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>1</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="C53" s="3">
-        <v>96600.1</v>
+        <v>125645</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>1</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I54" s="2"/>
+      <c r="A54" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C54" s="3">
+        <v>67336.44</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F54" s="3">
+        <v>25</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>1</v>
+      </c>
+      <c r="I54" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C55" s="3">
-        <v>108080</v>
+        <v>66482.6</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>1</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="C56" s="3">
-        <v>110242</v>
+        <v>67336.44</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>1</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C57" s="3">
-        <v>125645</v>
+        <v>67336.44</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>1</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="C59" s="3">
         <v>118439</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>1</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="C60" s="3">
         <v>121994</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>1</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="C61" s="3">
         <v>151906</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
         <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>1</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="C63" s="3">
-        <v>156680</v>
+        <v>79930.67</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="C64" s="3">
-        <v>132596</v>
+        <v>129999</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
         <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>1</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="C65" s="3">
         <v>146079</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>1</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="C66" s="3">
-        <v>129999</v>
+        <v>79930.67</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>1</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A67" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I67" s="2"/>
+      <c r="A67" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C67" s="3">
+        <v>132596</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F67" s="3">
+        <v>0</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>1</v>
+      </c>
+      <c r="I67" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="C68" s="3">
-        <v>168441</v>
+        <v>156680</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>1</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A69" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A69" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B69" s="2"/>
+      <c r="C69" s="2"/>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="C70" s="3">
+        <v>168441</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F70" s="3">
+        <v>0</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
+        <v>1</v>
+      </c>
+      <c r="I70" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C71" s="3">
         <v>146079</v>
       </c>
-      <c r="D70" s="4" t="s">
-[...29 lines deleted...]
-      <c r="I71" s="2"/>
+      <c r="D71" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F71" s="3">
+        <v>0</v>
+      </c>
+      <c r="G71" s="3">
+        <v>1</v>
+      </c>
+      <c r="H71" s="3">
+        <v>0</v>
+      </c>
+      <c r="I71" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="C72" s="3">
-        <v>103600</v>
+        <v>145600</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>1</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
       <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="C74" s="3">
-        <v>114801</v>
+        <v>103600</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>1</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="C76" s="3">
+        <v>114801</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F76" s="3">
+        <v>0</v>
+      </c>
+      <c r="G76" s="3">
+        <v>1</v>
+      </c>
+      <c r="H76" s="3">
+        <v>1</v>
+      </c>
+      <c r="I76" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="B77" s="2"/>
+      <c r="C77" s="2"/>
+      <c r="D77" s="2"/>
+      <c r="E77" s="2"/>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2"/>
+      <c r="H77" s="2"/>
+      <c r="I77" s="2"/>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A78" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C78" s="3">
         <v>124012</v>
       </c>
-      <c r="D76" s="4" t="s">
-[...58 lines deleted...]
-      <c r="I78" s="2"/>
+      <c r="D78" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F78" s="3">
+        <v>0</v>
+      </c>
+      <c r="G78" s="3">
+        <v>1</v>
+      </c>
+      <c r="H78" s="3">
+        <v>1</v>
+      </c>
+      <c r="I78" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="C79" s="3">
-        <v>143751</v>
+        <v>119513</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>1</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="2"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
       <c r="I80" s="2"/>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C81" s="3">
+        <v>143751</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F81" s="3">
+        <v>0</v>
+      </c>
+      <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
+        <v>1</v>
+      </c>
+      <c r="I81" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C83" s="3">
         <v>156747</v>
       </c>
-      <c r="D81" s="4" t="s">
-[...25 lines deleted...]
-      <c r="C82" s="3">
+      <c r="D83" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F83" s="3">
+        <v>0</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>1</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="C84" s="3">
         <v>153673</v>
       </c>
-      <c r="D82" s="4" t="s">
-[...42 lines deleted...]
-      <c r="I84" s="2"/>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F84" s="3">
+        <v>0</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1</v>
+      </c>
+      <c r="H84" s="3">
+        <v>1</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A85" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A86" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I86" s="2"/>
+      <c r="A86" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C86" s="3">
+        <v>62053.31</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F86" s="3">
+        <v>0</v>
+      </c>
+      <c r="G86" s="3">
+        <v>1</v>
+      </c>
+      <c r="H86" s="3">
+        <v>1</v>
+      </c>
+      <c r="I86" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="C87" s="3">
-        <v>16900</v>
+        <v>64400</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I87" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="2"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
       <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="C89" s="3">
-        <v>15053</v>
+        <v>75039.9</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="A90" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C90" s="3">
+        <v>77291.2</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F90" s="3">
+        <v>0</v>
+      </c>
+      <c r="G90" s="3">
+        <v>1</v>
+      </c>
+      <c r="H90" s="3">
+        <v>1</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A91" s="3" t="s">
-[...14 lines deleted...]
-      <c r="F91" s="3">
+      <c r="A91" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B91" s="2"/>
+      <c r="C91" s="2"/>
+      <c r="D91" s="2"/>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2"/>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2"/>
+      <c r="I91" s="2"/>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C92" s="3">
+        <v>81199.9</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F92" s="3">
+        <v>7</v>
+      </c>
+      <c r="G92" s="3">
+        <v>1</v>
+      </c>
+      <c r="H92" s="3">
+        <v>1</v>
+      </c>
+      <c r="I92" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B93" s="2"/>
+      <c r="C93" s="2"/>
+      <c r="D93" s="2"/>
+      <c r="E93" s="2"/>
+      <c r="F93" s="2"/>
+      <c r="G93" s="2"/>
+      <c r="H93" s="2"/>
+      <c r="I93" s="2"/>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="G91" s="3">
-[...62 lines deleted...]
-      <c r="I94" s="2"/>
+      <c r="B94" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C94" s="3">
+        <v>86520</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F94" s="3">
+        <v>0</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>1</v>
+      </c>
+      <c r="I94" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A95" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I95" s="2"/>
+      <c r="A95" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C95" s="3">
+        <v>50472.98</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F95" s="3">
+        <v>15</v>
+      </c>
+      <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
+        <v>1</v>
+      </c>
+      <c r="I95" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="C96" s="3">
-        <v>47741.4</v>
+        <v>84000</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>1</v>
       </c>
       <c r="I96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A97" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I97" s="2"/>
+      <c r="A97" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C97" s="3">
+        <v>50472.98</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F97" s="3">
+        <v>21</v>
+      </c>
+      <c r="G97" s="3">
+        <v>1</v>
+      </c>
+      <c r="H97" s="3">
+        <v>1</v>
+      </c>
+      <c r="I97" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A98" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A98" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B98" s="2"/>
+      <c r="C98" s="2"/>
+      <c r="D98" s="2"/>
+      <c r="E98" s="2"/>
+      <c r="F98" s="2"/>
+      <c r="G98" s="2"/>
+      <c r="H98" s="2"/>
+      <c r="I98" s="2"/>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I99" s="2"/>
+      <c r="A99" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C99" s="3">
+        <v>92400.1</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F99" s="3">
+        <v>0</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
+        <v>1</v>
+      </c>
+      <c r="I99" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="C100" s="3">
-        <v>68687</v>
+        <v>95172</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>1</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="2"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
       <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="C102" s="3">
-        <v>59585.4</v>
+        <v>100800</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>1</v>
       </c>
       <c r="I102" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="2"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
       <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="C104" s="3">
-        <v>82698.5</v>
+        <v>110862</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>1</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I105" s="2"/>
+      <c r="A105" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C105" s="3">
+        <v>96600.1</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F105" s="3">
+        <v>0</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>1</v>
+      </c>
+      <c r="I105" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="C106" s="3">
-        <v>73193.4</v>
+        <v>99497.9</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>1</v>
       </c>
       <c r="I106" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="2"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
       <c r="I107" s="2"/>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A108" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A108" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B108" s="2"/>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>184</v>
+        <v>196</v>
       </c>
       <c r="C109" s="3">
-        <v>79493.4</v>
+        <v>61999.9</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>1</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I110" s="2"/>
+      <c r="A110" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C110" s="3">
+        <v>61999.9</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F110" s="3">
+        <v>17</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>1</v>
+      </c>
+      <c r="I110" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A111" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A112" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I112" s="2"/>
+      <c r="A112" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C112" s="3">
+        <v>44709.52</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F112" s="3">
+        <v>23</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>1</v>
+      </c>
+      <c r="I112" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>189</v>
+        <v>202</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="C113" s="3">
-        <v>29044.51</v>
+        <v>40440.29</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>3</v>
+        <v>35</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>1</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>191</v>
+        <v>204</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="C114" s="3">
-        <v>18510.9</v>
+        <v>40440.29</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>1</v>
       </c>
       <c r="I114" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>193</v>
+        <v>206</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="C115" s="3">
-        <v>24498.32</v>
+        <v>37128.17</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>1</v>
       </c>
       <c r="I115" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="2"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
       <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>196</v>
+        <v>209</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>197</v>
+        <v>210</v>
       </c>
       <c r="C117" s="3">
-        <v>3634.88</v>
+        <v>44709.52</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>1</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A118" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A118" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="B118" s="2"/>
+      <c r="C118" s="2"/>
+      <c r="D118" s="2"/>
+      <c r="E118" s="2"/>
+      <c r="F118" s="2"/>
+      <c r="G118" s="2"/>
+      <c r="H118" s="2"/>
+      <c r="I118" s="2"/>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="C119" s="3">
-        <v>7361.59</v>
+        <v>68687</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>1</v>
       </c>
       <c r="I119" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="C120" s="3">
-        <v>3571.6</v>
+        <v>66517.9</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>1</v>
       </c>
       <c r="I120" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A121" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A121" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="B121" s="2"/>
+      <c r="C121" s="2"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
+      <c r="H121" s="2"/>
+      <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>207</v>
+        <v>218</v>
       </c>
       <c r="C122" s="3">
-        <v>5814.93</v>
+        <v>82698.5</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>1</v>
       </c>
       <c r="I122" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>208</v>
+        <v>219</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="C123" s="3">
-        <v>4333.5</v>
+        <v>82698.5</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>1</v>
       </c>
       <c r="I123" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A124" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A124" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="B124" s="2"/>
+      <c r="C124" s="2"/>
+      <c r="D124" s="2"/>
+      <c r="E124" s="2"/>
+      <c r="F124" s="2"/>
+      <c r="G124" s="2"/>
+      <c r="H124" s="2"/>
+      <c r="I124" s="2"/>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="C125" s="3">
+        <v>3634.88</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F125" s="3">
+        <v>1</v>
+      </c>
+      <c r="G125" s="3">
+        <v>1</v>
+      </c>
+      <c r="H125" s="3">
+        <v>1</v>
+      </c>
+      <c r="I125" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A126" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C126" s="3">
         <v>5250.96</v>
       </c>
-      <c r="D125" s="4" t="s">
-[...29 lines deleted...]
-      <c r="I126" s="2"/>
+      <c r="D126" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" s="3">
+        <v>0</v>
+      </c>
+      <c r="G126" s="3">
+        <v>1</v>
+      </c>
+      <c r="H126" s="3">
+        <v>1</v>
+      </c>
+      <c r="I126" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="C127" s="3">
-        <v>4771.79</v>
+        <v>7361.59</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>1</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="C128" s="3">
-        <v>705.18</v>
+        <v>3571.6</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
         <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>1</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="C129" s="3">
-        <v>761.08</v>
+        <v>5814.93</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
         <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>1</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="C130" s="3">
-        <v>531.3</v>
+        <v>1963.61</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>1</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="C131" s="3">
-        <v>4594.8</v>
+        <v>3721.51</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>1</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>226</v>
+        <v>237</v>
       </c>
       <c r="C132" s="3">
-        <v>2740.98</v>
+        <v>2889.86</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>1</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="C133" s="3">
-        <v>1275.12</v>
+        <v>4333.5</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
         <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
         <v>1</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A134" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A134" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="B134" s="2"/>
+      <c r="C134" s="2"/>
+      <c r="D134" s="2"/>
+      <c r="E134" s="2"/>
+      <c r="F134" s="2"/>
+      <c r="G134" s="2"/>
+      <c r="H134" s="2"/>
+      <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="C135" s="3">
-        <v>6684.37</v>
+        <v>262.06</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I135" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="C136" s="3">
-        <v>6649.52</v>
+        <v>247.5</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>0</v>
+        <v>727</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I136" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="C137" s="3">
-        <v>1541.44</v>
+        <v>993.94</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>2</v>
+        <v>358</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
+        <v>40</v>
+      </c>
+      <c r="I137" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A138" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C138" s="3">
+        <v>498.24</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F138" s="3">
+        <v>729</v>
+      </c>
+      <c r="G138" s="3">
+        <v>1</v>
+      </c>
+      <c r="H138" s="3">
         <v>50</v>
       </c>
-      <c r="I137" s="3">
-[...14 lines deleted...]
-      <c r="I138" s="2"/>
+      <c r="I138" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>238</v>
+        <v>249</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>239</v>
+        <v>250</v>
       </c>
       <c r="C139" s="3">
-        <v>4077.91</v>
+        <v>292.79</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>0</v>
+        <v>1076</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I139" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>240</v>
+        <v>251</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>241</v>
+        <v>252</v>
       </c>
       <c r="C140" s="3">
-        <v>4862.18</v>
+        <v>467.5</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>0</v>
+        <v>1047</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I140" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="C141" s="3">
-        <v>3227.84</v>
+        <v>360.74</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>0</v>
+        <v>374</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I141" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="C142" s="3">
-        <v>5602.36</v>
+        <v>713.2</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>42</v>
+        <v>620</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
       <c r="C143" s="3">
-        <v>4413.26</v>
+        <v>713.38</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>934</v>
+        <v>115</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="C144" s="3">
-        <v>4675.62</v>
+        <v>344.56</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>664</v>
+        <v>417</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="C145" s="3">
-        <v>4438.61</v>
+        <v>1241.35</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>71</v>
+        <v>350</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="C146" s="3">
-        <v>6043.24</v>
+        <v>283.09</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>27</v>
+        <v>600</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="C147" s="3">
-        <v>6410.8</v>
+        <v>325.15</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>32</v>
+        <v>1112</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="C148" s="3">
-        <v>4537.45</v>
+        <v>425.44</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>27</v>
+        <v>888</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="I148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="C149" s="3">
-        <v>4625.48</v>
+        <v>527.35</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>18</v>
+        <v>549</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="C150" s="3">
-        <v>4392.27</v>
+        <v>587.21</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>634</v>
+        <v>251</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>263</v>
+        <v>274</v>
       </c>
       <c r="C151" s="3">
-        <v>10418.52</v>
+        <v>964.12</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>35</v>
+        <v>450</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="C152" s="3">
-        <v>3995.36</v>
+        <v>1942.79</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>542</v>
+        <v>76</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>25</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="C153" s="3">
-        <v>4625.48</v>
+        <v>740.88</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>378</v>
+        <v>367</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="C154" s="3">
-        <v>10418.52</v>
+        <v>216.76</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>36</v>
+        <v>1421</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="C155" s="3">
-        <v>4745.94</v>
+        <v>530.68</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>216</v>
+        <v>795</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A156" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I156" s="2"/>
+      <c r="A156" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C156" s="3">
+        <v>1032.26</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F156" s="3">
+        <v>333</v>
+      </c>
+      <c r="G156" s="3">
+        <v>1</v>
+      </c>
+      <c r="H156" s="3">
+        <v>40</v>
+      </c>
+      <c r="I156" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="C157" s="3">
-        <v>516.88</v>
+        <v>393.09</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>1135</v>
+        <v>857</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>100</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A158" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A158" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B158" s="2"/>
+      <c r="C158" s="2"/>
+      <c r="D158" s="2"/>
+      <c r="E158" s="2"/>
+      <c r="F158" s="2"/>
+      <c r="G158" s="2"/>
+      <c r="H158" s="2"/>
+      <c r="I158" s="2"/>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
       <c r="C159" s="3">
-        <v>423.68</v>
+        <v>6468</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>941</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I159" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="C160" s="3">
-        <v>378.09</v>
+        <v>15052.8</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>1147</v>
+        <v>2</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I160" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="C161" s="3">
-        <v>870.5</v>
+        <v>16248.2</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>362</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I161" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="C162" s="3">
-        <v>400.66</v>
+        <v>10777.2</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>525</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I162" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>285</v>
+        <v>296</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>286</v>
+        <v>297</v>
       </c>
       <c r="C163" s="3">
-        <v>690.75</v>
+        <v>22135.7</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>482</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I163" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>287</v>
+        <v>298</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="C164" s="3">
-        <v>485.32</v>
+        <v>9262.24</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>1035</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I164" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A165" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A165" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="B165" s="2"/>
+      <c r="C165" s="2"/>
+      <c r="D165" s="2"/>
+      <c r="E165" s="2"/>
+      <c r="F165" s="2"/>
+      <c r="G165" s="2"/>
+      <c r="H165" s="2"/>
+      <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="C166" s="3">
-        <v>1241.35</v>
+        <v>3227.84</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>355</v>
+        <v>0</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I166" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="C167" s="3">
-        <v>1032.26</v>
+        <v>4150.88</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>349</v>
+        <v>27</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="C168" s="3">
-        <v>591.88</v>
+        <v>4862.18</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>747</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>50</v>
       </c>
       <c r="I168" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C169" s="3">
-        <v>304.72</v>
+        <v>9532.8</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>158</v>
+        <v>30</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="C170" s="3">
-        <v>993.94</v>
+        <v>4018.24</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>360</v>
+        <v>660</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="C171" s="3">
-        <v>832.46</v>
+        <v>4175.15</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>524</v>
+        <v>940</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="C172" s="3">
-        <v>2300.17</v>
+        <v>4231.77</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>73</v>
+        <v>689</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>25</v>
       </c>
       <c r="I172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="C173" s="3">
-        <v>788.59</v>
+        <v>9532.8</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="C174" s="3">
-        <v>313.87</v>
+        <v>4231.77</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>743</v>
+        <v>383</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="C175" s="3">
-        <v>549.67</v>
+        <v>4231.77</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>875</v>
+        <v>10</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="C176" s="3">
-        <v>240.48</v>
+        <v>5865.59</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>1490</v>
+        <v>25</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="C177" s="3">
-        <v>713.2</v>
+        <v>4061.91</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>694</v>
+        <v>72</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="C178" s="3">
-        <v>398.2</v>
+        <v>3655.88</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>505</v>
+        <v>553</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="C179" s="3">
-        <v>287.8</v>
+        <v>4077.91</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>758</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I179" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A180" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I180" s="2"/>
+      <c r="A180" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C180" s="3">
+        <v>4683.09</v>
+      </c>
+      <c r="D180" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F180" s="3">
+        <v>44</v>
+      </c>
+      <c r="G180" s="3">
+        <v>1</v>
+      </c>
+      <c r="H180" s="3">
+        <v>25</v>
+      </c>
+      <c r="I180" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="C181" s="3">
-        <v>22135.7</v>
+        <v>4341.77</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>0</v>
+        <v>219</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I181" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="C182" s="3">
-        <v>9262.24</v>
+        <v>5529.12</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I182" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A183" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A183" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="B183" s="2"/>
+      <c r="C183" s="2"/>
+      <c r="D183" s="2"/>
+      <c r="E183" s="2"/>
+      <c r="F183" s="2"/>
+      <c r="G183" s="2"/>
+      <c r="H183" s="2"/>
+      <c r="I183" s="2"/>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="C184" s="3">
-        <v>10777.2</v>
+        <v>18510.9</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
         <v>0</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>1</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="C185" s="3">
-        <v>15052.8</v>
+        <v>24498.32</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>1</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="C186" s="3">
-        <v>16248.2</v>
+        <v>29044.51</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>1</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="2" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="B187" s="2"/>
       <c r="C187" s="2"/>
       <c r="D187" s="2"/>
       <c r="E187" s="2"/>
       <c r="F187" s="2"/>
       <c r="G187" s="2"/>
       <c r="H187" s="2"/>
       <c r="I187" s="2"/>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="C188" s="3">
-        <v>387.69</v>
+        <v>389.29</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
         <v>1</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="C189" s="3">
-        <v>3791.58</v>
+        <v>29.07</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>0</v>
+        <v>8200</v>
       </c>
       <c r="G189" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H189" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="C190" s="3">
-        <v>389.29</v>
+        <v>1288.03</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
         <v>0</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
         <v>1</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="C191" s="3">
-        <v>29.07</v>
+        <v>3791.58</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G191" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="C192" s="3">
-        <v>3360</v>
+        <v>387.69</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
         <v>1</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="C193" s="3">
-        <v>1288.03</v>
+        <v>3360</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
         <v>1</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
+    <row r="194" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A194" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="B194" s="2"/>
+      <c r="C194" s="2"/>
+      <c r="D194" s="2"/>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2"/>
+      <c r="G194" s="2"/>
+      <c r="H194" s="2"/>
+      <c r="I194" s="2"/>
+    </row>
+    <row r="195" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A195" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C195" s="3">
+        <v>4771.79</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F195" s="3">
+        <v>0</v>
+      </c>
+      <c r="G195" s="3">
+        <v>1</v>
+      </c>
+      <c r="H195" s="3">
+        <v>1</v>
+      </c>
+      <c r="I195" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A196" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="C196" s="3">
+        <v>2740.98</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F196" s="3">
+        <v>0</v>
+      </c>
+      <c r="G196" s="3">
+        <v>1</v>
+      </c>
+      <c r="H196" s="3">
+        <v>1</v>
+      </c>
+      <c r="I196" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A197" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="C197" s="3">
+        <v>2214.07</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F197" s="3">
+        <v>0</v>
+      </c>
+      <c r="G197" s="3">
+        <v>1</v>
+      </c>
+      <c r="H197" s="3">
+        <v>1</v>
+      </c>
+      <c r="I197" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A198" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="C198" s="3">
+        <v>531.3</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F198" s="3">
+        <v>0</v>
+      </c>
+      <c r="G198" s="3">
+        <v>1</v>
+      </c>
+      <c r="H198" s="3">
+        <v>1</v>
+      </c>
+      <c r="I198" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A199" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="C199" s="3">
+        <v>705.18</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F199" s="3">
+        <v>0</v>
+      </c>
+      <c r="G199" s="3">
+        <v>1</v>
+      </c>
+      <c r="H199" s="3">
+        <v>1</v>
+      </c>
+      <c r="I199" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A200" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C200" s="3">
+        <v>761.08</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F200" s="3">
+        <v>0</v>
+      </c>
+      <c r="G200" s="3">
+        <v>1</v>
+      </c>
+      <c r="H200" s="3">
+        <v>1</v>
+      </c>
+      <c r="I200" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A201" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C201" s="3">
+        <v>4594.8</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F201" s="3">
+        <v>0</v>
+      </c>
+      <c r="G201" s="3">
+        <v>1</v>
+      </c>
+      <c r="H201" s="3">
+        <v>1</v>
+      </c>
+      <c r="I201" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A202" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="B202" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C202" s="3">
+        <v>1275.12</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F202" s="3">
+        <v>0</v>
+      </c>
+      <c r="G202" s="3">
+        <v>1</v>
+      </c>
+      <c r="H202" s="3">
+        <v>1</v>
+      </c>
+      <c r="I202" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A203" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="B203" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C203" s="3">
+        <v>6684.37</v>
+      </c>
+      <c r="D203" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F203" s="3">
+        <v>0</v>
+      </c>
+      <c r="G203" s="3">
+        <v>1</v>
+      </c>
+      <c r="H203" s="3">
+        <v>1</v>
+      </c>
+      <c r="I203" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A204" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="C204" s="3">
+        <v>1541.44</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F204" s="3">
+        <v>17</v>
+      </c>
+      <c r="G204" s="3">
+        <v>1</v>
+      </c>
+      <c r="H204" s="3">
+        <v>50</v>
+      </c>
+      <c r="I204" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A205" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="C205" s="3">
+        <v>6649.52</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F205" s="3">
+        <v>0</v>
+      </c>
+      <c r="G205" s="3">
+        <v>1</v>
+      </c>
+      <c r="H205" s="3">
+        <v>1</v>
+      </c>
+      <c r="I205" s="3">
+        <v>1</v>
+      </c>
+    </row>
   </sheetData>
-  <mergeCells count="50">
+  <mergeCells count="41">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A7:I7"/>
-[...7 lines deleted...]
-    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="A27:I27"/>
     <mergeCell ref="A34:I34"/>
     <mergeCell ref="A37:I37"/>
     <mergeCell ref="A40:I40"/>
-    <mergeCell ref="A42:I42"/>
-    <mergeCell ref="A45:I45"/>
+    <mergeCell ref="A43:I43"/>
     <mergeCell ref="A48:I48"/>
-    <mergeCell ref="A50:I50"/>
-    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A49:I49"/>
     <mergeCell ref="A58:I58"/>
     <mergeCell ref="A62:I62"/>
-    <mergeCell ref="A67:I67"/>
-    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="A69:I69"/>
     <mergeCell ref="A73:I73"/>
     <mergeCell ref="A75:I75"/>
-    <mergeCell ref="A78:I78"/>
+    <mergeCell ref="A77:I77"/>
     <mergeCell ref="A80:I80"/>
-    <mergeCell ref="A83:I83"/>
-[...1 lines deleted...]
-    <mergeCell ref="A86:I86"/>
+    <mergeCell ref="A82:I82"/>
+    <mergeCell ref="A85:I85"/>
     <mergeCell ref="A88:I88"/>
-    <mergeCell ref="A90:I90"/>
-[...4 lines deleted...]
-    <mergeCell ref="A99:I99"/>
+    <mergeCell ref="A91:I91"/>
+    <mergeCell ref="A93:I93"/>
+    <mergeCell ref="A98:I98"/>
     <mergeCell ref="A101:I101"/>
     <mergeCell ref="A103:I103"/>
-    <mergeCell ref="A105:I105"/>
     <mergeCell ref="A107:I107"/>
-    <mergeCell ref="A110:I110"/>
-    <mergeCell ref="A112:I112"/>
+    <mergeCell ref="A108:I108"/>
+    <mergeCell ref="A111:I111"/>
     <mergeCell ref="A116:I116"/>
-    <mergeCell ref="A126:I126"/>
-[...2 lines deleted...]
-    <mergeCell ref="A180:I180"/>
+    <mergeCell ref="A118:I118"/>
+    <mergeCell ref="A121:I121"/>
+    <mergeCell ref="A124:I124"/>
+    <mergeCell ref="A134:I134"/>
+    <mergeCell ref="A158:I158"/>
+    <mergeCell ref="A165:I165"/>
+    <mergeCell ref="A183:I183"/>
     <mergeCell ref="A187:I187"/>
+    <mergeCell ref="A194:I194"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
-    <hyperlink ref="D8" r:id="rId3"/>
-[...138 lines deleted...]
-    <hyperlink ref="D193" r:id="rId142"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D15" r:id="rId9"/>
+    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D17" r:id="rId11"/>
+    <hyperlink ref="D18" r:id="rId12"/>
+    <hyperlink ref="D19" r:id="rId13"/>
+    <hyperlink ref="D20" r:id="rId14"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D23" r:id="rId16"/>
+    <hyperlink ref="D24" r:id="rId17"/>
+    <hyperlink ref="D25" r:id="rId18"/>
+    <hyperlink ref="D26" r:id="rId19"/>
+    <hyperlink ref="D28" r:id="rId20"/>
+    <hyperlink ref="D29" r:id="rId21"/>
+    <hyperlink ref="D30" r:id="rId22"/>
+    <hyperlink ref="D31" r:id="rId23"/>
+    <hyperlink ref="D32" r:id="rId24"/>
+    <hyperlink ref="D33" r:id="rId25"/>
+    <hyperlink ref="D35" r:id="rId26"/>
+    <hyperlink ref="D36" r:id="rId27"/>
+    <hyperlink ref="D38" r:id="rId28"/>
+    <hyperlink ref="D39" r:id="rId29"/>
+    <hyperlink ref="D41" r:id="rId30"/>
+    <hyperlink ref="D42" r:id="rId31"/>
+    <hyperlink ref="D44" r:id="rId32"/>
+    <hyperlink ref="D45" r:id="rId33"/>
+    <hyperlink ref="D46" r:id="rId34"/>
+    <hyperlink ref="D47" r:id="rId35"/>
+    <hyperlink ref="D50" r:id="rId36"/>
+    <hyperlink ref="D51" r:id="rId37"/>
+    <hyperlink ref="D52" r:id="rId38"/>
+    <hyperlink ref="D53" r:id="rId39"/>
+    <hyperlink ref="D54" r:id="rId40"/>
+    <hyperlink ref="D55" r:id="rId41"/>
+    <hyperlink ref="D56" r:id="rId42"/>
+    <hyperlink ref="D57" r:id="rId43"/>
+    <hyperlink ref="D59" r:id="rId44"/>
+    <hyperlink ref="D60" r:id="rId45"/>
+    <hyperlink ref="D61" r:id="rId46"/>
+    <hyperlink ref="D63" r:id="rId47"/>
+    <hyperlink ref="D64" r:id="rId48"/>
+    <hyperlink ref="D65" r:id="rId49"/>
+    <hyperlink ref="D66" r:id="rId50"/>
+    <hyperlink ref="D67" r:id="rId51"/>
+    <hyperlink ref="D68" r:id="rId52"/>
+    <hyperlink ref="D70" r:id="rId53"/>
+    <hyperlink ref="D71" r:id="rId54"/>
+    <hyperlink ref="D72" r:id="rId55"/>
+    <hyperlink ref="D74" r:id="rId56"/>
+    <hyperlink ref="D76" r:id="rId57"/>
+    <hyperlink ref="D78" r:id="rId58"/>
+    <hyperlink ref="D79" r:id="rId59"/>
+    <hyperlink ref="D81" r:id="rId60"/>
+    <hyperlink ref="D83" r:id="rId61"/>
+    <hyperlink ref="D84" r:id="rId62"/>
+    <hyperlink ref="D86" r:id="rId63"/>
+    <hyperlink ref="D87" r:id="rId64"/>
+    <hyperlink ref="D89" r:id="rId65"/>
+    <hyperlink ref="D90" r:id="rId66"/>
+    <hyperlink ref="D92" r:id="rId67"/>
+    <hyperlink ref="D94" r:id="rId68"/>
+    <hyperlink ref="D95" r:id="rId69"/>
+    <hyperlink ref="D96" r:id="rId70"/>
+    <hyperlink ref="D97" r:id="rId71"/>
+    <hyperlink ref="D99" r:id="rId72"/>
+    <hyperlink ref="D100" r:id="rId73"/>
+    <hyperlink ref="D102" r:id="rId74"/>
+    <hyperlink ref="D104" r:id="rId75"/>
+    <hyperlink ref="D105" r:id="rId76"/>
+    <hyperlink ref="D106" r:id="rId77"/>
+    <hyperlink ref="D109" r:id="rId78"/>
+    <hyperlink ref="D110" r:id="rId79"/>
+    <hyperlink ref="D112" r:id="rId80"/>
+    <hyperlink ref="D113" r:id="rId81"/>
+    <hyperlink ref="D114" r:id="rId82"/>
+    <hyperlink ref="D115" r:id="rId83"/>
+    <hyperlink ref="D117" r:id="rId84"/>
+    <hyperlink ref="D119" r:id="rId85"/>
+    <hyperlink ref="D120" r:id="rId86"/>
+    <hyperlink ref="D122" r:id="rId87"/>
+    <hyperlink ref="D123" r:id="rId88"/>
+    <hyperlink ref="D125" r:id="rId89"/>
+    <hyperlink ref="D126" r:id="rId90"/>
+    <hyperlink ref="D127" r:id="rId91"/>
+    <hyperlink ref="D128" r:id="rId92"/>
+    <hyperlink ref="D129" r:id="rId93"/>
+    <hyperlink ref="D130" r:id="rId94"/>
+    <hyperlink ref="D131" r:id="rId95"/>
+    <hyperlink ref="D132" r:id="rId96"/>
+    <hyperlink ref="D133" r:id="rId97"/>
+    <hyperlink ref="D135" r:id="rId98"/>
+    <hyperlink ref="D136" r:id="rId99"/>
+    <hyperlink ref="D137" r:id="rId100"/>
+    <hyperlink ref="D138" r:id="rId101"/>
+    <hyperlink ref="D139" r:id="rId102"/>
+    <hyperlink ref="D140" r:id="rId103"/>
+    <hyperlink ref="D141" r:id="rId104"/>
+    <hyperlink ref="D142" r:id="rId105"/>
+    <hyperlink ref="D143" r:id="rId106"/>
+    <hyperlink ref="D144" r:id="rId107"/>
+    <hyperlink ref="D145" r:id="rId108"/>
+    <hyperlink ref="D146" r:id="rId109"/>
+    <hyperlink ref="D147" r:id="rId110"/>
+    <hyperlink ref="D148" r:id="rId111"/>
+    <hyperlink ref="D149" r:id="rId112"/>
+    <hyperlink ref="D150" r:id="rId113"/>
+    <hyperlink ref="D151" r:id="rId114"/>
+    <hyperlink ref="D152" r:id="rId115"/>
+    <hyperlink ref="D153" r:id="rId116"/>
+    <hyperlink ref="D154" r:id="rId117"/>
+    <hyperlink ref="D155" r:id="rId118"/>
+    <hyperlink ref="D156" r:id="rId119"/>
+    <hyperlink ref="D157" r:id="rId120"/>
+    <hyperlink ref="D159" r:id="rId121"/>
+    <hyperlink ref="D160" r:id="rId122"/>
+    <hyperlink ref="D161" r:id="rId123"/>
+    <hyperlink ref="D162" r:id="rId124"/>
+    <hyperlink ref="D163" r:id="rId125"/>
+    <hyperlink ref="D164" r:id="rId126"/>
+    <hyperlink ref="D166" r:id="rId127"/>
+    <hyperlink ref="D167" r:id="rId128"/>
+    <hyperlink ref="D168" r:id="rId129"/>
+    <hyperlink ref="D169" r:id="rId130"/>
+    <hyperlink ref="D170" r:id="rId131"/>
+    <hyperlink ref="D171" r:id="rId132"/>
+    <hyperlink ref="D172" r:id="rId133"/>
+    <hyperlink ref="D173" r:id="rId134"/>
+    <hyperlink ref="D174" r:id="rId135"/>
+    <hyperlink ref="D175" r:id="rId136"/>
+    <hyperlink ref="D176" r:id="rId137"/>
+    <hyperlink ref="D177" r:id="rId138"/>
+    <hyperlink ref="D178" r:id="rId139"/>
+    <hyperlink ref="D179" r:id="rId140"/>
+    <hyperlink ref="D180" r:id="rId141"/>
+    <hyperlink ref="D181" r:id="rId142"/>
+    <hyperlink ref="D182" r:id="rId143"/>
+    <hyperlink ref="D184" r:id="rId144"/>
+    <hyperlink ref="D185" r:id="rId145"/>
+    <hyperlink ref="D186" r:id="rId146"/>
+    <hyperlink ref="D188" r:id="rId147"/>
+    <hyperlink ref="D189" r:id="rId148"/>
+    <hyperlink ref="D190" r:id="rId149"/>
+    <hyperlink ref="D191" r:id="rId150"/>
+    <hyperlink ref="D192" r:id="rId151"/>
+    <hyperlink ref="D193" r:id="rId152"/>
+    <hyperlink ref="D195" r:id="rId153"/>
+    <hyperlink ref="D196" r:id="rId154"/>
+    <hyperlink ref="D197" r:id="rId155"/>
+    <hyperlink ref="D198" r:id="rId156"/>
+    <hyperlink ref="D199" r:id="rId157"/>
+    <hyperlink ref="D200" r:id="rId158"/>
+    <hyperlink ref="D201" r:id="rId159"/>
+    <hyperlink ref="D202" r:id="rId160"/>
+    <hyperlink ref="D203" r:id="rId161"/>
+    <hyperlink ref="D204" r:id="rId162"/>
+    <hyperlink ref="D205" r:id="rId163"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>