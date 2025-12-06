--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -42,168 +42,168 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шланги садовые</t>
   </si>
   <si>
+    <t>62-0224-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>62-0230-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0317-F</t>
+  </si>
+  <si>
+    <t>Шланг для капельного орошения, сочащийся 1/2 ", бухта 10м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>62-0228-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 1/2" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>62-0229-1-FС</t>
+  </si>
+  <si>
+    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0226-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0229-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0228-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0230</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0224-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 1/2" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0226-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0228</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0229</t>
   </si>
   <si>
     <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+    <t>62-0227-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 3/4" 50м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0226</t>
   </si>
   <si>
     <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
     <t>62-0227</t>
   </si>
   <si>
     <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
-    <t>62-0224</t>
-[...13 lines deleted...]
-  <si>
     <t>62-0227-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шланг поливочный ПВХ  3-х слойный армированный 3/4" 50м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
-  </si>
-[...61 lines deleted...]
-    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -588,51 +588,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-standart-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-standart-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-standart-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-profi-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-standart-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-profi-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-standart-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dlya-kapelnogo-orosheniya-sochaschiysya-1-2-buhta-10m-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-25m-konnektory-adapter-ras.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-standart-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-profi-plyus-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-50m-konnektory-adapter-ras.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-1-2-25m-konnektory-adapter-raspyl.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-1-2-25m-konnektory-adapter-ras.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-25m-konnektory-adapter-raspyl.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-standart-plyus-chetire-sezona-30478" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-profi-plyus-chetire-sezona-30479" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dlya-kapelnogo-orosheniya-sochaschiysya-1-2-buhta-10m-profi-chetire-sezona-31786" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloyniy-armirovanniy-1-2-25m-konnektori-adapter-raspilitel-chetire-sezona-31785" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-25m-konnektori-adapter-raspilitel-chetire-sezona-31810" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-standart-plyus-chetire-sezona-30473" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-profi-plyus-chetire-sezona-30474" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-profi-plyus-chetire-sezona-30476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-lyuks-chetire-sezona-29134" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-1-2-25m-konnektori-adapter-raspilitel-chetire-sezona-31730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-standart-chetire-sezona-29247" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-25m-konnektori-adapter-raspilitel-chetire-sezona-31783" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-lyuks-chetire-sezona-29132" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-lyuks-chetire-sezona-29133" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-50m-konnektori-adapter-raspilitel-chetire-sezona-31784" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-standart-chetire-sezona-29248" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-standart-chetire-sezona-29249" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-standart-plyus-chetire-sezona-30475" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -656,559 +656,559 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2668</v>
+        <v>2200</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1941</v>
+        <v>1484</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I3" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>5336</v>
+        <v>8648</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>418</v>
+        <v>276</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I4" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1637.6</v>
+        <v>923</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>1498</v>
+        <v>112</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I5" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>1800</v>
+        <v>3128</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>964</v>
+        <v>403</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I6" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="3">
+        <v>5336</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="C7" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>467</v>
+        <v>273</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I7" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C8" s="3">
-        <v>1390</v>
+        <v>2932</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>903</v>
+        <v>826</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I8" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C9" s="3">
-        <v>8648</v>
+        <v>4048</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>207</v>
+        <v>530</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" s="3">
-        <v>6200</v>
+        <v>2350</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>47</v>
+        <v>353</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="3">
-        <v>4048</v>
+        <v>5336</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>473</v>
+        <v>451</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" s="3">
-        <v>2932</v>
+        <v>2710</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3">
-        <v>891</v>
+        <v>750</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C13" s="3">
-        <v>923</v>
+        <v>1390</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>3</v>
+        <v>1127</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" s="3">
         <v>3521</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>371</v>
+        <v>356</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>4</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="3">
-        <v>2200</v>
+        <v>1637.6</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>1381</v>
+        <v>1692</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="3">
-        <v>2350</v>
+        <v>2668</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>265</v>
+        <v>2105</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="3">
         <v>6340</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="F17" s="3">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>2</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="3">
-        <v>3128</v>
+        <v>1800</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>435</v>
+        <v>1069</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="3">
-        <v>2710</v>
+        <v>3477.6</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>776</v>
+        <v>464</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="3">
-        <v>5336</v>
+        <v>6200</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>280</v>
+        <v>72</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>