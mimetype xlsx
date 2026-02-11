--- v1 (2025-12-06)
+++ v2 (2026-02-11)
@@ -42,168 +42,168 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шланги садовые</t>
   </si>
   <si>
+    <t>62-0228</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>62-0227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0230</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0226-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>62-0228-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 1/2" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0317-F</t>
+  </si>
+  <si>
+    <t>Шланг для капельного орошения, сочащийся 1/2 ", бухта 10м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0229-1-FС</t>
+  </si>
+  <si>
+    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0229</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0224-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...1 lines deleted...]
-  <si>
     <t>шт</t>
   </si>
   <si>
+    <t>62-0227-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шланг поливочный ПВХ  3-х слойный армированный 3/4" 50м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
     <t>62-0230-1</t>
   </si>
   <si>
     <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 50м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0317-F</t>
-[...20 lines deleted...]
-    <t>Комплект для полива Профи Плюс (шланг ПВХ 3-слойный армированный 3/4" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+    <t>62-0228-1</t>
+  </si>
+  <si>
+    <t>Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0226-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
     <t>62-0229-1</t>
   </si>
   <si>
     <t>Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Профи Плюс ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0228-1</t>
-[...10 lines deleted...]
-  <si>
     <t>62-0224-1-FC</t>
   </si>
   <si>
     <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 1/2" 25м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>62-0227-1-FC</t>
+  </si>
+  <si>
+    <t>Комплект для полива Стандарт Плюс (шланг ПВХ 3-слойный армированный 3/4" 50м, коннекторы, адаптер, распылитель) ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0224</t>
   </si>
   <si>
     <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 1/2" 25м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
-    <t>62-0226-1-FC</t>
-[...22 lines deleted...]
-  <si>
     <t>62-0226</t>
   </si>
   <si>
     <t xml:space="preserve">Шланг поливочный ПВХ 3-х слойный армированный 3/4" 25м Стандарт ЧЕТЫРЕ СЕЗОНА </t>
-  </si>
-[...10 lines deleted...]
-    <t xml:space="preserve">Шланг поливочный ПВХ  3-х слойный армированный 3/4" 50м Стандарт Плюс ЧЕТЫРЕ СЕЗОНА </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -588,51 +588,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-standart-plyus-chetire-sezona-30478" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-profi-plyus-chetire-sezona-30479" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dlya-kapelnogo-orosheniya-sochaschiysya-1-2-buhta-10m-profi-chetire-sezona-31786" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloyniy-armirovanniy-1-2-25m-konnektori-adapter-raspilitel-chetire-sezona-31785" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-25m-konnektori-adapter-raspilitel-chetire-sezona-31810" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-standart-plyus-chetire-sezona-30473" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-profi-plyus-chetire-sezona-30474" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-profi-plyus-chetire-sezona-30476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-lyuks-chetire-sezona-29134" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-1-2-25m-konnektori-adapter-raspilitel-chetire-sezona-31730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-standart-chetire-sezona-29247" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-25m-konnektori-adapter-raspilitel-chetire-sezona-31783" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-1-2-25m-lyuks-chetire-sezona-29132" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-lyuks-chetire-sezona-29133" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloyniy-armirovanniy-3-4-50m-konnektori-adapter-raspilitel-chetire-sezona-31784" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-25m-standart-chetire-sezona-29248" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-standart-chetire-sezona-29249" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochniy-pvh-3-h-sloyniy-armirovanniy-3-4-50m-standart-plyus-chetire-sezona-30475" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-standart-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-25m-konnektory-adapter-ras" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-1-2-25m-konnektory-adapter-raspyl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-dlya-kapelnogo-orosheniya-sochaschiysya-1-2-buhta-10m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-profi-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-25m-konnektory-adapter-raspyl" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-standart-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-standart-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-50m-profi-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-profi-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-standart-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-profi-plyus-chetyre-sezona" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-1-2-25m-konnektory-adapter-ras" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-poliva-standart-plyus-shlang-pvh-3-sloynyy-armirovannyy-3-4-50m-konnektory-adapter-ras" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-1-2-25m-standart-chetyre-sezona" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-polivochnyy-pvh-3-h-sloynyy-armirovannyy-3-4-25m-standart-chetyre-sezona" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -656,562 +656,562 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2200</v>
+        <v>1324.8</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1484</v>
+        <v>1307</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>8648</v>
+        <v>3536.72</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>276</v>
+        <v>323</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>923</v>
+        <v>3820.8</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>112</v>
+        <v>368</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3">
+        <v>3580.86</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C6" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>403</v>
+        <v>191</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>5336</v>
+        <v>3181.18</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>273</v>
+        <v>112</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>2932</v>
+        <v>938.69</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>826</v>
+        <v>47</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>4048</v>
+        <v>5426.71</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>530</v>
+        <v>140</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>4</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>2350</v>
+        <v>2092.8</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>353</v>
+        <v>1678</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="C11" s="3">
+        <v>1324.8</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>451</v>
+        <v>356</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I11" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="3">
-        <v>2710</v>
+        <v>5548.8</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>750</v>
+        <v>42</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="3">
-        <v>1390</v>
+        <v>6912</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>1127</v>
+        <v>206</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I13" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="3">
-        <v>3521</v>
+        <v>2389.95</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>356</v>
+        <v>270</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="3">
-        <v>1637.6</v>
+        <v>2284.8</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>1692</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I15" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="3">
-        <v>2668</v>
+        <v>3456</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="F16" s="3">
-        <v>2105</v>
+        <v>421</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I16" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="3">
-        <v>6340</v>
+        <v>2756.07</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>266</v>
+        <v>138</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="3">
-        <v>1800</v>
+        <v>6447.78</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F18" s="3">
-        <v>1069</v>
+        <v>117</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I18" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="3">
-        <v>3477.6</v>
+        <v>1324.8</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>464</v>
+        <v>946</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>1</v>
       </c>
       <c r="I19" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="3">
-        <v>6200</v>
+        <v>1708.8</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>72</v>
+        <v>828</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>