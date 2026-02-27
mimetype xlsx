--- v0 (2025-10-14)
+++ v1 (2026-02-27)
@@ -8,886 +8,796 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="526" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="248">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шнуры Аудио-Видео</t>
   </si>
   <si>
-    <t>1.1 Шнуры HDMI</t>
-[...2 lines deleted...]
-    <t>1.1.1 Шнуры HDMI – HDMI версии 1.4</t>
+    <t>1.1 Шнуры DIN 5 PIN</t>
+  </si>
+  <si>
+    <t>17-2522-4</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - DIN 5 Pin, 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>17-2502-4</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - Стерео 3,5мм, 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>17-2512-4</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - 2 RCA, 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>17-2502</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - Стерео 3,5мм, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-2512</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - 2 RCA, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-2522</t>
+  </si>
+  <si>
+    <t>Шнур DIN 5 Pin - DIN 5 Pin, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Шнуры HDMI</t>
+  </si>
+  <si>
+    <t>1.2.1 Шнуры HDMI – HDMI версии 1.4</t>
+  </si>
+  <si>
+    <t>17-6203-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6205-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6206-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6209-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6210-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6204-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6202-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м Silver PROconnect</t>
+  </si>
+  <si>
+    <t>17-6205-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6202-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6208-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 10м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Silver PROconnect</t>
   </si>
   <si>
     <t>17-6204-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Silver  PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...74 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+    <t>17-6203</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204-3</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - HDMI 1.4, 2м, Gold, с фильтрами, угловой 360° REXANT</t>
+  </si>
+  <si>
+    <t>17-6202</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6209</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6210</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6206</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6205</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6203-1</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, белый REXANT</t>
   </si>
   <si>
     <t>17-6204-1</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Gold, белый REXANT</t>
   </si>
   <si>
-    <t>17-6203-1</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6208</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 10м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6202</t>
-[...47 lines deleted...]
-    <t>1.1.2 Шнуры HDMI – HDMI версии 2.0</t>
+    <t>1.2.2 Шнуры DisplayPort – HDMI</t>
+  </si>
+  <si>
+    <t>17-6502</t>
+  </si>
+  <si>
+    <t>Кабель DisplayPort - HDMI, 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Шнуры HDMI – HDMI версии 2.0</t>
+  </si>
+  <si>
+    <t>17-6102-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6103-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6104-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 2м, Gold PROconnect</t>
   </si>
   <si>
+    <t>17-6105-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 3м, Gold PROconnect</t>
+  </si>
+  <si>
     <t>17-6108-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 10м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6109-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 15м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6105-6</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6110-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 20м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6102-6</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6106-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 5м, Gold PROconnect</t>
   </si>
   <si>
+    <t>17-6102</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6104</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 2м, Gold REXANT</t>
+  </si>
+  <si>
     <t>17-6103</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6105</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 3м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6104</t>
-[...11 lines deleted...]
-    <t>1.1.3 Шнуры HDMI – HDMI версии 2.1</t>
+    <t>1.2.4 Шнуры HDMI – HDMI версии 2.1</t>
+  </si>
+  <si>
+    <t>17-6002</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 1м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6003</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 1,5м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6004</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.1, длина 2м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6002</t>
-[...10 lines deleted...]
-  <si>
     <t>17-6005</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.1, длина 3м, Gold REXANT</t>
   </si>
   <si>
-    <t>1.1.4 Шнуры DisplayPort – HDMI</t>
-[...8 lines deleted...]
-    <t>1.1.5 Шнуры USB Type-C – HDMI</t>
+    <t>1.2.5 Шнуры USB Type-C – HDMI</t>
   </si>
   <si>
     <t>17-6402</t>
   </si>
   <si>
     <t>Кабель USB Type-C - HDMI, 2м REXANT</t>
   </si>
   <si>
-    <t>1.1.6 Шнуры HDMI – DVI</t>
+    <t>1.2.6 Шнуры HDMI – DVI</t>
+  </si>
+  <si>
+    <t>17-6305</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 3м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6304</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 2м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6303</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 1,5м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6307</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 7м, Gold, с фильтрами REXANT</t>
   </si>
   <si>
     <t>17-6306</t>
   </si>
   <si>
     <t>Шнур HDMI - DVI-D, 5м, Gold, с фильтрами REXANT</t>
   </si>
   <si>
-    <t>17-6303</t>
-[...26 lines deleted...]
-    <t>1.2.1 Шнуры 2 RCA – 2 RCA</t>
+    <t>1.3 Шнуры AUX Стерео 3,5 мм – Стерео 3,5 мм</t>
+  </si>
+  <si>
+    <t>17-4008</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 10м REXANT</t>
+  </si>
+  <si>
+    <t>17-4003</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4102</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4104</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 3м REXANT</t>
+  </si>
+  <si>
+    <t>17-4105</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4006</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4005</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 3м REXANT</t>
+  </si>
+  <si>
+    <t>17-4007</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм гнездо - Стерео 3,5мм штекер, 7м REXANT</t>
+  </si>
+  <si>
+    <t>17-4100</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4102-8</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм штекер - Стерео 3,5мм штекер, 1,2м, черный СМАРТКИП</t>
+  </si>
+  <si>
+    <t>1.4 Шнуры ТВ</t>
+  </si>
+  <si>
+    <t>18-0014</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0022</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0005</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0112</t>
+  </si>
+  <si>
+    <t>Шнур ТВ штекер - ТВ штекер, угловой, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-5011</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-5014</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-5016</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 10м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0002</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0012</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0024</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0102</t>
+  </si>
+  <si>
+    <t>Шнур ТВ штекер - ТВ штекер, 1,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0004</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-5013</t>
+  </si>
+  <si>
+    <t>ВЧ-кабель, ТВ-гнездо - ТВ-штекер, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0006</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0008</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 15м, белый REXANT</t>
+  </si>
+  <si>
+    <t>17-5002</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-0025</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, угловой, 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-0007</t>
+  </si>
+  <si>
+    <t>Шнур ТВ гнездо - ТВ штекер, 10м, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Шнуры RCA</t>
+  </si>
+  <si>
+    <t>1.5.1 Шнуры 3 RCA – 3 RCA</t>
+  </si>
+  <si>
+    <t>17-0214</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 3м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0215</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 5м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0202</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0205</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0212</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 1,5м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0207</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 10м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0204</t>
+  </si>
+  <si>
+    <t>Шнур 3 RCA - 3 RCA, 3м, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 Шнуры Стерео 3,5 мм – RCA</t>
+  </si>
+  <si>
+    <t>17-4224</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 3м, Gold-металл REXANT</t>
+  </si>
+  <si>
+    <t>17-4204</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 3м REXANT</t>
+  </si>
+  <si>
+    <t>17-4412-4</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм 4C - 3 RCA, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-4232</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-4234</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-4225</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 5м, Gold-металл REXANT</t>
+  </si>
+  <si>
+    <t>17-4205</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4202</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-4222</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,5м, Gold-металл REXANT</t>
+  </si>
+  <si>
+    <t>17-4206</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 7м REXANT</t>
+  </si>
+  <si>
+    <t>17-4412</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм 4C - 3 RCA, 1,5м, двухцветный штекер Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-4202-8</t>
+  </si>
+  <si>
+    <t>Шнур Стерео 3,5мм - 2 RCA, 1,2м СМАРТКИП</t>
+  </si>
+  <si>
+    <t>1.5.3 Шнуры 2 RCA – 2 RCA</t>
+  </si>
+  <si>
+    <t>17-0103</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 1,5м, черный REXANT</t>
+  </si>
+  <si>
+    <t>17-0143</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 1,5м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0145</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 3м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0148</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 10м, черный, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-0146</t>
+  </si>
+  <si>
+    <t>Шнур 2 RCA - 2 RCA, 5м, черный, Gold REXANT</t>
   </si>
   <si>
     <t>17-0105</t>
   </si>
   <si>
     <t>Шнур 2 RCA - 2 RCA, 3м, черный REXANT</t>
   </si>
   <si>
-    <t>17-0146</t>
-[...254 lines deleted...]
-    <t>1.4 Шнуры VGA</t>
+    <t>1.6 Шнуры TOSLINK</t>
+  </si>
+  <si>
+    <t>17-0802</t>
+  </si>
+  <si>
+    <t>Шнур Toslink - Toslink, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>17-0804</t>
+  </si>
+  <si>
+    <t>Шнур Toslink - Toslink, 3м REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Шнуры VGA</t>
+  </si>
+  <si>
+    <t>17-5503-6</t>
+  </si>
+  <si>
+    <t>Шнур VGA - VGA с ферритами, 1,8м, черный PROconnect</t>
   </si>
   <si>
     <t>17-5505-6</t>
   </si>
   <si>
     <t>Шнур VGA - VGA с ферритами, 3м, черный PROconnect</t>
-  </si>
-[...217 lines deleted...]
-    <t>Шнур ТВ штекер - ТВ штекер, угловой, 1,5м, белый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1272,56 +1182,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-5m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-10m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-10m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-7m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-metall-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-gold-metall-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-metall-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-dvuhtsvetnyy-shteker-gold-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-7m-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-10m-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-2m-smartkip.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-3m-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-5m-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-5m-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-7m-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-10m-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-3m-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-2m-chernyy-smartkip.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-3m-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-1-8m-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-3m-chernyy-gold-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-3m-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-7m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-shteker-tv-shteker-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-shteker-tv-shteker-20m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-3m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-20m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-1-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-15m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-10m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-7m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-3m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-10m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-shteker-tv-shteker-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-shteker-tv-shteker-15m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-3m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-uglovoy-1-5m-belyy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-2m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-2m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-2m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-stereo-3-5mm-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-2-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-din-5-pin-din-5-pin-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-10m-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-1-5m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-5m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-3m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-5m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-5m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-3m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-gnezdo-stereo-3-5mm-shteker-7m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-0-5m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-shteker-stereo-3-5mm-shteker-1-2m-chernyy-smartkip" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-uglovoy-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-10m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-shteker-tv-shteker-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vch-kabel-tv-gnezdo-tv-shteker-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-uglovoy-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-tv-gnezdo-tv-shteker-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-1-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-10m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-3-rca-3-rca-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-5m-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-5m-gold-metall-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-7m-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-4c-3-rca-1-5m-dvuhtsvetnyy-shteker-gold-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-stereo-3-5mm-2-rca-1-2m-smartkip" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-1-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-10m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-5m-chernyy-gold-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-2-rca-2-rca-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-1-5m-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-toslink-toslink-3m-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-1-8m-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-vga-vga-s-ferritami-3m-chernyy-proconnect" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I143"/>
+  <dimension ref="A1:I128"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1346,4015 +1256,3565 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="2"/>
-[...6 lines deleted...]
-      <c r="I4" s="2"/>
+      <c r="B4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="3">
+        <v>256.15</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="3">
+        <v>1399</v>
+      </c>
+      <c r="G4" s="3">
+        <v>10</v>
+      </c>
+      <c r="H4" s="3">
+        <v>200</v>
+      </c>
+      <c r="I4" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>278.66</v>
+        <v>248.54</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>2496</v>
+        <v>668</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>318.46</v>
+        <v>301.1</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>7960</v>
+        <v>4202</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1070</v>
+        <v>394.61</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2734</v>
+        <v>1278</v>
       </c>
       <c r="G7" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>313.49</v>
+        <v>359.96</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1519</v>
+        <v>1390</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>248.21</v>
+        <v>320.61</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>6349</v>
+        <v>534</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="3" t="s">
+      <c r="A10" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C10" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="3" t="s">
+      <c r="A11" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>381.02</v>
+        <v>248.68</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1107</v>
+        <v>4342</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>421.46</v>
+        <v>323.87</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>919</v>
+        <v>5</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>3429.22</v>
+        <v>603.08</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>525</v>
+        <v>1</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>244.52</v>
+        <v>2026.24</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>5193</v>
+        <v>866</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>593</v>
+        <v>3487.52</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2594</v>
+        <v>292</v>
       </c>
       <c r="G16" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>233.65</v>
+        <v>387.5</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>4867</v>
+        <v>675</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>530.41</v>
+        <v>318.82</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>893</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>415</v>
+        <v>212.55</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>569</v>
+        <v>1966</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>1300</v>
+        <v>428.62</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>827</v>
+        <v>1554</v>
       </c>
       <c r="G20" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>325</v>
+        <v>237.62</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>2928</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>80</v>
+        <v>250</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>801.14</v>
+        <v>1088.19</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1188</v>
+        <v>1318</v>
       </c>
       <c r="G22" s="3">
         <v>5</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>698.89</v>
+        <v>252.43</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>2012</v>
+        <v>3758</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>417.97</v>
+        <v>283.4</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2643</v>
+        <v>966</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>557.35</v>
+        <v>425.08</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>2079</v>
+        <v>2184</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>501.68</v>
+        <v>710.77</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2877</v>
+        <v>1584</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>2222.64</v>
+        <v>330.53</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>673</v>
+        <v>1520</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="C28" s="3">
+        <v>2260.42</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="3">
+        <v>1367</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>10</v>
+      </c>
+      <c r="I28" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="C28" s="3">
-[...22 lines deleted...]
-      <c r="A29" s="2" t="s">
+      <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="2"/>
-[...6 lines deleted...]
-      <c r="I29" s="2"/>
+      <c r="C29" s="3">
+        <v>4375.9</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F29" s="3">
+        <v>822</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>10</v>
+      </c>
+      <c r="I29" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>292.12</v>
+        <v>814.76</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>6729</v>
+        <v>427</v>
       </c>
       <c r="G30" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>420</v>
+        <v>566.82</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>6904</v>
+        <v>435</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>1724.13</v>
+        <v>510.21</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1182</v>
+        <v>2304</v>
       </c>
       <c r="G32" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>2873.61</v>
+        <v>422.06</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>545</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>444.53</v>
+        <v>539.43</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>2633</v>
+        <v>1317</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>4064.26</v>
+        <v>1322.1</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>635</v>
+        <v>460</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+      <c r="A36" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="C37" s="3">
+        <v>894.96</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" s="3">
+        <v>1636</v>
+      </c>
+      <c r="G37" s="3">
+        <v>10</v>
+      </c>
+      <c r="H37" s="3">
+        <v>250</v>
+      </c>
+      <c r="I37" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="C37" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>850.62</v>
+        <v>228.83</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1059</v>
+        <v>3710</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>755.18</v>
+        <v>274.59</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1240</v>
+        <v>4936</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C41" s="3">
+        <v>302.05</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="3">
+        <v>960</v>
+      </c>
+      <c r="G41" s="3">
+        <v>10</v>
+      </c>
+      <c r="H41" s="3">
+        <v>100</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="C41" s="3">
-[...32 lines deleted...]
-      <c r="I42" s="2"/>
+      <c r="C42" s="3">
+        <v>452.09</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="3">
+        <v>769</v>
+      </c>
+      <c r="G42" s="3">
+        <v>10</v>
+      </c>
+      <c r="H42" s="3">
+        <v>80</v>
+      </c>
+      <c r="I42" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>1250</v>
+        <v>1753.44</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>943</v>
+        <v>637</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H43" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>863.65</v>
+        <v>2922.46</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>357</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>1026.86</v>
+        <v>4133.35</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>455</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B46" s="3" t="s">
+      <c r="C46" s="3">
+        <v>574.8</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="3">
+        <v>322</v>
+      </c>
+      <c r="G46" s="3">
+        <v>10</v>
+      </c>
+      <c r="H46" s="3">
+        <v>50</v>
+      </c>
+      <c r="I46" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="C46" s="3">
-[...22 lines deleted...]
-      <c r="A47" s="2" t="s">
+      <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B47" s="2"/>
-[...6 lines deleted...]
-      <c r="I47" s="2"/>
+      <c r="C47" s="3">
+        <v>726.91</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" s="3">
+        <v>1</v>
+      </c>
+      <c r="G47" s="3">
+        <v>1</v>
+      </c>
+      <c r="H47" s="3">
+        <v>50</v>
+      </c>
+      <c r="I47" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>1036.75</v>
+        <v>715.97</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>2100</v>
+        <v>1120</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="2" t="s">
+      <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B49" s="2"/>
-[...6 lines deleted...]
-      <c r="I49" s="2"/>
+      <c r="B49" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C49" s="3">
+        <v>561.87</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" s="3">
+        <v>156</v>
+      </c>
+      <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
+        <v>50</v>
+      </c>
+      <c r="I49" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>1714.61</v>
+        <v>798.34</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>849</v>
+        <v>946</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C52" s="3">
-        <v>916.38</v>
+        <v>878.33</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>154</v>
       </c>
       <c r="G52" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C53" s="3">
-        <v>648.94</v>
+        <v>1044.32</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>12</v>
+        <v>1006</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>647.74</v>
+        <v>1271.25</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>761</v>
+        <v>284</v>
       </c>
       <c r="G54" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>1062.14</v>
+        <v>1383.37</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>125</v>
+        <v>638</v>
       </c>
       <c r="G55" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A56" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B56" s="3" t="s">
+      <c r="A56" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="C56" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B56" s="2"/>
+      <c r="C56" s="2"/>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
+      <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A57" s="2" t="s">
+      <c r="A57" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B57" s="2"/>
-[...6 lines deleted...]
-      <c r="I57" s="2"/>
+      <c r="B57" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C57" s="3">
+        <v>1525.5</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="3">
+        <v>449</v>
+      </c>
+      <c r="G57" s="3">
+        <v>10</v>
+      </c>
+      <c r="H57" s="3">
+        <v>100</v>
+      </c>
+      <c r="I57" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C59" s="3">
-        <v>133.08</v>
+        <v>658.75</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>1262</v>
+        <v>502</v>
       </c>
       <c r="G59" s="3">
         <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C60" s="3">
-        <v>746.82</v>
+        <v>661.05</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>837</v>
+        <v>351</v>
       </c>
       <c r="G60" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C61" s="3">
-        <v>294.49</v>
+        <v>793.26</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>1565</v>
+        <v>1169</v>
       </c>
       <c r="G61" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C62" s="3">
-        <v>198.27</v>
+        <v>1080.2</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>670</v>
+        <v>491</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H62" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C63" s="3">
-        <v>466.11</v>
+        <v>793.26</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>429</v>
+        <v>7</v>
       </c>
       <c r="G63" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H63" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A64" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B64" s="3" t="s">
+      <c r="A64" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="C64" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C65" s="3">
-        <v>101.99</v>
+        <v>453.21</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>3635</v>
+        <v>877</v>
       </c>
       <c r="G65" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A66" s="2" t="s">
+      <c r="A66" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B66" s="2"/>
-[...6 lines deleted...]
-      <c r="I66" s="2"/>
+      <c r="B66" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C66" s="3">
+        <v>108.68</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" s="3">
+        <v>3387</v>
+      </c>
+      <c r="G66" s="3">
+        <v>10</v>
+      </c>
+      <c r="H66" s="3">
+        <v>400</v>
+      </c>
+      <c r="I66" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C67" s="3">
-        <v>473.94</v>
+        <v>104.63</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>211</v>
+        <v>12428</v>
       </c>
       <c r="G67" s="3">
         <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C68" s="3">
-        <v>364.55</v>
+        <v>143.04</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>177</v>
+        <v>1677</v>
       </c>
       <c r="G68" s="3">
         <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C69" s="3">
-        <v>176.2</v>
+        <v>254.64</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>1825</v>
+        <v>1105</v>
       </c>
       <c r="G69" s="3">
         <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C70" s="3">
-        <v>131.96</v>
+        <v>172.88</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>18233</v>
+        <v>1116</v>
       </c>
       <c r="G70" s="3">
         <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C71" s="3">
-        <v>287.66</v>
+        <v>145.04</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>1153</v>
+        <v>1881</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C72" s="3">
-        <v>224.01</v>
+        <v>316.95</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>629</v>
+        <v>431</v>
       </c>
       <c r="G72" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C73" s="3">
-        <v>567.67</v>
+        <v>72.94</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>126</v>
+        <v>4150</v>
       </c>
       <c r="G73" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C74" s="3">
-        <v>445.17</v>
+        <v>100.21</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>2197</v>
+        <v>724</v>
       </c>
       <c r="G74" s="3">
         <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C76" s="3">
-        <v>536.61</v>
+        <v>285.23</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>850</v>
+        <v>351</v>
       </c>
       <c r="G76" s="3">
         <v>10</v>
       </c>
       <c r="H76" s="3">
         <v>100</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C77" s="3">
-        <v>194.71</v>
+        <v>234.56</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>425</v>
+        <v>3972</v>
       </c>
       <c r="G77" s="3">
         <v>10</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C78" s="3">
-        <v>708.9</v>
+        <v>351.7</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>430</v>
+        <v>656</v>
       </c>
       <c r="G78" s="3">
         <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C79" s="3">
-        <v>89.16</v>
+        <v>216.8</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>18490</v>
+        <v>2177</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C80" s="3">
-        <v>158.76</v>
+        <v>62.84</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>4106</v>
+        <v>4338</v>
       </c>
       <c r="G80" s="3">
         <v>10</v>
       </c>
       <c r="H80" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C81" s="3">
-        <v>171</v>
+        <v>148.35</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>4948</v>
+        <v>249</v>
       </c>
       <c r="G81" s="3">
         <v>10</v>
       </c>
       <c r="H81" s="3">
         <v>200</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C82" s="3">
-        <v>463.53</v>
+        <v>246.09</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1520</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>10</v>
       </c>
       <c r="H82" s="3">
         <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C83" s="3">
-        <v>311.62</v>
+        <v>217.58</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>142</v>
+        <v>3006</v>
       </c>
       <c r="G83" s="3">
         <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C84" s="3">
-        <v>283.8</v>
+        <v>218.58</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>3390</v>
+        <v>731</v>
       </c>
       <c r="G84" s="3">
         <v>10</v>
       </c>
       <c r="H84" s="3">
         <v>150</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C85" s="3">
-        <v>356.1</v>
+        <v>268.89</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>935</v>
+        <v>1006</v>
       </c>
       <c r="G85" s="3">
         <v>10</v>
       </c>
       <c r="H85" s="3">
         <v>100</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C86" s="3">
-        <v>278.21</v>
+        <v>196.41</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>6558</v>
+        <v>1801</v>
       </c>
       <c r="G86" s="3">
         <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C87" s="3">
-        <v>197.1</v>
+        <v>251.26</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>1126</v>
+        <v>2499</v>
       </c>
       <c r="G87" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>100</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C88" s="3">
-        <v>337.92</v>
+        <v>105.07</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>18</v>
+        <v>643</v>
       </c>
       <c r="G88" s="3">
         <v>10</v>
       </c>
       <c r="H88" s="3">
-        <v>40</v>
+        <v>250</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C89" s="3">
-        <v>81.97</v>
+        <v>452.09</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>5623</v>
+        <v>565</v>
       </c>
       <c r="G89" s="3">
         <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="A90" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C90" s="3">
+        <v>525.96</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F90" s="3">
+        <v>400</v>
+      </c>
+      <c r="G90" s="3">
+        <v>5</v>
+      </c>
+      <c r="H90" s="3">
+        <v>25</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C91" s="3">
-        <v>106.86</v>
+        <v>155.35</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>4021</v>
+        <v>2040</v>
       </c>
       <c r="G91" s="3">
         <v>10</v>
       </c>
       <c r="H91" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C92" s="3">
-        <v>102.88</v>
+        <v>327.02</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>27574</v>
+        <v>8</v>
       </c>
       <c r="G92" s="3">
         <v>10</v>
       </c>
       <c r="H92" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C93" s="3">
-        <v>204.92</v>
+        <v>618.49</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>709</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H93" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A94" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A94" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B94" s="2"/>
+      <c r="C94" s="2"/>
+      <c r="D94" s="2"/>
+      <c r="E94" s="2"/>
+      <c r="F94" s="2"/>
+      <c r="G94" s="2"/>
+      <c r="H94" s="2"/>
+      <c r="I94" s="2"/>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A95" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B95" s="3" t="s">
+      <c r="A95" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="C95" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B95" s="2"/>
+      <c r="C95" s="2"/>
+      <c r="D95" s="2"/>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2"/>
+      <c r="G95" s="2"/>
+      <c r="H95" s="2"/>
+      <c r="I95" s="2"/>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C96" s="3">
-        <v>250.38</v>
+        <v>277.93</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>861</v>
+        <v>806</v>
       </c>
       <c r="G96" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C97" s="3">
-        <v>178.94</v>
+        <v>577.32</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>4611</v>
+        <v>23</v>
       </c>
       <c r="G97" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H97" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C98" s="3">
-        <v>71.72</v>
+        <v>134.2</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>5593</v>
+        <v>13709</v>
       </c>
       <c r="G98" s="3">
         <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C99" s="3">
-        <v>311.65</v>
+        <v>227.82</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>1117</v>
+        <v>492</v>
       </c>
       <c r="G99" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H99" s="3">
         <v>100</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C100" s="3">
-        <v>445.63</v>
+        <v>452.74</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="G100" s="3">
         <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C101" s="3">
-        <v>142.62</v>
+        <v>482</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>2361</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C102" s="3">
-        <v>252.39</v>
+        <v>179.2</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>66</v>
+        <v>929</v>
       </c>
       <c r="G102" s="3">
         <v>10</v>
       </c>
       <c r="H102" s="3">
+        <v>150</v>
+      </c>
+      <c r="I102" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C104" s="3">
+        <v>545.73</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F104" s="3">
+        <v>451</v>
+      </c>
+      <c r="G104" s="3">
+        <v>10</v>
+      </c>
+      <c r="H104" s="3">
         <v>100</v>
       </c>
-      <c r="I102" s="3">
-[...43 lines deleted...]
-      <c r="I104" s="2"/>
+      <c r="I104" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C105" s="3">
-        <v>676.39</v>
+        <v>161.46</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>840</v>
+        <v>4166</v>
       </c>
       <c r="G105" s="3">
         <v>10</v>
       </c>
       <c r="H105" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C106" s="3">
-        <v>482.32</v>
+        <v>173.91</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>3745</v>
+        <v>4103</v>
       </c>
       <c r="G106" s="3">
         <v>10</v>
       </c>
       <c r="H106" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C107" s="3">
-        <v>911.45</v>
+        <v>288.62</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>17</v>
+        <v>2681</v>
       </c>
       <c r="G107" s="3">
         <v>10</v>
       </c>
       <c r="H107" s="3">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A108" s="2" t="s">
+      <c r="A108" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B108" s="2"/>
-[...6 lines deleted...]
-      <c r="I108" s="2"/>
+      <c r="B108" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C108" s="3">
+        <v>362.15</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F108" s="3">
+        <v>614</v>
+      </c>
+      <c r="G108" s="3">
+        <v>10</v>
+      </c>
+      <c r="H108" s="3">
+        <v>100</v>
+      </c>
+      <c r="I108" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C109" s="3">
-        <v>421.97</v>
+        <v>720.95</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>1311</v>
+        <v>213</v>
       </c>
       <c r="G109" s="3">
         <v>10</v>
       </c>
       <c r="H109" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C110" s="3">
-        <v>400.48</v>
+        <v>198.02</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>889</v>
+        <v>219</v>
       </c>
       <c r="G110" s="3">
         <v>10</v>
       </c>
       <c r="H110" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="A111" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C111" s="3">
+        <v>90.68</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F111" s="3">
+        <v>7789</v>
+      </c>
+      <c r="G111" s="3">
+        <v>10</v>
+      </c>
+      <c r="H111" s="3">
+        <v>400</v>
+      </c>
+      <c r="I111" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C112" s="3">
-        <v>244.39</v>
+        <v>471.41</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>3901</v>
+        <v>1227</v>
       </c>
       <c r="G112" s="3">
         <v>10</v>
       </c>
       <c r="H112" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C113" s="3">
-        <v>315.25</v>
+        <v>162.37</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>667</v>
+        <v>1075</v>
       </c>
       <c r="G113" s="3">
         <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C114" s="3">
-        <v>251.87</v>
+        <v>229.18</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>2431</v>
+        <v>5652</v>
       </c>
       <c r="G114" s="3">
         <v>10</v>
       </c>
       <c r="H114" s="3">
         <v>200</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C115" s="3">
-        <v>296.07</v>
+        <v>83.36</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>5858</v>
+        <v>23787</v>
       </c>
       <c r="G115" s="3">
         <v>10</v>
       </c>
       <c r="H115" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A116" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="B116" s="2"/>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C117" s="3">
-        <v>353.94</v>
+        <v>103.72</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>99</v>
+        <v>2994</v>
       </c>
       <c r="G117" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>200</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A118" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I118" s="2"/>
+      <c r="A118" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="C118" s="3">
+        <v>299.5</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F118" s="3">
+        <v>118</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>100</v>
+      </c>
+      <c r="I118" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C119" s="3">
-        <v>213.94</v>
+        <v>474.03</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>5781</v>
+        <v>300</v>
       </c>
       <c r="G119" s="3">
         <v>10</v>
       </c>
       <c r="H119" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C120" s="3">
-        <v>214.68</v>
+        <v>1165.61</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F120" s="3">
         <v>0</v>
       </c>
       <c r="G120" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H120" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C121" s="3">
-        <v>143.82</v>
+        <v>759.52</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>11</v>
+        <v>631</v>
       </c>
       <c r="G121" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H121" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C122" s="3">
-        <v>411.84</v>
+        <v>135.34</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>0</v>
+        <v>1054</v>
       </c>
       <c r="G122" s="3">
         <v>10</v>
       </c>
       <c r="H122" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A123" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A123" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="B123" s="2"/>
+      <c r="C123" s="2"/>
+      <c r="D123" s="2"/>
+      <c r="E123" s="2"/>
+      <c r="F123" s="2"/>
+      <c r="G123" s="2"/>
+      <c r="H123" s="2"/>
+      <c r="I123" s="2"/>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C124" s="3">
-        <v>61.79</v>
+        <v>370.19</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>4687</v>
+        <v>1194</v>
       </c>
       <c r="G124" s="3">
         <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C125" s="3">
-        <v>419.25</v>
+        <v>329.9</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>63</v>
+        <v>855</v>
       </c>
       <c r="G125" s="3">
         <v>10</v>
       </c>
       <c r="H125" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A126" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B126" s="3" t="s">
+      <c r="A126" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="C126" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B126" s="2"/>
+      <c r="C126" s="2"/>
+      <c r="D126" s="2"/>
+      <c r="E126" s="2"/>
+      <c r="F126" s="2"/>
+      <c r="G126" s="2"/>
+      <c r="H126" s="2"/>
+      <c r="I126" s="2"/>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C127" s="3">
-        <v>230.64</v>
+        <v>420.02</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>7125</v>
+        <v>2905</v>
       </c>
       <c r="G127" s="3">
         <v>10</v>
       </c>
       <c r="H127" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C128" s="3">
-        <v>264.4</v>
+        <v>687.89</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>1471</v>
+        <v>613</v>
       </c>
       <c r="G128" s="3">
         <v>10</v>
       </c>
       <c r="H128" s="3">
         <v>100</v>
       </c>
       <c r="I128" s="3">
-        <v>1</v>
-[...433 lines deleted...]
-      <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A4:I4"/>
-[...3 lines deleted...]
-    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A38:I38"/>
     <mergeCell ref="A51:I51"/>
-    <mergeCell ref="A57:I57"/>
+    <mergeCell ref="A56:I56"/>
     <mergeCell ref="A58:I58"/>
-    <mergeCell ref="A66:I66"/>
+    <mergeCell ref="A64:I64"/>
     <mergeCell ref="A75:I75"/>
-    <mergeCell ref="A90:I90"/>
-[...3 lines deleted...]
-    <mergeCell ref="A118:I118"/>
+    <mergeCell ref="A94:I94"/>
+    <mergeCell ref="A95:I95"/>
+    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A123:I123"/>
+    <mergeCell ref="A126:I126"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D5" r:id="rId1"/>
-[...22 lines deleted...]
-    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D4" r:id="rId1"/>
+    <hyperlink ref="D5" r:id="rId2"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
-    <hyperlink ref="D36" r:id="rId31"/>
-[...8 lines deleted...]
-    <hyperlink ref="D46" r:id="rId40"/>
+    <hyperlink ref="D37" r:id="rId31"/>
+    <hyperlink ref="D39" r:id="rId32"/>
+    <hyperlink ref="D40" r:id="rId33"/>
+    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D42" r:id="rId35"/>
+    <hyperlink ref="D43" r:id="rId36"/>
+    <hyperlink ref="D44" r:id="rId37"/>
+    <hyperlink ref="D45" r:id="rId38"/>
+    <hyperlink ref="D46" r:id="rId39"/>
+    <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
-    <hyperlink ref="D50" r:id="rId42"/>
-[...10 lines deleted...]
-    <hyperlink ref="D64" r:id="rId53"/>
+    <hyperlink ref="D49" r:id="rId42"/>
+    <hyperlink ref="D50" r:id="rId43"/>
+    <hyperlink ref="D52" r:id="rId44"/>
+    <hyperlink ref="D53" r:id="rId45"/>
+    <hyperlink ref="D54" r:id="rId46"/>
+    <hyperlink ref="D55" r:id="rId47"/>
+    <hyperlink ref="D57" r:id="rId48"/>
+    <hyperlink ref="D59" r:id="rId49"/>
+    <hyperlink ref="D60" r:id="rId50"/>
+    <hyperlink ref="D61" r:id="rId51"/>
+    <hyperlink ref="D62" r:id="rId52"/>
+    <hyperlink ref="D63" r:id="rId53"/>
     <hyperlink ref="D65" r:id="rId54"/>
-    <hyperlink ref="D67" r:id="rId55"/>
-[...25 lines deleted...]
-    <hyperlink ref="D95" r:id="rId81"/>
+    <hyperlink ref="D66" r:id="rId55"/>
+    <hyperlink ref="D67" r:id="rId56"/>
+    <hyperlink ref="D68" r:id="rId57"/>
+    <hyperlink ref="D69" r:id="rId58"/>
+    <hyperlink ref="D70" r:id="rId59"/>
+    <hyperlink ref="D71" r:id="rId60"/>
+    <hyperlink ref="D72" r:id="rId61"/>
+    <hyperlink ref="D73" r:id="rId62"/>
+    <hyperlink ref="D74" r:id="rId63"/>
+    <hyperlink ref="D76" r:id="rId64"/>
+    <hyperlink ref="D77" r:id="rId65"/>
+    <hyperlink ref="D78" r:id="rId66"/>
+    <hyperlink ref="D79" r:id="rId67"/>
+    <hyperlink ref="D80" r:id="rId68"/>
+    <hyperlink ref="D81" r:id="rId69"/>
+    <hyperlink ref="D82" r:id="rId70"/>
+    <hyperlink ref="D83" r:id="rId71"/>
+    <hyperlink ref="D84" r:id="rId72"/>
+    <hyperlink ref="D85" r:id="rId73"/>
+    <hyperlink ref="D86" r:id="rId74"/>
+    <hyperlink ref="D87" r:id="rId75"/>
+    <hyperlink ref="D88" r:id="rId76"/>
+    <hyperlink ref="D89" r:id="rId77"/>
+    <hyperlink ref="D90" r:id="rId78"/>
+    <hyperlink ref="D91" r:id="rId79"/>
+    <hyperlink ref="D92" r:id="rId80"/>
+    <hyperlink ref="D93" r:id="rId81"/>
     <hyperlink ref="D96" r:id="rId82"/>
     <hyperlink ref="D97" r:id="rId83"/>
     <hyperlink ref="D98" r:id="rId84"/>
     <hyperlink ref="D99" r:id="rId85"/>
     <hyperlink ref="D100" r:id="rId86"/>
     <hyperlink ref="D101" r:id="rId87"/>
     <hyperlink ref="D102" r:id="rId88"/>
-    <hyperlink ref="D103" r:id="rId89"/>
+    <hyperlink ref="D104" r:id="rId89"/>
     <hyperlink ref="D105" r:id="rId90"/>
     <hyperlink ref="D106" r:id="rId91"/>
     <hyperlink ref="D107" r:id="rId92"/>
-    <hyperlink ref="D109" r:id="rId93"/>
-[...14 lines deleted...]
-    <hyperlink ref="D126" r:id="rId108"/>
+    <hyperlink ref="D108" r:id="rId93"/>
+    <hyperlink ref="D109" r:id="rId94"/>
+    <hyperlink ref="D110" r:id="rId95"/>
+    <hyperlink ref="D111" r:id="rId96"/>
+    <hyperlink ref="D112" r:id="rId97"/>
+    <hyperlink ref="D113" r:id="rId98"/>
+    <hyperlink ref="D114" r:id="rId99"/>
+    <hyperlink ref="D115" r:id="rId100"/>
+    <hyperlink ref="D117" r:id="rId101"/>
+    <hyperlink ref="D118" r:id="rId102"/>
+    <hyperlink ref="D119" r:id="rId103"/>
+    <hyperlink ref="D120" r:id="rId104"/>
+    <hyperlink ref="D121" r:id="rId105"/>
+    <hyperlink ref="D122" r:id="rId106"/>
+    <hyperlink ref="D124" r:id="rId107"/>
+    <hyperlink ref="D125" r:id="rId108"/>
     <hyperlink ref="D127" r:id="rId109"/>
     <hyperlink ref="D128" r:id="rId110"/>
-    <hyperlink ref="D129" r:id="rId111"/>
-[...13 lines deleted...]
-    <hyperlink ref="D143" r:id="rId125"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>