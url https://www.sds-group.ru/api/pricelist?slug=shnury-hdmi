--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -57,339 +57,339 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шнуры HDMI</t>
   </si>
   <si>
     <t>1.1 Шнуры HDMI – HDMI версии 1.4</t>
   </si>
   <si>
     <t>17-6204-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Silver  PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>17-6202-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м Silver PROconnect</t>
+  </si>
+  <si>
     <t>17-6205-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 3м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6208-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 10м, Gold PROconnect</t>
   </si>
   <si>
+    <t>17-6210-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6205-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6202-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Silver PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
     <t>17-6204-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6203-8</t>
-[...2 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 1,5м, Silver PROconnect</t>
+    <t>17-6206-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6209-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 15м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6202-8</t>
-[...38 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+    <t>17-6203-1</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, белый REXANT</t>
   </si>
   <si>
     <t>17-6204-1</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Gold, белый REXANT</t>
   </si>
   <si>
-    <t>17-6203-1</t>
-[...2 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, белый REXANT</t>
+    <t>17-6209</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6203</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6210</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6208</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 10м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6202</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6206</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 5м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6204-3</t>
   </si>
   <si>
     <t>Шнур HDMI - HDMI 1.4, 2м, Gold, с фильтрами, угловой 360° REXANT</t>
   </si>
   <si>
-    <t>17-6203</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6205</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 3м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6204</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Шнуры HDMI – HDMI версии 2.0</t>
   </si>
   <si>
+    <t>17-6104-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 2м, Gold PROconnect</t>
+  </si>
+  <si>
     <t>17-6103-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6104-6</t>
-[...2 lines deleted...]
-    <t>Кабель HDMI - HDMI 2.0, 2м, Gold PROconnect</t>
+    <t>17-6106-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6109-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 15м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6102-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6105-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 3м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6108-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 10м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6109-6</t>
-[...10 lines deleted...]
-  <si>
     <t>17-6110-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 20м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6102-6</t>
-[...8 lines deleted...]
-    <t>Кабель HDMI - HDMI 2.0, 5м, Gold PROconnect</t>
+    <t>17-6102</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6103</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold REXANT</t>
   </si>
   <si>
+    <t>17-6104</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 2м, Gold REXANT</t>
+  </si>
+  <si>
     <t>17-6105</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 3м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6104</t>
-[...11 lines deleted...]
-    <t>1.3 Шнуры HDMI – HDMI версии 2.1</t>
+    <t>1.3 Шнуры USB Type-C – HDMI</t>
+  </si>
+  <si>
+    <t>17-6402</t>
+  </si>
+  <si>
+    <t>Кабель USB Type-C - HDMI, 2м REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Шнуры HDMI – HDMI версии 2.1</t>
+  </si>
+  <si>
+    <t>17-6005</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 3м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6004</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.1, длина 2м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6002</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.1, длина 1м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6003</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.1, длина 1,5м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6005</t>
-[...5 lines deleted...]
-    <t>1.4 Шнуры DisplayPort – HDMI</t>
+    <t>1.5 Шнуры HDMI – DVI</t>
+  </si>
+  <si>
+    <t>17-6307</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 7м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6304</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 2м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6305</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 3м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6306</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 5м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6303</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 1,5м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Шнуры DisplayPort – HDMI</t>
   </si>
   <si>
     <t>17-6502</t>
   </si>
   <si>
     <t>Кабель DisplayPort - HDMI, 1,8м REXANT</t>
-  </si>
-[...40 lines deleted...]
-    <t>Шнур HDMI - DVI-D, 2м, Gold, с фильтрами REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -774,51 +774,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect-26180" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect-6351" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect-3335" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect-3341" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect-3344" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect-3331" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect-3336" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect-3329" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect-5957" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect-3330" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect-3332" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect-3337" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect-3343" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-beliy-rexant-26487" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-beliy-rexant-26488" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant-1996" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant-1252" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant-1995" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant-1997" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant-1256" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant-1251" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant-1254" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant-3334" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant-1253" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect-26094" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect-26093" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect-26096" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect-26098" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect-26092" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect-26095" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect-26097" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect-26099" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant-23522" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant-23523" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant-26486" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant-23524" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant-27330" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant-28868" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant-28867" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant-28865" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant-28866" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant-1262" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant-2387" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant-1261" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant-2388" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant-1260" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant-27331" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I55"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -864,1518 +864,1518 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>278.66</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2496</v>
+        <v>1682</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>318.46</v>
+        <v>209</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>7960</v>
+        <v>6757</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1070</v>
+        <v>318.46</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2734</v>
+        <v>3604</v>
       </c>
       <c r="G6" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>313.49</v>
+        <v>1070</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1519</v>
+        <v>2214</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>248.21</v>
+        <v>3429.22</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>6349</v>
+        <v>405</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1992.37</v>
+        <v>381.02</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1494</v>
+        <v>1010</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>209</v>
+        <v>421.46</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>8296</v>
+        <v>681</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>381.02</v>
+        <v>233.65</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1107</v>
+        <v>2894</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>421.46</v>
+        <v>248.21</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>919</v>
+        <v>5244</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>3429.22</v>
+        <v>244.52</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>525</v>
+        <v>3917</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>244.52</v>
+        <v>313.49</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>5193</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
         <v>593</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2594</v>
+        <v>21</v>
       </c>
       <c r="G15" s="3">
         <v>5</v>
       </c>
       <c r="H15" s="3">
         <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>233.65</v>
+        <v>1992.37</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>4867</v>
+        <v>1254</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>530.41</v>
+        <v>415</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>893</v>
+        <v>47</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>415</v>
+        <v>530.41</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>569</v>
+        <v>776</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>1300</v>
+        <v>2222.64</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>827</v>
+        <v>515</v>
       </c>
       <c r="G19" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>325</v>
+        <v>417.97</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>2928</v>
+        <v>2475</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>801.14</v>
+        <v>501.68</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1188</v>
+        <v>2736</v>
       </c>
       <c r="G21" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>698.89</v>
+        <v>4302.75</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>2012</v>
+        <v>886</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>417.97</v>
+        <v>1300</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>2643</v>
+        <v>479</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>557.35</v>
+        <v>325</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2079</v>
+        <v>2482</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>501.68</v>
+        <v>801.14</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>2877</v>
+        <v>869</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H25" s="3">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>2222.64</v>
+        <v>698.89</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>673</v>
+        <v>1952</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>4302.75</v>
+        <v>557.35</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>912</v>
+        <v>1735</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>292.12</v>
+        <v>420</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>6729</v>
+        <v>6593</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>420</v>
+        <v>292.12</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>6904</v>
+        <v>6156</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>1724.13</v>
+        <v>565.19</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1182</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
         <v>2873.61</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>545</v>
+        <v>131</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>444.53</v>
+        <v>275</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>2633</v>
+        <v>4237</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>4064.26</v>
+        <v>444.53</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>635</v>
+        <v>2021</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>275</v>
+        <v>1724.13</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>4618</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H35" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>565.19</v>
+        <v>4064.26</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>582</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>552.48</v>
+        <v>714.76</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>276</v>
+        <v>511</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>850.62</v>
+        <v>552.48</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1059</v>
+        <v>212</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
         <v>755.18</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1240</v>
+        <v>1161</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>714.76</v>
+        <v>850.62</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>601</v>
+        <v>991</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>1250</v>
+        <v>1500</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>943</v>
+        <v>582</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
+      <c r="A43" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>1026.86</v>
+        <v>1360.25</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>159</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>1360.25</v>
+        <v>1250</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>227</v>
+        <v>812</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>60</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A46" s="2" t="s">
+      <c r="A46" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B46" s="2"/>
-[...6 lines deleted...]
-      <c r="I46" s="2"/>
+      <c r="C46" s="3">
+        <v>863.65</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="3">
+        <v>0</v>
+      </c>
+      <c r="G46" s="3">
+        <v>1</v>
+      </c>
+      <c r="H46" s="3">
+        <v>80</v>
+      </c>
+      <c r="I46" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>1036.75</v>
+        <v>1026.86</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>250</v>
+        <v>80</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>1714.61</v>
+        <v>1062.14</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>849</v>
+        <v>71</v>
       </c>
       <c r="G49" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="2" t="s">
+      <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B50" s="2"/>
-[...6 lines deleted...]
-      <c r="I50" s="2"/>
+      <c r="B50" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C50" s="3">
+        <v>650</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" s="3">
+        <v>664</v>
+      </c>
+      <c r="G50" s="3">
+        <v>10</v>
+      </c>
+      <c r="H50" s="3">
+        <v>60</v>
+      </c>
+      <c r="I50" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>916.38</v>
+        <v>647.74</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>1517</v>
       </c>
       <c r="G51" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>648.94</v>
+        <v>780</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H52" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>647.74</v>
+        <v>780</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>761</v>
+        <v>110</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B54" s="3" t="s">
+      <c r="A54" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="C54" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>756.83</v>
+        <v>880</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1051</v>
+        <v>1871</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>60</v>
+        <v>250</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A28:I28"/>
     <mergeCell ref="A41:I41"/>
-    <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A43:I43"/>
     <mergeCell ref="A48:I48"/>
-    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A54:I54"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
-    <hyperlink ref="D43" r:id="rId38"/>
-[...1 lines deleted...]
-    <hyperlink ref="D45" r:id="rId40"/>
+    <hyperlink ref="D44" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId40"/>
     <hyperlink ref="D47" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
-    <hyperlink ref="D51" r:id="rId43"/>
-[...2 lines deleted...]
-    <hyperlink ref="D54" r:id="rId46"/>
+    <hyperlink ref="D50" r:id="rId43"/>
+    <hyperlink ref="D51" r:id="rId44"/>
+    <hyperlink ref="D52" r:id="rId45"/>
+    <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D55" r:id="rId47"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>