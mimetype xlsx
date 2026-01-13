--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -45,351 +45,351 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шнуры HDMI</t>
   </si>
   <si>
     <t>1.1 Шнуры HDMI – HDMI версии 1.4</t>
   </si>
   <si>
+    <t>17-6202-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м Silver PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>17-6203-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6204-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Silver PROconnect</t>
+  </si>
+  <si>
     <t>17-6204-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Silver  PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 1м Silver PROconnect</t>
+    <t>17-6202-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6206-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6205-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 3м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6208-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 10м, Gold PROconnect</t>
   </si>
   <si>
+    <t>17-6209-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold PROconnect</t>
+  </si>
+  <si>
     <t>17-6210-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 20м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6203-4</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6205-4</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 3м, Gold, угловой PROconnect</t>
   </si>
   <si>
-    <t>17-6202-6</t>
-[...32 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 15м, Gold PROconnect</t>
+    <t>17-6206</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204-3</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - HDMI 1.4, 2м, Gold, с фильтрами, угловой 360° REXANT</t>
+  </si>
+  <si>
+    <t>17-6205</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6203-1</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, белый REXANT</t>
   </si>
   <si>
     <t>17-6204-1</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Gold, белый REXANT</t>
   </si>
   <si>
+    <t>17-6208</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 10м, Gold REXANT</t>
+  </si>
+  <si>
     <t>17-6209</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 15м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6203</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6204</t>
-[...2 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 2м, Gold REXANT</t>
+    <t>17-6202</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6210</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 20м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6208</t>
-[...29 lines deleted...]
-    <t>1.2 Шнуры HDMI – HDMI версии 2.0</t>
+    <t>1.2 Шнуры DisplayPort – HDMI</t>
+  </si>
+  <si>
+    <t>17-6502</t>
+  </si>
+  <si>
+    <t>Кабель DisplayPort - HDMI, 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Шнуры HDMI – HDMI версии 2.0</t>
+  </si>
+  <si>
+    <t>17-6110-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 20м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6104-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 2м, Gold PROconnect</t>
   </si>
   <si>
+    <t>17-6105-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 3м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6109-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 15м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6102-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1м, Gold PROconnect</t>
+  </si>
+  <si>
     <t>17-6103-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6106-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 5м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6109-6</t>
-[...16 lines deleted...]
-  <si>
     <t>17-6108-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 10м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6110-6</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6102</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 1м, Gold REXANT</t>
   </si>
   <si>
+    <t>17-6104</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 2м, Gold REXANT</t>
+  </si>
+  <si>
     <t>17-6103</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6104</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6105</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 3м, Gold REXANT</t>
   </si>
   <si>
-    <t>1.3 Шнуры USB Type-C – HDMI</t>
+    <t>1.4 Шнуры HDMI – HDMI версии 2.1</t>
+  </si>
+  <si>
+    <t>17-6005</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6002</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 1м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6003</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6004</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 2м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Шнуры USB Type-C – HDMI</t>
   </si>
   <si>
     <t>17-6402</t>
   </si>
   <si>
     <t>Кабель USB Type-C - HDMI, 2м REXANT</t>
   </si>
   <si>
-    <t>1.4 Шнуры HDMI – HDMI версии 2.1</t>
-[...26 lines deleted...]
-    <t>1.5 Шнуры HDMI – DVI</t>
+    <t>1.6 Шнуры HDMI – DVI</t>
+  </si>
+  <si>
+    <t>17-6303</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 1,5м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6306</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 5м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6304</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 2м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6305</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 3м, Gold, с фильтрами REXANT</t>
   </si>
   <si>
     <t>17-6307</t>
   </si>
   <si>
     <t>Шнур HDMI - DVI-D, 7м, Gold, с фильтрами REXANT</t>
-  </si>
-[...31 lines deleted...]
-    <t>Кабель DisplayPort - HDMI, 1,8м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -774,51 +774,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect-26180" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect-6351" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect-3335" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect-3341" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect-3344" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect-3331" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect-3336" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect-3329" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect-5957" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect-3330" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect-3332" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect-3337" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect-3343" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-beliy-rexant-26487" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-beliy-rexant-26488" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant-1996" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant-1252" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant-1995" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant-1997" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant-1256" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant-1251" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant-1254" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant-3334" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant-1253" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect-26094" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect-26093" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect-26096" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect-26098" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect-26092" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect-26095" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect-26097" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect-26099" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant-23522" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant-23523" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant-26486" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant-23524" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant-27330" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant-28868" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant-28867" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant-28865" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant-28866" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant-1262" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant-2387" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant-1261" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant-2388" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant-1260" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant-27331" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I55"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -855,1527 +855,1527 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>278.66</v>
+        <v>212.55</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1682</v>
+        <v>3530</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>209</v>
+        <v>387.5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>6757</v>
+        <v>946</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>318.46</v>
+        <v>248.68</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>3604</v>
+        <v>5452</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1070</v>
+        <v>318.82</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2214</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>3429.22</v>
+        <v>252.43</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>405</v>
+        <v>4721</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>381.02</v>
+        <v>283.4</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1010</v>
+        <v>1504</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>421.46</v>
+        <v>237.62</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>681</v>
+        <v>1177</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>233.65</v>
+        <v>603.08</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2894</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H11" s="3">
-        <v>250</v>
+        <v>80</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>248.21</v>
+        <v>323.87</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>5244</v>
+        <v>1096</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>244.52</v>
+        <v>1088.19</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>3917</v>
+        <v>1626</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>313.49</v>
+        <v>2026.24</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>1119</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>593</v>
+        <v>3487.52</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>21</v>
+        <v>352</v>
       </c>
       <c r="G15" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>1992.37</v>
+        <v>428.62</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1254</v>
+        <v>1631</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>415</v>
+        <v>814.76</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>47</v>
+        <v>630</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>530.41</v>
+        <v>710.77</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>776</v>
+        <v>1615</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>2222.64</v>
+        <v>566.82</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>515</v>
+        <v>660</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>417.97</v>
+        <v>510.21</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>2475</v>
+        <v>2570</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>501.68</v>
+        <v>422.06</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>2736</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>4302.75</v>
+        <v>539.43</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>886</v>
+        <v>657</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>1300</v>
+        <v>1322.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>479</v>
+        <v>204</v>
       </c>
       <c r="G23" s="3">
         <v>5</v>
       </c>
       <c r="H23" s="3">
         <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>325</v>
+        <v>2260.42</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2482</v>
+        <v>1451</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>801.14</v>
+        <v>425.08</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>869</v>
+        <v>2315</v>
       </c>
       <c r="G25" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>698.89</v>
+        <v>330.53</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1952</v>
+        <v>2277</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>557.35</v>
+        <v>4375.9</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1735</v>
+        <v>862</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>420</v>
+        <v>894.96</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>6593</v>
+        <v>1677</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="3" t="s">
+      <c r="A30" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>565.19</v>
+        <v>4133.35</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>534</v>
       </c>
       <c r="G31" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>2873.61</v>
+        <v>302.05</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>131</v>
+        <v>1604</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>275</v>
+        <v>452.09</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>4237</v>
+        <v>1411</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>444.53</v>
+        <v>2922.46</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>2021</v>
+        <v>24</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>1724.13</v>
+        <v>228.83</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>4103</v>
       </c>
       <c r="G35" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>4064.26</v>
+        <v>274.59</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>582</v>
+        <v>3151</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>714.76</v>
+        <v>574.8</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>511</v>
+        <v>964</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
         <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>552.48</v>
+        <v>1753.44</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>212</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>755.18</v>
+        <v>726.91</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1161</v>
+        <v>18</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>850.62</v>
+        <v>715.97</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>991</v>
+        <v>1125</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="2" t="s">
+      <c r="A41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B41" s="2"/>
-[...6 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="C41" s="3">
+        <v>561.87</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="3">
+        <v>199</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>50</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>1500</v>
+        <v>798.34</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>582</v>
+        <v>970</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>1360.25</v>
+        <v>1383.37</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>159</v>
+        <v>1038</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>60</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>1250</v>
+        <v>878.33</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>812</v>
+        <v>553</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>863.65</v>
+        <v>1044.32</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>936</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>80</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>1026.86</v>
+        <v>1271.25</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>556</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>1062.14</v>
+        <v>1525.5</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>71</v>
+        <v>514</v>
       </c>
       <c r="G49" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="3" t="s">
+      <c r="A50" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>647.74</v>
+        <v>793.26</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1517</v>
+        <v>1</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>780</v>
+        <v>793.26</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
         <v>1</v>
       </c>
       <c r="G52" s="3">
         <v>5</v>
       </c>
       <c r="H52" s="3">
         <v>30</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>780</v>
+        <v>661.05</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>110</v>
+        <v>584</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
         <v>60</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="2" t="s">
+      <c r="A54" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B54" s="2"/>
-[...6 lines deleted...]
-      <c r="I54" s="2"/>
+      <c r="C54" s="3">
+        <v>658.75</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="3">
+        <v>1123</v>
+      </c>
+      <c r="G54" s="3">
+        <v>10</v>
+      </c>
+      <c r="H54" s="3">
+        <v>40</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>880</v>
+        <v>1080.2</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1871</v>
+        <v>1</v>
       </c>
       <c r="G55" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H55" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A28:I28"/>
-    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A30:I30"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A48:I48"/>
-    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A50:I50"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
-    <hyperlink ref="D30" r:id="rId26"/>
-[...9 lines deleted...]
-    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D46" r:id="rId40"/>
     <hyperlink ref="D47" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
-    <hyperlink ref="D50" r:id="rId43"/>
-[...2 lines deleted...]
-    <hyperlink ref="D53" r:id="rId46"/>
+    <hyperlink ref="D51" r:id="rId43"/>
+    <hyperlink ref="D52" r:id="rId44"/>
+    <hyperlink ref="D53" r:id="rId45"/>
+    <hyperlink ref="D54" r:id="rId46"/>
     <hyperlink ref="D55" r:id="rId47"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>