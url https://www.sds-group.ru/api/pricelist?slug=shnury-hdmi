--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -45,351 +45,351 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шнуры HDMI</t>
   </si>
   <si>
     <t>1.1 Шнуры HDMI – HDMI версии 1.4</t>
   </si>
   <si>
+    <t>17-6203-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>17-6205-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6206-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6209-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6210-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6204-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold PROconnect</t>
+  </si>
+  <si>
     <t>17-6202-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1м Silver PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 2м, Gold PROconnect</t>
+    <t>17-6205-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6202-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6208-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 10м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6203-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1,5м, Silver PROconnect</t>
   </si>
   <si>
     <t>17-6204-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Silver  PROconnect</t>
   </si>
   <si>
-    <t>17-6202-6</t>
-[...38 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 3м, Gold, угловой PROconnect</t>
+    <t>17-6203</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204-3</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - HDMI 1.4, 2м, Gold, с фильтрами, угловой 360° REXANT</t>
+  </si>
+  <si>
+    <t>17-6202</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6209</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6210</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6206</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 5м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6204-3</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6205</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 3м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6204</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6203-1</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, белый REXANT</t>
   </si>
   <si>
     <t>17-6204-1</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Gold, белый REXANT</t>
   </si>
   <si>
     <t>17-6208</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 10м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6209</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2 Шнуры DisplayPort – HDMI</t>
   </si>
   <si>
     <t>17-6502</t>
   </si>
   <si>
     <t>Кабель DisplayPort - HDMI, 1,8м REXANT</t>
   </si>
   <si>
     <t>1.3 Шнуры HDMI – HDMI версии 2.0</t>
   </si>
   <si>
+    <t>17-6102-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6103-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6104-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 2м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6105-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 3м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6108-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 10м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6109-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.0, 15м, Gold PROconnect</t>
+  </si>
+  <si>
     <t>17-6110-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 20м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6104-6</t>
-[...28 lines deleted...]
-  <si>
     <t>17-6106-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 5м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6108-6</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6102</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 1м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6104</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 2м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6103</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 1,5м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6105</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.0, 3м, Gold REXANT</t>
   </si>
   <si>
     <t>1.4 Шнуры HDMI – HDMI версии 2.1</t>
   </si>
   <si>
+    <t>17-6002</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 1м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6003</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6004</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 2.1, длина 2м, Gold REXANT</t>
+  </si>
+  <si>
     <t>17-6005</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 2.1, длина 3м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6002</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5 Шнуры USB Type-C – HDMI</t>
   </si>
   <si>
     <t>17-6402</t>
   </si>
   <si>
     <t>Кабель USB Type-C - HDMI, 2м REXANT</t>
   </si>
   <si>
     <t>1.6 Шнуры HDMI – DVI</t>
   </si>
   <si>
+    <t>17-6305</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 3м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
+    <t>17-6304</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 2м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
     <t>17-6303</t>
   </si>
   <si>
     <t>Шнур HDMI - DVI-D, 1,5м, Gold, с фильтрами REXANT</t>
   </si>
   <si>
+    <t>17-6307</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - DVI-D, 7м, Gold, с фильтрами REXANT</t>
+  </si>
+  <si>
     <t>17-6306</t>
   </si>
   <si>
     <t>Шнур HDMI - DVI-D, 5м, Gold, с фильтрами REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Шнур HDMI - DVI-D, 7м, Gold, с фильтрами REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -774,51 +774,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-displayport-hdmi-1-8m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-0-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-2-1-dlina-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-hdmi-2m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-3m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-2m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-1-5m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-7m-gold-s-filtrami-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-dvi-d-5m-gold-s-filtrami-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I55"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -855,1465 +855,1465 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>212.55</v>
+        <v>248.68</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3530</v>
+        <v>4342</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>387.5</v>
+        <v>323.87</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>946</v>
+        <v>5</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>248.68</v>
+        <v>603.08</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>5452</v>
+        <v>1</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>318.82</v>
+        <v>2026.24</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>866</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>252.43</v>
+        <v>3487.52</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>4721</v>
+        <v>292</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>283.4</v>
+        <v>387.5</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1504</v>
+        <v>675</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>237.62</v>
+        <v>318.82</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1177</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>603.08</v>
+        <v>212.55</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>1966</v>
       </c>
       <c r="G11" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>80</v>
+        <v>250</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>323.87</v>
+        <v>428.62</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1096</v>
+        <v>1554</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1088.19</v>
+        <v>237.62</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1626</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>25</v>
+        <v>250</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>2026.24</v>
+        <v>1088.19</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1119</v>
+        <v>1318</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>3487.52</v>
+        <v>252.43</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>352</v>
+        <v>3758</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>428.62</v>
+        <v>283.4</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1631</v>
+        <v>966</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>814.76</v>
+        <v>425.08</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>630</v>
+        <v>2184</v>
       </c>
       <c r="G17" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
         <v>710.77</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1615</v>
+        <v>1584</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>566.82</v>
+        <v>330.53</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>660</v>
+        <v>1520</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>510.21</v>
+        <v>2260.42</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>2570</v>
+        <v>1367</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>422.06</v>
+        <v>4375.9</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>822</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>539.43</v>
+        <v>814.76</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>657</v>
+        <v>427</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H22" s="3">
         <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>1322.1</v>
+        <v>566.82</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>204</v>
+        <v>435</v>
       </c>
       <c r="G23" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>2260.42</v>
+        <v>510.21</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1451</v>
+        <v>2304</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>425.08</v>
+        <v>422.06</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>2315</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>330.53</v>
+        <v>539.43</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2277</v>
+        <v>1317</v>
       </c>
       <c r="G26" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>4375.9</v>
+        <v>1322.1</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>862</v>
+        <v>460</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
         <v>894.96</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1677</v>
+        <v>1636</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
         <v>250</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>4133.35</v>
+        <v>228.83</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>534</v>
+        <v>3710</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>302.05</v>
+        <v>274.59</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1604</v>
+        <v>4936</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>452.09</v>
+        <v>302.05</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1411</v>
+        <v>960</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>2922.46</v>
+        <v>452.09</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>24</v>
+        <v>769</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>228.83</v>
+        <v>1753.44</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>4103</v>
+        <v>637</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H35" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>274.59</v>
+        <v>2922.46</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>3151</v>
+        <v>357</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>574.8</v>
+        <v>4133.35</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>964</v>
+        <v>455</v>
       </c>
       <c r="G37" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>1753.44</v>
+        <v>574.8</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>322</v>
       </c>
       <c r="G38" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
         <v>726.91</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
         <v>715.97</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1125</v>
+        <v>1120</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
         <v>561.87</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>199</v>
+        <v>156</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
         <v>798.34</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>970</v>
+        <v>946</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>1383.37</v>
+        <v>878.33</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1038</v>
+        <v>154</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>878.33</v>
+        <v>1044.32</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>553</v>
+        <v>1006</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>80</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>1044.32</v>
+        <v>1271.25</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>936</v>
+        <v>284</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>1271.25</v>
+        <v>1383.37</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>556</v>
+        <v>638</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>60</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
         <v>1525.5</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>514</v>
+        <v>449</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>793.26</v>
+        <v>658.75</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1</v>
+        <v>502</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="3">
-        <v>793.26</v>
+        <v>661.05</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>1</v>
+        <v>351</v>
       </c>
       <c r="G52" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="3">
-        <v>661.05</v>
+        <v>793.26</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>584</v>
+        <v>1169</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
         <v>60</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>658.75</v>
+        <v>1080.2</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1123</v>
+        <v>491</v>
       </c>
       <c r="G54" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H54" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>1080.2</v>
+        <v>793.26</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G55" s="3">
         <v>5</v>
       </c>
       <c r="H55" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A28:I28"/>
     <mergeCell ref="A30:I30"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A48:I48"/>
     <mergeCell ref="A50:I50"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>