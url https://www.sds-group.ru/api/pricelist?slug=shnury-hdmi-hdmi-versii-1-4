--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -54,186 +54,186 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шнуры HDMI – HDMI версии 1.4</t>
   </si>
   <si>
     <t>17-6204-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Silver  PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>17-6202-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м Silver PROconnect</t>
+  </si>
+  <si>
     <t>17-6205-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 3м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6208-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 10м, Gold PROconnect</t>
   </si>
   <si>
+    <t>17-6210-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6205-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6202-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Silver PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
     <t>17-6204-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6203-8</t>
-[...2 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 1,5м, Silver PROconnect</t>
+    <t>17-6206-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6209-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 15м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6202-8</t>
-[...38 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+    <t>17-6203-1</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, белый REXANT</t>
   </si>
   <si>
     <t>17-6204-1</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Gold, белый REXANT</t>
   </si>
   <si>
-    <t>17-6203-1</t>
-[...2 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, белый REXANT</t>
+    <t>17-6209</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6203</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6210</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6208</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 10м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6202</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6206</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 5м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6204-3</t>
   </si>
   <si>
     <t>Шнур HDMI - HDMI 1.4, 2м, Gold, с фильтрами, угловой 360° REXANT</t>
   </si>
   <si>
-    <t>17-6203</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6205</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 3м, Gold REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 20м, Gold REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -618,51 +618,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect-26180" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect-6351" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect-3335" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect-3341" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect-3344" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect-3331" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect-3336" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect-3329" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect-5957" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect-3330" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect-3332" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect-3337" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect-3343" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-beliy-rexant-26487" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-beliy-rexant-26488" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant-1996" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant-1252" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant-1995" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant-1997" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant-1256" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant-1251" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant-1254" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant-3334" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant-1253" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -695,724 +695,724 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>278.66</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2496</v>
+        <v>1682</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>318.46</v>
+        <v>209</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>7960</v>
+        <v>6757</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1070</v>
+        <v>318.46</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2734</v>
+        <v>3604</v>
       </c>
       <c r="G5" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>313.49</v>
+        <v>1070</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1519</v>
+        <v>2214</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>248.21</v>
+        <v>3429.22</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>6349</v>
+        <v>405</v>
       </c>
       <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1992.37</v>
+        <v>381.02</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1494</v>
+        <v>1010</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>209</v>
+        <v>421.46</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>8296</v>
+        <v>681</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>381.02</v>
+        <v>233.65</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1107</v>
+        <v>2894</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>421.46</v>
+        <v>248.21</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>919</v>
+        <v>5244</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>3429.22</v>
+        <v>244.52</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>525</v>
+        <v>3917</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>244.52</v>
+        <v>313.49</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>5193</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
         <v>593</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2594</v>
+        <v>21</v>
       </c>
       <c r="G14" s="3">
         <v>5</v>
       </c>
       <c r="H14" s="3">
         <v>80</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>233.65</v>
+        <v>1992.37</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>4867</v>
+        <v>1254</v>
       </c>
       <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>530.41</v>
+        <v>415</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>893</v>
+        <v>47</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>415</v>
+        <v>530.41</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>569</v>
+        <v>775</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1300</v>
+        <v>2222.64</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>827</v>
+        <v>515</v>
       </c>
       <c r="G18" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>325</v>
+        <v>417.97</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2928</v>
+        <v>2475</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>801.14</v>
+        <v>501.68</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1188</v>
+        <v>2736</v>
       </c>
       <c r="G20" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>698.89</v>
+        <v>4302.75</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>2012</v>
+        <v>886</v>
       </c>
       <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>417.97</v>
+        <v>1300</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>2643</v>
+        <v>479</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>557.35</v>
+        <v>325</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>2079</v>
+        <v>2482</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>501.68</v>
+        <v>801.14</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2877</v>
+        <v>869</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H24" s="3">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>2222.64</v>
+        <v>698.89</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>673</v>
+        <v>1952</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>4302.75</v>
+        <v>557.35</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>912</v>
+        <v>1735</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>