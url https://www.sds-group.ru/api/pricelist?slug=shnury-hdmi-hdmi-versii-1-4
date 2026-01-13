--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -42,198 +42,198 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шнуры HDMI – HDMI версии 1.4</t>
   </si>
   <si>
+    <t>17-6202-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м Silver PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>17-6203-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6204-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-8</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Silver PROconnect</t>
+  </si>
+  <si>
     <t>17-6204-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Silver  PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 1м Silver PROconnect</t>
+    <t>17-6202-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6206-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6205-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 3м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6208-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 10м, Gold PROconnect</t>
   </si>
   <si>
+    <t>17-6209-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold PROconnect</t>
+  </si>
+  <si>
     <t>17-6210-6</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 20м, Gold PROconnect</t>
   </si>
   <si>
-    <t>17-6203-4</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6205-4</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 3м, Gold, угловой PROconnect</t>
   </si>
   <si>
-    <t>17-6202-6</t>
-[...32 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 15м, Gold PROconnect</t>
+    <t>17-6206</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204-3</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - HDMI 1.4, 2м, Gold, с фильтрами, угловой 360° REXANT</t>
+  </si>
+  <si>
+    <t>17-6205</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6203-1</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, белый REXANT</t>
   </si>
   <si>
     <t>17-6204-1</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Gold, белый REXANT</t>
   </si>
   <si>
+    <t>17-6208</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 10м, Gold REXANT</t>
+  </si>
+  <si>
     <t>17-6209</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 15м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6203</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6204</t>
-[...2 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 2м, Gold REXANT</t>
+    <t>17-6202</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6210</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 20м, Gold REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 3м, Gold REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -618,51 +618,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect-26180" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect-6351" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect-3335" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect-3341" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect-3344" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect-3331" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect-3336" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect-3329" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect-5957" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect-3330" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect-3332" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect-3337" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect-3343" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-beliy-rexant-26487" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-beliy-rexant-26488" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant-1996" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant-1252" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant-1995" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant-1997" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant-1256" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant-1251" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant-1254" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant-3334" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant-1253" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -686,733 +686,733 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>278.66</v>
+        <v>212.55</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1682</v>
+        <v>3530</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>209</v>
+        <v>387.5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>6757</v>
+        <v>946</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>318.46</v>
+        <v>248.68</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3604</v>
+        <v>5452</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1070</v>
+        <v>318.82</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2214</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>3429.22</v>
+        <v>252.43</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>405</v>
+        <v>4721</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>381.02</v>
+        <v>283.4</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1010</v>
+        <v>1504</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>421.46</v>
+        <v>237.62</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>681</v>
+        <v>1177</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>233.65</v>
+        <v>603.08</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2894</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H10" s="3">
-        <v>250</v>
+        <v>80</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>248.21</v>
+        <v>323.87</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>5244</v>
+        <v>1096</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>244.52</v>
+        <v>1088.19</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3917</v>
+        <v>1626</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>313.49</v>
+        <v>2026.24</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>1119</v>
       </c>
       <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>593</v>
+        <v>3487.52</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>21</v>
+        <v>352</v>
       </c>
       <c r="G14" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1992.37</v>
+        <v>428.62</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1254</v>
+        <v>1631</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>415</v>
+        <v>814.76</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>47</v>
+        <v>630</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>530.41</v>
+        <v>710.77</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>775</v>
+        <v>1615</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>2222.64</v>
+        <v>566.82</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>515</v>
+        <v>660</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>417.97</v>
+        <v>510.21</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2475</v>
+        <v>2570</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>501.68</v>
+        <v>422.06</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2736</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>4302.75</v>
+        <v>539.43</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>886</v>
+        <v>657</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1300</v>
+        <v>1322.1</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>479</v>
+        <v>204</v>
       </c>
       <c r="G22" s="3">
         <v>5</v>
       </c>
       <c r="H22" s="3">
         <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>325</v>
+        <v>2260.42</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>2482</v>
+        <v>1451</v>
       </c>
       <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>801.14</v>
+        <v>425.08</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>869</v>
+        <v>2315</v>
       </c>
       <c r="G24" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>698.89</v>
+        <v>330.53</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1952</v>
+        <v>2277</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>557.35</v>
+        <v>4375.9</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1735</v>
+        <v>862</v>
       </c>
       <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>