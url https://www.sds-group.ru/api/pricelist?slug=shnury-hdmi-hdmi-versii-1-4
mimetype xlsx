--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -42,198 +42,198 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шнуры HDMI – HDMI версии 1.4</t>
   </si>
   <si>
+    <t>17-6203-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>17-6205-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6206-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 5м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6209-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6210-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6203-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6204-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 2м, Gold PROconnect</t>
+  </si>
+  <si>
     <t>17-6202-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1м Silver PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 2м, Gold PROconnect</t>
+    <t>17-6205-4</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 3м, Gold, угловой PROconnect</t>
+  </si>
+  <si>
+    <t>17-6202-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold PROconnect</t>
+  </si>
+  <si>
+    <t>17-6208-6</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 10м, Gold PROconnect</t>
   </si>
   <si>
     <t>17-6203-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1,5м, Silver PROconnect</t>
   </si>
   <si>
     <t>17-6204-8</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Silver  PROconnect</t>
   </si>
   <si>
-    <t>17-6202-6</t>
-[...38 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 3м, Gold, угловой PROconnect</t>
+    <t>17-6203</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6204-3</t>
+  </si>
+  <si>
+    <t>Шнур HDMI - HDMI 1.4, 2м, Gold, с фильтрами, угловой 360° REXANT</t>
+  </si>
+  <si>
+    <t>17-6202</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 1м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6209</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 15м, Gold REXANT</t>
+  </si>
+  <si>
+    <t>17-6210</t>
+  </si>
+  <si>
+    <t>Кабель HDMI - HDMI 1.4, 20м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6206</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 5м, Gold REXANT</t>
   </si>
   <si>
-    <t>17-6204-3</t>
-[...4 lines deleted...]
-  <si>
     <t>17-6205</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 3м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6204</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Gold REXANT</t>
   </si>
   <si>
     <t>17-6203-1</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 1,5м, Gold, белый REXANT</t>
   </si>
   <si>
     <t>17-6204-1</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 2м, Gold, белый REXANT</t>
   </si>
   <si>
     <t>17-6208</t>
   </si>
   <si>
     <t>Кабель HDMI - HDMI 1.4, 10м, Gold REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Кабель HDMI - HDMI 1.4, 20м, Gold REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -618,51 +618,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-silver-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-uglovoy-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-silver-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-silver-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-hdmi-hdmi-1-4-2m-gold-s-filtrami-uglovoy-360-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1m-gold-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-15m-gold-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-20m-gold-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-5m-gold-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-3m-gold-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-1-5m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-2m-gold-belyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-hdmi-hdmi-1-4-10m-gold-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -686,733 +686,733 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>212.55</v>
+        <v>248.68</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3530</v>
+        <v>4342</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>387.5</v>
+        <v>323.87</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>946</v>
+        <v>5</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>248.68</v>
+        <v>603.08</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>5452</v>
+        <v>1</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>318.82</v>
+        <v>2026.24</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>866</v>
       </c>
       <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>252.43</v>
+        <v>3487.52</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>4721</v>
+        <v>292</v>
       </c>
       <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>283.4</v>
+        <v>387.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1504</v>
+        <v>675</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>237.62</v>
+        <v>318.82</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1177</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>603.08</v>
+        <v>212.55</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>1966</v>
       </c>
       <c r="G10" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>80</v>
+        <v>250</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>323.87</v>
+        <v>428.62</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1096</v>
+        <v>1554</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1088.19</v>
+        <v>237.62</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1626</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>25</v>
+        <v>250</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2026.24</v>
+        <v>1088.19</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1119</v>
+        <v>1318</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>3487.52</v>
+        <v>252.43</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>352</v>
+        <v>3758</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>428.62</v>
+        <v>283.4</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1631</v>
+        <v>966</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>814.76</v>
+        <v>425.08</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>630</v>
+        <v>2184</v>
       </c>
       <c r="G16" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
         <v>710.77</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1615</v>
+        <v>1584</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
         <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>566.82</v>
+        <v>330.53</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>660</v>
+        <v>1520</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>510.21</v>
+        <v>2260.42</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2570</v>
+        <v>1367</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>422.06</v>
+        <v>4375.9</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>822</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>539.43</v>
+        <v>814.76</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>657</v>
+        <v>427</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H21" s="3">
         <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1322.1</v>
+        <v>566.82</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>204</v>
+        <v>435</v>
       </c>
       <c r="G22" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>2260.42</v>
+        <v>510.21</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1451</v>
+        <v>2304</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>425.08</v>
+        <v>422.06</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2315</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>330.53</v>
+        <v>539.43</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>2277</v>
+        <v>1317</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>4375.9</v>
+        <v>1322.1</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>862</v>
+        <v>460</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>