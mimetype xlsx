--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,276 +42,276 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шнуры удлинительные</t>
   </si>
   <si>
-    <t>1.1 Шнуры удлинительные REXANT</t>
+    <t>1.1 Шнуры удлинительные PROconnect</t>
+  </si>
+  <si>
+    <t>11-7116</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-7101</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7113</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7115</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7107</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7112</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7111</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7114</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7105</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7103</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7109</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 20м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7104</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 40м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7106</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7102</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7108</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 10м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7110</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 30м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>13-4915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 30м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур ПВС 3х0,75мм², 10м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур ПВС 3х0,75мм², 20м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 10м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 20м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>1.2 Шнуры удлинительные REXANT</t>
+  </si>
+  <si>
+    <t>11-7089</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 10м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7081</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 20м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7073</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 30м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7074</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 10м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7075</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 20м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7078</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 20м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7079</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 30м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7082</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 30м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7077</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 10м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7076</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 30м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7072</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 20м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7080</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 10м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7091</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 30м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
   </si>
   <si>
     <t>11-7071</t>
   </si>
   <si>
     <t>Удлинитель-шнур КГ 3х1,5, 10м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...46 lines deleted...]
-  <si>
     <t>11-7090</t>
   </si>
   <si>
     <t>Удлинитель-шнур ПВС 3х0,75, 20м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
-  </si>
-[...163 lines deleted...]
-    <t xml:space="preserve">Удлинитель-шнур ПВС 3х0,75мм², 20м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,51 +696,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-20m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-10m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-30m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-10m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-40m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-20m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-30m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-30m-s-z-6a-1300vt-ip20-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26272" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26263" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26269" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26271" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26275" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26268" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26267" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26270" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26273" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26265" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-20-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26277" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-40-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26266" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26274" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26264" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-10-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26276" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-30-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26278" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-30m-s-z-6a-1300vt-ip20-cherniy-proconnect-30566" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-sup2-10m-s-z-6a-1300vt-ip20-cherniy-proconnect-30562" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-sup2-20m-s-z-6a-1300vt-ip20-cherniy-proconnect-30563" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-10m-s-z-6a-1300vt-ip20-cherniy-proconnect-30564" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-20m-s-z-6a-1300vt-ip20-cherniy-proconnect-30565" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-10-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26326" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-20-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26291" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-30-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26283" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-10-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26284" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-20-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26285" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-20-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26288" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-30-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26289" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-30-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26292" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-10-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26287" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-30-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26286" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-20-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26282" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-10-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26290" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-30-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26328" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-10-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26281" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-20-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26327" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I40"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -777,1127 +777,1127 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>2281.17</v>
+        <v>1845.86</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>3663.57</v>
+        <v>745.21</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>2679.62</v>
+        <v>1951.37</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>4366.15</v>
+        <v>1132.7</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>5922.58</v>
+        <v>1838.41</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>4424.59</v>
+        <v>1360.02</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>82</v>
+        <v>43</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>5163.89</v>
+        <v>935.97</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>51</v>
+        <v>88</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>2287.83</v>
+        <v>744.32</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>1830.85</v>
+        <v>850.5</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>5928.44</v>
+        <v>1861.39</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>3602.27</v>
+        <v>1929.54</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>1129.67</v>
+        <v>1845.27</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
+        <v>8</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>2636.4</v>
+        <v>1317.14</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>5958.24</v>
+        <v>1404.34</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>5</v>
+        <v>108</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>2800</v>
+        <v>1290.98</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
+        <v>25</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19" s="3">
+        <v>2664.45</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="3">
+        <v>2</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
         <v>10</v>
       </c>
-      <c r="I18" s="3">
-[...14 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>1404.34</v>
+        <v>2312.23</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>126</v>
+        <v>151</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>1088.02</v>
+        <v>1355.04</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>1029.73</v>
+        <v>1810.87</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>15</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>1757.96</v>
+        <v>925.06</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
+        <v>23</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
+        <v>25</v>
+      </c>
+      <c r="I23" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>850.5</v>
+        <v>1850.85</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>42</v>
+        <v>176</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B25" s="3" t="s">
+      <c r="A25" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C25" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1470.73</v>
+        <v>1129.67</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>935.97</v>
+        <v>4424.59</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>1561.1</v>
+        <v>5163.89</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>744.32</v>
+        <v>2679.62</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>1290.98</v>
+        <v>4366.15</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>745.21</v>
+        <v>3602.27</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>1861.39</v>
+        <v>5958.24</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>1845.27</v>
+        <v>5928.44</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>1929.54</v>
+        <v>2287.83</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
+        <v>16</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>2664.45</v>
+        <v>5922.58</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>1355.04</v>
+        <v>3663.57</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>2312.23</v>
+        <v>2800</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>131</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>10</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>925.06</v>
+        <v>2636.4</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>1850.85</v>
+        <v>2281.17</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>158</v>
+        <v>44</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>1574.68</v>
+        <v>1830.85</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>15</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A25:I25"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
-    <hyperlink ref="D20" r:id="rId16"/>
-[...4 lines deleted...]
-    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>