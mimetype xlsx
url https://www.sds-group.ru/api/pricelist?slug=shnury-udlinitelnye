--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -42,276 +42,276 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шнуры удлинительные</t>
   </si>
   <si>
-    <t>1.1 Шнуры удлинительные PROconnect</t>
+    <t>1.1 Шнуры удлинительные REXANT</t>
+  </si>
+  <si>
+    <t>11-7073</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 30м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-7075</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 20м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7089</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 10м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7071</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 10м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7074</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 10м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7072</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 20м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7077</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 10м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7091</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 30м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7076</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур КГ 3х1,5, 30м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7078</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 20м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7079</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 30м, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7080</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 10м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7081</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 20м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7090</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 20м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>11-7082</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке КГ 3х1,5, 30м, 3 гнезда, морозостойкий, с/з, 16А, 3500Вт, IP44 (Сделано в России) REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Шнуры удлинительные PROconnect</t>
+  </si>
+  <si>
+    <t>11-7102</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7103</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7111</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7106</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7107</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7108</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 10м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7110</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 30м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
   </si>
   <si>
     <t>11-7116</t>
   </si>
   <si>
     <t>Удлинитель-шнур ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>11-7109</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 3х0,75, 20м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
+    <t>11-7105</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
   </si>
   <si>
     <t>11-7101</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
+    <t>11-7112</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур на рамке ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
+  </si>
+  <si>
     <t>11-7113</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке ПВС 2х0,75, 30м, б/з, 6А, 1300Вт, IP20, оранжевый (Сделано в России) PROconnect</t>
   </si>
   <si>
+    <t>11-7114</t>
+  </si>
+  <si>
+    <t>Удлинитель-шнур ПВС 2х0,75, 10м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
+  </si>
+  <si>
     <t>11-7115</t>
   </si>
   <si>
     <t>Удлинитель-шнур ПВС 2х0,75, 20м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
   </si>
   <si>
-    <t>11-7107</t>
-[...38 lines deleted...]
-    <t>Удлинитель-шнур ПВС 3х0,75, 20м, с/з, 6А, 1300Вт, IP44, оранжевый (Сделано в России) PROconnect</t>
+    <t>13-4913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 10м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур ПВС 3х0,75мм², 10м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур ПВС 3х0,75мм², 20м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 20м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
+  </si>
+  <si>
+    <t>13-4915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Удлинитель-шнур на рамке ПВС 3х0,75мм², 30м, с/з, 6А, 1300Вт, IP20, черный PROconnect </t>
   </si>
   <si>
     <t>11-7104</t>
   </si>
   <si>
     <t>Удлинитель-шнур на рамке ПВС 2х0,75, 40м, б/з, 6А, 1300Вт, IP20, черный (Сделано в России) PROconnect</t>
-  </si>
-[...145 lines deleted...]
-    <t>Удлинитель-шнур ПВС 3х0,75, 20м, с/з, 6А, 1300Вт, IP44, черный (Сделано в России) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,51 +696,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26272" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26263" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26269" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26271" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26275" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26268" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26267" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26270" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-10-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26273" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-30-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26265" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-20-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26277" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-40-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26266" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-oranjeviy-sdelano-v-rossii-26274" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-proconnect-pvs-2h0-75-20-m-b-z-6-a-1300-vt-ip20-cherniy-sdelano-v-rossii-26264" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-10-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26276" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-proconnect-pvs-3h0-75-30-m-s-z-6-a-1300-vt-ip44-oranjeviy-sdelano-v-rossii-26278" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-30m-s-z-6a-1300vt-ip20-cherniy-proconnect-30566" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-sup2-10m-s-z-6a-1300vt-ip20-cherniy-proconnect-30562" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-sup2-20m-s-z-6a-1300vt-ip20-cherniy-proconnect-30563" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-10m-s-z-6a-1300vt-ip20-cherniy-proconnect-30564" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-sup2-20m-s-z-6a-1300vt-ip20-cherniy-proconnect-30565" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-10-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26326" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-20-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26291" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-30-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26283" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-10-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26284" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-20-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26285" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-20-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26288" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-30-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26289" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-30-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26292" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-10-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26287" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-30-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26286" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-20-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26282" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-rexant-kg-3h1-5-10-m-3-gnezda-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26290" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-30-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26328" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-kg-3h1-5-10-m-morozostoykiy-s-z-16-a-3500-vt-ip44-sdelano-v-rossii-26281" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-rexant-pvs-3h0-75-20-m-s-z-6-a-1300-vt-ip44-cherniy-sdelano-v-rossii-26327" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-10m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-30m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-10m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-20m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-20m-s-z-6a-1300vt-ip44-chernyy-sdelano-v-rossii-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-kg-3h1-5-30m-3-gnezda-morozostoykiy-s-z-16a-3500vt-ip44-sdelano-v-rossii-re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-10m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-30m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75-20m-s-z-6a-1300vt-ip44-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-30m-b-z-6a-1300vt-ip20-oranzhevyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-10m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-2h0-75-20m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-10m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-20m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-3h0-75mm-30m-s-z-6a-1300vt-ip20-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-shnur-na-ramke-pvs-2h0-75-40m-b-z-6a-1300vt-ip20-chernyy-sdelano-v-rossii-proconnect" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I40"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -777,1127 +777,1127 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1845.86</v>
+        <v>5251.68</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>745.21</v>
+        <v>4218.36</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1951.37</v>
+        <v>1148.87</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1132.7</v>
+        <v>2319.95</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1838.41</v>
+        <v>2588.91</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1360.02</v>
+        <v>3725.85</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>935.97</v>
+        <v>2326.72</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>744.32</v>
+        <v>2681.22</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>850.5</v>
+        <v>6023.26</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1861.39</v>
+        <v>3663.51</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1929.54</v>
+        <v>6059.53</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>1845.27</v>
+        <v>2847.6</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>1317.14</v>
+        <v>4499.81</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>1404.34</v>
+        <v>1861.97</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>1290.98</v>
+        <v>6029.22</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="3" t="s">
+      <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>2312.23</v>
+        <v>1428.21</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>151</v>
+        <v>97</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>1355.04</v>
+        <v>1893.03</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>1810.87</v>
+        <v>951.88</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>15</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>925.06</v>
+        <v>1339.53</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="C24" s="3">
+        <v>1869.66</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>29</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>10</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C24" s="3">
-[...17 lines deleted...]
-      <c r="I24" s="3">
+      <c r="B25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C25" s="3">
+        <v>1312.93</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I25" s="2"/>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>25</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1129.67</v>
+        <v>2709.75</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
+        <v>1</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>4424.59</v>
+        <v>1877.24</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>5163.89</v>
+        <v>1962.34</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>2679.62</v>
+        <v>864.96</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>4366.15</v>
+        <v>757.88</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>3602.27</v>
+        <v>1383.14</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>5958.24</v>
+        <v>1984.54</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>5928.44</v>
+        <v>756.97</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>2287.83</v>
+        <v>1151.96</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>5922.58</v>
+        <v>1175.98</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>3663.57</v>
+        <v>1378.08</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>2800</v>
+        <v>1841.65</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
+        <v>73</v>
+      </c>
+      <c r="G37" s="3">
+        <v>1</v>
+      </c>
+      <c r="H37" s="3">
+        <v>15</v>
+      </c>
+      <c r="I37" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>2636.4</v>
+        <v>1882.31</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>6</v>
+        <v>168</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>2281.17</v>
+        <v>2351.54</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>10</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>1830.85</v>
+        <v>1876.64</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A25:I25"/>
+    <mergeCell ref="A19:I19"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
-    <hyperlink ref="D19" r:id="rId16"/>
-[...4 lines deleted...]
-    <hyperlink ref="D24" r:id="rId21"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>