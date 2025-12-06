--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -54,222 +54,222 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шпатели</t>
   </si>
   <si>
     <t>89-0201</t>
   </si>
   <si>
     <t>Шпатель 40 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>89-0205</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 150 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0207</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 250 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0211</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 600 мм нержавеющая сталь пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0223</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 250 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0202</t>
+  </si>
+  <si>
+    <t>Шпатель 60 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0203</t>
+  </si>
+  <si>
+    <t>Шпатель 80 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
     <t>89-0204</t>
   </si>
   <si>
     <t>Шпатель 100 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
-    <t>89-0207</t>
-[...16 lines deleted...]
-  <si>
     <t>89-0221</t>
   </si>
   <si>
     <t>Шпатель фасадный REXANT 150 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
   </si>
   <si>
-    <t>89-0203</t>
-[...8 lines deleted...]
-    <t>Шпатель фасадный 150 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+    <t>89-0212</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 150мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0215</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 300мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-2201</t>
+  </si>
+  <si>
+    <t>Кельма бетонщика, нержавеющая сталь, 200мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-2204</t>
+  </si>
+  <si>
+    <t>Кельма штукатура, нержавеющая сталь, 175мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0213</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 200мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0240</t>
+  </si>
+  <si>
+    <t>Шпатель обойный пластмассовый 280 мм «СТАНДАРТ» REXANT</t>
+  </si>
+  <si>
+    <t>89-0214</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 250мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0206</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 200 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-2203</t>
+  </si>
+  <si>
+    <t>Кельма печника, нержавеющая сталь, 175мм, пластиковая ручка REXANT</t>
   </si>
   <si>
     <t>89-0209</t>
   </si>
   <si>
     <t>Шпатель фасадный 350 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
-    <t>89-0240</t>
-[...2 lines deleted...]
-    <t>Шпатель обойный пластмассовый 280 мм «СТАНДАРТ» REXANT</t>
+    <t>89-0216</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 350мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0218</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 600мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0217</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 450мм, 2-компонентная ручка REXANT</t>
   </si>
   <si>
     <t>89-0210</t>
   </si>
   <si>
     <t>Шпатель фасадный 450 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
-    <t>89-0223</t>
-[...2 lines deleted...]
-    <t>Шпатель фасадный REXANT 250 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
+    <t>89-0231</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 150 мм зуб 10х10 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0222</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 200 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0226</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 150 мм зуб 8х8 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0228</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 250 мм зуб 8х8 нержавеющая сталь, пластмассовая ручка</t>
   </si>
   <si>
     <t>89-0233</t>
   </si>
   <si>
     <t>Шпатель фасадный REXANT 250 мм зуб 10х10 нержавеющая сталь, пластмассовая ручка</t>
   </si>
   <si>
-    <t>89-0206</t>
-[...4 lines deleted...]
-  <si>
     <t>89-0208</t>
   </si>
   <si>
     <t>Шпатель фасадный 300 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
-    <t>89-0222</t>
-[...46 lines deleted...]
-  <si>
     <t>89-2202</t>
   </si>
   <si>
     <t>Кельма отделочника, нержавеющая сталь, 180мм, пластиковая ручка REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Кельма штукатура, нержавеющая сталь, 175мм, пластиковая ручка REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-40-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-100-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-250-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-60-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-600-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-80-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-150-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-350-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-oboynyy-plastmassovyy-280-mm-standart-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-450-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-10h10-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-200-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-300-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-200-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-8h8-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-10h10-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-8h8-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-150mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-250mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-600mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-450mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-otdelochnika-nerzhaveyuschaya-stal-180mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-200mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-350mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-300mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-betonschika-nerzhaveyuschaya-stal-200mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-pechnika-nerzhaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-shtukatura-nerzhaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-40-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20778" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-150-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20798" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-250-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20800" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-600-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20784" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-250-mm-zub-6h6-nerjaveyuschaya-stal-plastmassovaya-ruchka-20918" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-60-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20781" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-80-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20779" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-100-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20782" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-150-mm-zub-6h6-nerjaveyuschaya-stal-plastmassovaya-ruchka-20917" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-150mm-2-komponentnaya-ruchka-rexant-30333" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-300mm-2-komponentnaya-ruchka-rexant-30325" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-betonschika-nerjaveyuschaya-stal-200mm-plastikovaya-ruchka-rexant-30329" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-shtukatura-nerjaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant-30332" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-200mm-2-komponentnaya-ruchka-rexant-30334" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-oboyniy-plastmassoviy-280-mm-standart-rexant-20797" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-250mm-2-komponentnaya-ruchka-rexant-30335" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-200-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20799" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-pechnika-nerjaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant-30331" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-350-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20783" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-350mm-2-komponentnaya-ruchka-rexant-30326" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-600mm-2-komponentnaya-ruchka-rexant-30328" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-450mm-2-komponentnaya-ruchka-rexant-30327" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-450-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20780" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-150-mm-zub-10h10-nerjaveyuschaya-stal-plastmassovaya-ruchka-20930" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-200-mm-zub-6h6-nerjaveyuschaya-stal-plastmassovaya-ruchka-20924" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-150-mm-zub-8h8-nerjaveyuschaya-stal-plastmassovaya-ruchka-20927" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-250-mm-zub-8h8-nerjaveyuschaya-stal-plastmassovaya-ruchka-20928" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-250-mm-zub-10h10-nerjaveyuschaya-stal-plastmassovaya-ruchka-20926" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-300-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20801" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-otdelochnika-nerjaveyuschaya-stal-180mm-plastikovaya-ruchka-rexant-30330" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -731,892 +731,892 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>42.62</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>879</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>73.81</v>
+        <v>103.82</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>194</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>127.3</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>25</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>53.37</v>
+        <v>304.33</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>304.33</v>
+        <v>121.6</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>98.42</v>
+        <v>53.37</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>589</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
         <v>62.46</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>103.82</v>
+        <v>73.81</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>164.37</v>
+        <v>98.42</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>93</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>122.18</v>
+        <v>432.6</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>214.62</v>
+        <v>597.4</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>121.6</v>
+        <v>243.34</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>25</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>134.11</v>
+        <v>262.8</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>25</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>122.21</v>
+        <v>489.25</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>155.85</v>
+        <v>122.18</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>2922</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>111.33</v>
+        <v>545.9</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>102.74</v>
+        <v>122.21</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>91.93</v>
+        <v>239.99</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>119.95</v>
+        <v>164.37</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>432.6</v>
+        <v>640</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>545.9</v>
+        <v>978.5</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>978.5</v>
+        <v>793.1</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>793.1</v>
+        <v>214.62</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>245.5</v>
+        <v>91.93</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>489.25</v>
+        <v>111.33</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>640</v>
+        <v>102.74</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>597.4</v>
+        <v>119.95</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>243.34</v>
+        <v>134.11</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>25</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>239.99</v>
+        <v>155.85</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>262.8</v>
+        <v>245.5</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>25</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>