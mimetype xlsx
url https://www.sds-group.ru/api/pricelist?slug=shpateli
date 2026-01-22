--- v1 (2025-12-06)
+++ v2 (2026-01-22)
@@ -42,234 +42,234 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шпатели</t>
   </si>
   <si>
+    <t>89-0221</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 150 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>89-0222</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 200 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
     <t>89-0201</t>
   </si>
   <si>
     <t>Шпатель 40 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>89-0202</t>
+  </si>
+  <si>
+    <t>Шпатель 60 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0203</t>
+  </si>
+  <si>
+    <t>Шпатель 80 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0204</t>
+  </si>
+  <si>
+    <t>Шпатель 100 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
     <t>89-0205</t>
   </si>
   <si>
     <t>Шпатель фасадный 150 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
     <t>89-0207</t>
   </si>
   <si>
     <t>Шпатель фасадный 250 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
+    <t>89-0206</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 200 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0208</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 300 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0223</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 250 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0210</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 450 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0240</t>
+  </si>
+  <si>
+    <t>Шпатель обойный пластмассовый 280 мм «СТАНДАРТ» REXANT</t>
+  </si>
+  <si>
+    <t>89-2201</t>
+  </si>
+  <si>
+    <t>Кельма бетонщика, нержавеющая сталь, 200мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0212</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 150мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0226</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 150 мм зуб 8х8 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0233</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 250 мм зуб 10х10 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0216</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 350мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0209</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 350 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0228</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 250 мм зуб 8х8 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0213</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 200мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0218</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 600мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0231</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 150 мм зуб 10х10 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-2202</t>
+  </si>
+  <si>
+    <t>Кельма отделочника, нержавеющая сталь, 180мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-2203</t>
+  </si>
+  <si>
+    <t>Кельма печника, нержавеющая сталь, 175мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-2204</t>
+  </si>
+  <si>
+    <t>Кельма штукатура, нержавеющая сталь, 175мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0214</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 250мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0215</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 300мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0217</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 450мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
     <t>89-0211</t>
   </si>
   <si>
     <t>Шпатель фасадный 600 мм нержавеющая сталь пластмассовая ручка REXANT</t>
-  </si>
-[...154 lines deleted...]
-    <t>Кельма отделочника, нержавеющая сталь, 180мм, пластиковая ручка REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-40-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20778" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-150-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20798" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-250-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20800" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-600-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20784" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-250-mm-zub-6h6-nerjaveyuschaya-stal-plastmassovaya-ruchka-20918" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-60-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20781" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-80-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20779" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-100-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20782" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-150-mm-zub-6h6-nerjaveyuschaya-stal-plastmassovaya-ruchka-20917" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-150mm-2-komponentnaya-ruchka-rexant-30333" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-300mm-2-komponentnaya-ruchka-rexant-30325" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-betonschika-nerjaveyuschaya-stal-200mm-plastikovaya-ruchka-rexant-30329" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-shtukatura-nerjaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant-30332" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-200mm-2-komponentnaya-ruchka-rexant-30334" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-oboyniy-plastmassoviy-280-mm-standart-rexant-20797" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-250mm-2-komponentnaya-ruchka-rexant-30335" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-200-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20799" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-pechnika-nerjaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant-30331" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-350-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20783" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-350mm-2-komponentnaya-ruchka-rexant-30326" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-600mm-2-komponentnaya-ruchka-rexant-30328" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-450mm-2-komponentnaya-ruchka-rexant-30327" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-450-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20780" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-150-mm-zub-10h10-nerjaveyuschaya-stal-plastmassovaya-ruchka-20930" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-200-mm-zub-6h6-nerjaveyuschaya-stal-plastmassovaya-ruchka-20924" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-150-mm-zub-8h8-nerjaveyuschaya-stal-plastmassovaya-ruchka-20927" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-250-mm-zub-8h8-nerjaveyuschaya-stal-plastmassovaya-ruchka-20928" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-250-mm-zub-10h10-nerjaveyuschaya-stal-plastmassovaya-ruchka-20926" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-300-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20801" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-otdelochnika-nerjaveyuschaya-stal-180mm-plastikovaya-ruchka-rexant-30330" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-200-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-40-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-60-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-80-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-100-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-150-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-250-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-200-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-300-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-450-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-oboynyy-plastmassovyy-280-mm-standart-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-betonschika-nerzhaveyuschaya-stal-200mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-150mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-8h8-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-10h10-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-350mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-350-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-8h8-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-200mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-600mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-10h10-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-otdelochnika-nerzhaveyuschaya-stal-180mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-pechnika-nerzhaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-shtukatura-nerzhaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-250mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-300mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-450mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-600-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -722,910 +722,910 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>42.62</v>
+        <v>100.09</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>879</v>
+        <v>130</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>103.82</v>
+        <v>113.22</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>194</v>
+        <v>14</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>127.3</v>
+        <v>43.34</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>53</v>
+        <v>128</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>304.33</v>
+        <v>54.28</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>8</v>
+        <v>370</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>121.6</v>
+        <v>63.52</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>617</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>53.37</v>
+        <v>75.06</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>589</v>
+        <v>1531</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>62.46</v>
+        <v>105.58</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>536</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>73.81</v>
+        <v>129.46</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>98.42</v>
+        <v>124.29</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>93</v>
+        <v>356</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>432.6</v>
+        <v>158.5</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>5</v>
+        <v>947</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>597.4</v>
+        <v>123.67</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>118</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>243.34</v>
+        <v>218.27</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>262.8</v>
+        <v>124.26</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>1880</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>489.25</v>
+        <v>247.48</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>122.18</v>
+        <v>439.95</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>2922</v>
+        <v>28</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>545.9</v>
+        <v>104.49</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>122.21</v>
+        <v>136.39</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>239.99</v>
+        <v>650.88</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2</v>
+        <v>86</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>164.37</v>
+        <v>167.16</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>131</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>640</v>
+        <v>121.99</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>19</v>
+        <v>102</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>978.5</v>
+        <v>497.57</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>793.1</v>
+        <v>995.13</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>214.62</v>
+        <v>93.49</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>69</v>
+        <v>129</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>91.93</v>
+        <v>249.67</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>111.33</v>
+        <v>244.07</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>102.74</v>
+        <v>267.27</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
+        <v>97</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>25</v>
+      </c>
+      <c r="I28" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>119.95</v>
+        <v>555.18</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>134.11</v>
+        <v>607.56</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>155.85</v>
+        <v>806.58</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>126</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>10</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>245.5</v>
+        <v>309.5</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>