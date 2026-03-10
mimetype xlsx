--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -42,234 +42,234 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Шпатели</t>
   </si>
   <si>
+    <t>89-0201</t>
+  </si>
+  <si>
+    <t>Шпатель 40 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>89-0202</t>
+  </si>
+  <si>
+    <t>Шпатель 60 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0203</t>
+  </si>
+  <si>
+    <t>Шпатель 80 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0204</t>
+  </si>
+  <si>
+    <t>Шпатель 100 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0205</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 150 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0207</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 250 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0211</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 600 мм нержавеющая сталь пластмассовая ручка REXANT</t>
+  </si>
+  <si>
     <t>89-0221</t>
   </si>
   <si>
     <t>Шпатель фасадный REXANT 150 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>89-0206</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 200 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0208</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 300 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0209</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 350 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0210</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 450 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0240</t>
+  </si>
+  <si>
+    <t>Шпатель обойный пластмассовый 280 мм «СТАНДАРТ» REXANT</t>
   </si>
   <si>
     <t>89-0222</t>
   </si>
   <si>
     <t>Шпатель фасадный REXANT 200 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
   </si>
   <si>
-    <t>89-0201</t>
-[...46 lines deleted...]
-  <si>
     <t>89-0223</t>
   </si>
   <si>
     <t>Шпатель фасадный REXANT 250 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
   </si>
   <si>
-    <t>89-0210</t>
-[...8 lines deleted...]
-    <t>Шпатель обойный пластмассовый 280 мм «СТАНДАРТ» REXANT</t>
+    <t>89-0226</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 150 мм зуб 8х8 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0228</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 250 мм зуб 8х8 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0231</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 150 мм зуб 10х10 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0233</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 250 мм зуб 10х10 нержавеющая сталь, пластмассовая ручка</t>
   </si>
   <si>
     <t>89-2201</t>
   </si>
   <si>
     <t>Кельма бетонщика, нержавеющая сталь, 200мм, пластиковая ручка REXANT</t>
   </si>
   <si>
+    <t>89-2202</t>
+  </si>
+  <si>
+    <t>Кельма отделочника, нержавеющая сталь, 180мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-2203</t>
+  </si>
+  <si>
+    <t>Кельма печника, нержавеющая сталь, 175мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-2204</t>
+  </si>
+  <si>
+    <t>Кельма штукатура, нержавеющая сталь, 175мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
     <t>89-0212</t>
   </si>
   <si>
     <t>Шпатель фасадный, нержавеющая сталь, 150мм, 2-компонентная ручка REXANT</t>
   </si>
   <si>
-    <t>89-0226</t>
-[...8 lines deleted...]
-    <t>Шпатель фасадный REXANT 250 мм зуб 10х10 нержавеющая сталь, пластмассовая ручка</t>
+    <t>89-0213</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 200мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0214</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 250мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0215</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 300мм, 2-компонентная ручка REXANT</t>
   </si>
   <si>
     <t>89-0216</t>
   </si>
   <si>
     <t>Шпатель фасадный, нержавеющая сталь, 350мм, 2-компонентная ручка REXANT</t>
   </si>
   <si>
-    <t>89-0209</t>
-[...14 lines deleted...]
-    <t>Шпатель фасадный, нержавеющая сталь, 200мм, 2-компонентная ручка REXANT</t>
+    <t>89-0217</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 450мм, 2-компонентная ручка REXANT</t>
   </si>
   <si>
     <t>89-0218</t>
   </si>
   <si>
     <t>Шпатель фасадный, нержавеющая сталь, 600мм, 2-компонентная ручка REXANT</t>
-  </si>
-[...46 lines deleted...]
-    <t>Шпатель фасадный 600 мм нержавеющая сталь пластмассовая ручка REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -654,51 +654,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-200-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-40-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-60-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-80-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-100-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-150-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-250-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-200-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-300-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-450-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-oboynyy-plastmassovyy-280-mm-standart-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-betonschika-nerzhaveyuschaya-stal-200mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-150mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-8h8-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-10h10-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-350mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-350-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-8h8-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-200mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-600mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-10h10-nerzhaveyuschaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-otdelochnika-nerzhaveyuschaya-stal-180mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-pechnika-nerzhaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-shtukatura-nerzhaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-250mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-300mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-450mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-600-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-40-mm-nerzhaveyushchaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-60-mm-nerzhaveyushchaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-80-mm-nerzhaveyushchaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-100-mm-nerzhaveyushchaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-150-mm-nerzhaveyushchaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-250-mm-nerzhaveyushchaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-600-mm-nerzhaveyushchaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-6h6-nerzhaveyushchaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-200-mm-nerzhaveyushchaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-300-mm-nerzhaveyushchaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-350-mm-nerzhaveyushchaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-450-mm-nerzhaveyushchaya-stal-plastmassovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-oboynyy-plastmassovyy-280-mm-standart-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-200-mm-zub-6h6-nerzhaveyushchaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-6h6-nerzhaveyushchaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-8h8-nerzhaveyushchaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-8h8-nerzhaveyushchaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-10h10-nerzhaveyushchaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-10h10-nerzhaveyushchaya-stal-plastmassovaya-ruchka" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-betonshchika-nerzhaveyushchaya-stal-200mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-otdelochnika-nerzhaveyushchaya-stal-180mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-pechnika-nerzhaveyushchaya-stal-175mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-shtukatura-nerzhaveyushchaya-stal-175mm-plastikovaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyushchaya-stal-150mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyushchaya-stal-200mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyushchaya-stal-250mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyushchaya-stal-300mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyushchaya-stal-350mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyushchaya-stal-450mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyushchaya-stal-600mm-2-komponentnaya-ruchka-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -722,910 +722,910 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>100.09</v>
+        <v>30.34</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>113.22</v>
+        <v>38</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>43.34</v>
+        <v>53.99</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>128</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>54.28</v>
+        <v>63.8</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>370</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>63.52</v>
+        <v>73.91</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>617</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>75.06</v>
+        <v>90.62</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1531</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>105.58</v>
+        <v>263.08</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>536</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>129.46</v>
+        <v>70.06</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>124.29</v>
+        <v>105.65</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>356</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>30</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>158.5</v>
+        <v>110.95</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>947</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>123.67</v>
+        <v>142.09</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>218.27</v>
+        <v>152.79</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>124.26</v>
+        <v>86.98</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1880</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>30</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>247.48</v>
+        <v>79.25</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>439.95</v>
+        <v>86.57</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>104.49</v>
+        <v>73.14</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>136.39</v>
+        <v>103.69</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>25</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>650.88</v>
+        <v>65.44</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>167.16</v>
+        <v>95.47</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>131</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>121.99</v>
+        <v>210.36</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>102</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>25</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>497.57</v>
+        <v>212.22</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>995.13</v>
+        <v>207.46</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>93.49</v>
+        <v>227.18</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>129</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>249.67</v>
+        <v>351.96</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>244.07</v>
+        <v>398.06</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>267.27</v>
+        <v>444.14</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>555.18</v>
+        <v>486.05</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>607.56</v>
+        <v>520.7</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>10</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>806.58</v>
+        <v>645.26</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>126</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>309.5</v>
+        <v>796.1</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>10</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>