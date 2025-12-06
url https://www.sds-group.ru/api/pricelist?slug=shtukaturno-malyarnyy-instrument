--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -42,909 +42,909 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Штукатурно-малярный инструмент</t>
   </si>
   <si>
-    <t>1.1 Расходные материалы для ремонта</t>
-[...2 lines deleted...]
-    <t>1.1.1 Малярная лента</t>
+    <t>1.1 Шлифовальные бруски и блоки</t>
+  </si>
+  <si>
+    <t>89-0258</t>
+  </si>
+  <si>
+    <t>Брус для шлифования 210х105 мм REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>89-0257</t>
+  </si>
+  <si>
+    <t>Сеткодержатель на винтах 230х105 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.2 СВП (система выравнивания плитки)</t>
+  </si>
+  <si>
+    <t>89-0951</t>
+  </si>
+  <si>
+    <t>Система выравнивания плитки СВП (клин 80 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>89-0953</t>
+  </si>
+  <si>
+    <t>Клипса-ворота для системы выравнивания плитки, шов 1,5 мм (СВП) (80 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>89-0950</t>
+  </si>
+  <si>
+    <t>Клипса-ворота для системы выравнивания плитки, шов 1 мм (СВП) (80 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>89-0954</t>
+  </si>
+  <si>
+    <t>Набор клипс и клиньев – система выравнивания плитки, шов 1,5 мм (СВП) (40 комплектов) REXANT</t>
+  </si>
+  <si>
+    <t>89-0952</t>
+  </si>
+  <si>
+    <t>Набор клипс и клиньев – система выравнивания плитки, шов 1 мм (СВП) (40 комплектов) REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Расходные материалы для ремонта</t>
+  </si>
+  <si>
+    <t>1.3.1 Малярная лента</t>
   </si>
   <si>
     <t>09-4442</t>
   </si>
   <si>
     <t>Малярная лента (крепп) 48 мм (рулон 20 м)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>09-4445</t>
+  </si>
+  <si>
+    <t>Малярная лента (крепп) 48 мм (рулон 50 м)</t>
+  </si>
+  <si>
+    <t>09-4422</t>
+  </si>
+  <si>
+    <t>Малярная лента (крепп) 25 мм (рулон 20 м)</t>
   </si>
   <si>
     <t>09-4432</t>
   </si>
   <si>
     <t>Малярная лента (крепп) 38 мм (рулон 20 м)</t>
   </si>
   <si>
-    <t>09-4445</t>
-[...10 lines deleted...]
-  <si>
     <t>09-4443</t>
   </si>
   <si>
     <t>Малярная лента (крепп) 48 мм (рулон 30 м)</t>
   </si>
   <si>
-    <t>1.2 Валики, ролики малярные и аксессуары</t>
-[...2 lines deleted...]
-    <t>1.2.1 Валики малярные</t>
+    <t>1.4 Валики, ролики малярные и аксессуары</t>
+  </si>
+  <si>
+    <t>1.4.1 Валики малярные</t>
   </si>
   <si>
     <t>89-0002</t>
   </si>
   <si>
     <t>Валик полиакрил зеленый, ворс 18 мм. ширина ролика 240 мм, Ø 42 мм, бюгель 8 мм серия «Мастер» REXANT</t>
   </si>
   <si>
+    <t>89-0034</t>
+  </si>
+  <si>
+    <t>Валик «Натуральный мех» бесшовный, ворс 12 мм, ширина ролика 140 мм, Ø 42 мм, бюгель 6 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0024</t>
+  </si>
+  <si>
+    <t>Валик полиакрил зеленый, ворс 18 мм, ширина ролика 240 мм, Ø 42 мм, бюгель 6 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0036</t>
+  </si>
+  <si>
+    <t>Валик «Натуральный мех» бесшовный, ворс 12 мм, ширина ролика 240 мм, Ø 42 мм, бюгель 6 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0021</t>
+  </si>
+  <si>
+    <t>Валик полиакрил желтый с черной полосой, ворс 11 мм, ширина ролика 180 мм, бюгель 6 мм, Ø 42 мм REXANT</t>
+  </si>
+  <si>
     <t>89-0031</t>
   </si>
   <si>
     <t>Валик вспененный пенополиуретан, ширина ролика 140 мм,  Ø 42 мм, бюгель 6 мм REXANT</t>
   </si>
   <si>
-    <t>89-0021</t>
-[...20 lines deleted...]
-    <t>Валик «Натуральный мех» бесшовный, ворс 12 мм, ширина ролика 240 мм, Ø 42 мм, бюгель 6 мм REXANT</t>
+    <t>89-0010</t>
+  </si>
+  <si>
+    <t>Валик полиамид белый с желтой полосой, ворс 11 мм, ширина ролика 240 мм, Ø 42 мм, бюгель 8 мм, серия «Мастер» REXANT</t>
+  </si>
+  <si>
+    <t>89-0001</t>
+  </si>
+  <si>
+    <t>Валик полиакрил зеленый, ворс 18 мм, ширина ролика 180 мм, Ø 42 мм, бюгель 8 мм серия «Мастер» REXANT</t>
+  </si>
+  <si>
+    <t>89-0033</t>
+  </si>
+  <si>
+    <t>Валик вспененный пенополиуретан, ширина ролика 240 мм,  Ø 42 мм, бюгель 6 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0027</t>
+  </si>
+  <si>
+    <t>Валик микрофибра, ворс 9 мм, ширина ролика 180 мм, бюгель 6 мм, Ø 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0035</t>
+  </si>
+  <si>
+    <t>Валик «Натуральный мех» бесшовный, ворс 12 мм, ширина ролика 180 мм, Ø 42 мм, бюгель 6 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0032</t>
+  </si>
+  <si>
+    <t>Валик вспененный пенополиуретан, ширина ролика 180 мм,  Ø 42 мм, бюгель 6 мм REXANT</t>
   </si>
   <si>
     <t>89-0008</t>
   </si>
   <si>
     <t>Валик велюр, ворс 5 мм, ширина ролика 240 мм, Ø 42 мм, бюгель 8 мм серия «Мастер» REXANT</t>
   </si>
   <si>
-    <t>89-0033</t>
-[...10 lines deleted...]
-  <si>
     <t>89-0023</t>
   </si>
   <si>
     <t>Валик  полиакрил зеленый, ворс 18 мм, ширина ролика 180 мм, Ø 42 мм, бюгель 6мм, d 42 мм REXANT</t>
   </si>
   <si>
-    <t>89-0032</t>
-[...4 lines deleted...]
-  <si>
     <t>89-0029</t>
   </si>
   <si>
     <t>Валик велюр, ворс 5 мм, ширина ролика 180 мм, Ø 42 мм, бюгель 6 мм REXANT</t>
   </si>
   <si>
-    <t>89-0010</t>
-[...17 lines deleted...]
-    <t>1.2.2 Валики малярные серии "Мини"</t>
+    <t>1.4.2 Валики малярные серии "Мини"</t>
   </si>
   <si>
     <t>89-0054</t>
   </si>
   <si>
     <t>Валик-мини полиамид, ворс 10.5 мм, ширина ролика 60 мм,Ø 15 REXANT</t>
   </si>
   <si>
     <t>89-0055</t>
   </si>
   <si>
     <t>Валик-мини полиамид, ворс 10.5 мм, ширина ролика 100 мм, Ø 15 REXANT</t>
   </si>
   <si>
     <t>89-0056</t>
   </si>
   <si>
     <t>Валик-мини полиамид, ворс 10.5 мм, ширина ролика 150 мм, Ø 15 мм REXANT</t>
   </si>
   <si>
-    <t>1.2.3 Валики для прикатки обоев</t>
+    <t>1.4.3 Малярные ванночки для красок</t>
+  </si>
+  <si>
+    <t>89-0143</t>
+  </si>
+  <si>
+    <t>Кюветка (ванночка) малярная 33х26 см, красная REXANT</t>
+  </si>
+  <si>
+    <t>89-0145</t>
+  </si>
+  <si>
+    <t>Кюветка (ванночка) малярная 33х35см, красная REXANT</t>
+  </si>
+  <si>
+    <t>1.4.4 Ручки для малярных роликов</t>
+  </si>
+  <si>
+    <t>89-0134</t>
+  </si>
+  <si>
+    <t>Ручка для валика, ширина под ролик 240 мм, бюгель 6 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0131</t>
+  </si>
+  <si>
+    <t>Ручка для валика, ширина под ролик 180 мм, бюгель 8 мм, серия «Мастер» REXANT</t>
+  </si>
+  <si>
+    <t>1.4.5 Валики для прикатки обоев</t>
   </si>
   <si>
     <t>89-0094</t>
   </si>
   <si>
     <t>Валик для прикатки обоев резиновый, ширина ролика 150 мм, ручка 6 мм REXANT</t>
   </si>
   <si>
-    <t>1.2.4 Малярные ванночки для красок</t>
-[...29 lines deleted...]
-    <t>1.3 Шпатели</t>
+    <t>1.5 Гладилки штукатурные</t>
+  </si>
+  <si>
+    <t>89-0255</t>
+  </si>
+  <si>
+    <t>Гладилка нержавеющая 130х270 мм, зуб 10х10 мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0252</t>
+  </si>
+  <si>
+    <t>Гладилка нержавеющая 130х270 мм, зуб 4х4 мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0251</t>
+  </si>
+  <si>
+    <t>Гладилка нержавеющая 130х270 мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0253</t>
+  </si>
+  <si>
+    <t>Гладилка нержавеющая 130х270 мм, зуб 6х6 мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0254</t>
+  </si>
+  <si>
+    <t>Гладилка нержавеющая 130х270 мм, зуб 8х8 мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0256</t>
+  </si>
+  <si>
+    <t>Гладилка пластиковая для декоративных работ 140х280 мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Монтажная пена</t>
+  </si>
+  <si>
+    <t>89-0903</t>
+  </si>
+  <si>
+    <t>Пена монтажная всесезонная для пистолета 40 л eco REXANT</t>
+  </si>
+  <si>
+    <t>89-0909</t>
+  </si>
+  <si>
+    <t>Очиститель монтажной пены 500 мл REXANT</t>
+  </si>
+  <si>
+    <t>89-0906</t>
+  </si>
+  <si>
+    <t>Пена монтажная всесезонная с трубочкой 40 л eco REXANT</t>
+  </si>
+  <si>
+    <t>89-0901</t>
+  </si>
+  <si>
+    <t>Пена монтажная всесезонная для пистолета 65 л max REXANT</t>
+  </si>
+  <si>
+    <t>89-0902</t>
+  </si>
+  <si>
+    <t>Пена монтажная всесезонная для пистолета 50 л REXANT</t>
+  </si>
+  <si>
+    <t>89-0904</t>
+  </si>
+  <si>
+    <t>Пена монтажная всесезонная с трубочкой 65 л max REXANT</t>
+  </si>
+  <si>
+    <t>89-0911</t>
+  </si>
+  <si>
+    <t>Пена монтажная всесезонная для пистолета 70+ PRO 980 г REXANT</t>
+  </si>
+  <si>
+    <t>89-0905</t>
+  </si>
+  <si>
+    <t>Пена монтажная всесезонная  с трубочкой 50 л REXANT</t>
+  </si>
+  <si>
+    <t>89-0912</t>
+  </si>
+  <si>
+    <t>Пена монтажная огнестойкая для пистолета 65 л 780г REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Терки штукатурные</t>
+  </si>
+  <si>
+    <t>89-0268</t>
+  </si>
+  <si>
+    <t>Терка ППУ 200х360 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0269</t>
+  </si>
+  <si>
+    <t>Терка ППУ 220х420 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Наборы для отделки</t>
+  </si>
+  <si>
+    <t>89-0008-7</t>
+  </si>
+  <si>
+    <t>Набор для лаков</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>89-0251-4</t>
+  </si>
+  <si>
+    <t>Набор для штукатура</t>
+  </si>
+  <si>
+    <t>89-0094-4</t>
+  </si>
+  <si>
+    <t>Набор для поклейки обоев</t>
+  </si>
+  <si>
+    <t>89-0253-5</t>
+  </si>
+  <si>
+    <t>Набор для плиточника</t>
+  </si>
+  <si>
+    <t>89-0036-2</t>
+  </si>
+  <si>
+    <t>Малярный набор REXANT для всех ЛКМ (валик  + ванночка)</t>
+  </si>
+  <si>
+    <t>1.9 Шпатели</t>
   </si>
   <si>
     <t>89-0201</t>
   </si>
   <si>
     <t>Шпатель 40 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
+    <t>89-0205</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 150 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0207</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 250 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0211</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 600 мм нержавеющая сталь пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0223</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 250 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0202</t>
+  </si>
+  <si>
+    <t>Шпатель 60 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0203</t>
+  </si>
+  <si>
+    <t>Шпатель 80 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
     <t>89-0204</t>
   </si>
   <si>
     <t>Шпатель 100 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
-    <t>89-0207</t>
-[...16 lines deleted...]
-  <si>
     <t>89-0221</t>
   </si>
   <si>
     <t>Шпатель фасадный REXANT 150 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
   </si>
   <si>
-    <t>89-0203</t>
-[...8 lines deleted...]
-    <t>Шпатель фасадный 150 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+    <t>89-0212</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 150мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0215</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 300мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-2201</t>
+  </si>
+  <si>
+    <t>Кельма бетонщика, нержавеющая сталь, 200мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-2204</t>
+  </si>
+  <si>
+    <t>Кельма штукатура, нержавеющая сталь, 175мм, пластиковая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0213</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 200мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0240</t>
+  </si>
+  <si>
+    <t>Шпатель обойный пластмассовый 280 мм «СТАНДАРТ» REXANT</t>
+  </si>
+  <si>
+    <t>89-0214</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 250мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0206</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный 200 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-2203</t>
+  </si>
+  <si>
+    <t>Кельма печника, нержавеющая сталь, 175мм, пластиковая ручка REXANT</t>
   </si>
   <si>
     <t>89-0209</t>
   </si>
   <si>
     <t>Шпатель фасадный 350 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
-    <t>89-0240</t>
-[...2 lines deleted...]
-    <t>Шпатель обойный пластмассовый 280 мм «СТАНДАРТ» REXANT</t>
+    <t>89-0216</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 350мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0218</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 600мм, 2-компонентная ручка REXANT</t>
+  </si>
+  <si>
+    <t>89-0217</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный, нержавеющая сталь, 450мм, 2-компонентная ручка REXANT</t>
   </si>
   <si>
     <t>89-0210</t>
   </si>
   <si>
     <t>Шпатель фасадный 450 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
-    <t>89-0223</t>
-[...2 lines deleted...]
-    <t>Шпатель фасадный REXANT 250 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
+    <t>89-0231</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 150 мм зуб 10х10 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0222</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 200 мм зуб 6х6 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0226</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 150 мм зуб 8х8 нержавеющая сталь, пластмассовая ручка</t>
+  </si>
+  <si>
+    <t>89-0228</t>
+  </si>
+  <si>
+    <t>Шпатель фасадный REXANT 250 мм зуб 8х8 нержавеющая сталь, пластмассовая ручка</t>
   </si>
   <si>
     <t>89-0233</t>
   </si>
   <si>
     <t>Шпатель фасадный REXANT 250 мм зуб 10х10 нержавеющая сталь, пластмассовая ручка</t>
   </si>
   <si>
-    <t>89-0206</t>
-[...4 lines deleted...]
-  <si>
     <t>89-0208</t>
   </si>
   <si>
     <t>Шпатель фасадный 300 мм нержавеющая сталь, пластмассовая ручка REXANT</t>
   </si>
   <si>
-    <t>89-0222</t>
-[...46 lines deleted...]
-  <si>
     <t>89-2202</t>
   </si>
   <si>
     <t>Кельма отделочника, нержавеющая сталь, 180мм, пластиковая ручка REXANT</t>
   </si>
   <si>
-    <t>89-0213</t>
-[...104 lines deleted...]
-    <t>1.7 Малярные кисти</t>
+    <t>1.10 Герметики</t>
+  </si>
+  <si>
+    <t>89-0920</t>
+  </si>
+  <si>
+    <t>Герметик силиконовый санитарный REXANT 280 мл прозрачный</t>
+  </si>
+  <si>
+    <t>89-0922</t>
+  </si>
+  <si>
+    <t>Герметик силиконовый универсальный REXANT 280 мл прозрачный</t>
+  </si>
+  <si>
+    <t>89-0924</t>
+  </si>
+  <si>
+    <t>Клей-герметик жидкие гвозди REXANT акриловый универсальный 280 мл белый</t>
+  </si>
+  <si>
+    <t>89-0921</t>
+  </si>
+  <si>
+    <t>Герметик силиконовый санитарный REXANT 280 мл белый</t>
+  </si>
+  <si>
+    <t>89-0923</t>
+  </si>
+  <si>
+    <t>Герметик силиконовый универсальный REXANT 280 мл белый</t>
+  </si>
+  <si>
+    <t>1.11 Строительные емкости</t>
+  </si>
+  <si>
+    <t>89-0284</t>
+  </si>
+  <si>
+    <t>Таз строительный круглый 45 л REXANT</t>
+  </si>
+  <si>
+    <t>89-0286</t>
+  </si>
+  <si>
+    <t>Таз строительный круглый 90 л REXANT</t>
+  </si>
+  <si>
+    <t>89-0282</t>
+  </si>
+  <si>
+    <t>Ведро строительное мерное пластмассовое 16 л REXANT</t>
+  </si>
+  <si>
+    <t>89-0288</t>
+  </si>
+  <si>
+    <t>Таз строительный прямоугольный пластмассовый 60 л REXANT</t>
+  </si>
+  <si>
+    <t>89-0285</t>
+  </si>
+  <si>
+    <t>Таз строительный круглый 65 л REXANT</t>
+  </si>
+  <si>
+    <t>89-0287</t>
+  </si>
+  <si>
+    <t>Таз строительный прямоугольный пластмассовый 45 л REXANT</t>
+  </si>
+  <si>
+    <t>89-0283</t>
+  </si>
+  <si>
+    <t>Ведро строительное мерное пластмассовое 20 л REXANT</t>
+  </si>
+  <si>
+    <t>89-0289</t>
+  </si>
+  <si>
+    <t>Таз строительный прямоугольный пластмассовый 90 л REXANT</t>
+  </si>
+  <si>
+    <t>89-0281</t>
+  </si>
+  <si>
+    <t>Ведро строительное мерное пластмассовое 12 л REXANT</t>
+  </si>
+  <si>
+    <t>1.12 Малярные кисти</t>
+  </si>
+  <si>
+    <t>89-0335</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Работы по дереву» 100х12 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0302</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Лаки» 35х10 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0313</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Эмали» 50х12 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0333</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Работы по дереву» 50х12 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0363</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Универсальная» 50х8 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0311</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Эмали» 25х10 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0312</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Эмали» 35х10 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0314</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Эмали» 70х12 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0332</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Работы по дереву» 35х10 мм REXANT</t>
   </si>
   <si>
     <t>89-0303</t>
   </si>
   <si>
     <t>Кисть плоская «Лаки» 50х12 мм REXANT</t>
   </si>
   <si>
-    <t>89-0311</t>
-[...26 lines deleted...]
-    <t>Кисть плоская «Работы по дереву» 50х12 мм REXANT</t>
+    <t>89-0325</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Водные краски» 100х12 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0361</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Универсальная» 25х8 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0336</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Работы по дереву» 120х25 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0323</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Водные краски» 50х12 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0364</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Универсальная» 75х8 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0324</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Водные краски» 70х12 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0321</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Водные краски» 25х10 мм REXANT</t>
   </si>
   <si>
     <t>89-0322</t>
   </si>
   <si>
     <t>Кисть плоская «Водные краски» 35х10 мм REXANT</t>
   </si>
   <si>
-    <t>89-0313</t>
-[...26 lines deleted...]
-    <t>Кисть плоская «Универсальная» 25х8 мм REXANT</t>
+    <t>89-0301</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Лаки» 25х10 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0305</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Лаки» 100х12 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0315</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Эмали» 100х12 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0334</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Работы по дереву» 70х12 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0362</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Универсальная» 35х8 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0337</t>
+  </si>
+  <si>
+    <t>Кисть плоская «Работы по дереву» 120х35 мм REXANT</t>
+  </si>
+  <si>
+    <t>89-0401</t>
+  </si>
+  <si>
+    <t>Кисть макловица REXANT 140x50 мм искусственная щетина, деревянный корпус</t>
+  </si>
+  <si>
+    <t>89-0402</t>
+  </si>
+  <si>
+    <t>Кисть макловица REXANT 180x80 мм искусственная щетина, деревянный корпус</t>
   </si>
   <si>
     <t>89-0304</t>
   </si>
   <si>
     <t>Кисть плоская «Лаки» 70х12 мм REXANT</t>
   </si>
   <si>
-    <t>89-0321</t>
-[...301 lines deleted...]
-  <si>
     <t>1.13 Правила</t>
   </si>
   <si>
+    <t>89-0503</t>
+  </si>
+  <si>
+    <t>Правило алюминиевое Трапеция, 1 ребро жесткости, 2,0м REXANT</t>
+  </si>
+  <si>
     <t>89-0502</t>
   </si>
   <si>
     <t>Правило алюминиевое Трапеция, 1 ребро жесткости, 1,5м REXANT</t>
   </si>
   <si>
-    <t>89-0503</t>
-[...2 lines deleted...]
-    <t>Правило алюминиевое Трапеция, 1 ребро жесткости, 2,0м REXANT</t>
+    <t>89-0505</t>
+  </si>
+  <si>
+    <t>Правило алюминиевое Трапеция, 1 ребро жесткости, 3,0м REXANT</t>
   </si>
   <si>
     <t>89-0501</t>
   </si>
   <si>
     <t>Правило алюминиевое Трапеция, 1 ребро жесткости, 1,0м REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Правило алюминиевое Трапеция, 1 ребро жесткости, 3,0м REXANT</t>
   </si>
   <si>
     <t>89-0504</t>
   </si>
   <si>
     <t>Правило алюминиевое Трапеция, 1 ребро жесткости, 2,5м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -1335,51 +1335,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarnaya-lenta-krepp-48-mm-rulon-20-m.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarnaya-lenta-krepp-38-mm-rulon-20-m.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarnaya-lenta-krepp-48-mm-rulon-50-m.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarnaya-lenta-krepp-25-mm-rulon-20-m.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarnaya-lenta-krepp-48-mm-rulon-30-m.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliakril-zelenyy-vors-18-mm-shirina-rolika-240-mm-42-mm-byugel-8-mm-seriya-master-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-vspenennyy-penopoliuretan-shirina-rolika-140-mm-42-mm-byugel-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliakril-zheltyy-s-chernoy-polosoy-vors-11-mm-shirina-rolika-180-mm-byugel-6-mm-42-mm-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-naturalnyy-meh-besshovnyy-vors-12-mm-shirina-rolika-140-mm-42-mm-byugel-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliakril-zelenyy-vors-18-mm-shirina-rolika-240-mm-42-mm-byugel-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-naturalnyy-meh-besshovnyy-vors-12-mm-shirina-rolika-240-mm-42-mm-byugel-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-velyur-vors-5-mm-shirina-rolika-240-mm-42-mm-byugel-8-mm-seriya-master-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-vspenennyy-penopoliuretan-shirina-rolika-240-mm-42-mm-byugel-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliakril-zelenyy-vors-18-mm-shirina-rolika-180-mm-42-mm-byugel-8-mm-seriya-master-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliakril-zelenyy-vors-18-mm-shirina-rolika-180-mm-42-mm-byugel-6mm-d-42-mm-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-vspenennyy-penopoliuretan-shirina-rolika-180-mm-42-mm-byugel-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-velyur-vors-5-mm-shirina-rolika-180-mm-42-mm-byugel-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliamid-belyy-s-zheltoy-polosoy-vors-11-mm-shirina-rolika-240-mm-42-mm-byugel-8-mm-seriya-mas.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-mikrofibra-vors-9-mm-shirina-rolika-180-mm-byugel-6-mm-42-mm-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-naturalnyy-meh-besshovnyy-vors-12-mm-shirina-rolika-180-mm-42-mm-byugel-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-mini-poliamid-vors-10-5-mm-shirina-rolika-60-mm-15-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-mini-poliamid-vors-10-5-mm-shirina-rolika-100-mm-15-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-mini-poliamid-vors-10-5-mm-shirina-rolika-150-mm-15-mm-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-dlya-prikatki-oboev-rezinovyy-shirina-rolika-150-mm-ruchka-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kyuvetka-vannochka-malyarnaya-33h26-sm-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kyuvetka-vannochka-malyarnaya-33h35sm-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-dlya-valika-shirina-pod-rolik-180-mm-byugel-8-mm-seriya-master-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-dlya-valika-shirina-pod-rolik-240-mm-byugel-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-40-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-100-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-250-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-60-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-600-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-80-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-150-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-350-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-oboynyy-plastmassovyy-280-mm-standart-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-450-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-10h10-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-200-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-300-mm-nerzhaveyuschaya-stal-plastmassovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-200-mm-zub-6h6-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-8h8-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-150-mm-zub-10h10-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-rexant-250-mm-zub-8h8-nerzhaveyuschaya-stal-plastmassovaya-ruchka.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-150mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-250mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-600mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-450mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-otdelochnika-nerzhaveyuschaya-stal-180mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-200mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-350mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadnyy-nerzhaveyuschaya-stal-300mm-2-komponentnaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-betonschika-nerzhaveyuschaya-stal-200mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-pechnika-nerzhaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-shtukatura-nerzhaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-nerzhaveyuschaya-130h270-mm-zub-4h4-mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-nerzhaveyuschaya-130h270-mm-zub-8h8-mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-plastikovaya-dlya-dekorativnyh-rabot-140h280-mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-nerzhaveyuschaya-130h270-mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-nerzhaveyuschaya-130h270-mm-zub-6h6-mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-nerzhaveyuschaya-130h270-mm-zub-10h10-mm-plastikovaya-ruchka-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setkoderzhatel-na-vintah-230h105-mm-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brus-dlya-shlifovaniya-210h105-mm-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/terka-ppu-200h360-mm-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/terka-ppu-220h420-mm-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-laki-50h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-emali-25h10-mm-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-emali-35h10-mm-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-emali-70h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboty-po-derevu-35h10-mm-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboty-po-derevu-50h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-vodnye-kraski-35h10-mm-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-emali-50h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-vodnye-kraski-100h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-universalnaya-50h8-mm-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-laki-35h10-mm-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-universalnaya-25h8-mm-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-laki-70h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-vodnye-kraski-25h10-mm-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboty-po-derevu-120h35-mm-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-universalnaya-35h8-mm-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-universalnaya-75h8-mm-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-laki-100h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboty-po-derevu-100h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-maklovitsa-rexant-140x50-mm-iskusstvennaya-schetina-derevyannyy-korpus.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-laki-25h10-mm-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboty-po-derevu-70h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboty-po-derevu-120h25-mm-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-maklovitsa-rexant-180x80-mm-iskusstvennaya-schetina-derevyannyy-korpus.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-vodnye-kraski-70h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-emali-100h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-vodnye-kraski-50h12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sistema-vyravnivaniya-plitki-svp-klin-80-sht-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-vorota-dlya-sistemy-vyravnivaniya-plitki-shov-1-5-mm-svp-80-sht-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klips-i-klinev-sistema-vyravnivaniya-plitki-shov-1-mm-svp-40-komplektov-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-vorota-dlya-sistemy-vyravnivaniya-plitki-shov-1-mm-svp-80-sht-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klips-i-klinev-sistema-vyravnivaniya-plitki-shov-1-5-mm-svp-40-komplektov-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-montazhnoy-peny-500-ml-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montazhnaya-vsesezonnaya-s-trubochkoy-40-l-eco-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montazhnaya-vsesezonnaya-dlya-pistoleta-65-l-max-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montazhnaya-vsesezonnaya-dlya-pistoleta-40-l-eco-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montazhnaya-vsesezonnaya-s-trubochkoy-65-l-max-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montazhnaya-vsesezonnaya-s-trubochkoy-50-l-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montazhnaya-ognestoykaya-dlya-pistoleta-65-l-780g-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montazhnaya-vsesezonnaya-dlya-pistoleta-50-l-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montazhnaya-vsesezonnaya-dlya-pistoleta-70-pro-980-g-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/germetik-silikonovyy-sanitarnyy-rexant-280-ml-prozrachnyy.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/germetik-silikonovyy-sanitarnyy-rexant-280-ml-belyy.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/germetik-silikonovyy-universalnyy-rexant-280-ml-belyy.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-germetik-zhidkie-gvozdi-rexant-akrilovyy-universalnyy-280-ml-belyy.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/germetik-silikonovyy-universalnyy-rexant-280-ml-prozrachnyy.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-lakov.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-pokleyki-oboev.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-shtukatura.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-plitochnika.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarnyy-nabor-rexant-dlya-vseh-lkm-valik-vannochka.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelnyy-kruglyy-45-l-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vedro-stroitelnoe-mernoe-plastmassovoe-16-l-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vedro-stroitelnoe-mernoe-plastmassovoe-20-l-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vedro-stroitelnoe-mernoe-plastmassovoe-12-l-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelnyy-pryamougolnyy-plastmassovyy-60-l-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelnyy-kruglyy-65-l-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelnyy-kruglyy-90-l-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelnyy-pryamougolnyy-plastmassovyy-90-l-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelnyy-pryamougolnyy-plastmassovyy-45-l-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pravilo-alyuminievoe-trapetsiya-1-rebro-zhestkosti-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pravilo-alyuminievoe-trapetsiya-1-rebro-zhestkosti-2-0m-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pravilo-alyuminievoe-trapetsiya-1-rebro-zhestkosti-1-0m-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pravilo-alyuminievoe-trapetsiya-1-rebro-zhestkosti-3-0m-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pravilo-alyuminievoe-trapetsiya-1-rebro-zhestkosti-2-5m-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brus-dlya-shlifovaniya-210h105-mm-rexant-20816" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setkoderjatel-na-vintah-230h105-mm-rexant-20809" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sistema-viravnivaniya-plitki-svp-klin-80-sht-rexant-22060" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-vorota-dlya-sistemi-viravnivaniya-plitki-shov-1-5-mm-svp-80-sht-rexant-26148" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-vorota-dlya-sistemi-viravnivaniya-plitki-shov-1-mm-svp-80-sht-rexant-22059" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klips-i-klinev-sistema-viravnivaniya-plitki-shov-1-5-mm-svp-40-komplektov-rexant-26149" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klips-i-klinev-sistema-viravnivaniya-plitki-shov-1-mm-svp-40-komplektov-rexant-22061" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarnaya-lenta-krepp-48-mm-rulon-20-m-15304" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarnaya-lenta-krepp-48-mm-rulon-50-m-15301" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarnaya-lenta-krepp-25-mm-rulon-20-m-15303" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarnaya-lenta-krepp-38-mm-rulon-20-m-15305" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarnaya-lenta-krepp-48-mm-rulon-30-m-15302" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliakril-zeleniy-vors-18-mm-shirina-rolika-240-mm-oslash-42-mm-byugel-8-mm-seriya-master-rexant-20752" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-naturalniy-meh-besshovniy-vors-12-mm-shirina-rolika-140-mm-oslash-42-mm-byugel-6-mm-rexant-20814" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliakril-zeleniy-vors-18-mm-shirina-rolika-240-mm-oslash-42-mm-byugel-6-mm-rexant-20753" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-naturalniy-meh-besshovniy-vors-12-mm-shirina-rolika-240-mm-oslash-42-mm-byugel-6-mm-rexant-20820" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliakril-jeltiy-s-chernoy-polosoy-vors-11-mm-shirina-rolika-180-mm-byugel-6-mm-oslash-42-mm-rexant-20803" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-vspenenniy-penopoliuretan-shirina-rolika-140-mm-oslash-42-mm-byugel-6-mm-rexant-20802" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliamid-beliy-s-jeltoy-polosoy-vors-11-mm-shirina-rolika-240-mm-oslash-42-mm-byugel-8-mm-seriya-master-rexant-20813" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliakril-zeleniy-vors-18-mm-shirina-rolika-180-mm-oslash-42-mm-byugel-8-mm-seriya-master-rexant-20815" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-vspenenniy-penopoliuretan-shirina-rolika-240-mm-oslash-42-mm-byugel-6-mm-rexant-20805" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-mikrofibra-vors-9-mm-shirina-rolika-180-mm-byugel-6-mm-oslash-42-mm-rexant-20789" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-naturalniy-meh-besshovniy-vors-12-mm-shirina-rolika-180-mm-oslash-42-mm-byugel-6-mm-rexant-20764" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-vspenenniy-penopoliuretan-shirina-rolika-180-mm-oslash-42-mm-byugel-6-mm-rexant-20818" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-velyur-vors-5-mm-shirina-rolika-240-mm-oslash-42-mm-byugel-8-mm-seriya-master-rexant-20746" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-poliakril-zeleniy-vors-18-mm-shirina-rolika-180-mm-oslash-42-mm-byugel-6mm-d-42-mm-rexant-20751" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-velyur-vors-5-mm-shirina-rolika-180-mm-oslash-42-mm-byugel-6-mm-rexant-20750" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-mini-poliamid-vors-10-5-mm-shirina-rolika-60-mm-oslash-15-rexant-20743" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-mini-poliamid-vors-10-5-mm-shirina-rolika-100-mm-oslash-15-rexant-20804" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-mini-poliamid-vors-10-5-mm-shirina-rolika-150-mm-oslash-15-mm-rexant-20744" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kyuvetka-vannochka-malyarnaya-26h27-sm-belaya-rexant-20796" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kyuvetka-vannochka-malyarnaya-33h35sm-krasnaya-rexant-29683" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-dlya-valika-shirina-pod-rolik-240-mm-byugel-6-mm-rexant-20760" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-dlya-valika-shirina-pod-rolik-180-mm-byugel-8-mm-seriya-master-rexant-20761" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/valik-dlya-prikatki-oboev-rezinoviy-shirina-rolika-150-mm-ruchka-6-mm-rexant-20791" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-nerjaveyuschaya-130h270-mm-zub-10h10-mm-plastikovaya-ruchka-rexant-20807" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-nerjaveyuschaya-130h270-mm-zub-4h4-mm-plastikovaya-ruchka-rexant-20755" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-nerjaveyuschaya-130h270-mm-plastikovaya-ruchka-rexant-20808" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-nerjaveyuschaya-130h270-mm-zub-6h6-mm-plastikovaya-ruchka-rexant-20756" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-nerjaveyuschaya-130h270-mm-zub-8h8-mm-plastikovaya-ruchka-rexant-20806" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gladilka-plastikovaya-dlya-dekorativnih-rabot-140h280-mm-plastikovaya-ruchka-rexant-20754" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montajnaya-vsesezonnaya-dlya-pistoleta-40-l-eco-rexant-22091" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-montajnoy-peni-500-ml-rexant-22097" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montajnaya-vsesezonnaya-s-trubochkoy-40-l-eco-rexant-22094" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montajnaya-vsesezonnaya-dlya-pistoleta-65-l-max-rexant-22089" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montajnaya-vsesezonnaya-dlya-pistoleta-50-l-rexant-22090" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montajnaya-vsesezonnaya-s-trubochkoy-65-l-max-rexant-22092" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montajnaya-vsesezonnaya-dlya-pistoleta-70-pro-980-g-rexant-29699" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montajnaya-vsesezonnaya-s-trubochkoy-50-l-rexant-22093" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pena-montajnaya-ognestoykaya-dlya-pistoleta-65-l-780g-rexant-29700" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/terka-ppu-200h360-mm-rexant-20775" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/terka-ppu-220h420-mm-rexant-20776" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-lakov-24865" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-shtukatura-24862" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-pokleyki-oboev-24861" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-plitochnika-24863" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/malyarniy-nabor-rexant-dlya-vseh-lkm-valik-vannochka-28057" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-40-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20778" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-150-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20798" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-250-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20800" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-600-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20784" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-250-mm-zub-6h6-nerjaveyuschaya-stal-plastmassovaya-ruchka-20918" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-60-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20781" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-80-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20779" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-100-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20782" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-150-mm-zub-6h6-nerjaveyuschaya-stal-plastmassovaya-ruchka-20917" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-150mm-2-komponentnaya-ruchka-rexant-30333" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-300mm-2-komponentnaya-ruchka-rexant-30325" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-betonschika-nerjaveyuschaya-stal-200mm-plastikovaya-ruchka-rexant-30329" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-shtukatura-nerjaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant-30332" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-200mm-2-komponentnaya-ruchka-rexant-30334" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-oboyniy-plastmassoviy-280-mm-standart-rexant-20797" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-250mm-2-komponentnaya-ruchka-rexant-30335" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-200-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20799" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-pechnika-nerjaveyuschaya-stal-175mm-plastikovaya-ruchka-rexant-30331" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-350-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-350mm-2-komponentnaya-ruchka-rexant-30326" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-600mm-2-komponentnaya-ruchka-rexant-30328" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-nerjaveyuschaya-stal-450mm-2-komponentnaya-ruchka-rexant-30327" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-450-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20780" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-150-mm-zub-10h10-nerjaveyuschaya-stal-plastmassovaya-ruchka-20930" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-200-mm-zub-6h6-nerjaveyuschaya-stal-plastmassovaya-ruchka-20924" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-150-mm-zub-8h8-nerjaveyuschaya-stal-plastmassovaya-ruchka-20927" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-250-mm-zub-8h8-nerjaveyuschaya-stal-plastmassovaya-ruchka-20928" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-rexant-250-mm-zub-10h10-nerjaveyuschaya-stal-plastmassovaya-ruchka-20926" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpatel-fasadniy-300-mm-nerjaveyuschaya-stal-plastmassovaya-ruchka-rexant-20801" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kelma-otdelochnika-nerjaveyuschaya-stal-180mm-plastikovaya-ruchka-rexant-30330" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/germetik-silikonoviy-sanitarniy-rexant-280-ml-prozrachniy-26754" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/germetik-silikonoviy-universalniy-rexant-280-ml-prozrachniy-26756" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-germetik-jidkie-gvozdi-rexant-akriloviy-universalniy-280-ml-beliy-26762" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/germetik-silikonoviy-sanitarniy-rexant-280-ml-beliy-26755" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/germetik-silikonoviy-universalniy-rexant-280-ml-beliy-26757" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelniy-krugliy-45-l-rexant-27802" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelniy-krugliy-90-l-rexant-27804" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vedro-stroitelnoe-mernoe-plastmassovoe-16-l-rexant-27800" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelniy-pryamougolniy-plastmassoviy-60-l-rexant-27806" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelniy-krugliy-65-l-rexant-27803" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelniy-pryamougolniy-plastmassoviy-45-l-rexant-27805" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vedro-stroitelnoe-mernoe-plastmassovoe-20-l-rexant-27801" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/taz-stroitelniy-pryamougolniy-plastmassoviy-90-l-rexant-27807" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vedro-stroitelnoe-mernoe-plastmassovoe-12-l-rexant-27799" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboti-po-derevu-100h12-mm-rexant-20958" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-laki-35h10-mm-rexant-20953" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-emali-50h12-mm-rexant-20951" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboti-po-derevu-50h12-mm-rexant-20957" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-universalnaya-50h8-mm-rexant-20960" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-emali-25h10-mm-rexant-20950" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-emali-35h10-mm-rexant-20955" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-emali-70h12-mm-rexant-20956" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboti-po-derevu-35h10-mm-rexant-20947" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-laki-50h12-mm-rexant-20934" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-vodnie-kraski-100h12-mm-rexant-20946" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-universalnaya-25h8-mm-rexant-20959" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboti-po-derevu-120h25-mm-rexant-20939" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-vodnie-kraski-50h12-mm-rexant-20938" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-universalnaya-75h8-mm-rexant-20948" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-vodnie-kraski-70h12-mm-rexant-20935" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-vodnie-kraski-25h10-mm-rexant-20937" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-vodnie-kraski-35h10-mm-rexant-20945" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-laki-25h10-mm-rexant-20943" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-laki-100h12-mm-rexant-20949" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-emali-100h12-mm-rexant-20944" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboti-po-derevu-70h12-mm-rexant-20952" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-universalnaya-35h8-mm-rexant-20941" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-raboti-po-derevu-120h35-mm-rexant-20940" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-maklovitsa-rexant-140x50-mm-iskusstvennaya-schetina-derevyanniy-korpus-20920" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-maklovitsa-rexant-180x80-mm-iskusstvennaya-schetina-derevyanniy-korpus-20921" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kist-ploskaya-laki-70h12-mm-rexant-20954" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pravilo-alyuminievoe-trapetsiya-1-rebro-jestkosti-2-0m-rexant-29894" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pravilo-alyuminievoe-trapetsiya-1-rebro-jestkosti-1-5m-rexant-29893" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pravilo-alyuminievoe-trapetsiya-1-rebro-jestkosti-3-0m-rexant-29896" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pravilo-alyuminievoe-trapetsiya-1-rebro-jestkosti-1-0m-rexant-29892" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pravilo-alyuminievoe-trapetsiya-1-rebro-jestkosti-2-5m-rexant-29895" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I154"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1409,4283 +1409,4283 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="2"/>
-[...6 lines deleted...]
-      <c r="I4" s="2"/>
+      <c r="B4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="3">
+        <v>301.89</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="3">
+        <v>0</v>
+      </c>
+      <c r="G4" s="3">
+        <v>1</v>
+      </c>
+      <c r="H4" s="3">
+        <v>30</v>
+      </c>
+      <c r="I4" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>179.88</v>
+        <v>401.06</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>603</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="3" t="s">
+      <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C6" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>439.41</v>
+        <v>293.46</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="3">
+        <v>268.73</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>722</v>
+        <v>95</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>272.39</v>
+        <v>242.82</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>388</v>
+        <v>142</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
+        <v>60</v>
+      </c>
+      <c r="I9" s="3">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="3">
+        <v>269.96</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" s="3">
+        <v>0</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
         <v>36</v>
       </c>
-      <c r="I9" s="3">
-[...14 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="I10" s="3">
+        <v>40</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="3">
+        <v>301.05</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" s="3">
+        <v>513</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>40</v>
+      </c>
+      <c r="I11" s="3">
+        <v>40</v>
+      </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A12" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A13" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>292.97</v>
+        <v>179.88</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
+        <v>1705</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>188.46</v>
+        <v>439.41</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>26</v>
+        <v>2178</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>350.26</v>
+        <v>100.21</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>22</v>
+        <v>3391</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>266</v>
+        <v>141.33</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>1968</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>547.74</v>
+        <v>272.39</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>68</v>
+        <v>1479</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="3" t="s">
+      <c r="A19" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C19" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="3" t="s">
+      <c r="A20" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>316.76</v>
+        <v>535.73</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>734</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>259.2</v>
+        <v>188.46</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>403</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>343.28</v>
+        <v>350.26</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>568.95</v>
+        <v>266</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>690</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>312.64</v>
+        <v>292.97</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>55</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>204.65</v>
+        <v>233.78</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>55</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="2" t="s">
+      <c r="A27" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B27" s="2"/>
-[...6 lines deleted...]
-      <c r="I27" s="2"/>
+      <c r="C27" s="3">
+        <v>568.95</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>614</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>40</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>145.46</v>
+        <v>393.99</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1638</v>
+        <v>533</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>160.31</v>
+        <v>338.36</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1165</v>
+        <v>314</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>191.53</v>
+        <v>312.64</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="2" t="s">
+      <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B31" s="2"/>
-[...6 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="B31" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C31" s="3">
+        <v>204.65</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>951</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>55</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>348.01</v>
+        <v>259.2</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>159</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I33" s="2"/>
+      <c r="A33" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C33" s="3">
+        <v>547.74</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>1</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>40</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>173.58</v>
+        <v>316.76</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>2039</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>134.11</v>
+        <v>343.28</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" s="3">
         <v>15</v>
       </c>
-      <c r="F35" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C37" s="3">
-        <v>151.32</v>
+        <v>145.46</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>1452</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C38" s="3">
-        <v>93.11</v>
+        <v>160.31</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>271</v>
+        <v>939</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="A39" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C39" s="3">
+        <v>191.53</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="3">
+        <v>945</v>
+      </c>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
+        <v>30</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A40" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C41" s="3">
-        <v>73.81</v>
+        <v>173.58</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C42" s="3">
-        <v>127.3</v>
+        <v>134.11</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>12</v>
+        <v>136</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A43" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C44" s="3">
-        <v>304.33</v>
+        <v>93.11</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C45" s="3">
-        <v>98.42</v>
+        <v>151.32</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A46" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B46" s="3" t="s">
+      <c r="A46" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="C46" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B46" s="2"/>
+      <c r="C46" s="2"/>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2"/>
+      <c r="H46" s="2"/>
+      <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C47" s="3">
-        <v>103.82</v>
+        <v>348.01</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>1029</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="3" t="s">
+      <c r="A48" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>122.18</v>
+        <v>329.41</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>214.62</v>
+        <v>312.55</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>121.6</v>
+        <v>335.07</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>134.11</v>
+        <v>345</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>122.21</v>
+        <v>329.42</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="C54" s="3">
+        <v>234.11</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="3">
+        <v>711</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>24</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="C54" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C56" s="3">
-        <v>102.74</v>
+        <v>415.3</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>42</v>
+        <v>3414</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C57" s="3">
-        <v>91.93</v>
+        <v>247.5</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C58" s="3">
-        <v>119.95</v>
+        <v>410</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>873</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C59" s="3">
-        <v>432.6</v>
+        <v>680</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>27</v>
+        <v>2417</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C60" s="3">
-        <v>545.9</v>
+        <v>536.42</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>52</v>
+        <v>667</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C61" s="3">
-        <v>978.5</v>
+        <v>630</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>417</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C62" s="3">
-        <v>793.1</v>
+        <v>800</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>255</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I62" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C63" s="3">
-        <v>245.5</v>
+        <v>527.77</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>546</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I63" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C64" s="3">
+        <v>900</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" s="3">
+        <v>3375</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>12</v>
+      </c>
+      <c r="I64" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C66" s="3">
-        <v>597.4</v>
+        <v>448.82</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C67" s="3">
-        <v>243.34</v>
+        <v>589.42</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>25</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A68" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A68" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C69" s="3">
+        <v>1614.84</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F69" s="3">
+        <v>5</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
+        <v>15</v>
+      </c>
+      <c r="I69" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I70" s="2"/>
+      <c r="C70" s="3">
+        <v>1540.3</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F70" s="3">
+        <v>26</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
+        <v>10</v>
+      </c>
+      <c r="I70" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C71" s="3">
-        <v>312.55</v>
+        <v>1059.53</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>133</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C72" s="3">
-        <v>329.42</v>
+        <v>1594.9</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>133</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C73" s="3">
+        <v>742.74</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" s="3">
+        <v>1</v>
+      </c>
+      <c r="G73" s="3">
+        <v>1</v>
+      </c>
+      <c r="H73" s="3">
+        <v>15</v>
+      </c>
+      <c r="I73" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C75" s="3">
-        <v>345</v>
+        <v>42.62</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>879</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C76" s="3">
+        <v>103.82</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F76" s="3">
+        <v>194</v>
+      </c>
+      <c r="G76" s="3">
+        <v>1</v>
+      </c>
+      <c r="H76" s="3">
+        <v>50</v>
+      </c>
+      <c r="I76" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I77" s="2"/>
+      <c r="C77" s="3">
+        <v>127.3</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F77" s="3">
+        <v>53</v>
+      </c>
+      <c r="G77" s="3">
+        <v>1</v>
+      </c>
+      <c r="H77" s="3">
+        <v>25</v>
+      </c>
+      <c r="I77" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C78" s="3">
-        <v>401.06</v>
+        <v>304.33</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C79" s="3">
-        <v>301.89</v>
+        <v>121.6</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I80" s="2"/>
+      <c r="A80" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C80" s="3">
+        <v>53.37</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" s="3">
+        <v>589</v>
+      </c>
+      <c r="G80" s="3">
+        <v>1</v>
+      </c>
+      <c r="H80" s="3">
+        <v>80</v>
+      </c>
+      <c r="I80" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>448.82</v>
+        <v>62.46</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B82" s="3" t="s">
+      <c r="C82" s="3">
+        <v>73.81</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82" s="3">
+        <v>21</v>
+      </c>
+      <c r="G82" s="3">
+        <v>1</v>
+      </c>
+      <c r="H82" s="3">
+        <v>50</v>
+      </c>
+      <c r="I82" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="C82" s="3">
-[...22 lines deleted...]
-      <c r="A83" s="2" t="s">
+      <c r="B83" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B83" s="2"/>
-[...6 lines deleted...]
-      <c r="I83" s="2"/>
+      <c r="C83" s="3">
+        <v>98.42</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83" s="3">
+        <v>93</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>50</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C84" s="3">
-        <v>124.37</v>
+        <v>432.6</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>1001</v>
+        <v>5</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C85" s="3">
-        <v>64.89</v>
+        <v>597.4</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>130</v>
+        <v>10</v>
       </c>
       <c r="I85" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C86" s="3">
-        <v>84.36</v>
+        <v>243.34</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>820</v>
+        <v>9</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C87" s="3">
-        <v>176.17</v>
+        <v>262.8</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I87" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C88" s="3">
-        <v>97.34</v>
+        <v>489.25</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
         <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C89" s="3">
-        <v>131.94</v>
+        <v>122.18</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>123</v>
+        <v>2922</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C90" s="3">
-        <v>108.6</v>
+        <v>545.9</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>507</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C91" s="3">
-        <v>105.02</v>
+        <v>122.21</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C92" s="3">
-        <v>274.34</v>
+        <v>239.99</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>345</v>
+        <v>2</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>180</v>
+        <v>25</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C93" s="3">
-        <v>107.89</v>
+        <v>164.37</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>1351</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C94" s="3">
-        <v>109.23</v>
+        <v>640</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C95" s="3">
-        <v>51.91</v>
+        <v>978.5</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
         <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C96" s="3">
-        <v>195.75</v>
+        <v>793.1</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>71</v>
+        <v>1</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C97" s="3">
-        <v>80.03</v>
+        <v>214.62</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>130</v>
+        <v>10</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C98" s="3">
-        <v>543.98</v>
+        <v>91.93</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>740</v>
+        <v>28</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C99" s="3">
-        <v>75.3</v>
+        <v>111.33</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>1057</v>
+        <v>34</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C100" s="3">
-        <v>144.92</v>
+        <v>102.74</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>130</v>
+        <v>50</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C101" s="3">
-        <v>261.72</v>
+        <v>119.95</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>131</v>
+        <v>49</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>180</v>
+        <v>25</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C102" s="3">
-        <v>273.83</v>
+        <v>134.11</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>248</v>
+        <v>57</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>180</v>
+        <v>25</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C103" s="3">
-        <v>131.79</v>
+        <v>155.85</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F103" s="3">
         <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C104" s="3">
-        <v>96.52</v>
+        <v>245.5</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>94</v>
+        <v>2</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="I104" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="3" t="s">
+      <c r="A105" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>476.01</v>
+        <v>375</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>781</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>70</v>
+        <v>12</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>193.96</v>
+        <v>375</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>186.02</v>
+        <v>307.97</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>160</v>
+        <v>666</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>286.6</v>
+        <v>375</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>141</v>
+        <v>202</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="3">
-        <v>131.94</v>
+        <v>375</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>69</v>
+        <v>327</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>140</v>
+        <v>12</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="2"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>293.46</v>
+        <v>534.91</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>218</v>
+        <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="I112" s="3">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C113" s="3">
-        <v>268.73</v>
+        <v>877.28</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>218</v>
+        <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>127</v>
+        <v>88</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I113" s="3">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C114" s="3">
-        <v>301.05</v>
+        <v>222.88</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>218</v>
+        <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>334</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I114" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C115" s="3">
-        <v>242.82</v>
+        <v>707.16</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>218</v>
+        <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I115" s="3">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C116" s="3">
+        <v>667.39</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="3">
+        <v>63</v>
+      </c>
+      <c r="G116" s="3">
+        <v>1</v>
+      </c>
+      <c r="H116" s="3">
+        <v>1</v>
+      </c>
+      <c r="I116" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="B116" s="3" t="s">
+      <c r="B117" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="C116" s="3">
-[...32 lines deleted...]
-      <c r="I117" s="2"/>
+      <c r="C117" s="3">
+        <v>532.2</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F117" s="3">
+        <v>41</v>
+      </c>
+      <c r="G117" s="3">
+        <v>1</v>
+      </c>
+      <c r="H117" s="3">
+        <v>1</v>
+      </c>
+      <c r="I117" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>247.5</v>
+        <v>257.08</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>3307</v>
+        <v>241</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3">
-        <v>410</v>
+        <v>958.68</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>378</v>
+        <v>13</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B120" s="3" t="s">
+      <c r="C120" s="3">
+        <v>150.94</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F120" s="3">
+        <v>550</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>1</v>
+      </c>
+      <c r="I120" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="C120" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B121" s="2"/>
+      <c r="C121" s="2"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
+      <c r="H121" s="2"/>
+      <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C122" s="3">
-        <v>630</v>
+        <v>273.83</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>437</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C123" s="3">
-        <v>527.77</v>
+        <v>109.23</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>175</v>
+        <v>26</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C124" s="3">
-        <v>900</v>
+        <v>105.02</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>642</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>12</v>
+        <v>140</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C125" s="3">
-        <v>536.42</v>
+        <v>131.94</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>677</v>
+        <v>65</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>12</v>
+        <v>140</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="C126" s="3">
+        <v>107.89</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F126" s="3">
+        <v>961</v>
+      </c>
+      <c r="G126" s="3">
+        <v>1</v>
+      </c>
+      <c r="H126" s="3">
+        <v>80</v>
+      </c>
+      <c r="I126" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B126" s="3" t="s">
+      <c r="B127" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="C126" s="3">
-[...32 lines deleted...]
-      <c r="I127" s="2"/>
+      <c r="C127" s="3">
+        <v>64.89</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F127" s="3">
+        <v>1</v>
+      </c>
+      <c r="G127" s="3">
+        <v>1</v>
+      </c>
+      <c r="H127" s="3">
+        <v>130</v>
+      </c>
+      <c r="I127" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="3">
-        <v>375</v>
+        <v>84.36</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>166</v>
+        <v>602</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>375</v>
+        <v>176.17</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>347</v>
+        <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="3">
-        <v>375</v>
+        <v>97.34</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>422</v>
+        <v>917</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="3">
-        <v>307.97</v>
+        <v>124.37</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>0</v>
+        <v>676</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>12</v>
+        <v>140</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="B132" s="3" t="s">
+      <c r="C132" s="3">
+        <v>274.34</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F132" s="3">
+        <v>143</v>
+      </c>
+      <c r="G132" s="3">
+        <v>1</v>
+      </c>
+      <c r="H132" s="3">
+        <v>180</v>
+      </c>
+      <c r="I132" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A133" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="C132" s="3">
-[...22 lines deleted...]
-      <c r="A133" s="2" t="s">
+      <c r="B133" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="B133" s="2"/>
-[...6 lines deleted...]
-      <c r="I133" s="2"/>
+      <c r="C133" s="3">
+        <v>51.91</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F133" s="3">
+        <v>0</v>
+      </c>
+      <c r="G133" s="3">
+        <v>1</v>
+      </c>
+      <c r="H133" s="3">
+        <v>160</v>
+      </c>
+      <c r="I133" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C134" s="3">
-        <v>1614.84</v>
+        <v>476.01</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>5</v>
+        <v>991</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="3">
-        <v>1059.53</v>
+        <v>131.94</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>7</v>
+        <v>140</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="3">
-        <v>1540.3</v>
+        <v>144.92</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>10</v>
+        <v>130</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="3">
-        <v>1594.9</v>
+        <v>186.02</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>85</v>
+        <v>32</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="3">
-        <v>742.74</v>
+        <v>80.03</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>218</v>
+        <v>14</v>
       </c>
       <c r="F138" s="3">
         <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>15</v>
+        <v>130</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="2" t="s">
+      <c r="A139" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="B139" s="2"/>
-[...6 lines deleted...]
-      <c r="I139" s="2"/>
+      <c r="C139" s="3">
+        <v>108.6</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F139" s="3">
+        <v>389</v>
+      </c>
+      <c r="G139" s="3">
+        <v>1</v>
+      </c>
+      <c r="H139" s="3">
+        <v>100</v>
+      </c>
+      <c r="I139" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C140" s="3">
-        <v>534.91</v>
+        <v>96.52</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>1</v>
+        <v>130</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C141" s="3">
-        <v>222.88</v>
+        <v>261.72</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>558</v>
+        <v>85</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>1</v>
+        <v>180</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C142" s="3">
-        <v>257.08</v>
+        <v>286.6</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>502</v>
+        <v>98</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>1</v>
+        <v>180</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C143" s="3">
-        <v>150.94</v>
+        <v>168.26</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>826</v>
+        <v>1001</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C144" s="3">
-        <v>707.16</v>
+        <v>75.3</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>63</v>
+        <v>508</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>1</v>
+        <v>140</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C145" s="3">
-        <v>667.39</v>
+        <v>543.98</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>168</v>
+        <v>689</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C146" s="3">
-        <v>877.28</v>
+        <v>131.79</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>128</v>
+        <v>802</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C147" s="3">
-        <v>958.68</v>
+        <v>193.96</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>77</v>
+        <v>5</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C148" s="3">
-        <v>532.2</v>
+        <v>195.75</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>107</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="2" t="s">
         <v>288</v>
       </c>
       <c r="B149" s="2"/>
       <c r="C149" s="2"/>
       <c r="D149" s="2"/>
       <c r="E149" s="2"/>
       <c r="F149" s="2"/>
       <c r="G149" s="2"/>
       <c r="H149" s="2"/>
       <c r="I149" s="2"/>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C150" s="3">
-        <v>665.12</v>
+        <v>920.36</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F150" s="3">
         <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>10</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C151" s="3">
-        <v>920.36</v>
+        <v>665.12</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F151" s="3">
         <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>10</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C152" s="3">
-        <v>466.13</v>
+        <v>1341.06</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F152" s="3">
         <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>10</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C153" s="3">
-        <v>1341.06</v>
+        <v>466.13</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>10</v>
       </c>
       <c r="I153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C154" s="3">
         <v>1124.76</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>10</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A4:I4"/>
-[...4 lines deleted...]
-    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A20:I20"/>
     <mergeCell ref="A36:I36"/>
-    <mergeCell ref="A39:I39"/>
-[...3 lines deleted...]
-    <mergeCell ref="A83:I83"/>
+    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A55:I55"/>
+    <mergeCell ref="A65:I65"/>
+    <mergeCell ref="A68:I68"/>
+    <mergeCell ref="A74:I74"/>
+    <mergeCell ref="A105:I105"/>
     <mergeCell ref="A111:I111"/>
-    <mergeCell ref="A117:I117"/>
-[...2 lines deleted...]
-    <mergeCell ref="A139:I139"/>
+    <mergeCell ref="A121:I121"/>
     <mergeCell ref="A149:I149"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D5" r:id="rId1"/>
-    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D4" r:id="rId1"/>
+    <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
-    <hyperlink ref="D12" r:id="rId6"/>
-    <hyperlink ref="D13" r:id="rId7"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D14" r:id="rId8"/>
     <hyperlink ref="D15" r:id="rId9"/>
     <hyperlink ref="D16" r:id="rId10"/>
     <hyperlink ref="D17" r:id="rId11"/>
     <hyperlink ref="D18" r:id="rId12"/>
-    <hyperlink ref="D19" r:id="rId13"/>
-[...9 lines deleted...]
-    <hyperlink ref="D30" r:id="rId23"/>
+    <hyperlink ref="D21" r:id="rId13"/>
+    <hyperlink ref="D22" r:id="rId14"/>
+    <hyperlink ref="D23" r:id="rId15"/>
+    <hyperlink ref="D24" r:id="rId16"/>
+    <hyperlink ref="D25" r:id="rId17"/>
+    <hyperlink ref="D26" r:id="rId18"/>
+    <hyperlink ref="D27" r:id="rId19"/>
+    <hyperlink ref="D28" r:id="rId20"/>
+    <hyperlink ref="D29" r:id="rId21"/>
+    <hyperlink ref="D30" r:id="rId22"/>
+    <hyperlink ref="D31" r:id="rId23"/>
     <hyperlink ref="D32" r:id="rId24"/>
-    <hyperlink ref="D34" r:id="rId25"/>
-[...6 lines deleted...]
-    <hyperlink ref="D43" r:id="rId32"/>
+    <hyperlink ref="D33" r:id="rId25"/>
+    <hyperlink ref="D34" r:id="rId26"/>
+    <hyperlink ref="D35" r:id="rId27"/>
+    <hyperlink ref="D37" r:id="rId28"/>
+    <hyperlink ref="D38" r:id="rId29"/>
+    <hyperlink ref="D39" r:id="rId30"/>
+    <hyperlink ref="D41" r:id="rId31"/>
+    <hyperlink ref="D42" r:id="rId32"/>
     <hyperlink ref="D44" r:id="rId33"/>
     <hyperlink ref="D45" r:id="rId34"/>
-    <hyperlink ref="D46" r:id="rId35"/>
-[...83 lines deleted...]
-    <hyperlink ref="D138" r:id="rId119"/>
+    <hyperlink ref="D47" r:id="rId35"/>
+    <hyperlink ref="D49" r:id="rId36"/>
+    <hyperlink ref="D50" r:id="rId37"/>
+    <hyperlink ref="D51" r:id="rId38"/>
+    <hyperlink ref="D52" r:id="rId39"/>
+    <hyperlink ref="D53" r:id="rId40"/>
+    <hyperlink ref="D54" r:id="rId41"/>
+    <hyperlink ref="D56" r:id="rId42"/>
+    <hyperlink ref="D57" r:id="rId43"/>
+    <hyperlink ref="D58" r:id="rId44"/>
+    <hyperlink ref="D59" r:id="rId45"/>
+    <hyperlink ref="D60" r:id="rId46"/>
+    <hyperlink ref="D61" r:id="rId47"/>
+    <hyperlink ref="D62" r:id="rId48"/>
+    <hyperlink ref="D63" r:id="rId49"/>
+    <hyperlink ref="D64" r:id="rId50"/>
+    <hyperlink ref="D66" r:id="rId51"/>
+    <hyperlink ref="D67" r:id="rId52"/>
+    <hyperlink ref="D69" r:id="rId53"/>
+    <hyperlink ref="D70" r:id="rId54"/>
+    <hyperlink ref="D71" r:id="rId55"/>
+    <hyperlink ref="D72" r:id="rId56"/>
+    <hyperlink ref="D73" r:id="rId57"/>
+    <hyperlink ref="D75" r:id="rId58"/>
+    <hyperlink ref="D76" r:id="rId59"/>
+    <hyperlink ref="D77" r:id="rId60"/>
+    <hyperlink ref="D78" r:id="rId61"/>
+    <hyperlink ref="D79" r:id="rId62"/>
+    <hyperlink ref="D80" r:id="rId63"/>
+    <hyperlink ref="D81" r:id="rId64"/>
+    <hyperlink ref="D82" r:id="rId65"/>
+    <hyperlink ref="D83" r:id="rId66"/>
+    <hyperlink ref="D84" r:id="rId67"/>
+    <hyperlink ref="D85" r:id="rId68"/>
+    <hyperlink ref="D86" r:id="rId69"/>
+    <hyperlink ref="D87" r:id="rId70"/>
+    <hyperlink ref="D88" r:id="rId71"/>
+    <hyperlink ref="D89" r:id="rId72"/>
+    <hyperlink ref="D90" r:id="rId73"/>
+    <hyperlink ref="D91" r:id="rId74"/>
+    <hyperlink ref="D92" r:id="rId75"/>
+    <hyperlink ref="D93" r:id="rId76"/>
+    <hyperlink ref="D94" r:id="rId77"/>
+    <hyperlink ref="D95" r:id="rId78"/>
+    <hyperlink ref="D96" r:id="rId79"/>
+    <hyperlink ref="D97" r:id="rId80"/>
+    <hyperlink ref="D98" r:id="rId81"/>
+    <hyperlink ref="D99" r:id="rId82"/>
+    <hyperlink ref="D100" r:id="rId83"/>
+    <hyperlink ref="D101" r:id="rId84"/>
+    <hyperlink ref="D102" r:id="rId85"/>
+    <hyperlink ref="D103" r:id="rId86"/>
+    <hyperlink ref="D104" r:id="rId87"/>
+    <hyperlink ref="D106" r:id="rId88"/>
+    <hyperlink ref="D107" r:id="rId89"/>
+    <hyperlink ref="D108" r:id="rId90"/>
+    <hyperlink ref="D109" r:id="rId91"/>
+    <hyperlink ref="D110" r:id="rId92"/>
+    <hyperlink ref="D112" r:id="rId93"/>
+    <hyperlink ref="D113" r:id="rId94"/>
+    <hyperlink ref="D114" r:id="rId95"/>
+    <hyperlink ref="D115" r:id="rId96"/>
+    <hyperlink ref="D116" r:id="rId97"/>
+    <hyperlink ref="D117" r:id="rId98"/>
+    <hyperlink ref="D118" r:id="rId99"/>
+    <hyperlink ref="D119" r:id="rId100"/>
+    <hyperlink ref="D120" r:id="rId101"/>
+    <hyperlink ref="D122" r:id="rId102"/>
+    <hyperlink ref="D123" r:id="rId103"/>
+    <hyperlink ref="D124" r:id="rId104"/>
+    <hyperlink ref="D125" r:id="rId105"/>
+    <hyperlink ref="D126" r:id="rId106"/>
+    <hyperlink ref="D127" r:id="rId107"/>
+    <hyperlink ref="D128" r:id="rId108"/>
+    <hyperlink ref="D129" r:id="rId109"/>
+    <hyperlink ref="D130" r:id="rId110"/>
+    <hyperlink ref="D131" r:id="rId111"/>
+    <hyperlink ref="D132" r:id="rId112"/>
+    <hyperlink ref="D133" r:id="rId113"/>
+    <hyperlink ref="D134" r:id="rId114"/>
+    <hyperlink ref="D135" r:id="rId115"/>
+    <hyperlink ref="D136" r:id="rId116"/>
+    <hyperlink ref="D137" r:id="rId117"/>
+    <hyperlink ref="D138" r:id="rId118"/>
+    <hyperlink ref="D139" r:id="rId119"/>
     <hyperlink ref="D140" r:id="rId120"/>
     <hyperlink ref="D141" r:id="rId121"/>
     <hyperlink ref="D142" r:id="rId122"/>
     <hyperlink ref="D143" r:id="rId123"/>
     <hyperlink ref="D144" r:id="rId124"/>
     <hyperlink ref="D145" r:id="rId125"/>
     <hyperlink ref="D146" r:id="rId126"/>
     <hyperlink ref="D147" r:id="rId127"/>
     <hyperlink ref="D148" r:id="rId128"/>
     <hyperlink ref="D150" r:id="rId129"/>
     <hyperlink ref="D151" r:id="rId130"/>
     <hyperlink ref="D152" r:id="rId131"/>
     <hyperlink ref="D153" r:id="rId132"/>
     <hyperlink ref="D154" r:id="rId133"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>