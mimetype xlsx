--- v0 (2025-11-03)
+++ v1 (2026-01-14)
@@ -8,1144 +8,1210 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="668" uniqueCount="364">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="709" uniqueCount="386">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Силовое оборудование</t>
   </si>
   <si>
-    <t>1.1 Сварочное оборудование</t>
-[...5 lines deleted...]
-    <t>1.1.1.1 Аппараты для сварки труб</t>
+    <t>1.1 Нейлеры</t>
+  </si>
+  <si>
+    <t>KR-16-1610</t>
+  </si>
+  <si>
+    <t>Пневмопистолет гвоздезабивной (нейлер) 2в1 N50/S40 KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-16-1650</t>
+  </si>
+  <si>
+    <t>Пистолет гвоздезабивной газовый монтажный GN95, 95Дж, длина гвоздей 15-40мм, диаметр 2,7-3мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1655</t>
+  </si>
+  <si>
+    <t>Пистолет гвоздезабивной газовый монтажный GN100, 100Дж, длина гвоздей 15-40мм, диаметр 2,7-3мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1620</t>
+  </si>
+  <si>
+    <t>Пневмопистолет гвоздезабивной (нейлер) N90/D21, наклон 21 градус KRANZ</t>
+  </si>
+  <si>
+    <t>1.1.1 Крепеж и аксессуары для нейлеров</t>
+  </si>
+  <si>
+    <t>KR-16-1718</t>
+  </si>
+  <si>
+    <t>Гвозди по бетону 3х25мм, 1000 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-16-1714</t>
+  </si>
+  <si>
+    <t>Гвозди по бетону 3х19мм, 1000 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1716</t>
+  </si>
+  <si>
+    <t>Гвозди по бетону 3х22мм, 1000 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>1.2 Сварочное оборудование</t>
+  </si>
+  <si>
+    <t>1.2.1 Сварочные аппараты</t>
+  </si>
+  <si>
+    <t>1.2.1.1 Аппараты для сварки труб</t>
+  </si>
+  <si>
+    <t>11-1000</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 900 Вт REXANT RX-900 (Japan teflon)</t>
   </si>
   <si>
     <t>11-1003</t>
   </si>
   <si>
     <t>Сварочный аппарат для труб 700 Вт REXANT RX-700</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Сварочный аппарат для труб 900 Вт REXANT RX-900 (Japan teflon)</t>
+    <t>11-1001</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 1000 Вт REXANT RX-1000</t>
   </si>
   <si>
     <t>11-1002</t>
   </si>
   <si>
     <t>Сварочный аппарат для труб 800 Вт REXANT RX-800</t>
   </si>
   <si>
-    <t>11-1001</t>
-[...5 lines deleted...]
-    <t>1.1.1.2 Сварочные аппараты MMA</t>
+    <t>1.2.1.2 Сварочные аппараты MMA</t>
+  </si>
+  <si>
+    <t>11-0911</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-180А</t>
+  </si>
+  <si>
+    <t>11-0912</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-200А</t>
   </si>
   <si>
     <t>11-0913</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный REXANT АС-220А</t>
   </si>
   <si>
-    <t>11-0911</t>
-[...4 lines deleted...]
-  <si>
     <t>11-0910</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный REXANT АС-160А</t>
   </si>
   <si>
-    <t>11-0912</t>
-[...5 lines deleted...]
-    <t>1.1.1.3 Полуавтоматические сварочные аппараты инверторного типа MIG/MAG</t>
+    <t>1.2.1.3 Полуавтоматические сварочные аппараты инверторного типа MIG/MAG</t>
   </si>
   <si>
     <t>11-0927</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный полуавтоматический MIG-200 KRANZ</t>
   </si>
   <si>
     <t>11-0926</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный полуавтоматический MIG-160 KRANZ</t>
   </si>
   <si>
-    <t>1.1.1.4 Сварочные аппараты MINI</t>
+    <t>1.2.1.4 Сварочные аппараты MINI</t>
+  </si>
+  <si>
+    <t>11-0915</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный MINI-160 REXANT</t>
   </si>
   <si>
     <t>11-0916</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный MINI-190 REXANT</t>
   </si>
   <si>
-    <t>11-0915</t>
-[...8 lines deleted...]
-    <t>1.1.2.1 Провода и кабель для сварочных аппаратов</t>
+    <t>1.2.2 Аксессуары для сварочных аппаратов</t>
+  </si>
+  <si>
+    <t>1.2.2.1 Провода и кабель для сварочных аппаратов</t>
+  </si>
+  <si>
+    <t>01-8413-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-8413-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8413-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8414-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 10 метров REXANT</t>
   </si>
   <si>
     <t>01-8410-10</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х10 мм², длина 10 метров REXANT</t>
   </si>
   <si>
-    <t>бухта</t>
-[...13 lines deleted...]
-  <si>
     <t>01-8414-5</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 5 метров REXANT</t>
   </si>
   <si>
-    <t>01-8413-5</t>
-[...4 lines deleted...]
-  <si>
     <t>01-8412-10</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 10 метров REXANT</t>
   </si>
   <si>
-    <t>01-8414-10</t>
-[...2 lines deleted...]
-    <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 10 метров REXANT</t>
+    <t>01-8411-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8412-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 3 метра REXANT</t>
   </si>
   <si>
     <t>01-8412-3</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 3 метра REXANT</t>
   </si>
   <si>
-    <t>01-8411-5</t>
-[...23 lines deleted...]
-    <t>1.1.2.2 Клеммы заземления</t>
+    <t>1.2.2.2 Клеммы заземления</t>
   </si>
   <si>
     <t>12-4863</t>
   </si>
   <si>
     <t>Клемма заземления магнитная 500A REXANT</t>
   </si>
   <si>
     <t>16-0054-9</t>
   </si>
   <si>
-    <t>Зажим «крокодил» 400 А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+    <t>Зажим «крокодил» 400А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0055</t>
+  </si>
+  <si>
+    <t>Клемма заземления типа «крокодил» 500А 200мм для сварки REXANT</t>
+  </si>
+  <si>
+    <t>16-0052-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 200А 140 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
   </si>
   <si>
     <t>16-0083-9</t>
   </si>
   <si>
-    <t>Клемма заземления магнитная 315 А САТУРН РОССИЯ</t>
-[...5 lines deleted...]
-    <t>Клемма заземления типа «крокодил» 500А 200мм для сварки REXANT</t>
+    <t>Клемма заземления магнитная 315А САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>12-4861</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 200A REXANT</t>
+  </si>
+  <si>
+    <t>16-0053-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 315А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
   </si>
   <si>
     <t>16-0053</t>
   </si>
   <si>
     <t>Клемма заземления типа «крокодил» 300А 170мм для сварки REXANT</t>
   </si>
   <si>
-    <t>16-0053-9</t>
-[...17 lines deleted...]
-    <t>1.1.2.3 Электрододержатели</t>
+    <t>1.2.2.3 Электрододержатели</t>
   </si>
   <si>
     <t>16-0855</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 300 А Italian type</t>
+    <t>Держатель электрода 300А Italian type REXANT</t>
   </si>
   <si>
     <t>16-0856</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 500 А Italian type</t>
+    <t>Держатель электрода 500А Italian type REXANT</t>
+  </si>
+  <si>
+    <t>16-0704-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 400A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0850</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А С-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0857-6</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А E-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0702-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 200A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0703-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 315A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0851</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А С-type REXANT</t>
   </si>
   <si>
     <t>16-0853</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 300 А American type</t>
+    <t>Держатель электрода 300А American type REXANT</t>
   </si>
   <si>
     <t>16-0854</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 500 А American type</t>
-[...38 lines deleted...]
-    <t>1.1.2.4 Вилки и разъемы для сварочного кабеля</t>
+    <t>Держатель электрода 500А American type REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2.4 Вилки и разъемы для сварочного кабеля</t>
+  </si>
+  <si>
+    <t>16-0885</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0881</t>
+  </si>
+  <si>
+    <t>Розетка панельная (гнездо) СКРП 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0882</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 10-25 REXANT</t>
   </si>
   <si>
     <t>16-0880</t>
   </si>
   <si>
-    <t>Розетка панельная (гнездо) REXANT модель СКРП (гн.) 10-25</t>
-[...17 lines deleted...]
-    <t>Вилка кабельная (вставка) REXANT модель СКР (шт.) 10-25</t>
+    <t>Розетка панельная (гнездо) СКРП 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0883</t>
+  </si>
+  <si>
+    <t>Розетка кабельная (гнездо) СКР 10-25 REXANT</t>
   </si>
   <si>
     <t>16-0884</t>
   </si>
   <si>
-    <t>Розетка кабельная (гнездо) REXANT модель СКР (гн.) 35-50</t>
-[...8 lines deleted...]
-    <t>1.1.2.5 Комплекты сварочных проводов</t>
+    <t>Розетка кабельная (гнездо) СКР 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2.5 Комплекты сварочных проводов</t>
+  </si>
+  <si>
+    <t>16-0764</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с клеммой заземления 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0775</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0776</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0781</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0754</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 25мм² 300А СКР 10-25 3м REXANT</t>
   </si>
   <si>
     <t>16-0772</t>
   </si>
   <si>
-    <t xml:space="preserve">Комплект сварочных проводов REXANT СКР 10-25 16 мм² 3 м </t>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0773</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0777</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 3м REXANT</t>
   </si>
   <si>
     <t>16-0783</t>
   </si>
   <si>
-    <t>Удлинитель сварочного кабеля шт.-гн. REXANT СКР 10-25 25 мм² 3 м</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">Комплект сварочных проводов REXANT СКР 10-25 25 мм² 5 м </t>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0778</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0799</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 35-50, 25мм², 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0753</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 16мм² 200А СКР 10-25 3м REXANT</t>
   </si>
   <si>
     <t>16-0763</t>
   </si>
   <si>
-    <t>Сварочный кабель с клеммой заземления REXANT 16 мм² 200 А СКР 10-25 3 м</t>
-[...53 lines deleted...]
-    <t>1.1.3.1 Электроды</t>
+    <t>Сварочный кабель с клеммой заземления 16мм² 200А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Расходные материалы для сварочных работ</t>
+  </si>
+  <si>
+    <t>1.2.3.1 Электроды</t>
+  </si>
+  <si>
+    <t>11-0956</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 1 кг</t>
+  </si>
+  <si>
+    <t>11-0960</t>
+  </si>
+  <si>
+    <t>Электрод REXANT ОЗС-12, 350 мм/3 мм, пачка 1 кг</t>
+  </si>
+  <si>
+    <t>11-0962</t>
+  </si>
+  <si>
+    <t>Электрод УОНИ-13/55, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0953</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 5 кг</t>
+  </si>
+  <si>
+    <t>11-0950</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0961</t>
+  </si>
+  <si>
+    <t>Электрод ОК-46, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0969</t>
+  </si>
+  <si>
+    <t>Электрод 350мм ОК-46 3мм пачка 3кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0952</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 3 кг</t>
   </si>
   <si>
     <t>11-0970</t>
   </si>
   <si>
     <t>Электрод 350мм ОК-46 3мм пачка 5кг REXANT</t>
   </si>
   <si>
-    <t>упак</t>
+    <t>11-0951</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 5кг REXANT</t>
   </si>
   <si>
     <t>11-0958</t>
   </si>
   <si>
     <t>Электрод 450 мм АНО-21 4 мм 1 кг</t>
   </si>
   <si>
-    <t>11-0952</t>
-[...40 lines deleted...]
-  <si>
     <t>11-0957</t>
   </si>
   <si>
     <t>Электрод 350мм АНО-21 3мм 1кг REXANT</t>
   </si>
   <si>
-    <t>11-0961</t>
-[...11 lines deleted...]
-    <t>1.1.3.2 Сварочная проволока</t>
+    <t>1.2.3.2 Сварочная проволока</t>
   </si>
   <si>
     <t>KR-11-0982-5</t>
   </si>
   <si>
     <t>Сварочная проволока омедненная Св08Г2С-О (ER70S-6; SG2) 5 кг 1,0 мм D200 KRANZ</t>
   </si>
   <si>
     <t>KR-11-0981-5</t>
   </si>
   <si>
     <t>Сварочная проволока омедненная Св08Г2С-О (ER70S-6; SG2) 5 кг 0,8 мм D200 KRANZ</t>
   </si>
   <si>
-    <t>1.1.4 Сварочный инструмент</t>
-[...2 lines deleted...]
-    <t>1.1.4.1 Магнитные угольники для сварки</t>
+    <t>1.2.4 Сварочный инструмент</t>
+  </si>
+  <si>
+    <t>1.2.4.1 Магнитные угольники для сварки</t>
+  </si>
+  <si>
+    <t>12-4830</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки набор 4 шт. на 4 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4826</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4835</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4836</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 23 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4839</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 4 угла, усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4824</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4831</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4827</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 45 кг REXANT</t>
   </si>
   <si>
     <t>12-4825</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 22,6 кг REXANT</t>
   </si>
   <si>
-    <t>12-4827</t>
-[...20 lines deleted...]
-    <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 11,3 кг REXANT</t>
+    <t>12-4832</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 22,6 кг REXANT</t>
   </si>
   <si>
     <t>12-4837</t>
   </si>
   <si>
     <t>Шарнирный держатель для сварки усилие 34 кг REXANT</t>
   </si>
   <si>
     <t>12-4833</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки на 6 углов усилие 34 кг REXANT</t>
   </si>
   <si>
-    <t>12-4826</t>
-[...29 lines deleted...]
-    <t>1.1.4.2 Труборезы для пластиковых труб</t>
+    <t>1.2.4.2 Труборезы для пластиковых труб</t>
+  </si>
+  <si>
+    <t>11-1018</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RSA-SK5 REXANT</t>
+  </si>
+  <si>
+    <t>11-1019</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RS-65Mn REXANT</t>
   </si>
   <si>
     <t>11-1017</t>
   </si>
   <si>
-    <t>Труборез для пластиковых труб 42 мм REXANT RA-65Mn</t>
-[...17 lines deleted...]
-    <t>1.1.5.1 Сварочные маски и щитки</t>
+    <t>Труборез для пластиковых труб 42 мм RA-65Mn REXANT</t>
+  </si>
+  <si>
+    <t>1.2.5 Защита и спецодежда для сварки</t>
+  </si>
+  <si>
+    <t>1.2.5.1 Сварочные маски и щитки</t>
+  </si>
+  <si>
+    <t>KR-16-0797</t>
+  </si>
+  <si>
+    <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 777 KRANZ</t>
   </si>
   <si>
     <t>KR-16-0795</t>
   </si>
   <si>
     <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 100 KRANZ</t>
   </si>
   <si>
-    <t>KR-16-0797</t>
-[...2 lines deleted...]
-    <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 777 KRANZ</t>
+    <t>KR-16-0796</t>
+  </si>
+  <si>
+    <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 400 KRANZ</t>
   </si>
   <si>
     <t>KR-16-0798</t>
   </si>
   <si>
     <t xml:space="preserve">Маска сварщика с черным минеральным стеклом DIN 9 KRANZ </t>
   </si>
   <si>
-    <t>KR-16-0796</t>
-[...8 lines deleted...]
-    <t>1.2.1 Бетоносмесители</t>
+    <t>1.3 Строительное оборудование</t>
+  </si>
+  <si>
+    <t>1.3.1 Бетоносмесители</t>
+  </si>
+  <si>
+    <t>KR-16-1104</t>
+  </si>
+  <si>
+    <t>Бетоносмеситель KR-160, 700Вт, 160л, чугунный венец KRANZ</t>
   </si>
   <si>
     <t>KR-16-1106</t>
   </si>
   <si>
     <t>Бетоносмеситель KR-200, 1000Вт, 200л, чугунный венец KRANZ</t>
   </si>
   <si>
     <t>KR-16-1105</t>
   </si>
   <si>
     <t>Бетоносмеситель KR-180, 700Вт, 180л, чугунный венец KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1104</t>
-[...8 lines deleted...]
-    <t>1.3.1 Бензиновые генераторы</t>
+    <t>1.3.2 Строительные пылесосы и аксессуары</t>
+  </si>
+  <si>
+    <t>KR-16-1115</t>
+  </si>
+  <si>
+    <t>Пылесос строительный KR15, 1200Вт, 15л, 4м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-0004</t>
+  </si>
+  <si>
+    <t>Мешок тканевый многоразовый для строительных пылесосов KR1530 15-30л  KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-0001</t>
+  </si>
+  <si>
+    <t>Насадка для сбора пыли при сверлении для пылесоса, диаметр 15мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-0002</t>
+  </si>
+  <si>
+    <t>Комплект одноразовых мешков для строительного пылесоса KR15, 15л KRANZ</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>KR-16-0003</t>
+  </si>
+  <si>
+    <t>Комплект одноразовых мешков для строительного пылесоса KR30, 30л KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1117</t>
+  </si>
+  <si>
+    <t>Пылесос строительный KR30, 1400Вт, 30л, 4м KRANZ</t>
+  </si>
+  <si>
+    <t>1.4 Компрессоры и пневмоинструмент</t>
+  </si>
+  <si>
+    <t>1.4.1 Компрессоры</t>
+  </si>
+  <si>
+    <t>KR-16-1161</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный безмасляный KR-850/10, 850Вт, 140 л/мин, 10л KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1151</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный KR-1500/24, 1500Вт, 230 л/мин, 24л KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1152</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный KR-1500/50, 1500Вт, 280 л/мин, 50л KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1153</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный KR-2200/50, 2200Вт, 400 л/мин, 50л KRANZ</t>
+  </si>
+  <si>
+    <t>1.4.2 Аксессуары для компрессоров</t>
+  </si>
+  <si>
+    <t>KR-16-1406</t>
+  </si>
+  <si>
+    <t>Пистолет для накачки шин PRO KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1173</t>
+  </si>
+  <si>
+    <t>Шланг спиральный для компрессора, с быстросъемным соединением, 15м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1410</t>
+  </si>
+  <si>
+    <t>Пистолет моечный (мовильный), металлический бачок, 900мл KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор пневмоинструментов KRANZ </t>
+  </si>
+  <si>
+    <t>KR-16-1171</t>
+  </si>
+  <si>
+    <t>Шланг спиральный для компрессора, с быстросъемным соединением, 5м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1403</t>
+  </si>
+  <si>
+    <t>Пистолет для антигравийных и антикоррозийных составов с гибким и прямым соплом + регулятор давления KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1172</t>
+  </si>
+  <si>
+    <t>Шланг спиральный для компрессора, с быстросъемным соединением, 10м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1415</t>
+  </si>
+  <si>
+    <t>Пистолет продувочный пневматический, металлический, с удлиненным соплом (135мм) KRANZ</t>
+  </si>
+  <si>
+    <t>1.4.3 Пневматический инструмент</t>
+  </si>
+  <si>
+    <t>KR-80-0702</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 680 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0706</t>
+  </si>
+  <si>
+    <t>Трещотка пневматическая 1/4", 70 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0703</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 868 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0704</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 1490 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0701</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 330 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0705</t>
+  </si>
+  <si>
+    <t>Трещотка пневматическая 1/2", 70 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>1.5 Садовая и уборочная техника</t>
+  </si>
+  <si>
+    <t>1.5.1 Мотокультиваторы и мотоблоки</t>
+  </si>
+  <si>
+    <t>KR-16-1111</t>
+  </si>
+  <si>
+    <t>Мотоблок бензиновый KR-207 KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.2 Снегоуборщики бензиновые</t>
+  </si>
+  <si>
+    <t>KR-16-1121</t>
+  </si>
+  <si>
+    <t>Снегоуборщик бензиновый KR562 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1122</t>
+  </si>
+  <si>
+    <t>Снегоуборщик бензиновый KR613 KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.3 Триммеры и аксессуары</t>
+  </si>
+  <si>
+    <t>KR-16-1211</t>
+  </si>
+  <si>
+    <t>Триммер электрический KR-300, 300Вт, 250мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1202</t>
+  </si>
+  <si>
+    <t>Триммер бензиновый KR-52, 52см3, 3 л.с, разборная штанга KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1222</t>
+  </si>
+  <si>
+    <t>Катушка для триммера полуавтоматическая KR-115PA, гайка M10x1,25, винт M10-M10 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1224</t>
+  </si>
+  <si>
+    <t>Диск для триммера 230x25,4мм, толщина 1,3мм, 40 зубьев KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1221</t>
+  </si>
+  <si>
+    <t>Катушка для триммера полуавтоматическая KR-115PP, гайка М10x1,25 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1223</t>
+  </si>
+  <si>
+    <t>Катушка для триммера полуавтоматическая KR-130PP, гайка M10x1,25, винт M10-M10 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1212</t>
+  </si>
+  <si>
+    <t>Триммер электрический KR-1400, 1400Вт, 420/255мм, катушка+диск, разборная штанга KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1225</t>
+  </si>
+  <si>
+    <t>Ранцевый ремень с защитой бедра для бензиновых триммеров KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.4 Газонокосилки и аксессуары</t>
+  </si>
+  <si>
+    <t>1.5.4.1 Газонокосилки бензиновые</t>
+  </si>
+  <si>
+    <t>KR-16-1235</t>
+  </si>
+  <si>
+    <t>Газонокосилка бензиновая KR-430NSP несамоходная, 150см3, 43см KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1231</t>
+  </si>
+  <si>
+    <t>Газонокосилка бензиновая KR-460SP самоходная, 150см3, 46см KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1232</t>
+  </si>
+  <si>
+    <t>Газонокосилка бензиновая KR-510SP самоходная, 200см3, 51см KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.4.2 Газонокосилки электрические</t>
+  </si>
+  <si>
+    <t>KR-16-1241</t>
+  </si>
+  <si>
+    <t>Газонокосилка электрическая KR-2000, 2000Вт, ширина 42см, 6 уровней, 45л KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.5 Пилы и аксессуары</t>
+  </si>
+  <si>
+    <t>KR-16-1183</t>
+  </si>
+  <si>
+    <t>Пила цепная бензиновая KR-5850, шина 50см, 4,1 л.с, шаг 0,325, 76 звеньев KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1192</t>
+  </si>
+  <si>
+    <t>Цепь для бензопилы KR-4572, шина 45см, шаг 0,325, 72 звена KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1193</t>
+  </si>
+  <si>
+    <t>Цепь для бензопилы KR-5076, шина 50см, шаг 0,325, 76 звеньев KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1182</t>
+  </si>
+  <si>
+    <t>Пила цепная бензиновая KR-5245, шина 45см, 3,5 л.с, шаг 0,325, 72 звена KRANZ</t>
+  </si>
+  <si>
+    <t>1.6 Моечное и насосное оборудование</t>
+  </si>
+  <si>
+    <t>1.6.1 Мойки высокого давления</t>
+  </si>
+  <si>
+    <t>KR-16-1262</t>
+  </si>
+  <si>
+    <t>Мойка высокого давления KR-170 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1269</t>
+  </si>
+  <si>
+    <t>Мойка высокого давления KR-171, 2200Вт, 450 л/ч, 170 Бар KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1263</t>
+  </si>
+  <si>
+    <t>Мойка высокого давления KR-210 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1261</t>
+  </si>
+  <si>
+    <t>Мойка высокого давления KR-110 KRANZ</t>
+  </si>
+  <si>
+    <t>1.7 Генераторы</t>
+  </si>
+  <si>
+    <t>1.7.1 Бензиновые генераторы</t>
+  </si>
+  <si>
+    <t>KR-16-1135</t>
+  </si>
+  <si>
+    <t>Генератор бензиновый KR5500EA, 5,5кВт, 230В, 25л, коннектор автоматики, электростартер KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1138</t>
+  </si>
+  <si>
+    <t>Генератор бензиновый KR9000EA, 9,0кВт, 230В, 25л, коннектор автоматики, электростартер KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1139</t>
+  </si>
+  <si>
+    <t>Генератор бензиновый KR8000EA, 8кВт, 25л, коннектор автоматики, электростартер KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1140</t>
+  </si>
+  <si>
+    <t>Генератор бензиновый KR9000EA-3, 9кВт, 230В/380В, 25л, коннектор автоматики, электростартер KRANZ</t>
   </si>
   <si>
     <t>KR-16-1133</t>
   </si>
   <si>
     <t>Генератор бензиновый KR3300, 3,3кВт, 230В, 15л, ручной стартер KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1135</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-16-1137</t>
   </si>
   <si>
     <t>Генератор бензиновый KR8000, 8кВт, 230В, 25л, ручной старт KRANZ</t>
   </si>
   <si>
-    <t>1.3.2 Инверторные генераторы</t>
+    <t>1.7.2 Инверторные генераторы</t>
+  </si>
+  <si>
+    <t>KR-16-1146</t>
+  </si>
+  <si>
+    <t>Генератор инверторный KR5500IE, 5,5кВт, 230В, 10л, закрытый корпус, электростартер KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1142</t>
+  </si>
+  <si>
+    <t>Генератор инверторный KR2500IO, 2,5кВт, 230В, 7л, открытый корпус, ручной старт KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1145</t>
+  </si>
+  <si>
+    <t>Генератор инверторный KR1200I, 1,2кВт, 230В, 2л, закрытый корпус, ручной старт KRANZ</t>
   </si>
   <si>
     <t>KR-16-1141</t>
   </si>
   <si>
     <t>Генератор инверторный KR2200I, 2,2кВт, 230В, 4л, закрытый корпус, ручной старт KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1142</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-16-1143</t>
   </si>
   <si>
     <t>Генератор инверторный KR3500IO, 3,5кВт, 230В, 7л, открытый корпус, ручной старт KRANZ</t>
   </si>
   <si>
-    <t>1.4 Компрессоры и пневмоинструмент</t>
-[...287 lines deleted...]
-    <t>1.7 Аксессуары для силовой техники</t>
+    <t>1.8 Аксессуары для силовой техники</t>
+  </si>
+  <si>
+    <t>KR-16-1299</t>
+  </si>
+  <si>
+    <t>Моторное масло полусинтетическое для 4-хтактных двигателей SAE 5W30, 1л KRANZ</t>
   </si>
   <si>
     <t>KR-16-1301</t>
   </si>
   <si>
     <t>Чехол для снегоуборщика и садово-уборочной техники, черный KRANZ</t>
-  </si>
-[...52 lines deleted...]
-    <t>Гвозди по бетону 3х25мм, 1000 шт. KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1530,56 +1596,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-700-vt-rexant-rx-700-20265" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon-20263" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-800-vt-rexant-rx-800-20266" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-1000-vt-rexant-rx-1000-20264" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-220a-15798" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-180a-15797" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-160a-15795" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-200a-15796" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-poluavtomaticheskiy-mig-200-kranz-30106" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-poluavtomaticheskiy-mig-160-kranz-30105" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-mini-190-rexant-30104" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-mini-160-rexant-30103" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h10-mm-sup2-dlina-10-metrov-rexant-24256" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-3-metra-rexant-20984" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-10-metrov-rexant-20986" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h50-mm-sup2-dlina-5-metrov-rexant-20988" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-5-metrov-rexant-20985" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-10-metrov-rexant-20993" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h50-mm-sup2-dlina-10-metrov-rexant-20989" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-3-metra-rexant-20992" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-5-metrov-rexant-19727" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-3-metra-rexant-20990" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-5-metrov-rexant-20994" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-10-metrov-rexant-20991" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500-a-rexant-19096" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-400-a-170-mm-dlya-svarki-latun-saturn-profi-rossiya-19862" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315-a-saturn-rossiya-19859" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500-a-200-mm-dlya-svarki-rexant-14553" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300-a-170-mm-dlya-svarki-rexant-14571" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-315-a-170-mm-dlya-svarki-latun-saturn-profi-rossiya-19858" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-200-a-140-mm-dlya-svarki-latun-saturn-profi-rossiya-19856" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200-a-rexant-19099" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-italian-type-22038" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-italian-type-22039" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-american-type-22036" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-american-type-22037" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-s-type-22035" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-200-a-latun-saturn-rossiya-19860" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-e-type-24791" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-315-a-latun-saturn-rossiya-19857" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-400-a-latun-saturn-rossiya-19855" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-s-type-22034" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-rexant-model-skrp-gn-10-25-22030" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-rexant-model-skrp-gn-35-50-22031" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-rexant-model-skr-sht-35-50-22033" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-rexant-model-skr-sht-10-25-22032" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-rexant-model-skr-gn-35-50-22029" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-rexant-model-skr-gn-10-25-22028" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-3-m-28167" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-25-mm-sup2-3-m-28172" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-5-m-28168" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-5-m-28557" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28165" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-35-50-25-mm-sup2-3-m-28170" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28163" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28166" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-16-mm-sup2-3-m-28171" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-3-m-28169" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28164" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-rexant-skr-35-50-25-mm-5-m.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ok-46-3-mm-pachka-5-kg-rexant-28749" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg-19735" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg-19561" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-rexant-350-mm-3-mm-pachka-1-kg-19560" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-mp-3c-350-mm-3-mm-pachka-5-kg-19564" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg-19562" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg-19728" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm-3-mm-pachka-1-kg-20021" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ok-46-3-mm-pachka-3-kg-rexant-28748" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ano-21-3-mm-1-kg-19736" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ok-46-350-mm-3-mm-pachka-1-kg-20022" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-uoni-13-55-350-mm-3-mm-pachka-1-kg-20023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-1-0-mm-d200-kranz-28769" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-0-8-mm-d200-kranz-28768" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant-27870" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant-27872" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant-12452" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant-15456" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-otklyuchaemiy-na-3-ugla-usilie-11-3-kg-rexant-19097" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirniy-derjatel-dlya-svarki-usilie-34-kg-rexant-27873" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant-12453" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant-27871" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant-27869" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant-12451" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-otklyuchaemiy-na-3-ugla-usilie-23-kg-rexant-19100" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant-19098" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-ra-65mn-29307" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-rsa-sk5-29308" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-rs-65mn-29309" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-100-kranz-28643" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-777-kranz-28645" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-chernim-mineralnim-steklom-din-9-kranz-28642" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-400-kranz-28644" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-200-1000vt-200l-chugunniy-venets-kranz-29838" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-180-700vt-180l-chugunniy-venets-kranz-29837" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-160-700vt-160l-chugunniy-venets-kranz-29836" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinoviy-kr3300-3-3kvt-230v-15l-ruchnoy-starter-kranz-30623" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinoviy-kr5500ea-5-5kvt-230v-25l-konnektor-avtomatiki-elektrostarter-kranz-30624" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinoviy-kr9000ea-9-0kvt-230v-25l-konnektor-avtomatiki-elektrostarter-kranz-30626" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinoviy-kr8000-8kvt-230v-25l-ruchnoy-start-kranz-30625" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertorniy-kr2200i-2-2kvt-230v-4l-zakritiy-korpus-ruchnoy-start-kranz-30627" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertorniy-kr2500io-2-5kvt-230v-7l-otkritiy-korpus-ruchnoy-start-kranz-30628" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertorniy-kr3500io-3-5kvt-230v-7l-otkritiy-korpus-ruchnoy-start-kranz-30629" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushniy-kr-1500-24-1500vt-230-l-min-24l-kranz-31842" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushniy-kr-2200-50-2200vt-400-l-min-50l-kranz-31844" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushniy-bezmaslyaniy-kr-850-10-850vt-140-l-min-10l-kranz-31841" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushniy-kr-1500-50-1500vt-280-l-min-50l-kranz-31843" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-antigraviynyh-i-antikorroziynyh-sostavov-s-gibkim-i-pryamym-soplom-regulyator-davleniy.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-15m-kranz.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-moechnyy-movilnyy-metallicheskiy-bachok-900ml-kranz.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-5m-kranz.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-10m-kranz.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pnevmoinstrumentov-kranz.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-nakachki-shin-pro-kranz.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-produvochnyy-pnevmaticheskiy-metallicheskiy-s-udlinennym-soplom-135mm-kranz.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-868-nm-kranz-30780" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-1490-nm-kranz-30781" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-2-70-nm-kranz-31081" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-4-70-nm-kranz-31082" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-680-nm-kranz-31080" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-330-nm-kranz-31079" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motoblok-benzinoviy-kr-207-kranz-30549" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinoviy-kr562-kranz-30051" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinoviy-kr613-kranz-30052" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pa-gayka-m10x1-25-vint-m10-m10-kranz-31922" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rantseviy-remen-s-zaschitoy-bedra-dlya-benzinovih-trimmerov-kranz-31925" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-300-300vt-250mm-kranz-31909" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-1400-1400vt-420-255mm-katushka-disk-razbornaya-shtanga-kranz-31910" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-dlya-trimmera-230x25-4mm-tolschina-1-3mm-40-zubev-kranz-31924" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pp-gayka-m10x1-25-kranz-31921" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-benzinoviy-kr-52-52sm3-3-l-s-razbornaya-shtanga-kranz-31920" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-130pp-gayka-m10x1-25-vint-m10-m10-kranz-31923" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-510sp-samohodnaya-200sm3-51sm-kranz-30634" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-430nsp-nesamohodnaya-150sm3-43sm-kranz-31903" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-460sp-samohodnaya-150sm3-46sm-kranz-30633" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-elektricheskaya-kr-2000-2000vt-shirina-42sm-6-urovney-45l-kranz-31845" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5245-shina-45sm-3-5-l-s-shag-0-325-72-zvena-kranz-31907" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5850-shina-50sm-4-1-l-s-shag-0-325-76-zvenev-kranz-31908" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopili-kr-4572-shina-45sm-shag-0-325-72-zvena-kranz-31918" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopili-kr-5076-shina-50sm-shag-0-325-76-zvenev-kranz-31919" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-visokogo-davleniya-kr-170-kranz-30631" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-visokogo-davleniya-kr-171-2200vt-450-l-ch-170-bar-kranz-31926" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-visokogo-davleniya-kr-110-kranz-30630" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-visokogo-davleniya-kr-210-kranz-30632" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-dlya-snegouborschika-i-sadovo-uborochnoy-tehniki-cherniy-kranz-30193" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motornoe-maslo-polusinteticheskoe-dlya-4-htaktnih-dvigateley-sae-5w30-1l-kranz-30249" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-gvozdezabivnoy-gazoviy-montajniy-gn95-95dj-dlina-gvozdey-15-40mm-diametr-2-7-3mm-kranz-31392" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmopistolet-gvozdezabivnoy-neyler-2v1-n50-s40-kranz-31390" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmopistolet-gvozdezabivnoy-neyler-n90-d21-naklon-21-gradus-kranz-31391" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-gvozdezabivnoy-gazoviy-montajniy-gn100-100dj-dlina-gvozdey-15-40mm-diametr-2-7-3mm-kranz-31393" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h19mm-1000-sht-kranz-31906" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h22mm-1000-sht-kranz-31904" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h25mm-1000-sht-kranz-31905" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmopistolet-gvozdezabivnoy-neyler-2v1-n50-s40-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-gvozdezabivnoy-gazovyy-montazhnyy-gn95-95dzh-dlina-gvozdey-15-40mm-diametr-2-7-3mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-gvozdezabivnoy-gazovyy-montazhnyy-gn100-100dzh-dlina-gvozdey-15-40mm-diametr-2-7-3mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmopistolet-gvozdezabivnoy-neyler-n90-d21-naklon-21-gradus-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h25mm-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h19mm-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h22mm-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-700-vt-rexant-rx-700" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-1000-vt-rexant-rx-1000" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-800-vt-rexant-rx-800" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-180a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-200a" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-220a" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-160a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-200-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-160-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-160-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-190-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h10-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500a-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-400a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500a-200mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-200a-140-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315a-saturn-rossiya" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200a-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-315a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300a-170mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-400a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-s-type-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-e-type-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-200a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-315a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-s-type-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-american-type-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-american-type-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-35-50-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-10-25-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm-3-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-uoni-13-55-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-ok-46-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-3kg-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ano-21-3mm-1kg-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-1-0-mm-d200-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-0-8-mm-d200-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-23-kg-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirnyy-derzhatel-dlya-svarki-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rsa-sk5-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rs-65mn-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-ra-65mn-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-777-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-100-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-400-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-chernym-mineralnym-steklom-din-9-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-160-700vt-160l-chugunnyy-venets-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-200-1000vt-200l-chugunnyy-venets-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-180-700vt-180l-chugunnyy-venets-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pylesos-stroitelnyy-kr15-1200vt-15l-4m-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meshok-tkanevyy-mnogorazovyy-dlya-stroitelnyh-pylesosov-kr1530-15-30l-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-sbora-pyli-pri-sverlenii-dlya-pylesosa-diametr-15mm-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-odnorazovyh-meshkov-dlya-stroitelnogo-pylesosa-kr15-15l-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-odnorazovyh-meshkov-dlya-stroitelnogo-pylesosa-kr30-30l-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pylesos-stroitelnyy-kr30-1400vt-30l-4m-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-bezmaslyanyy-kr-850-10-850vt-140-l-min-10l-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-1500-24-1500vt-230-l-min-24l-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-1500-50-1500vt-280-l-min-50l-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-2200-50-2200vt-400-l-min-50l-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-nakachki-shin-pro-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-15m-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-moechnyy-movilnyy-metallicheskiy-bachok-900ml-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pnevmoinstrumentov-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-5m-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-antigraviynyh-i-antikorroziynyh-sostavov-s-gibkim-i-pryamym-soplom-regulyator-davleniy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-10m-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-produvochnyy-pnevmaticheskiy-metallicheskiy-s-udlinennym-soplom-135mm-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-680-nm-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-4-70-nm-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-868-nm-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-1490-nm-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-330-nm-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-2-70-nm-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motoblok-benzinovyy-kr-207-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinovyy-kr562-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinovyy-kr613-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-300-300vt-250mm-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-benzinovyy-kr-52-52sm3-3-l-s-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pa-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-dlya-trimmera-230x25-4mm-tolschina-1-3mm-40-zubev-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pp-gayka-m10x1-25-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-130pp-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-1400-1400vt-420-255mm-katushka-disk-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rantsevyy-remen-s-zaschitoy-bedra-dlya-benzinovyh-trimmerov-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-430nsp-nesamohodnaya-150sm3-43sm-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-460sp-samohodnaya-150sm3-46sm-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-510sp-samohodnaya-200sm3-51sm-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-elektricheskaya-kr-2000-2000vt-shirina-42sm-6-urovney-45l-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5850-shina-50sm-4-1-l-s-shag-0-325-76-zvenev-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-4572-shina-45sm-shag-0-325-72-zvena-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-5076-shina-50sm-shag-0-325-76-zvenev-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5245-shina-45sm-3-5-l-s-shag-0-325-72-zvena-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-170-kranz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-171-2200vt-450-l-ch-170-bar-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-210-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-110-kranz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr5500ea-5-5kvt-230v-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr9000ea-9-0kvt-230v-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr8000ea-8kvt-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr9000ea-3-9kvt-230v-380v-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr3300-3-3kvt-230v-15l-ruchnoy-starter-kranz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr8000-8kvt-230v-25l-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr5500ie-5-5kvt-230v-10l-zakrytyy-korpus-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr2500io-2-5kvt-230v-7l-otkrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr1200i-1-2kvt-230v-2l-zakrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr2200i-2-2kvt-230v-4l-zakrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr3500io-3-5kvt-230v-7l-otkrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motornoe-maslo-polusinteticheskoe-dlya-4-htaktnyh-dvigateley-sae-5w30-1l-kranz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-dlya-snegouborschika-i-sadovo-uborochnoy-tehniki-chernyy-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I198"/>
+  <dimension ref="A1:I209"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1604,5249 +1670,5563 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="2"/>
-[...6 lines deleted...]
-      <c r="I4" s="2"/>
+      <c r="B4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="3">
+        <v>6459.83</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="3">
+        <v>219</v>
+      </c>
+      <c r="G4" s="3">
+        <v>1</v>
+      </c>
+      <c r="H4" s="3">
+        <v>10</v>
+      </c>
+      <c r="I4" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I5" s="2"/>
+      <c r="A5" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="3">
+        <v>38137.5</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" s="3">
+        <v>5</v>
+      </c>
+      <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
+        <v>2</v>
+      </c>
+      <c r="I5" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>2340.71</v>
+        <v>43316.66</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>585</v>
+        <v>57</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>6599.41</v>
+        <v>23248.34</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>664</v>
+        <v>138</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A8" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>4953.43</v>
+        <v>1787.04</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>1008</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="3">
+        <v>1648.22</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="3">
+        <v>0</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>10</v>
+      </c>
+      <c r="I10" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="3">
+        <v>1691.19</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>152</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A12" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A13" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="3" t="s">
+      <c r="A14" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="C14" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="2" t="s">
+      <c r="A15" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B15" s="2"/>
-[...6 lines deleted...]
-      <c r="I15" s="2"/>
+      <c r="B15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" s="3">
+        <v>6711.6</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" s="3">
+        <v>571</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>12</v>
+      </c>
+      <c r="I15" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>26254.24</v>
+        <v>2380.5</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>125</v>
+        <v>549</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C17" s="3">
-        <v>17796.61</v>
+        <v>5037.64</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>96</v>
+        <v>245</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="A18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="3">
+        <v>3643.6</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>121</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>20</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A19" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>6779.65</v>
+        <v>9480.51</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>87</v>
+        <v>136</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I21" s="2"/>
+      <c r="A21" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="3">
+        <v>10342.36</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>137</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>2</v>
+      </c>
+      <c r="I21" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="A22" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="3">
+        <v>11735.14</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>144</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>2</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>3788.14</v>
+        <v>7756.78</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>118</v>
+        <v>181</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I23" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A24" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C25" s="3">
-        <v>12876.27</v>
+        <v>26700.56</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>35</v>
+        <v>115</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I25" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C26" s="3">
-        <v>8135.59</v>
+        <v>18099.15</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>3</v>
+        <v>91</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>1</v>
       </c>
       <c r="I26" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="3" t="s">
+      <c r="A27" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="C27" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="3">
-        <v>8305.08</v>
+        <v>6894.9</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>140</v>
+        <v>91</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>4</v>
       </c>
       <c r="I28" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="3">
-        <v>16502.63</v>
+        <v>8263.14</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>16</v>
+        <v>141</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I29" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="3" t="s">
+      <c r="A30" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="C30" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C32" s="3">
+        <v>13095.17</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F32" s="3">
-        <v>14</v>
+        <v>79</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>4750.85</v>
+        <v>5889.99</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="F33" s="3">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I33" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B34" s="3" t="s">
+      <c r="C34" s="3">
+        <v>3433.67</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F34" s="3">
+        <v>23</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>4</v>
+      </c>
+      <c r="I34" s="3">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="C34" s="3">
-[...17 lines deleted...]
-      <c r="I34" s="3">
+      <c r="B35" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C35" s="3">
+        <v>16783.17</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F35" s="3">
+        <v>4</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>1</v>
+      </c>
+      <c r="I35" s="3">
         <v>10</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C36" s="3">
-        <v>1655.77</v>
+        <v>3852.54</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="F36" s="3">
-        <v>1431</v>
+        <v>97</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="3">
-        <v>1981.58</v>
+        <v>8273.9</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="F37" s="3">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C38" s="3">
-        <v>2570.11</v>
+        <v>8446.27</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="F38" s="3">
-        <v>9</v>
+        <v>68</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C39" s="3">
-        <v>584.62</v>
+        <v>2878.63</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="F39" s="3">
-        <v>4458</v>
+        <v>66</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C40" s="3">
-        <v>480.77</v>
+        <v>5721.92</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="F40" s="3">
-        <v>4507</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C41" s="3">
-        <v>1586.22</v>
+        <v>4831.61</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C42" s="3">
-        <v>1246.98</v>
+        <v>1868.52</v>
       </c>
       <c r="D42" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F42" s="3">
+        <v>22</v>
+      </c>
+      <c r="G42" s="3">
+        <v>1</v>
+      </c>
+      <c r="H42" s="3">
         <v>15</v>
       </c>
-      <c r="E42" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C43" s="3">
-        <v>525</v>
+        <v>2697.63</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="F43" s="3">
-        <v>2008</v>
+        <v>14</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>96</v>
+        <v>1</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C45" s="3">
-        <v>560</v>
+        <v>1683.92</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1071</v>
+        <v>1215</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C46" s="3">
-        <v>644.23</v>
+        <v>2015.27</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>955</v>
+        <v>19</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C47" s="3">
-        <v>675</v>
+        <v>594.56</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>285</v>
+        <v>4026</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C48" s="3">
-        <v>675</v>
+        <v>1268.18</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C49" s="3">
-        <v>509.62</v>
+        <v>2613.8</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>943</v>
+        <v>10</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C50" s="3">
-        <v>1650</v>
+        <v>533.93</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>16</v>
+        <v>1720</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C51" s="3">
-        <v>530</v>
+        <v>1613.19</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>2762</v>
+        <v>11</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C52" s="3">
-        <v>1735</v>
+        <v>488.94</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>10</v>
+        <v>5626</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>40</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="3" t="s">
+      <c r="A53" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="C54" s="3">
+        <v>569.52</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="3">
+        <v>900</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>25</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="C54" s="3">
-[...22 lines deleted...]
-      <c r="A55" s="2" t="s">
+      <c r="B55" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B55" s="2"/>
-[...6 lines deleted...]
-      <c r="I55" s="2"/>
+      <c r="C55" s="3">
+        <v>655.18</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="3">
+        <v>471</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>25</v>
+      </c>
+      <c r="I55" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C56" s="3">
-        <v>254.17</v>
+        <v>1850.94</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>2903</v>
+        <v>19</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C57" s="3">
-        <v>525.11</v>
+        <v>488.94</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>1627</v>
+        <v>237</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C58" s="3">
-        <v>583.45</v>
+        <v>539.01</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>5102</v>
+        <v>2386</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C59" s="3">
-        <v>282.39</v>
+        <v>1678.05</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>3617</v>
+        <v>5</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C60" s="3">
-        <v>600.12</v>
+        <v>1764.5</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>1280</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C61" s="3">
-        <v>258.89</v>
+        <v>518.28</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>1976</v>
+        <v>675</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="2" t="s">
+      <c r="A62" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B62" s="2"/>
-[...6 lines deleted...]
-      <c r="I62" s="2"/>
+      <c r="B62" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C62" s="3">
+        <v>686.47</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="3">
+        <v>160</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>25</v>
+      </c>
+      <c r="I62" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C63" s="3">
-        <v>4500</v>
+        <v>686.47</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A64" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B64" s="3" t="s">
+      <c r="A64" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="C64" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C65" s="3">
-        <v>7689.73</v>
+        <v>593.37</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>5590</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C66" s="3">
-        <v>10406.07</v>
+        <v>534.04</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>54</v>
+        <v>1653</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>5</v>
+        <v>250</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C67" s="3">
-        <v>2703.13</v>
+        <v>287.19</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>12</v>
+        <v>250</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C68" s="3">
-        <v>7040</v>
+        <v>258.49</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>5</v>
+        <v>3170</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C69" s="3">
-        <v>3536.88</v>
+        <v>263.29</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>432</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C70" s="3">
-        <v>2703.13</v>
+        <v>610.32</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>14</v>
+        <v>1736</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A71" s="3" t="s">
+      <c r="A71" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B71" s="2"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>2785.04</v>
+        <v>3954.17</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>20</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>6998.53</v>
+        <v>7117.51</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>15</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>3670</v>
+        <v>10582.97</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B75" s="3" t="s">
+      <c r="C75" s="3">
+        <v>2832.39</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" s="3">
+        <v>30</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>20</v>
+      </c>
+      <c r="I75" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="C75" s="3">
-[...2 lines deleted...]
-      <c r="D75" s="4" t="s">
+      <c r="B76" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C76" s="3">
+        <v>3732.39</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F76" s="3">
         <v>15</v>
       </c>
-      <c r="E75" s="3" t="s">
-[...26 lines deleted...]
-      <c r="I76" s="2"/>
+      <c r="G76" s="3">
+        <v>1</v>
+      </c>
+      <c r="H76" s="3">
+        <v>20</v>
+      </c>
+      <c r="I76" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A77" s="2" t="s">
+      <c r="A77" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B77" s="2"/>
-[...6 lines deleted...]
-      <c r="I77" s="2"/>
+      <c r="B77" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C77" s="3">
+        <v>4576.5</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F77" s="3">
+        <v>78</v>
+      </c>
+      <c r="G77" s="3">
+        <v>1</v>
+      </c>
+      <c r="H77" s="3">
+        <v>7</v>
+      </c>
+      <c r="I77" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C78" s="3">
-        <v>2925.36</v>
+        <v>7820.46</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>476</v>
+        <v>84</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C79" s="3">
-        <v>582.55</v>
+        <v>7159.68</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C80" s="3">
-        <v>1545.04</v>
+        <v>3946.98</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>18</v>
+        <v>101</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I80" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C81" s="3">
-        <v>554.81</v>
+        <v>9599.71</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>888</v>
+        <v>2</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C82" s="3">
-        <v>2521.87</v>
+        <v>3597.01</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>1</v>
       </c>
       <c r="I82" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C83" s="3">
-        <v>2377.76</v>
+        <v>2749.08</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I83" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C84" s="3">
-        <v>540.95</v>
+        <v>2749.08</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="3" t="s">
+      <c r="A85" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="B85" s="3" t="s">
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="C85" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B86" s="2"/>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2"/>
+      <c r="I86" s="2"/>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C87" s="3">
-        <v>582.55</v>
+        <v>550.15</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="F87" s="3">
-        <v>376</v>
+        <v>1</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C88" s="3">
-        <v>638.03</v>
+        <v>606.56</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="F88" s="3">
-        <v>775</v>
+        <v>314</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>1</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C89" s="3">
+        <v>521.92</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F89" s="3">
+        <v>337</v>
+      </c>
+      <c r="G89" s="3">
+        <v>1</v>
+      </c>
+      <c r="H89" s="3">
+        <v>1</v>
+      </c>
+      <c r="I89" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B89" s="3" t="s">
+      <c r="B90" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="C89" s="3">
-[...32 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="C90" s="3">
+        <v>2418.18</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F90" s="3">
+        <v>0</v>
+      </c>
+      <c r="G90" s="3">
+        <v>1</v>
+      </c>
+      <c r="H90" s="3">
+        <v>1</v>
+      </c>
+      <c r="I90" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>3463.85</v>
+        <v>564.24</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F91" s="3">
-        <v>0</v>
+        <v>901</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>1</v>
       </c>
       <c r="I91" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B92" s="3" t="s">
+      <c r="C92" s="3">
+        <v>648.88</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F92" s="3">
+        <v>950</v>
+      </c>
+      <c r="G92" s="3">
+        <v>1</v>
+      </c>
+      <c r="H92" s="3">
+        <v>1</v>
+      </c>
+      <c r="I92" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C92" s="3">
-[...22 lines deleted...]
-      <c r="A93" s="2" t="s">
+      <c r="B93" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B93" s="2"/>
-[...6 lines deleted...]
-      <c r="I93" s="2"/>
+      <c r="C93" s="3">
+        <v>1842.72</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F93" s="3">
+        <v>95</v>
+      </c>
+      <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
+        <v>1</v>
+      </c>
+      <c r="I93" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A94" s="2" t="s">
+      <c r="A94" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B94" s="2"/>
-[...6 lines deleted...]
-      <c r="I94" s="2"/>
+      <c r="B94" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="C94" s="3">
+        <v>1571.31</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F94" s="3">
+        <v>28</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>1</v>
+      </c>
+      <c r="I94" s="3">
+        <v>3</v>
+      </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C95" s="3">
-        <v>624.75</v>
+        <v>2975.09</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F95" s="3">
-        <v>2754</v>
+        <v>363</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C96" s="3">
-        <v>1793.59</v>
+        <v>2564.74</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F96" s="3">
-        <v>190</v>
+        <v>41</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C97" s="3">
-        <v>403.85</v>
+        <v>592.45</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F97" s="3">
-        <v>2759</v>
+        <v>71</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C98" s="3">
-        <v>975</v>
+        <v>592.45</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F98" s="3">
-        <v>2656</v>
+        <v>243</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B99" s="3" t="s">
+      <c r="A99" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="C99" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B99" s="2"/>
+      <c r="C99" s="2"/>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+      <c r="H99" s="2"/>
+      <c r="I99" s="2"/>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C100" s="3">
-        <v>1252.66</v>
+        <v>3522.74</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>618</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C101" s="3">
-        <v>1305.77</v>
+        <v>2413.21</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>1173</v>
+        <v>2686</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A102" s="3" t="s">
+      <c r="A102" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="B102" s="3" t="s">
+      <c r="B102" s="2"/>
+      <c r="C102" s="2"/>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="C102" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C104" s="3">
-        <v>723.08</v>
+        <v>991.57</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>1965</v>
+        <v>1520</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C105" s="3">
-        <v>4798.16</v>
+        <v>1029.3</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>27</v>
+        <v>1289</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C106" s="3">
+        <v>3869.03</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" s="3">
+        <v>50</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>12</v>
+      </c>
+      <c r="I106" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B106" s="3" t="s">
+      <c r="B107" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="C106" s="3">
-[...32 lines deleted...]
-      <c r="I107" s="2"/>
+      <c r="C107" s="3">
+        <v>4879.73</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" s="3">
+        <v>46</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>12</v>
+      </c>
+      <c r="I107" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>620</v>
+        <v>692.34</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>883</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>945</v>
+        <v>346.85</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>3022</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B110" s="3" t="s">
+      <c r="C110" s="3">
+        <v>410.72</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" s="3">
+        <v>0</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>60</v>
+      </c>
+      <c r="I110" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="C110" s="3">
-[...22 lines deleted...]
-      <c r="A111" s="2" t="s">
+      <c r="B111" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B111" s="2"/>
-[...6 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="C111" s="3">
+        <v>1824.08</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F111" s="3">
+        <v>182</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>18</v>
+      </c>
+      <c r="I111" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A112" s="2" t="s">
+      <c r="A112" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B112" s="2"/>
-[...6 lines deleted...]
-      <c r="I112" s="2"/>
+      <c r="B112" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="C112" s="3">
+        <v>635.37</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F112" s="3">
+        <v>2726</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>48</v>
+      </c>
+      <c r="I112" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C113" s="3">
-        <v>1826.92</v>
+        <v>735.37</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>441</v>
+        <v>1486</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C114" s="3">
-        <v>2565.85</v>
+        <v>1273.96</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>163</v>
+        <v>608</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C115" s="3">
-        <v>1144.66</v>
+        <v>1327.97</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>51</v>
+        <v>1001</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B116" s="3" t="s">
+      <c r="A116" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="C116" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B116" s="2"/>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A117" s="2" t="s">
+      <c r="A117" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B117" s="2"/>
-[...6 lines deleted...]
-      <c r="I117" s="2"/>
+      <c r="B117" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C117" s="3">
+        <v>961.06</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F117" s="3">
+        <v>0</v>
+      </c>
+      <c r="G117" s="3">
+        <v>1</v>
+      </c>
+      <c r="H117" s="3">
+        <v>50</v>
+      </c>
+      <c r="I117" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A118" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I118" s="2"/>
+      <c r="A118" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C118" s="3">
+        <v>711.9</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F118" s="3">
+        <v>370</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>50</v>
+      </c>
+      <c r="I118" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C119" s="3">
-        <v>38135.59</v>
+        <v>630.54</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I119" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A120" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A120" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="B120" s="2"/>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2"/>
+      <c r="H120" s="2"/>
+      <c r="I120" s="2"/>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A121" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B121" s="3" t="s">
+      <c r="A121" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="C121" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B121" s="2"/>
+      <c r="C121" s="2"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
+      <c r="H121" s="2"/>
+      <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A122" s="2" t="s">
+      <c r="A122" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B122" s="2"/>
-[...6 lines deleted...]
-      <c r="I122" s="2"/>
+      <c r="B122" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C122" s="3">
+        <v>2609.47</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F122" s="3">
+        <v>415</v>
+      </c>
+      <c r="G122" s="3">
+        <v>1</v>
+      </c>
+      <c r="H122" s="3">
+        <v>1</v>
+      </c>
+      <c r="I122" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A123" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I123" s="2"/>
+      <c r="A123" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C123" s="3">
+        <v>1857.98</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F123" s="3">
+        <v>423</v>
+      </c>
+      <c r="G123" s="3">
+        <v>1</v>
+      </c>
+      <c r="H123" s="3">
+        <v>1</v>
+      </c>
+      <c r="I123" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C124" s="3">
-        <v>38846.15</v>
+        <v>2346.92</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>55</v>
+        <v>217</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>1</v>
       </c>
       <c r="I124" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C125" s="3">
-        <v>86300</v>
+        <v>1164.12</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>1</v>
+        <v>351</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>1</v>
       </c>
       <c r="I125" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A126" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A126" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="B126" s="2"/>
+      <c r="C126" s="2"/>
+      <c r="D126" s="2"/>
+      <c r="E126" s="2"/>
+      <c r="F126" s="2"/>
+      <c r="G126" s="2"/>
+      <c r="H126" s="2"/>
+      <c r="I126" s="2"/>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A127" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B127" s="3" t="s">
+      <c r="A127" s="2" t="s">
         <v>239</v>
       </c>
-      <c r="C127" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B127" s="2"/>
+      <c r="C127" s="2"/>
+      <c r="D127" s="2"/>
+      <c r="E127" s="2"/>
+      <c r="F127" s="2"/>
+      <c r="G127" s="2"/>
+      <c r="H127" s="2"/>
+      <c r="I127" s="2"/>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="2" t="s">
+      <c r="A128" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="B128" s="2"/>
-[...6 lines deleted...]
-      <c r="I128" s="2"/>
+      <c r="B128" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C128" s="3">
+        <v>34578.69</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F128" s="3">
+        <v>0</v>
+      </c>
+      <c r="G128" s="3">
+        <v>1</v>
+      </c>
+      <c r="H128" s="3">
+        <v>1</v>
+      </c>
+      <c r="I128" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C129" s="3">
-        <v>54444.44</v>
+        <v>38783.9</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F129" s="3">
         <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>1</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C130" s="3">
-        <v>42631.94</v>
+        <v>37922.04</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F130" s="3">
         <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>1</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A131" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B131" s="3" t="s">
+      <c r="A131" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="C131" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B131" s="2"/>
+      <c r="C131" s="2"/>
+      <c r="D131" s="2"/>
+      <c r="E131" s="2"/>
+      <c r="F131" s="2"/>
+      <c r="G131" s="2"/>
+      <c r="H131" s="2"/>
+      <c r="I131" s="2"/>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="2" t="s">
+      <c r="A132" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="B132" s="2"/>
-[...6 lines deleted...]
-      <c r="I132" s="2"/>
+      <c r="B132" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C132" s="3">
+        <v>8292.31</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F132" s="3">
+        <v>286</v>
+      </c>
+      <c r="G132" s="3">
+        <v>1</v>
+      </c>
+      <c r="H132" s="3">
+        <v>1</v>
+      </c>
+      <c r="I132" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A133" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I133" s="2"/>
+      <c r="A133" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C133" s="3">
+        <v>655.4</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F133" s="3">
+        <v>962</v>
+      </c>
+      <c r="G133" s="3">
+        <v>1</v>
+      </c>
+      <c r="H133" s="3">
+        <v>200</v>
+      </c>
+      <c r="I133" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C134" s="3">
-        <v>17307.69</v>
+        <v>836.2</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>0</v>
+        <v>361</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>1</v>
+        <v>120</v>
       </c>
       <c r="I134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C135" s="3">
-        <v>33076.93</v>
+        <v>967.1</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>16</v>
+        <v>255</v>
       </c>
       <c r="F135" s="3">
-        <v>0</v>
+        <v>823</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C136" s="3">
-        <v>15961.54</v>
+        <v>1150.72</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>16</v>
+        <v>255</v>
       </c>
       <c r="F136" s="3">
-        <v>0</v>
+        <v>814</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C137" s="3">
-        <v>21538.47</v>
+        <v>13142.77</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>0</v>
+        <v>81</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>1</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B138" s="2"/>
       <c r="C138" s="2"/>
       <c r="D138" s="2"/>
       <c r="E138" s="2"/>
       <c r="F138" s="2"/>
       <c r="G138" s="2"/>
       <c r="H138" s="2"/>
       <c r="I138" s="2"/>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A139" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="B139" s="2"/>
+      <c r="C139" s="2"/>
+      <c r="D139" s="2"/>
+      <c r="E139" s="2"/>
+      <c r="F139" s="2"/>
+      <c r="G139" s="2"/>
+      <c r="H139" s="2"/>
+      <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C140" s="3">
-        <v>882</v>
+        <v>16856.78</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>1090</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C141" s="3">
-        <v>1000</v>
+        <v>18763.65</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F141" s="3">
         <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C142" s="3">
-        <v>505.68</v>
+        <v>23351.89</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>925</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C143" s="3">
-        <v>617.4</v>
+        <v>35862.95</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A144" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A144" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="B144" s="2"/>
+      <c r="C144" s="2"/>
+      <c r="D144" s="2"/>
+      <c r="E144" s="2"/>
+      <c r="F144" s="2"/>
+      <c r="G144" s="2"/>
+      <c r="H144" s="2"/>
+      <c r="I144" s="2"/>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C145" s="3">
-        <v>1040</v>
+        <v>1057.68</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>115</v>
+        <v>65</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>50</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C146" s="3">
-        <v>440</v>
+        <v>896.99</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>624</v>
+        <v>981</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A147" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I147" s="2"/>
+      <c r="A147" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C147" s="3">
+        <v>1017</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F147" s="3">
+        <v>0</v>
+      </c>
+      <c r="G147" s="3">
+        <v>1</v>
+      </c>
+      <c r="H147" s="3">
+        <v>10</v>
+      </c>
+      <c r="I147" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C148" s="3">
-        <v>9250</v>
+        <v>3793.41</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>310</v>
+        <v>42</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C149" s="3">
-        <v>11600</v>
+        <v>514.28</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>0</v>
+        <v>760</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C150" s="3">
-        <v>3900</v>
+        <v>1372.95</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>121</v>
+        <v>513</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>20</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C151" s="3">
-        <v>3500</v>
+        <v>627.9</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>132</v>
+        <v>194</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C152" s="3">
-        <v>7600</v>
+        <v>447.48</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>258</v>
+        <v>458</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
+        <v>100</v>
+      </c>
+      <c r="I152" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B153" s="2"/>
+      <c r="C153" s="2"/>
+      <c r="D153" s="2"/>
+      <c r="E153" s="2"/>
+      <c r="F153" s="2"/>
+      <c r="G153" s="2"/>
+      <c r="H153" s="2"/>
+      <c r="I153" s="2"/>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A154" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B154" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="C154" s="3">
+        <v>7729.2</v>
+      </c>
+      <c r="D154" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F154" s="3">
+        <v>242</v>
+      </c>
+      <c r="G154" s="3">
+        <v>1</v>
+      </c>
+      <c r="H154" s="3">
         <v>10</v>
       </c>
-      <c r="I152" s="3">
-[...43 lines deleted...]
-      <c r="I154" s="2"/>
+      <c r="I154" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A155" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I155" s="2"/>
+      <c r="A155" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B155" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C155" s="3">
+        <v>3559.5</v>
+      </c>
+      <c r="D155" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F155" s="3">
+        <v>0</v>
+      </c>
+      <c r="G155" s="3">
+        <v>1</v>
+      </c>
+      <c r="H155" s="3">
+        <v>20</v>
+      </c>
+      <c r="I155" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C156" s="3">
-        <v>58504.24</v>
+        <v>9407.25</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>0</v>
+        <v>302</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I157" s="2"/>
+      <c r="A157" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="C157" s="3">
+        <v>11797.2</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F157" s="3">
+        <v>0</v>
+      </c>
+      <c r="G157" s="3">
+        <v>1</v>
+      </c>
+      <c r="H157" s="3">
+        <v>5</v>
+      </c>
+      <c r="I157" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C158" s="3">
-        <v>94991</v>
+        <v>4505.31</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="C159" s="3">
-        <v>106276</v>
+        <v>3966.3</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="2" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B160" s="2"/>
       <c r="C160" s="2"/>
       <c r="D160" s="2"/>
       <c r="E160" s="2"/>
       <c r="F160" s="2"/>
       <c r="G160" s="2"/>
       <c r="H160" s="2"/>
       <c r="I160" s="2"/>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A161" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A161" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="B161" s="2"/>
+      <c r="C161" s="2"/>
+      <c r="D161" s="2"/>
+      <c r="E161" s="2"/>
+      <c r="F161" s="2"/>
+      <c r="G161" s="2"/>
+      <c r="H161" s="2"/>
+      <c r="I161" s="2"/>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C162" s="3">
-        <v>1346.16</v>
+        <v>59498.81</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>864</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A163" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A163" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="B163" s="2"/>
+      <c r="C163" s="2"/>
+      <c r="D163" s="2"/>
+      <c r="E163" s="2"/>
+      <c r="F163" s="2"/>
+      <c r="G163" s="2"/>
+      <c r="H163" s="2"/>
+      <c r="I163" s="2"/>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C164" s="3">
-        <v>12307.69</v>
+        <v>96605.85</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C165" s="3">
-        <v>506.94</v>
+        <v>108082.69</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F165" s="3">
         <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A166" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A166" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="B166" s="2"/>
+      <c r="C166" s="2"/>
+      <c r="D166" s="2"/>
+      <c r="E166" s="2"/>
+      <c r="F166" s="2"/>
+      <c r="G166" s="2"/>
+      <c r="H166" s="2"/>
+      <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C167" s="3">
-        <v>15907.4</v>
+        <v>3031.44</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>0</v>
+        <v>208</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C168" s="3">
-        <v>923.08</v>
+        <v>16177.83</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>761</v>
+        <v>1</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
+        <v>2</v>
+      </c>
+      <c r="I168" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A169" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B169" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="C169" s="3">
+        <v>854.67</v>
+      </c>
+      <c r="D169" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F169" s="3">
+        <v>852</v>
+      </c>
+      <c r="G169" s="3">
+        <v>1</v>
+      </c>
+      <c r="H169" s="3">
         <v>32</v>
       </c>
-      <c r="I168" s="3">
-[...14 lines deleted...]
-      <c r="I169" s="2"/>
+      <c r="I169" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A170" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I170" s="2"/>
+      <c r="A170" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B170" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C170" s="3">
+        <v>515.56</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F170" s="3">
+        <v>2</v>
+      </c>
+      <c r="G170" s="3">
+        <v>1</v>
+      </c>
+      <c r="H170" s="3">
+        <v>50</v>
+      </c>
+      <c r="I170" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C171" s="3">
-        <v>49074.07</v>
+        <v>355.88</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C172" s="3">
-        <v>29946.15</v>
+        <v>938.77</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>1</v>
+        <v>787</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="I172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C173" s="3">
-        <v>42777.78</v>
+        <v>12516.92</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A174" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I174" s="2"/>
+      <c r="A174" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="C174" s="3">
+        <v>1369.04</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F174" s="3">
+        <v>844</v>
+      </c>
+      <c r="G174" s="3">
+        <v>1</v>
+      </c>
+      <c r="H174" s="3">
+        <v>50</v>
+      </c>
+      <c r="I174" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A175" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A175" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="B175" s="2"/>
+      <c r="C175" s="2"/>
+      <c r="D175" s="2"/>
+      <c r="E175" s="2"/>
+      <c r="F175" s="2"/>
+      <c r="G175" s="2"/>
+      <c r="H175" s="2"/>
+      <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B176" s="2"/>
       <c r="C176" s="2"/>
       <c r="D176" s="2"/>
       <c r="E176" s="2"/>
       <c r="F176" s="2"/>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
       <c r="I176" s="2"/>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C177" s="3">
-        <v>13550.4</v>
+        <v>26387.23</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>247</v>
+        <v>2</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
         <v>1</v>
       </c>
       <c r="I177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C178" s="3">
-        <v>14966.87</v>
+        <v>36263.96</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>1</v>
       </c>
       <c r="I178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C179" s="3">
-        <v>942.3</v>
+        <v>42097.77</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>760</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>1</v>
       </c>
       <c r="I179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A180" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A180" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="B180" s="2"/>
+      <c r="C180" s="2"/>
+      <c r="D180" s="2"/>
+      <c r="E180" s="2"/>
+      <c r="F180" s="2"/>
+      <c r="G180" s="2"/>
+      <c r="H180" s="2"/>
+      <c r="I180" s="2"/>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A181" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I181" s="2"/>
+      <c r="A181" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B181" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C181" s="3">
+        <v>16799.33</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F181" s="3">
+        <v>0</v>
+      </c>
+      <c r="G181" s="3">
+        <v>1</v>
+      </c>
+      <c r="H181" s="3">
+        <v>1</v>
+      </c>
+      <c r="I181" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="2" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B182" s="2"/>
       <c r="C182" s="2"/>
       <c r="D182" s="2"/>
       <c r="E182" s="2"/>
       <c r="F182" s="2"/>
       <c r="G182" s="2"/>
       <c r="H182" s="2"/>
       <c r="I182" s="2"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C183" s="3">
-        <v>19000</v>
+        <v>15221.31</v>
       </c>
       <c r="D183" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>3</v>
+        <v>79</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>1</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C184" s="3">
-        <v>21000</v>
+        <v>958.32</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>2</v>
+        <v>727</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>1</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C185" s="3">
-        <v>9538.46</v>
+        <v>1167.67</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>4</v>
+        <v>292</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>1</v>
       </c>
       <c r="I185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="C186" s="3">
-        <v>37037.04</v>
+        <v>13780.76</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>3</v>
+        <v>222</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>1</v>
       </c>
       <c r="I186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="B187" s="2"/>
       <c r="C187" s="2"/>
       <c r="D187" s="2"/>
       <c r="E187" s="2"/>
       <c r="F187" s="2"/>
       <c r="G187" s="2"/>
       <c r="H187" s="2"/>
       <c r="I187" s="2"/>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A188" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A188" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="B188" s="2"/>
+      <c r="C188" s="2"/>
+      <c r="D188" s="2"/>
+      <c r="E188" s="2"/>
+      <c r="F188" s="2"/>
+      <c r="G188" s="2"/>
+      <c r="H188" s="2"/>
+      <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C189" s="3">
-        <v>664.32</v>
+        <v>19323</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>0</v>
+        <v>204</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A190" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I190" s="2"/>
+      <c r="A190" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="C190" s="3">
+        <v>21357</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F190" s="3">
+        <v>126</v>
+      </c>
+      <c r="G190" s="3">
+        <v>1</v>
+      </c>
+      <c r="H190" s="3">
+        <v>1</v>
+      </c>
+      <c r="I190" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C191" s="3">
-        <v>37500</v>
+        <v>37666.67</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F191" s="3">
-        <v>10</v>
+        <v>202</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C192" s="3">
-        <v>6351.85</v>
+        <v>9700.61</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F192" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A193" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A193" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="B193" s="2"/>
+      <c r="C193" s="2"/>
+      <c r="D193" s="2"/>
+      <c r="E193" s="2"/>
+      <c r="F193" s="2"/>
+      <c r="G193" s="2"/>
+      <c r="H193" s="2"/>
+      <c r="I193" s="2"/>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A194" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A194" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="B194" s="2"/>
+      <c r="C194" s="2"/>
+      <c r="D194" s="2"/>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2"/>
+      <c r="G194" s="2"/>
+      <c r="H194" s="2"/>
+      <c r="I194" s="2"/>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A195" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I195" s="2"/>
+      <c r="A195" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="C195" s="3">
+        <v>93571.82</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F195" s="3">
+        <v>39</v>
+      </c>
+      <c r="G195" s="3">
+        <v>1</v>
+      </c>
+      <c r="H195" s="3">
+        <v>1</v>
+      </c>
+      <c r="I195" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C196" s="3">
-        <v>1620.67</v>
+        <v>126151.02</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F196" s="3">
-        <v>1</v>
+        <v>56</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C197" s="3">
-        <v>1662.92</v>
+        <v>118899.03</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C198" s="3">
-        <v>1757.17</v>
+        <v>139992</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F198" s="3">
-        <v>1</v>
+        <v>46</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
+    <row r="199" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A199" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C199" s="3">
+        <v>43652.76</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F199" s="3">
+        <v>19</v>
+      </c>
+      <c r="G199" s="3">
+        <v>1</v>
+      </c>
+      <c r="H199" s="3">
+        <v>1</v>
+      </c>
+      <c r="I199" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A200" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C200" s="3">
+        <v>95272.87</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F200" s="3">
+        <v>51</v>
+      </c>
+      <c r="G200" s="3">
+        <v>1</v>
+      </c>
+      <c r="H200" s="3">
+        <v>1</v>
+      </c>
+      <c r="I200" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A201" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="B201" s="2"/>
+      <c r="C201" s="2"/>
+      <c r="D201" s="2"/>
+      <c r="E201" s="2"/>
+      <c r="F201" s="2"/>
+      <c r="G201" s="2"/>
+      <c r="H201" s="2"/>
+      <c r="I201" s="2"/>
+    </row>
+    <row r="202" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A202" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B202" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C202" s="3">
+        <v>143792.06</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F202" s="3">
+        <v>48</v>
+      </c>
+      <c r="G202" s="3">
+        <v>1</v>
+      </c>
+      <c r="H202" s="3">
+        <v>1</v>
+      </c>
+      <c r="I202" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A203" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B203" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="C203" s="3">
+        <v>46224.6</v>
+      </c>
+      <c r="D203" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F203" s="3">
+        <v>69</v>
+      </c>
+      <c r="G203" s="3">
+        <v>1</v>
+      </c>
+      <c r="H203" s="3">
+        <v>1</v>
+      </c>
+      <c r="I203" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A204" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="C204" s="3">
+        <v>42526.25</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F204" s="3">
+        <v>50</v>
+      </c>
+      <c r="G204" s="3">
+        <v>1</v>
+      </c>
+      <c r="H204" s="3">
+        <v>1</v>
+      </c>
+      <c r="I204" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A205" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C205" s="3">
+        <v>56326.16</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F205" s="3">
+        <v>78</v>
+      </c>
+      <c r="G205" s="3">
+        <v>1</v>
+      </c>
+      <c r="H205" s="3">
+        <v>1</v>
+      </c>
+      <c r="I205" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A206" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="B206" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C206" s="3">
+        <v>50417.78</v>
+      </c>
+      <c r="D206" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F206" s="3">
+        <v>64</v>
+      </c>
+      <c r="G206" s="3">
+        <v>1</v>
+      </c>
+      <c r="H206" s="3">
+        <v>1</v>
+      </c>
+      <c r="I206" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A207" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="B207" s="2"/>
+      <c r="C207" s="2"/>
+      <c r="D207" s="2"/>
+      <c r="E207" s="2"/>
+      <c r="F207" s="2"/>
+      <c r="G207" s="2"/>
+      <c r="H207" s="2"/>
+      <c r="I207" s="2"/>
+    </row>
+    <row r="208" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A208" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="C208" s="3">
+        <v>864.44</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F208" s="3">
+        <v>0</v>
+      </c>
+      <c r="G208" s="3">
+        <v>1</v>
+      </c>
+      <c r="H208" s="3">
+        <v>12</v>
+      </c>
+      <c r="I208" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A209" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="C209" s="3">
+        <v>2969.69</v>
+      </c>
+      <c r="D209" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F209" s="3">
+        <v>196</v>
+      </c>
+      <c r="G209" s="3">
+        <v>1</v>
+      </c>
+      <c r="H209" s="3">
+        <v>1</v>
+      </c>
+      <c r="I209" s="3">
+        <v>0</v>
+      </c>
+    </row>
   </sheetData>
-  <mergeCells count="43">
+  <mergeCells count="44">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A4:I4"/>
-[...6 lines deleted...]
-    <mergeCell ref="A35:I35"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A24:I24"/>
+    <mergeCell ref="A27:I27"/>
+    <mergeCell ref="A30:I30"/>
+    <mergeCell ref="A31:I31"/>
     <mergeCell ref="A44:I44"/>
-    <mergeCell ref="A55:I55"/>
-[...15 lines deleted...]
-    <mergeCell ref="A133:I133"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A64:I64"/>
+    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A86:I86"/>
+    <mergeCell ref="A99:I99"/>
+    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A120:I120"/>
+    <mergeCell ref="A121:I121"/>
+    <mergeCell ref="A126:I126"/>
+    <mergeCell ref="A127:I127"/>
+    <mergeCell ref="A131:I131"/>
     <mergeCell ref="A138:I138"/>
-    <mergeCell ref="A147:I147"/>
-[...2 lines deleted...]
-    <mergeCell ref="A157:I157"/>
+    <mergeCell ref="A139:I139"/>
+    <mergeCell ref="A144:I144"/>
+    <mergeCell ref="A153:I153"/>
     <mergeCell ref="A160:I160"/>
-    <mergeCell ref="A169:I169"/>
-[...1 lines deleted...]
-    <mergeCell ref="A174:I174"/>
+    <mergeCell ref="A161:I161"/>
+    <mergeCell ref="A163:I163"/>
+    <mergeCell ref="A166:I166"/>
+    <mergeCell ref="A175:I175"/>
     <mergeCell ref="A176:I176"/>
-    <mergeCell ref="A181:I181"/>
+    <mergeCell ref="A180:I180"/>
     <mergeCell ref="A182:I182"/>
     <mergeCell ref="A187:I187"/>
-    <mergeCell ref="A190:I190"/>
-    <mergeCell ref="A195:I195"/>
+    <mergeCell ref="A188:I188"/>
+    <mergeCell ref="A193:I193"/>
+    <mergeCell ref="A194:I194"/>
+    <mergeCell ref="A201:I201"/>
+    <mergeCell ref="A207:I207"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D6" r:id="rId1"/>
-[...6 lines deleted...]
-    <hyperlink ref="D14" r:id="rId8"/>
+    <hyperlink ref="D4" r:id="rId1"/>
+    <hyperlink ref="D5" r:id="rId2"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D15" r:id="rId8"/>
     <hyperlink ref="D16" r:id="rId9"/>
     <hyperlink ref="D17" r:id="rId10"/>
-    <hyperlink ref="D19" r:id="rId11"/>
+    <hyperlink ref="D18" r:id="rId11"/>
     <hyperlink ref="D20" r:id="rId12"/>
-    <hyperlink ref="D23" r:id="rId13"/>
-[...3 lines deleted...]
-    <hyperlink ref="D27" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId13"/>
+    <hyperlink ref="D22" r:id="rId14"/>
+    <hyperlink ref="D23" r:id="rId15"/>
+    <hyperlink ref="D25" r:id="rId16"/>
+    <hyperlink ref="D26" r:id="rId17"/>
     <hyperlink ref="D28" r:id="rId18"/>
     <hyperlink ref="D29" r:id="rId19"/>
-    <hyperlink ref="D30" r:id="rId20"/>
-[...27 lines deleted...]
-    <hyperlink ref="D61" r:id="rId48"/>
+    <hyperlink ref="D32" r:id="rId20"/>
+    <hyperlink ref="D33" r:id="rId21"/>
+    <hyperlink ref="D34" r:id="rId22"/>
+    <hyperlink ref="D35" r:id="rId23"/>
+    <hyperlink ref="D36" r:id="rId24"/>
+    <hyperlink ref="D37" r:id="rId25"/>
+    <hyperlink ref="D38" r:id="rId26"/>
+    <hyperlink ref="D39" r:id="rId27"/>
+    <hyperlink ref="D40" r:id="rId28"/>
+    <hyperlink ref="D41" r:id="rId29"/>
+    <hyperlink ref="D42" r:id="rId30"/>
+    <hyperlink ref="D43" r:id="rId31"/>
+    <hyperlink ref="D45" r:id="rId32"/>
+    <hyperlink ref="D46" r:id="rId33"/>
+    <hyperlink ref="D47" r:id="rId34"/>
+    <hyperlink ref="D48" r:id="rId35"/>
+    <hyperlink ref="D49" r:id="rId36"/>
+    <hyperlink ref="D50" r:id="rId37"/>
+    <hyperlink ref="D51" r:id="rId38"/>
+    <hyperlink ref="D52" r:id="rId39"/>
+    <hyperlink ref="D54" r:id="rId40"/>
+    <hyperlink ref="D55" r:id="rId41"/>
+    <hyperlink ref="D56" r:id="rId42"/>
+    <hyperlink ref="D57" r:id="rId43"/>
+    <hyperlink ref="D58" r:id="rId44"/>
+    <hyperlink ref="D59" r:id="rId45"/>
+    <hyperlink ref="D60" r:id="rId46"/>
+    <hyperlink ref="D61" r:id="rId47"/>
+    <hyperlink ref="D62" r:id="rId48"/>
     <hyperlink ref="D63" r:id="rId49"/>
-    <hyperlink ref="D64" r:id="rId50"/>
-[...10 lines deleted...]
-    <hyperlink ref="D75" r:id="rId61"/>
+    <hyperlink ref="D65" r:id="rId50"/>
+    <hyperlink ref="D66" r:id="rId51"/>
+    <hyperlink ref="D67" r:id="rId52"/>
+    <hyperlink ref="D68" r:id="rId53"/>
+    <hyperlink ref="D69" r:id="rId54"/>
+    <hyperlink ref="D70" r:id="rId55"/>
+    <hyperlink ref="D72" r:id="rId56"/>
+    <hyperlink ref="D73" r:id="rId57"/>
+    <hyperlink ref="D74" r:id="rId58"/>
+    <hyperlink ref="D75" r:id="rId59"/>
+    <hyperlink ref="D76" r:id="rId60"/>
+    <hyperlink ref="D77" r:id="rId61"/>
     <hyperlink ref="D78" r:id="rId62"/>
     <hyperlink ref="D79" r:id="rId63"/>
     <hyperlink ref="D80" r:id="rId64"/>
     <hyperlink ref="D81" r:id="rId65"/>
     <hyperlink ref="D82" r:id="rId66"/>
     <hyperlink ref="D83" r:id="rId67"/>
     <hyperlink ref="D84" r:id="rId68"/>
-    <hyperlink ref="D85" r:id="rId69"/>
-[...10 lines deleted...]
-    <hyperlink ref="D99" r:id="rId80"/>
+    <hyperlink ref="D87" r:id="rId69"/>
+    <hyperlink ref="D88" r:id="rId70"/>
+    <hyperlink ref="D89" r:id="rId71"/>
+    <hyperlink ref="D90" r:id="rId72"/>
+    <hyperlink ref="D91" r:id="rId73"/>
+    <hyperlink ref="D92" r:id="rId74"/>
+    <hyperlink ref="D93" r:id="rId75"/>
+    <hyperlink ref="D94" r:id="rId76"/>
+    <hyperlink ref="D95" r:id="rId77"/>
+    <hyperlink ref="D96" r:id="rId78"/>
+    <hyperlink ref="D97" r:id="rId79"/>
+    <hyperlink ref="D98" r:id="rId80"/>
     <hyperlink ref="D100" r:id="rId81"/>
     <hyperlink ref="D101" r:id="rId82"/>
-    <hyperlink ref="D102" r:id="rId83"/>
-[...30 lines deleted...]
-    <hyperlink ref="D144" r:id="rId114"/>
+    <hyperlink ref="D104" r:id="rId83"/>
+    <hyperlink ref="D105" r:id="rId84"/>
+    <hyperlink ref="D106" r:id="rId85"/>
+    <hyperlink ref="D107" r:id="rId86"/>
+    <hyperlink ref="D108" r:id="rId87"/>
+    <hyperlink ref="D109" r:id="rId88"/>
+    <hyperlink ref="D110" r:id="rId89"/>
+    <hyperlink ref="D111" r:id="rId90"/>
+    <hyperlink ref="D112" r:id="rId91"/>
+    <hyperlink ref="D113" r:id="rId92"/>
+    <hyperlink ref="D114" r:id="rId93"/>
+    <hyperlink ref="D115" r:id="rId94"/>
+    <hyperlink ref="D117" r:id="rId95"/>
+    <hyperlink ref="D118" r:id="rId96"/>
+    <hyperlink ref="D119" r:id="rId97"/>
+    <hyperlink ref="D122" r:id="rId98"/>
+    <hyperlink ref="D123" r:id="rId99"/>
+    <hyperlink ref="D124" r:id="rId100"/>
+    <hyperlink ref="D125" r:id="rId101"/>
+    <hyperlink ref="D128" r:id="rId102"/>
+    <hyperlink ref="D129" r:id="rId103"/>
+    <hyperlink ref="D130" r:id="rId104"/>
+    <hyperlink ref="D132" r:id="rId105"/>
+    <hyperlink ref="D133" r:id="rId106"/>
+    <hyperlink ref="D134" r:id="rId107"/>
+    <hyperlink ref="D135" r:id="rId108"/>
+    <hyperlink ref="D136" r:id="rId109"/>
+    <hyperlink ref="D137" r:id="rId110"/>
+    <hyperlink ref="D140" r:id="rId111"/>
+    <hyperlink ref="D141" r:id="rId112"/>
+    <hyperlink ref="D142" r:id="rId113"/>
+    <hyperlink ref="D143" r:id="rId114"/>
     <hyperlink ref="D145" r:id="rId115"/>
     <hyperlink ref="D146" r:id="rId116"/>
-    <hyperlink ref="D148" r:id="rId117"/>
-[...13 lines deleted...]
-    <hyperlink ref="D166" r:id="rId131"/>
+    <hyperlink ref="D147" r:id="rId117"/>
+    <hyperlink ref="D148" r:id="rId118"/>
+    <hyperlink ref="D149" r:id="rId119"/>
+    <hyperlink ref="D150" r:id="rId120"/>
+    <hyperlink ref="D151" r:id="rId121"/>
+    <hyperlink ref="D152" r:id="rId122"/>
+    <hyperlink ref="D154" r:id="rId123"/>
+    <hyperlink ref="D155" r:id="rId124"/>
+    <hyperlink ref="D156" r:id="rId125"/>
+    <hyperlink ref="D157" r:id="rId126"/>
+    <hyperlink ref="D158" r:id="rId127"/>
+    <hyperlink ref="D159" r:id="rId128"/>
+    <hyperlink ref="D162" r:id="rId129"/>
+    <hyperlink ref="D164" r:id="rId130"/>
+    <hyperlink ref="D165" r:id="rId131"/>
     <hyperlink ref="D167" r:id="rId132"/>
     <hyperlink ref="D168" r:id="rId133"/>
-    <hyperlink ref="D171" r:id="rId134"/>
-[...19 lines deleted...]
-    <hyperlink ref="D198" r:id="rId154"/>
+    <hyperlink ref="D169" r:id="rId134"/>
+    <hyperlink ref="D170" r:id="rId135"/>
+    <hyperlink ref="D171" r:id="rId136"/>
+    <hyperlink ref="D172" r:id="rId137"/>
+    <hyperlink ref="D173" r:id="rId138"/>
+    <hyperlink ref="D174" r:id="rId139"/>
+    <hyperlink ref="D177" r:id="rId140"/>
+    <hyperlink ref="D178" r:id="rId141"/>
+    <hyperlink ref="D179" r:id="rId142"/>
+    <hyperlink ref="D181" r:id="rId143"/>
+    <hyperlink ref="D183" r:id="rId144"/>
+    <hyperlink ref="D184" r:id="rId145"/>
+    <hyperlink ref="D185" r:id="rId146"/>
+    <hyperlink ref="D186" r:id="rId147"/>
+    <hyperlink ref="D189" r:id="rId148"/>
+    <hyperlink ref="D190" r:id="rId149"/>
+    <hyperlink ref="D191" r:id="rId150"/>
+    <hyperlink ref="D192" r:id="rId151"/>
+    <hyperlink ref="D195" r:id="rId152"/>
+    <hyperlink ref="D196" r:id="rId153"/>
+    <hyperlink ref="D197" r:id="rId154"/>
+    <hyperlink ref="D198" r:id="rId155"/>
+    <hyperlink ref="D199" r:id="rId156"/>
+    <hyperlink ref="D200" r:id="rId157"/>
+    <hyperlink ref="D202" r:id="rId158"/>
+    <hyperlink ref="D203" r:id="rId159"/>
+    <hyperlink ref="D204" r:id="rId160"/>
+    <hyperlink ref="D205" r:id="rId161"/>
+    <hyperlink ref="D206" r:id="rId162"/>
+    <hyperlink ref="D208" r:id="rId163"/>
+    <hyperlink ref="D209" r:id="rId164"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>