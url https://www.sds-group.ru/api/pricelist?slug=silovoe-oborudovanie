--- v1 (2026-01-14)
+++ v2 (2026-03-05)
@@ -8,1210 +8,1189 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="709" uniqueCount="386">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="696" uniqueCount="379">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Силовое оборудование</t>
   </si>
   <si>
-    <t>1.1 Нейлеры</t>
+    <t>1.1 Сварочное оборудование</t>
+  </si>
+  <si>
+    <t>1.1.1 Сварочные аппараты</t>
+  </si>
+  <si>
+    <t>1.1.1.1 Аппараты для сварки труб</t>
+  </si>
+  <si>
+    <t>11-1001</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 1000 Вт REXANT RX-1000</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-1002</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 800 Вт REXANT RX-800</t>
+  </si>
+  <si>
+    <t>11-1000</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 900 Вт REXANT RX-900 (Japan teflon)</t>
+  </si>
+  <si>
+    <t>11-1003</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 700 Вт REXANT RX-700</t>
+  </si>
+  <si>
+    <t>1.1.1.2 Сварочные аппараты MMA</t>
+  </si>
+  <si>
+    <t>11-0912</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-200А</t>
+  </si>
+  <si>
+    <t>11-0913</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-220А</t>
+  </si>
+  <si>
+    <t>11-0910</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-160А</t>
+  </si>
+  <si>
+    <t>11-0911</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-180А</t>
+  </si>
+  <si>
+    <t>1.1.1.3 Полуавтоматические сварочные аппараты инверторного типа MIG/MAG</t>
+  </si>
+  <si>
+    <t>11-0926</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный полуавтоматический MIG-160 KRANZ</t>
+  </si>
+  <si>
+    <t>11-0927</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный полуавтоматический MIG-200 KRANZ</t>
+  </si>
+  <si>
+    <t>1.1.1.4 Сварочные аппараты MINI</t>
+  </si>
+  <si>
+    <t>11-0915</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный MINI-160 REXANT</t>
+  </si>
+  <si>
+    <t>11-0916</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный MINI-190 REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Аксессуары для сварочных аппаратов</t>
+  </si>
+  <si>
+    <t>1.1.2.1 Провода и кабель для сварочных аппаратов</t>
+  </si>
+  <si>
+    <t>01-8410-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х10 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-8412-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8413-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8413-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8413-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8414-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8414-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8412-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8412-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2.2 Клеммы заземления</t>
+  </si>
+  <si>
+    <t>16-0053</t>
+  </si>
+  <si>
+    <t>Клемма заземления типа «крокодил» 300А 170мм для сварки REXANT</t>
+  </si>
+  <si>
+    <t>16-0055</t>
+  </si>
+  <si>
+    <t>Клемма заземления типа «крокодил» 500А 200мм для сварки REXANT</t>
+  </si>
+  <si>
+    <t>16-0052-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 200А 140 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0053-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 315А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>12-4861</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 200A REXANT</t>
+  </si>
+  <si>
+    <t>12-4863</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 500A REXANT</t>
+  </si>
+  <si>
+    <t>16-0054-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 400А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0083-9</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 315А САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>1.1.2.3 Электрододержатели</t>
+  </si>
+  <si>
+    <t>16-0855</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А Italian type REXANT</t>
+  </si>
+  <si>
+    <t>16-0856</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А Italian type REXANT</t>
+  </si>
+  <si>
+    <t>16-0703-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 315A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0850</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А С-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0851</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А С-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0853</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А American type REXANT</t>
+  </si>
+  <si>
+    <t>16-0854</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А American type REXANT</t>
+  </si>
+  <si>
+    <t>16-0857-6</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А E-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0702-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 200A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0704-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 400A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>1.1.2.4 Вилки и разъемы для сварочного кабеля</t>
+  </si>
+  <si>
+    <t>16-0883</t>
+  </si>
+  <si>
+    <t>Розетка кабельная (гнездо) СКР 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0884</t>
+  </si>
+  <si>
+    <t>Розетка кабельная (гнездо) СКР 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0880</t>
+  </si>
+  <si>
+    <t>Розетка панельная (гнездо) СКРП 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0881</t>
+  </si>
+  <si>
+    <t>Розетка панельная (гнездо) СКРП 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0882</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0885</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2.5 Комплекты сварочных проводов</t>
+  </si>
+  <si>
+    <t>16-0753</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 16мм² 200А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0754</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0763</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с клеммой заземления 16мм² 200А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0764</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с клеммой заземления 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0772</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0773</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0775</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0776</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0777</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0781</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0783</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0778</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0799</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 35-50, 25мм², 3м REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Расходные материалы для сварочных работ</t>
+  </si>
+  <si>
+    <t>1.1.3.1 Электроды</t>
+  </si>
+  <si>
+    <t>11-0957</t>
+  </si>
+  <si>
+    <t>Электрод 350мм АНО-21 3мм 1кг REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>11-0950</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0952</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 3 кг</t>
+  </si>
+  <si>
+    <t>11-0969</t>
+  </si>
+  <si>
+    <t>Электрод 350мм ОК-46 3мм пачка 3кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0970</t>
+  </si>
+  <si>
+    <t>Электрод 350мм ОК-46 3мм пачка 5кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0951</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 5кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0953</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 5 кг</t>
+  </si>
+  <si>
+    <t>11-0960</t>
+  </si>
+  <si>
+    <t>Электрод REXANT ОЗС-12, 350 мм/3 мм, пачка 1 кг</t>
+  </si>
+  <si>
+    <t>11-0956</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 1 кг</t>
+  </si>
+  <si>
+    <t>11-0958</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм АНО-21 4 мм 1 кг</t>
+  </si>
+  <si>
+    <t>11-0961</t>
+  </si>
+  <si>
+    <t>Электрод ОК-46, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0962</t>
+  </si>
+  <si>
+    <t>Электрод УОНИ-13/55, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3.2 Сварочная проволока</t>
+  </si>
+  <si>
+    <t>KR-11-0981-5</t>
+  </si>
+  <si>
+    <t>Сварочная проволока омедненная Св08Г2С-О (ER70S-6; SG2) 5 кг 0,8 мм D200 KRANZ</t>
+  </si>
+  <si>
+    <t>1.1.4 Сварочный инструмент</t>
+  </si>
+  <si>
+    <t>1.1.4.1 Магнитные угольники для сварки</t>
+  </si>
+  <si>
+    <t>12-4827</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 45 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4833</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4824</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4825</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 22,6 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4826</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4837</t>
+  </si>
+  <si>
+    <t>Шарнирный держатель для сварки усилие 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4831</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4832</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 22,6 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4830</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки набор 4 шт. на 4 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4835</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4836</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 23 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4839</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 4 угла, усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4.2 Труборезы для пластиковых труб</t>
+  </si>
+  <si>
+    <t>11-1017</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RA-65Mn REXANT</t>
+  </si>
+  <si>
+    <t>11-1018</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RSA-SK5 REXANT</t>
+  </si>
+  <si>
+    <t>11-1019</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RS-65Mn REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 Защита и спецодежда для сварки</t>
+  </si>
+  <si>
+    <t>1.1.5.1 Сварочные маски и щитки</t>
+  </si>
+  <si>
+    <t>KR-16-0798</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маска сварщика с черным минеральным стеклом DIN 9 KRANZ </t>
+  </si>
+  <si>
+    <t>KR-16-0795</t>
+  </si>
+  <si>
+    <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 100 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-0796</t>
+  </si>
+  <si>
+    <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 400 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-0797</t>
+  </si>
+  <si>
+    <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 777 KRANZ</t>
+  </si>
+  <si>
+    <t>1.2 Строительное оборудование</t>
+  </si>
+  <si>
+    <t>1.2.1 Бетоносмесители</t>
+  </si>
+  <si>
+    <t>KR-16-1104</t>
+  </si>
+  <si>
+    <t>Бетоносмеситель KR-160, 700Вт, 160л, чугунный венец KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1105</t>
+  </si>
+  <si>
+    <t>Бетоносмеситель KR-180, 700Вт, 180л, чугунный венец KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1106</t>
+  </si>
+  <si>
+    <t>Бетоносмеситель KR-200, 1000Вт, 200л, чугунный венец KRANZ</t>
+  </si>
+  <si>
+    <t>1.2.2 Строительные пылесосы и аксессуары</t>
+  </si>
+  <si>
+    <t>KR-16-1115</t>
+  </si>
+  <si>
+    <t>Пылесос строительный KR15, 1200Вт, 15л, 4м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1117</t>
+  </si>
+  <si>
+    <t>Пылесос строительный KR30, 1400Вт, 30л, 4м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-0001</t>
+  </si>
+  <si>
+    <t>Насадка для сбора пыли при сверлении для пылесоса, диаметр 15мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-0002</t>
+  </si>
+  <si>
+    <t>Комплект одноразовых мешков для строительного пылесоса KR15, 15л KRANZ</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>KR-16-0003</t>
+  </si>
+  <si>
+    <t>Комплект одноразовых мешков для строительного пылесоса KR30, 30л KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-0004</t>
+  </si>
+  <si>
+    <t>Мешок тканевый многоразовый для строительных пылесосов KR1530 15-30л  KRANZ</t>
+  </si>
+  <si>
+    <t>1.3 Генераторы</t>
+  </si>
+  <si>
+    <t>1.3.1 Бензиновые генераторы</t>
+  </si>
+  <si>
+    <t>KR-16-1133</t>
+  </si>
+  <si>
+    <t>Генератор бензиновый KR3300, 3,3кВт, 230В, 15л, ручной стартер KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1135</t>
+  </si>
+  <si>
+    <t>Генератор бензиновый KR5500EA, 5,5кВт, 230В, 25л, коннектор автоматики, электростартер KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1137</t>
+  </si>
+  <si>
+    <t>Генератор бензиновый KR8000, 8кВт, 230В, 25л, ручной старт KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1138</t>
+  </si>
+  <si>
+    <t>Генератор бензиновый KR9000EA, 9,0кВт, 230В, 25л, коннектор автоматики, электростартер KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1139</t>
+  </si>
+  <si>
+    <t>Генератор бензиновый KR8000EA, 8кВт, 25л, коннектор автоматики, электростартер KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1140</t>
+  </si>
+  <si>
+    <t>Генератор бензиновый KR9000EA-3, 9кВт, 230В/380В, 25л, коннектор автоматики, электростартер KRANZ</t>
+  </si>
+  <si>
+    <t>1.3.2 Инверторные генераторы</t>
+  </si>
+  <si>
+    <t>KR-16-1141</t>
+  </si>
+  <si>
+    <t>Генератор инверторный KR2200I, 2,2кВт, 230В, 4л, закрытый корпус, ручной старт KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1142</t>
+  </si>
+  <si>
+    <t>Генератор инверторный KR2500IO, 2,5кВт, 230В, 7л, открытый корпус, ручной старт KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1143</t>
+  </si>
+  <si>
+    <t>Генератор инверторный KR3500IO, 3,5кВт, 230В, 7л, открытый корпус, ручной старт KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1145</t>
+  </si>
+  <si>
+    <t>Генератор инверторный KR1200I, 1,2кВт, 230В, 2л, закрытый корпус, ручной старт KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1146</t>
+  </si>
+  <si>
+    <t>Генератор инверторный KR5500IE, 5,5кВт, 230В, 10л, закрытый корпус, электростартер KRANZ</t>
+  </si>
+  <si>
+    <t>1.3.3 Дизельные генераторы</t>
+  </si>
+  <si>
+    <t>KR-16-1315</t>
+  </si>
+  <si>
+    <t>Генератор дизельный KR8500DEA, 8,5кВт, 230В, 16л, коннектор автоматики, электростартер KRANZ</t>
+  </si>
+  <si>
+    <t>1.4 Компрессоры и пневмоинструмент</t>
+  </si>
+  <si>
+    <t>1.4.1 Компрессоры</t>
+  </si>
+  <si>
+    <t>KR-16-1152</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный KR-1500/50, 1500Вт, 280 л/мин, 50л KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1153</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный KR-2200/50, 2200Вт, 400 л/мин, 50л KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1161</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный безмасляный KR-850/10, 850Вт, 140 л/мин, 10л KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1151</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный KR-1500/24, 1500Вт, 230 л/мин, 24л KRANZ</t>
+  </si>
+  <si>
+    <t>1.4.2 Аксессуары для компрессоров</t>
+  </si>
+  <si>
+    <t>KR-16-1406</t>
+  </si>
+  <si>
+    <t>Пистолет для накачки шин PRO KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1403</t>
+  </si>
+  <si>
+    <t>Пистолет для антигравийных и антикоррозийных составов с гибким и прямым соплом + регулятор давления KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1410</t>
+  </si>
+  <si>
+    <t>Пистолет моечный (мовильный), металлический бачок, 900мл KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1415</t>
+  </si>
+  <si>
+    <t>Пистолет продувочный пневматический, металлический, с удлиненным соплом (135мм) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор пневмоинструментов KRANZ </t>
+  </si>
+  <si>
+    <t>KR-16-1171</t>
+  </si>
+  <si>
+    <t>Шланг спиральный для компрессора, с быстросъемным соединением, 5м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1172</t>
+  </si>
+  <si>
+    <t>Шланг спиральный для компрессора, с быстросъемным соединением, 10м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1173</t>
+  </si>
+  <si>
+    <t>Шланг спиральный для компрессора, с быстросъемным соединением, 15м KRANZ</t>
+  </si>
+  <si>
+    <t>1.4.3 Пневматический инструмент</t>
+  </si>
+  <si>
+    <t>KR-80-0703</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 868 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0704</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 1490 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0701</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 330 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0702</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 680 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0705</t>
+  </si>
+  <si>
+    <t>Трещотка пневматическая 1/2", 70 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0706</t>
+  </si>
+  <si>
+    <t>Трещотка пневматическая 1/4", 70 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>1.5 Садовая и уборочная техника</t>
+  </si>
+  <si>
+    <t>1.5.1 Триммеры и аксессуары</t>
+  </si>
+  <si>
+    <t>KR-16-1202</t>
+  </si>
+  <si>
+    <t>Триммер бензиновый KR-52, 52см3, 3 л.с, разборная штанга KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1211</t>
+  </si>
+  <si>
+    <t>Триммер электрический KR-300, 300Вт, 250мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1212</t>
+  </si>
+  <si>
+    <t>Триммер электрический KR-1400, 1400Вт, 420/255мм, катушка+диск, разборная штанга KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1221</t>
+  </si>
+  <si>
+    <t>Катушка для триммера полуавтоматическая KR-115PP, гайка М10x1,25 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1222</t>
+  </si>
+  <si>
+    <t>Катушка для триммера полуавтоматическая KR-115PA, гайка M10x1,25, винт M10-M10 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1223</t>
+  </si>
+  <si>
+    <t>Катушка для триммера полуавтоматическая KR-130PP, гайка M10x1,25, винт M10-M10 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1224</t>
+  </si>
+  <si>
+    <t>Диск для триммера 230x25,4мм, толщина 1,3мм, 40 зубьев KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1225</t>
+  </si>
+  <si>
+    <t>Ранцевый ремень с защитой бедра для бензиновых триммеров KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.2 Газонокосилки и аксессуары</t>
+  </si>
+  <si>
+    <t>1.5.2.1 Газонокосилки бензиновые</t>
+  </si>
+  <si>
+    <t>KR-16-1232</t>
+  </si>
+  <si>
+    <t>Газонокосилка бензиновая KR-510SP самоходная, 200см3, 51см KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1235</t>
+  </si>
+  <si>
+    <t>Газонокосилка бензиновая KR-430NSP несамоходная, 150см3, 43см KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1231</t>
+  </si>
+  <si>
+    <t>Газонокосилка бензиновая KR-460SP самоходная, 150см3, 46см KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.2.2 Газонокосилки электрические</t>
+  </si>
+  <si>
+    <t>KR-16-1241</t>
+  </si>
+  <si>
+    <t>Газонокосилка электрическая KR-2000, 2000Вт, ширина 42см, 6 уровней, 45л KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.3 Пилы и аксессуары</t>
+  </si>
+  <si>
+    <t>KR-16-1182</t>
+  </si>
+  <si>
+    <t>Пила цепная бензиновая KR-5245, шина 45см, 3,5 л.с, шаг 0,325, 72 звена KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1183</t>
+  </si>
+  <si>
+    <t>Пила цепная бензиновая KR-5850, шина 50см, 4,1 л.с, шаг 0,325, 76 звеньев KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1192</t>
+  </si>
+  <si>
+    <t>Цепь для бензопилы KR-4572, шина 45см, шаг 0,325, 72 звена KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1193</t>
+  </si>
+  <si>
+    <t>Цепь для бензопилы KR-5076, шина 50см, шаг 0,325, 76 звеньев KRANZ</t>
+  </si>
+  <si>
+    <t>1.6 Моечное и насосное оборудование</t>
+  </si>
+  <si>
+    <t>1.6.1 Мойки высокого давления</t>
+  </si>
+  <si>
+    <t>KR-16-1263</t>
+  </si>
+  <si>
+    <t>Мойка высокого давления KR-210 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1261</t>
+  </si>
+  <si>
+    <t>Мойка высокого давления KR-110 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1262</t>
+  </si>
+  <si>
+    <t>Мойка высокого давления KR-170 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1269</t>
+  </si>
+  <si>
+    <t>Мойка высокого давления KR-171, 2200Вт, 450 л/ч, 170 Бар KRANZ</t>
+  </si>
+  <si>
+    <t>1.7 Аксессуары для силовой техники</t>
+  </si>
+  <si>
+    <t>KR-16-1301</t>
+  </si>
+  <si>
+    <t>Чехол для снегоуборщика и садово-уборочной техники, черный KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1299</t>
+  </si>
+  <si>
+    <t>Моторное масло полусинтетическое для 4-хтактных двигателей SAE 5W30, 1л KRANZ</t>
+  </si>
+  <si>
+    <t>1.8 Нейлеры</t>
+  </si>
+  <si>
+    <t>KR-16-1655</t>
+  </si>
+  <si>
+    <t>Пистолет гвоздезабивной газовый монтажный GN100, 100Дж, длина гвоздей 15-40мм, диаметр 2,7-3мм KRANZ</t>
   </si>
   <si>
     <t>KR-16-1610</t>
   </si>
   <si>
     <t>Пневмопистолет гвоздезабивной (нейлер) 2в1 N50/S40 KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-16-1620</t>
+  </si>
+  <si>
+    <t>Пневмопистолет гвоздезабивной (нейлер) N90/D21, наклон 21 градус KRANZ</t>
   </si>
   <si>
     <t>KR-16-1650</t>
   </si>
   <si>
     <t>Пистолет гвоздезабивной газовый монтажный GN95, 95Дж, длина гвоздей 15-40мм, диаметр 2,7-3мм KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1655</t>
-[...11 lines deleted...]
-    <t>1.1.1 Крепеж и аксессуары для нейлеров</t>
+    <t>1.8.1 Крепеж и аксессуары для нейлеров</t>
+  </si>
+  <si>
+    <t>KR-16-1716</t>
+  </si>
+  <si>
+    <t>Гвозди по бетону 3х22мм, 1000 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-16-1718</t>
   </si>
   <si>
     <t>Гвозди по бетону 3х25мм, 1000 шт. KRANZ</t>
   </si>
   <si>
-    <t>упак</t>
-[...1 lines deleted...]
-  <si>
     <t>KR-16-1714</t>
   </si>
   <si>
     <t>Гвозди по бетону 3х19мм, 1000 шт. KRANZ</t>
-  </si>
-[...1075 lines deleted...]
-    <t>Чехол для снегоуборщика и садово-уборочной техники, черный KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1596,56 +1575,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmopistolet-gvozdezabivnoy-neyler-2v1-n50-s40-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-gvozdezabivnoy-gazovyy-montazhnyy-gn95-95dzh-dlina-gvozdey-15-40mm-diametr-2-7-3mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-gvozdezabivnoy-gazovyy-montazhnyy-gn100-100dzh-dlina-gvozdey-15-40mm-diametr-2-7-3mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmopistolet-gvozdezabivnoy-neyler-n90-d21-naklon-21-gradus-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h25mm-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h19mm-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h22mm-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-700-vt-rexant-rx-700" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-1000-vt-rexant-rx-1000" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-800-vt-rexant-rx-800" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-180a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-200a" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-220a" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-160a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-200-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-160-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-160-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-190-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h10-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500a-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-400a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500a-200mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-200a-140-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315a-saturn-rossiya" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200a-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-315a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300a-170mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-400a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-s-type-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-e-type-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-200a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-315a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-s-type-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-american-type-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-american-type-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-35-50-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-10-25-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm-3-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-uoni-13-55-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-ok-46-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-3kg-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ano-21-3mm-1kg-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-1-0-mm-d200-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-0-8-mm-d200-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-23-kg-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirnyy-derzhatel-dlya-svarki-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rsa-sk5-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rs-65mn-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-ra-65mn-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-777-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-100-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-400-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-chernym-mineralnym-steklom-din-9-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-160-700vt-160l-chugunnyy-venets-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-200-1000vt-200l-chugunnyy-venets-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-180-700vt-180l-chugunnyy-venets-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pylesos-stroitelnyy-kr15-1200vt-15l-4m-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meshok-tkanevyy-mnogorazovyy-dlya-stroitelnyh-pylesosov-kr1530-15-30l-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-sbora-pyli-pri-sverlenii-dlya-pylesosa-diametr-15mm-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-odnorazovyh-meshkov-dlya-stroitelnogo-pylesosa-kr15-15l-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-odnorazovyh-meshkov-dlya-stroitelnogo-pylesosa-kr30-30l-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pylesos-stroitelnyy-kr30-1400vt-30l-4m-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-bezmaslyanyy-kr-850-10-850vt-140-l-min-10l-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-1500-24-1500vt-230-l-min-24l-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-1500-50-1500vt-280-l-min-50l-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-2200-50-2200vt-400-l-min-50l-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-nakachki-shin-pro-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-15m-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-moechnyy-movilnyy-metallicheskiy-bachok-900ml-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pnevmoinstrumentov-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-5m-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-antigraviynyh-i-antikorroziynyh-sostavov-s-gibkim-i-pryamym-soplom-regulyator-davleniy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-10m-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-produvochnyy-pnevmaticheskiy-metallicheskiy-s-udlinennym-soplom-135mm-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-680-nm-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-4-70-nm-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-868-nm-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-1490-nm-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-330-nm-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-2-70-nm-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motoblok-benzinovyy-kr-207-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinovyy-kr562-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/snegouborschik-benzinovyy-kr613-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-300-300vt-250mm-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-benzinovyy-kr-52-52sm3-3-l-s-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pa-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-dlya-trimmera-230x25-4mm-tolschina-1-3mm-40-zubev-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pp-gayka-m10x1-25-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-130pp-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-1400-1400vt-420-255mm-katushka-disk-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rantsevyy-remen-s-zaschitoy-bedra-dlya-benzinovyh-trimmerov-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-430nsp-nesamohodnaya-150sm3-43sm-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-460sp-samohodnaya-150sm3-46sm-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-510sp-samohodnaya-200sm3-51sm-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-elektricheskaya-kr-2000-2000vt-shirina-42sm-6-urovney-45l-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5850-shina-50sm-4-1-l-s-shag-0-325-76-zvenev-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-4572-shina-45sm-shag-0-325-72-zvena-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-5076-shina-50sm-shag-0-325-76-zvenev-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5245-shina-45sm-3-5-l-s-shag-0-325-72-zvena-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-170-kranz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-171-2200vt-450-l-ch-170-bar-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-210-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-110-kranz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr5500ea-5-5kvt-230v-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr9000ea-9-0kvt-230v-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr8000ea-8kvt-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr9000ea-3-9kvt-230v-380v-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr3300-3-3kvt-230v-15l-ruchnoy-starter-kranz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr8000-8kvt-230v-25l-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr5500ie-5-5kvt-230v-10l-zakrytyy-korpus-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr2500io-2-5kvt-230v-7l-otkrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr1200i-1-2kvt-230v-2l-zakrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr2200i-2-2kvt-230v-4l-zakrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr3500io-3-5kvt-230v-7l-otkrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motornoe-maslo-polusinteticheskoe-dlya-4-htaktnyh-dvigateley-sae-5w30-1l-kranz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-dlya-snegouborschika-i-sadovo-uborochnoy-tehniki-chernyy-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-1000-vt-rexant-rx-1000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-800-vt-rexant-rx-800" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-700-vt-rexant-rx-700" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-200a" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-220a" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-160a" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-180a" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-160-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-200-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-160-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-190-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h10-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300a-170mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500a-200mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-200a-140-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-315a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200a-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500a-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-400a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315a-saturn-rossiya" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-315a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-s-type-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-s-type-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-american-type-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-american-type-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-e-type-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-200a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-400a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-10-25-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-35-50-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ano-21-3mm-1kg-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-3kg-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm3-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-ok-46-350mm3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-uoni-1355-350mm3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-0-8-mm-d200-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirnyy-derzhatel-dlya-svarki-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-23-kg-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-ra-65mn-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rsa-sk5-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rs-65mn-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarshchika-s-chernym-mineralnym-steklom-din-9-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarshchika-s-avtomaticheskim-svetofiltrom-hameleon-asf-100-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarshchika-s-avtomaticheskim-svetofiltrom-hameleon-asf-400-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarshchika-s-avtomaticheskim-svetofiltrom-hameleon-asf-777-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-160-700vt-160l-chugunnyy-venets-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-180-700vt-180l-chugunnyy-venets-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/betonosmesitel-kr-200-1000vt-200l-chugunnyy-venets-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pylesos-stroitelnyy-kr15-1200vt-15l-4m-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pylesos-stroitelnyy-kr30-1400vt-30l-4m-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-sbora-pyli-pri-sverlenii-dlya-pylesosa-diametr-15mm-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-odnorazovyh-meshkov-dlya-stroitelnogo-pylesosa-kr15-15l-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-odnorazovyh-meshkov-dlya-stroitelnogo-pylesosa-kr30-30l-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meshok-tkanevyy-mnogorazovyy-dlya-stroitelnyh-pylesosov-kr1530-15-30l-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr3300-3-3kvt-230v-15l-ruchnoy-starter-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr5500ea-5-5kvt-230v-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr8000-8kvt-230v-25l-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr9000ea-9-0kvt-230v-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr8000ea-8kvt-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-benzinovyy-kr9000ea-3-9kvt-230v380v-25l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr2200i-2-2kvt-230v-4l-zakrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr2500io-2-5kvt-230v-7l-otkrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr3500io-3-5kvt-230v-7l-otkrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr1200i-1-2kvt-230v-2l-zakrytyy-korpus-ruchnoy-start-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-invertornyy-kr5500ie-5-5kvt-230v-10l-zakrytyy-korpus-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/generator-dizelnyy-kr8500dea-8-5kvt-230v-16l-konnektor-avtomatiki-elektrostarter-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-150050-1500vt-280-lmin-50l-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-220050-2200vt-400-lmin-50l-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-bezmaslyanyy-kr-85010-850vt-140-lmin-10l-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-150024-1500vt-230-lmin-24l-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-nakachki-shin-pro-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-antigraviynyh-i-antikorroziynyh-sostavov-s-gibkim-i-pryamym-soplom-regulyator-davleniya-kranz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-moechnyy-movilnyy-metallicheskiy-bachok-900ml-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-produvochnyy-pnevmaticheskiy-metallicheskiy-s-udlinennym-soplom-135mm-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pnevmoinstrumentov-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-5m-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-10m-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-15m-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-12-868-nm-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-12-1490-nm-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-12-330-nm-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-12-680-nm-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treshchotka-pnevmaticheskaya-12-70-nm-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treshchotka-pnevmaticheskaya-14-70-nm-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-benzinovyy-kr-52-52sm3-3-l-s-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-300-300vt-250mm-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trimmer-elektricheskiy-kr-1400-1400vt-420255mm-katushka-disk-razbornaya-shtanga-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pp-gayka-m10x1-25-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-115pa-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/katushka-dlya-trimmera-poluavtomaticheskaya-kr-130pp-gayka-m10x1-25-vint-m10-m10-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-dlya-trimmera-230x25-4mm-tolshchina-1-3mm-40-zubev-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rantsevyy-remen-s-zashchitoy-bedra-dlya-benzinovyh-trimmerov-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-510sp-samohodnaya-200sm3-51sm-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-430nsp-nesamohodnaya-150sm3-43sm-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-460sp-samohodnaya-150sm3-46sm-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-elektricheskaya-kr-2000-2000vt-shirina-42sm-6-urovney-45l-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5245-shina-45sm-3-5-l-s-shag-0-325-72-zvena-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-tsepnaya-benzinovaya-kr-5850-shina-50sm-4-1-l-s-shag-0-325-76-zvenev-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-4572-shina-45sm-shag-0-325-72-zvena-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsep-dlya-benzopily-kr-5076-shina-50sm-shag-0-325-76-zvenev-kranz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-210-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-110-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-170-kranz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/moyka-vysokogo-davleniya-kr-171-2200vt-450-lch-170-bar-kranz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/chehol-dlya-snegouborshchika-i-sadovo-uborochnoy-tehniki-chernyy-kranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/motornoe-maslo-polusinteticheskoe-dlya-4-htaktnyh-dvigateley-sae-5w30-1l-kranz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-gvozdezabivnoy-gazovyy-montazhnyy-gn100-100dzh-dlina-gvozdey-15-40mm-diametr-2-7-3mm-kranz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmopistolet-gvozdezabivnoy-neyler-2v1-n50s40-kranz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmopistolet-gvozdezabivnoy-neyler-n90d21-naklon-21-gradus-kranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-gvozdezabivnoy-gazovyy-montazhnyy-gn95-95dzh-dlina-gvozdey-15-40mm-diametr-2-7-3mm-kranz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h22mm-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h25mm-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gvozdi-po-betonu-3h19mm-1000-sht-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I209"/>
+  <dimension ref="A1:I205"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1670,5563 +1649,5459 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C6" s="3">
-        <v>43316.66</v>
+        <v>3677.48</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="3">
+        <v>2769.14</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" s="3">
+        <v>0</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>20</v>
+      </c>
+      <c r="I7" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C7" s="3">
-[...32 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="C8" s="3">
+        <v>4899.47</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" s="3">
+        <v>0</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>12</v>
+      </c>
+      <c r="I8" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
+      <c r="C9" s="3">
+        <v>1809.18</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F9" s="3">
+        <v>0</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>20</v>
+      </c>
+      <c r="I9" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" s="3">
+        <v>7239.65</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F11" s="3">
+        <v>0</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>2</v>
+      </c>
+      <c r="I11" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="C12" s="3">
+        <v>8214.6</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F12" s="3">
+        <v>0</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>2</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C11" s="3">
-[...22 lines deleted...]
-      <c r="A12" s="2" t="s">
+      <c r="B13" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="2"/>
-[...9 lines deleted...]
-      <c r="A13" s="2" t="s">
+      <c r="C13" s="3">
+        <v>5429.75</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F13" s="3">
+        <v>0</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>2</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="2"/>
-[...9 lines deleted...]
-      <c r="A14" s="2" t="s">
+      <c r="B14" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B14" s="2"/>
-[...6 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="C14" s="3">
+        <v>6636.36</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F14" s="3">
+        <v>0</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>2</v>
+      </c>
+      <c r="I14" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="3" t="s">
+      <c r="A15" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>2380.5</v>
+        <v>12669.41</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F16" s="3">
-        <v>549</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="C17" s="3">
+        <v>18690.39</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F17" s="3">
+        <v>0</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>1</v>
+      </c>
+      <c r="I17" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C17" s="3">
-[...22 lines deleted...]
-      <c r="A18" s="3" t="s">
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="B19" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="C18" s="3">
-[...32 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="C19" s="3">
+        <v>4826.43</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F19" s="3">
+        <v>0</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>4</v>
+      </c>
+      <c r="I19" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3">
+        <v>5784.2</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F20" s="3">
+        <v>0</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>4</v>
+      </c>
+      <c r="I20" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="C20" s="3">
-[...22 lines deleted...]
-      <c r="A21" s="3" t="s">
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C23" s="3">
+        <v>2812.35</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F23" s="3">
+        <v>0</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
+        <v>8</v>
+      </c>
+      <c r="I23" s="3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B23" s="3" t="s">
+      <c r="B24" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C23" s="3">
-[...32 lines deleted...]
-      <c r="I24" s="2"/>
+      <c r="C24" s="3">
+        <v>2104.15</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F24" s="3">
+        <v>0</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>1</v>
+      </c>
+      <c r="I24" s="3">
+        <v>3</v>
+      </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>26700.56</v>
+        <v>2540.92</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="F25" s="3">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3">
+        <v>4299.69</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F26" s="3">
+        <v>0</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>8</v>
+      </c>
+      <c r="I26" s="3">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="C26" s="3">
-[...22 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B27" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B27" s="2"/>
-[...6 lines deleted...]
-      <c r="I27" s="2"/>
+      <c r="C27" s="3">
+        <v>9559.47</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F27" s="3">
+        <v>0</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>4</v>
+      </c>
+      <c r="I27" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="3">
-        <v>6894.9</v>
+        <v>6039.95</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="F28" s="3">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="3">
-        <v>8263.14</v>
+        <v>12419.55</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="F29" s="3">
-        <v>141</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="2" t="s">
+      <c r="A30" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B30" s="2"/>
-[...6 lines deleted...]
-      <c r="I30" s="2"/>
+      <c r="B30" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C30" s="3">
+        <v>1438.76</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F30" s="3">
+        <v>0</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>15</v>
+      </c>
+      <c r="I30" s="3">
+        <v>3</v>
+      </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="A31" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C31" s="3">
+        <v>4234.22</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F31" s="3">
+        <v>0</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>9</v>
+      </c>
+      <c r="I31" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C32" s="3">
-        <v>13095.17</v>
+        <v>6165.78</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="F32" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C33" s="3">
-        <v>5889.99</v>
+        <v>2216.55</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="F33" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I33" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C34" s="3">
-        <v>3433.67</v>
+        <v>3527.08</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="F34" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I34" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A35" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B35" s="3" t="s">
+      <c r="A35" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="C35" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C36" s="3">
-        <v>3852.54</v>
+        <v>391.15</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="F36" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="3">
-        <v>8273.9</v>
+        <v>481.59</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="F37" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I37" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C38" s="3">
-        <v>8446.27</v>
+        <v>1014.54</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="F38" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C39" s="3">
-        <v>2878.63</v>
+        <v>1274.42</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="F39" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I39" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C40" s="3">
-        <v>5721.92</v>
+        <v>427.14</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>9</v>
+        <v>96</v>
       </c>
       <c r="I40" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C41" s="3">
-        <v>4831.61</v>
+        <v>1347.14</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="F41" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I41" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C42" s="3">
-        <v>1868.52</v>
+        <v>1592.06</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="F42" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I42" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C43" s="3">
-        <v>2697.63</v>
+        <v>2012.63</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="F43" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C45" s="3">
-        <v>1683.92</v>
+        <v>455.62</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F45" s="3">
-        <v>1215</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C46" s="3">
-        <v>2015.27</v>
+        <v>524.14</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F46" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C47" s="3">
-        <v>594.56</v>
+        <v>1411.6</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F47" s="3">
-        <v>4026</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>40</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C48" s="3">
-        <v>1268.18</v>
+        <v>391.15</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F48" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C49" s="3">
-        <v>2613.8</v>
+        <v>414.62</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F49" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C50" s="3">
-        <v>533.93</v>
+        <v>549.18</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F50" s="3">
-        <v>1720</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C51" s="3">
-        <v>1613.19</v>
+        <v>549.18</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F51" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C52" s="3">
-        <v>488.94</v>
+        <v>431.21</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F52" s="3">
-        <v>5626</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
+        <v>50</v>
+      </c>
+      <c r="I52" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C53" s="3">
+        <v>1342.44</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F53" s="3">
+        <v>0</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
         <v>40</v>
       </c>
-      <c r="I52" s="3">
-[...14 lines deleted...]
-      <c r="I53" s="2"/>
+      <c r="I53" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C54" s="3">
-        <v>569.52</v>
+        <v>1480.75</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F54" s="3">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A55" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B55" s="3" t="s">
+      <c r="A55" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="C55" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C56" s="3">
-        <v>1850.94</v>
+        <v>223.8</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F56" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C57" s="3">
-        <v>488.94</v>
+        <v>488.26</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F57" s="3">
-        <v>237</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C58" s="3">
-        <v>539.01</v>
+        <v>219.72</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F58" s="3">
-        <v>2386</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C59" s="3">
-        <v>1678.05</v>
+        <v>427.23</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F59" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>40</v>
+        <v>250</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C60" s="3">
-        <v>1764.5</v>
+        <v>244.11</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>40</v>
+        <v>250</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C61" s="3">
-        <v>518.28</v>
+        <v>474.7</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F61" s="3">
-        <v>675</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="3" t="s">
+      <c r="A62" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B63" s="3" t="s">
+      <c r="C63" s="3">
+        <v>2116.79</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F63" s="3">
+        <v>0</v>
+      </c>
+      <c r="G63" s="3">
+        <v>1</v>
+      </c>
+      <c r="H63" s="3">
+        <v>20</v>
+      </c>
+      <c r="I63" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="C63" s="3">
-[...22 lines deleted...]
-      <c r="A64" s="2" t="s">
+      <c r="B64" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B64" s="2"/>
-[...6 lines deleted...]
-      <c r="I64" s="2"/>
+      <c r="C64" s="3">
+        <v>2724.64</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F64" s="3">
+        <v>0</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>20</v>
+      </c>
+      <c r="I64" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C65" s="3">
-        <v>593.37</v>
+        <v>2116.79</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F65" s="3">
-        <v>5590</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C66" s="3">
-        <v>534.04</v>
+        <v>2886.54</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F66" s="3">
-        <v>1653</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C67" s="3">
-        <v>287.19</v>
+        <v>3340.85</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>250</v>
+        <v>7</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C68" s="3">
-        <v>258.49</v>
+        <v>5708.94</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F68" s="3">
-        <v>3170</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>500</v>
+        <v>5</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C69" s="3">
-        <v>263.29</v>
+        <v>5195.78</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F69" s="3">
-        <v>432</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>200</v>
+        <v>15</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C70" s="3">
-        <v>610.32</v>
+        <v>7725.57</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F70" s="3">
-        <v>1736</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A71" s="2" t="s">
+      <c r="A71" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B71" s="2"/>
-[...6 lines deleted...]
-      <c r="I71" s="2"/>
+      <c r="B71" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C71" s="3">
+        <v>5226.57</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F71" s="3">
+        <v>0</v>
+      </c>
+      <c r="G71" s="3">
+        <v>1</v>
+      </c>
+      <c r="H71" s="3">
+        <v>10</v>
+      </c>
+      <c r="I71" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C72" s="3">
-        <v>3954.17</v>
+        <v>2180.94</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F72" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>20</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C73" s="3">
-        <v>7117.51</v>
+        <v>2881.3</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F73" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C74" s="3">
-        <v>10582.97</v>
+        <v>7007.79</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F74" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>5</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C75" s="3">
-        <v>2832.39</v>
+        <v>3021.49</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F75" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I75" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A76" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B76" s="3" t="s">
+      <c r="A76" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="C76" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B76" s="2"/>
+      <c r="C76" s="2"/>
+      <c r="D76" s="2"/>
+      <c r="E76" s="2"/>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2"/>
+      <c r="H76" s="2"/>
+      <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A77" s="3" t="s">
+      <c r="A77" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B77" s="2"/>
+      <c r="C77" s="2"/>
+      <c r="D77" s="2"/>
+      <c r="E77" s="2"/>
+      <c r="F77" s="2"/>
+      <c r="G77" s="2"/>
+      <c r="H77" s="2"/>
+      <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B78" s="3" t="s">
+      <c r="C78" s="3">
+        <v>473.96</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C78" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F78" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C79" s="3">
-        <v>7159.68</v>
+        <v>451.39</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="F79" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C80" s="3">
-        <v>3946.98</v>
+        <v>1241.33</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="F80" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C81" s="3">
-        <v>9599.71</v>
+        <v>1455.75</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="F81" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C82" s="3">
-        <v>3597.01</v>
+        <v>2290.82</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="F82" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>1</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C83" s="3">
-        <v>2749.08</v>
+        <v>1974.85</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="F83" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I83" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C84" s="3">
-        <v>2749.08</v>
+        <v>1862</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="F84" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="2" t="s">
+      <c r="A85" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B85" s="2"/>
-[...6 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="B85" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C85" s="3">
+        <v>485.25</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F85" s="3">
+        <v>0</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>1</v>
+      </c>
+      <c r="I85" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A86" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I86" s="2"/>
+      <c r="A86" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C86" s="3">
+        <v>440.12</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F86" s="3">
+        <v>0</v>
+      </c>
+      <c r="G86" s="3">
+        <v>1</v>
+      </c>
+      <c r="H86" s="3">
+        <v>1</v>
+      </c>
+      <c r="I86" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C87" s="3">
-        <v>550.15</v>
+        <v>473.96</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="F87" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C88" s="3">
-        <v>606.56</v>
+        <v>519.1</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="F88" s="3">
-        <v>314</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>1</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C89" s="3">
-        <v>521.92</v>
+        <v>417.54</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>24</v>
+        <v>151</v>
       </c>
       <c r="F89" s="3">
-        <v>337</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>1</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A90" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C91" s="3">
-        <v>564.24</v>
+        <v>1689.25</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F91" s="3">
-        <v>901</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>1</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A92" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B92" s="3" t="s">
+      <c r="A92" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="C92" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B92" s="2"/>
+      <c r="C92" s="2"/>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2"/>
+      <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A93" s="3" t="s">
+      <c r="A93" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B93" s="2"/>
+      <c r="C93" s="2"/>
+      <c r="D93" s="2"/>
+      <c r="E93" s="2"/>
+      <c r="F93" s="2"/>
+      <c r="G93" s="2"/>
+      <c r="H93" s="2"/>
+      <c r="I93" s="2"/>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>1571.31</v>
+        <v>1459.26</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F94" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="I94" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="3">
-        <v>2975.09</v>
+        <v>1062.38</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F95" s="3">
+        <v>0</v>
+      </c>
+      <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
         <v>24</v>
       </c>
-      <c r="F95" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>2564.74</v>
+        <v>277.48</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F96" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="I96" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>592.45</v>
+        <v>508.3</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F97" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B98" s="3" t="s">
+      <c r="C98" s="3">
+        <v>823.44</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F98" s="3">
+        <v>0</v>
+      </c>
+      <c r="G98" s="3">
+        <v>1</v>
+      </c>
+      <c r="H98" s="3">
+        <v>24</v>
+      </c>
+      <c r="I98" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="C98" s="3">
-[...22 lines deleted...]
-      <c r="A99" s="2" t="s">
+      <c r="B99" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="B99" s="2"/>
-[...6 lines deleted...]
-      <c r="I99" s="2"/>
+      <c r="C99" s="3">
+        <v>1019.17</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F99" s="3">
+        <v>0</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
+        <v>8</v>
+      </c>
+      <c r="I99" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C100" s="3">
-        <v>3522.74</v>
+        <v>328.58</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F100" s="3">
         <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I100" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C101" s="3">
-        <v>2413.21</v>
+        <v>588.3</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F101" s="3">
-        <v>2686</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="I101" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A102" s="2" t="s">
+      <c r="A102" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B102" s="2"/>
-[...6 lines deleted...]
-      <c r="I102" s="2"/>
+      <c r="B102" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C102" s="3">
+        <v>793.26</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F102" s="3">
+        <v>0</v>
+      </c>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
+        <v>50</v>
+      </c>
+      <c r="I102" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I103" s="2"/>
+      <c r="A103" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C103" s="3">
+        <v>2824.39</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F103" s="3">
+        <v>0</v>
+      </c>
+      <c r="G103" s="3">
+        <v>1</v>
+      </c>
+      <c r="H103" s="3">
+        <v>12</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C104" s="3">
-        <v>991.57</v>
+        <v>3562.2</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F104" s="3">
-        <v>1520</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C105" s="3">
-        <v>1029.3</v>
+        <v>553.87</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F105" s="3">
-        <v>1289</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A106" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="B106" s="2"/>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C107" s="3">
-        <v>4879.73</v>
+        <v>504.43</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F107" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C108" s="3">
-        <v>692.34</v>
+        <v>768.85</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F108" s="3">
-        <v>883</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C109" s="3">
-        <v>346.85</v>
+        <v>569.52</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F109" s="3">
-        <v>3022</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B110" s="3" t="s">
+      <c r="A110" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="C110" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B110" s="2"/>
+      <c r="C110" s="2"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
+      <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="3" t="s">
+      <c r="A111" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>635.37</v>
+        <v>931.3</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F112" s="3">
-        <v>2726</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3">
-        <v>735.37</v>
+        <v>1412.06</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F113" s="3">
-        <v>1486</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3">
-        <v>1273.96</v>
+        <v>1807.13</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F114" s="3">
-        <v>608</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="3">
-        <v>1327.97</v>
+        <v>1931.01</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F115" s="3">
-        <v>1001</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="2"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
       <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A117" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A117" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="B117" s="2"/>
+      <c r="C117" s="2"/>
+      <c r="D117" s="2"/>
+      <c r="E117" s="2"/>
+      <c r="F117" s="2"/>
+      <c r="G117" s="2"/>
+      <c r="H117" s="2"/>
+      <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C118" s="3">
-        <v>711.9</v>
+        <v>25242.44</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F118" s="3">
-        <v>370</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C119" s="3">
+        <v>27683.09</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F119" s="3">
+        <v>0</v>
+      </c>
+      <c r="G119" s="3">
+        <v>1</v>
+      </c>
+      <c r="H119" s="3">
+        <v>1</v>
+      </c>
+      <c r="I119" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A120" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B119" s="3" t="s">
+      <c r="B120" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="C119" s="3">
-[...32 lines deleted...]
-      <c r="I120" s="2"/>
+      <c r="C120" s="3">
+        <v>28312.25</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F120" s="3">
+        <v>0</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>1</v>
+      </c>
+      <c r="I120" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="2"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
       <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B122" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" s="3">
-        <v>2609.47</v>
+        <v>6219.23</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F122" s="3">
-        <v>415</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>1</v>
       </c>
       <c r="I122" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="3">
-        <v>1857.98</v>
+        <v>9857.08</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F123" s="3">
-        <v>423</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>1</v>
       </c>
       <c r="I123" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B124" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="3">
-        <v>2346.92</v>
+        <v>752.58</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F124" s="3">
-        <v>217</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>1</v>
+        <v>120</v>
       </c>
       <c r="I124" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B125" s="3" t="s">
+      <c r="C125" s="3">
+        <v>841.38</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="C125" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F125" s="3">
-        <v>351</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I125" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A126" s="2" t="s">
+      <c r="A126" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="B126" s="2"/>
-[...6 lines deleted...]
-      <c r="I126" s="2"/>
+      <c r="B126" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C126" s="3">
+        <v>978.11</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F126" s="3">
+        <v>0</v>
+      </c>
+      <c r="G126" s="3">
+        <v>1</v>
+      </c>
+      <c r="H126" s="3">
+        <v>20</v>
+      </c>
+      <c r="I126" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A127" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I127" s="2"/>
+      <c r="A127" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C127" s="3">
+        <v>589.86</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F127" s="3">
+        <v>0</v>
+      </c>
+      <c r="G127" s="3">
+        <v>1</v>
+      </c>
+      <c r="H127" s="3">
+        <v>200</v>
+      </c>
+      <c r="I127" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A128" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="B128" s="2"/>
+      <c r="C128" s="2"/>
+      <c r="D128" s="2"/>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2"/>
+      <c r="H128" s="2"/>
+      <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A129" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B129" s="3" t="s">
+      <c r="A129" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="C129" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B129" s="2"/>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C130" s="3">
-        <v>37922.04</v>
+        <v>31429.99</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F130" s="3">
         <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>1</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A131" s="2" t="s">
+      <c r="A131" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B131" s="2"/>
-[...6 lines deleted...]
-      <c r="I131" s="2"/>
+      <c r="B131" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C131" s="3">
+        <v>67371.71</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F131" s="3">
+        <v>0</v>
+      </c>
+      <c r="G131" s="3">
+        <v>1</v>
+      </c>
+      <c r="H131" s="3">
+        <v>1</v>
+      </c>
+      <c r="I131" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C132" s="3">
-        <v>8292.31</v>
+        <v>68596.47</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F132" s="3">
-        <v>286</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>1</v>
       </c>
       <c r="I132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C133" s="3">
-        <v>655.4</v>
+        <v>90828.73</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F133" s="3">
-        <v>962</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I133" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C134" s="3">
-        <v>836.2</v>
+        <v>85607.3</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F134" s="3">
-        <v>361</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="I134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C135" s="3">
-        <v>967.1</v>
+        <v>100794.24</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>255</v>
+        <v>16</v>
       </c>
       <c r="F135" s="3">
-        <v>823</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A136" s="3" t="s">
+      <c r="A136" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B137" s="3" t="s">
+      <c r="C137" s="3">
+        <v>40554.84</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F137" s="3">
+        <v>0</v>
+      </c>
+      <c r="G137" s="3">
+        <v>1</v>
+      </c>
+      <c r="H137" s="3">
+        <v>1</v>
+      </c>
+      <c r="I137" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A138" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="C137" s="3">
-[...22 lines deleted...]
-      <c r="A138" s="2" t="s">
+      <c r="B138" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B138" s="2"/>
-[...6 lines deleted...]
-      <c r="I138" s="2"/>
+      <c r="C138" s="3">
+        <v>33281.71</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F138" s="3">
+        <v>0</v>
+      </c>
+      <c r="G138" s="3">
+        <v>1</v>
+      </c>
+      <c r="H138" s="3">
+        <v>1</v>
+      </c>
+      <c r="I138" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="2" t="s">
+      <c r="A139" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B139" s="2"/>
-[...6 lines deleted...]
-      <c r="I139" s="2"/>
+      <c r="B139" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="C139" s="3">
+        <v>36300.8</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F139" s="3">
+        <v>0</v>
+      </c>
+      <c r="G139" s="3">
+        <v>1</v>
+      </c>
+      <c r="H139" s="3">
+        <v>1</v>
+      </c>
+      <c r="I139" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C140" s="3">
-        <v>16856.78</v>
+        <v>30618.9</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F140" s="3">
         <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>1</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C141" s="3">
-        <v>18763.65</v>
+        <v>103530.28</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F141" s="3">
         <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>1</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A142" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B142" s="3" t="s">
+      <c r="A142" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="C142" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B142" s="2"/>
+      <c r="C142" s="2"/>
+      <c r="D142" s="2"/>
+      <c r="E142" s="2"/>
+      <c r="F142" s="2"/>
+      <c r="G142" s="2"/>
+      <c r="H142" s="2"/>
+      <c r="I142" s="2"/>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C143" s="3">
-        <v>35862.95</v>
+        <v>152980.43</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F143" s="3">
         <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>1</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
         <v>270</v>
       </c>
       <c r="B144" s="2"/>
       <c r="C144" s="2"/>
       <c r="D144" s="2"/>
       <c r="E144" s="2"/>
       <c r="F144" s="2"/>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
       <c r="I144" s="2"/>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A145" s="3" t="s">
+      <c r="A145" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B145" s="2"/>
+      <c r="C145" s="2"/>
+      <c r="D145" s="2"/>
+      <c r="E145" s="2"/>
+      <c r="F145" s="2"/>
+      <c r="G145" s="2"/>
+      <c r="H145" s="2"/>
+      <c r="I145" s="2"/>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="3">
-        <v>896.99</v>
+        <v>16813.36</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F146" s="3">
-        <v>981</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>1017</v>
+        <v>25821.32</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F147" s="3">
         <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="3">
-        <v>3793.41</v>
+        <v>12136.88</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F148" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="B149" s="3" t="s">
+      <c r="C149" s="3">
+        <v>13509.83</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F149" s="3">
+        <v>0</v>
+      </c>
+      <c r="G149" s="3">
+        <v>1</v>
+      </c>
+      <c r="H149" s="3">
+        <v>1</v>
+      </c>
+      <c r="I149" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A150" s="2" t="s">
         <v>280</v>
       </c>
-      <c r="C149" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B150" s="2"/>
+      <c r="C150" s="2"/>
+      <c r="D150" s="2"/>
+      <c r="E150" s="2"/>
+      <c r="F150" s="2"/>
+      <c r="G150" s="2"/>
+      <c r="H150" s="2"/>
+      <c r="I150" s="2"/>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C151" s="3">
-        <v>627.9</v>
+        <v>740.38</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F151" s="3">
-        <v>194</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C152" s="3">
+        <v>961.07</v>
+      </c>
+      <c r="D152" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F152" s="3">
+        <v>0</v>
+      </c>
+      <c r="G152" s="3">
+        <v>1</v>
+      </c>
+      <c r="H152" s="3">
+        <v>20</v>
+      </c>
+      <c r="I152" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B152" s="3" t="s">
+      <c r="B153" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="C152" s="3">
-[...32 lines deleted...]
-      <c r="I153" s="2"/>
+      <c r="C153" s="3">
+        <v>813.6</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F153" s="3">
+        <v>0</v>
+      </c>
+      <c r="G153" s="3">
+        <v>1</v>
+      </c>
+      <c r="H153" s="3">
+        <v>10</v>
+      </c>
+      <c r="I153" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="3">
-        <v>7729.2</v>
+        <v>313.24</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F154" s="3">
-        <v>242</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="3">
-        <v>3559.5</v>
+        <v>2655.39</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F155" s="3">
         <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="3">
-        <v>9407.25</v>
+        <v>360</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F156" s="3">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="3">
-        <v>11797.2</v>
+        <v>439.53</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F157" s="3">
         <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B158" s="3" t="s">
+      <c r="C158" s="3">
+        <v>627.89</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F158" s="3">
+        <v>0</v>
+      </c>
+      <c r="G158" s="3">
+        <v>1</v>
+      </c>
+      <c r="H158" s="3">
+        <v>20</v>
+      </c>
+      <c r="I158" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A159" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="C158" s="3">
-[...14 lines deleted...]
-      <c r="H158" s="3">
+      <c r="B159" s="2"/>
+      <c r="C159" s="2"/>
+      <c r="D159" s="2"/>
+      <c r="E159" s="2"/>
+      <c r="F159" s="2"/>
+      <c r="G159" s="2"/>
+      <c r="H159" s="2"/>
+      <c r="I159" s="2"/>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C160" s="3">
+        <v>6867.29</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F160" s="3">
+        <v>0</v>
+      </c>
+      <c r="G160" s="3">
+        <v>1</v>
+      </c>
+      <c r="H160" s="3">
         <v>10</v>
       </c>
-      <c r="I158" s="3">
-[...33 lines deleted...]
-      <c r="A160" s="2" t="s">
+      <c r="I160" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A161" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B160" s="2"/>
-[...9 lines deleted...]
-      <c r="A161" s="2" t="s">
+      <c r="B161" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="B161" s="2"/>
-[...6 lines deleted...]
-      <c r="I161" s="2"/>
+      <c r="C161" s="3">
+        <v>8611.96</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F161" s="3">
+        <v>0</v>
+      </c>
+      <c r="G161" s="3">
+        <v>1</v>
+      </c>
+      <c r="H161" s="3">
+        <v>5</v>
+      </c>
+      <c r="I161" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C162" s="3">
-        <v>59498.81</v>
+        <v>3288.88</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F162" s="3">
         <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A163" s="2" t="s">
+      <c r="A163" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B163" s="2"/>
-[...6 lines deleted...]
-      <c r="I163" s="2"/>
+      <c r="B163" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="C163" s="3">
+        <v>5642.32</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F163" s="3">
+        <v>0</v>
+      </c>
+      <c r="G163" s="3">
+        <v>1</v>
+      </c>
+      <c r="H163" s="3">
+        <v>10</v>
+      </c>
+      <c r="I163" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C164" s="3">
-        <v>96605.85</v>
+        <v>2895.4</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F164" s="3">
         <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C165" s="3">
-        <v>108082.69</v>
+        <v>2598.44</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F165" s="3">
         <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B166" s="2"/>
       <c r="C166" s="2"/>
       <c r="D166" s="2"/>
       <c r="E166" s="2"/>
       <c r="F166" s="2"/>
       <c r="G166" s="2"/>
       <c r="H166" s="2"/>
       <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A167" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B167" s="3" t="s">
+      <c r="A167" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="C167" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B167" s="2"/>
+      <c r="C167" s="2"/>
+      <c r="D167" s="2"/>
+      <c r="E167" s="2"/>
+      <c r="F167" s="2"/>
+      <c r="G167" s="2"/>
+      <c r="H167" s="2"/>
+      <c r="I167" s="2"/>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C168" s="3">
-        <v>16177.83</v>
+        <v>12133.37</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F168" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>2</v>
       </c>
       <c r="I168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C169" s="3">
-        <v>854.67</v>
+        <v>2364.52</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F169" s="3">
-        <v>852</v>
+        <v>0</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="I169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C170" s="3">
-        <v>515.56</v>
+        <v>9763.2</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F170" s="3">
+        <v>0</v>
+      </c>
+      <c r="G170" s="3">
+        <v>1</v>
+      </c>
+      <c r="H170" s="3">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C171" s="3">
-        <v>355.88</v>
+        <v>302.5</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F171" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
         <v>32</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C172" s="3">
-        <v>938.77</v>
+        <v>683.74</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F172" s="3">
-        <v>787</v>
+        <v>0</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>32</v>
       </c>
       <c r="I172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C173" s="3">
-        <v>12516.92</v>
+        <v>797.95</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F173" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C174" s="3">
-        <v>1369.04</v>
+        <v>412.45</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F174" s="3">
-        <v>844</v>
+        <v>0</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
         <v>50</v>
       </c>
       <c r="I174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A175" s="2" t="s">
+      <c r="A175" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B175" s="2"/>
-[...6 lines deleted...]
-      <c r="I175" s="2"/>
+      <c r="B175" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="C175" s="3">
+        <v>1108.92</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F175" s="3">
+        <v>0</v>
+      </c>
+      <c r="G175" s="3">
+        <v>1</v>
+      </c>
+      <c r="H175" s="3">
+        <v>50</v>
+      </c>
+      <c r="I175" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B176" s="2"/>
       <c r="C176" s="2"/>
       <c r="D176" s="2"/>
       <c r="E176" s="2"/>
       <c r="F176" s="2"/>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
       <c r="I176" s="2"/>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A177" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B177" s="3" t="s">
+      <c r="A177" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="C177" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B177" s="2"/>
+      <c r="C177" s="2"/>
+      <c r="D177" s="2"/>
+      <c r="E177" s="2"/>
+      <c r="F177" s="2"/>
+      <c r="G177" s="2"/>
+      <c r="H177" s="2"/>
+      <c r="I177" s="2"/>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C178" s="3">
-        <v>36263.96</v>
+        <v>29468.44</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F178" s="3">
         <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>1</v>
       </c>
       <c r="I178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C179" s="3">
-        <v>42097.77</v>
+        <v>18471.06</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F179" s="3">
         <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>1</v>
       </c>
       <c r="I179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A180" s="2" t="s">
+      <c r="A180" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="B180" s="2"/>
-[...6 lines deleted...]
-      <c r="I180" s="2"/>
+      <c r="B180" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="C180" s="3">
+        <v>25384.77</v>
+      </c>
+      <c r="D180" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F180" s="3">
+        <v>0</v>
+      </c>
+      <c r="G180" s="3">
+        <v>1</v>
+      </c>
+      <c r="H180" s="3">
+        <v>1</v>
+      </c>
+      <c r="I180" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A181" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B181" s="3" t="s">
+      <c r="A181" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="C181" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B181" s="2"/>
+      <c r="C181" s="2"/>
+      <c r="D181" s="2"/>
+      <c r="E181" s="2"/>
+      <c r="F181" s="2"/>
+      <c r="G181" s="2"/>
+      <c r="H181" s="2"/>
+      <c r="I181" s="2"/>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A182" s="2" t="s">
+      <c r="A182" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="B182" s="2"/>
-[...6 lines deleted...]
-      <c r="I182" s="2"/>
+      <c r="B182" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C182" s="3">
+        <v>11759.53</v>
+      </c>
+      <c r="D182" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F182" s="3">
+        <v>0</v>
+      </c>
+      <c r="G182" s="3">
+        <v>1</v>
+      </c>
+      <c r="H182" s="3">
+        <v>1</v>
+      </c>
+      <c r="I182" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A183" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B183" s="3" t="s">
+      <c r="A183" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="C183" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B183" s="2"/>
+      <c r="C183" s="2"/>
+      <c r="D183" s="2"/>
+      <c r="E183" s="2"/>
+      <c r="F183" s="2"/>
+      <c r="G183" s="2"/>
+      <c r="H183" s="2"/>
+      <c r="I183" s="2"/>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C184" s="3">
-        <v>958.32</v>
+        <v>10611.19</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F184" s="3">
-        <v>727</v>
+        <v>0</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>1</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C185" s="3">
-        <v>1167.67</v>
+        <v>11720.41</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F185" s="3">
-        <v>292</v>
+        <v>0</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>1</v>
       </c>
       <c r="I185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C186" s="3">
-        <v>13780.76</v>
+        <v>814.57</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F186" s="3">
-        <v>222</v>
+        <v>0</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>1</v>
       </c>
       <c r="I186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A187" s="2" t="s">
+      <c r="A187" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B187" s="2"/>
-[...6 lines deleted...]
-      <c r="I187" s="2"/>
+      <c r="B187" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C187" s="3">
+        <v>992.52</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F187" s="3">
+        <v>0</v>
+      </c>
+      <c r="G187" s="3">
+        <v>1</v>
+      </c>
+      <c r="H187" s="3">
+        <v>1</v>
+      </c>
+      <c r="I187" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="2" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B188" s="2"/>
       <c r="C188" s="2"/>
       <c r="D188" s="2"/>
       <c r="E188" s="2"/>
       <c r="F188" s="2"/>
       <c r="G188" s="2"/>
       <c r="H188" s="2"/>
       <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B189" s="3" t="s">
+      <c r="A189" s="2" t="s">
         <v>349</v>
       </c>
-      <c r="C189" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B189" s="2"/>
+      <c r="C189" s="2"/>
+      <c r="D189" s="2"/>
+      <c r="E189" s="2"/>
+      <c r="F189" s="2"/>
+      <c r="G189" s="2"/>
+      <c r="H189" s="2"/>
+      <c r="I189" s="2"/>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C190" s="3">
-        <v>21357</v>
+        <v>26366.67</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F190" s="3">
-        <v>126</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
         <v>1</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C191" s="3">
-        <v>37666.67</v>
+        <v>6790.43</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F191" s="3">
-        <v>202</v>
+        <v>0</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
         <v>1</v>
       </c>
       <c r="I191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C192" s="3">
-        <v>9700.61</v>
+        <v>13526.1</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F192" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
         <v>1</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A193" s="2" t="s">
+      <c r="A193" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="B193" s="2"/>
-[...6 lines deleted...]
-      <c r="I193" s="2"/>
+      <c r="B193" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C193" s="3">
+        <v>15163.47</v>
+      </c>
+      <c r="D193" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F193" s="3">
+        <v>0</v>
+      </c>
+      <c r="G193" s="3">
+        <v>1</v>
+      </c>
+      <c r="H193" s="3">
+        <v>1</v>
+      </c>
+      <c r="I193" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="2" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B194" s="2"/>
       <c r="C194" s="2"/>
       <c r="D194" s="2"/>
       <c r="E194" s="2"/>
       <c r="F194" s="2"/>
       <c r="G194" s="2"/>
       <c r="H194" s="2"/>
       <c r="I194" s="2"/>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C195" s="3">
-        <v>93571.82</v>
+        <v>2286.66</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F195" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
         <v>1</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C196" s="3">
-        <v>126151.02</v>
+        <v>691.55</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F196" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A197" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B197" s="3" t="s">
+      <c r="A197" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="C197" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B197" s="2"/>
+      <c r="C197" s="2"/>
+      <c r="D197" s="2"/>
+      <c r="E197" s="2"/>
+      <c r="F197" s="2"/>
+      <c r="G197" s="2"/>
+      <c r="H197" s="2"/>
+      <c r="I197" s="2"/>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C198" s="3">
-        <v>139992</v>
+        <v>33786.99</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F198" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C199" s="3">
-        <v>43652.76</v>
+        <v>4974.07</v>
       </c>
       <c r="D199" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F199" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C200" s="3">
-        <v>95272.87</v>
+        <v>17901.22</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F200" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A201" s="2" t="s">
+      <c r="A201" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B201" s="2"/>
-[...6 lines deleted...]
-      <c r="I201" s="2"/>
+      <c r="B201" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C201" s="3">
+        <v>29747.25</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F201" s="3">
+        <v>0</v>
+      </c>
+      <c r="G201" s="3">
+        <v>1</v>
+      </c>
+      <c r="H201" s="3">
+        <v>2</v>
+      </c>
+      <c r="I201" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A202" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B202" s="3" t="s">
+      <c r="A202" s="2" t="s">
         <v>372</v>
       </c>
-      <c r="C202" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B202" s="2"/>
+      <c r="C202" s="2"/>
+      <c r="D202" s="2"/>
+      <c r="E202" s="2"/>
+      <c r="F202" s="2"/>
+      <c r="G202" s="2"/>
+      <c r="H202" s="2"/>
+      <c r="I202" s="2"/>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C203" s="3">
-        <v>46224.6</v>
+        <v>1437.51</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="F203" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C204" s="3">
-        <v>42526.25</v>
+        <v>1518.98</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="F204" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C205" s="3">
-        <v>56326.16</v>
+        <v>1400.99</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="F205" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I205" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="206" spans="1:9" x14ac:dyDescent="0.25">
-[...98 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="44">
+  <mergeCells count="43">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A8:I8"/>
-[...7 lines deleted...]
-    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A35:I35"/>
     <mergeCell ref="A44:I44"/>
-    <mergeCell ref="A53:I53"/>
-[...6 lines deleted...]
-    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A55:I55"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A76:I76"/>
+    <mergeCell ref="A77:I77"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A92:I92"/>
+    <mergeCell ref="A93:I93"/>
+    <mergeCell ref="A106:I106"/>
+    <mergeCell ref="A110:I110"/>
+    <mergeCell ref="A111:I111"/>
     <mergeCell ref="A116:I116"/>
-    <mergeCell ref="A120:I120"/>
+    <mergeCell ref="A117:I117"/>
     <mergeCell ref="A121:I121"/>
-    <mergeCell ref="A126:I126"/>
-[...3 lines deleted...]
-    <mergeCell ref="A139:I139"/>
+    <mergeCell ref="A128:I128"/>
+    <mergeCell ref="A129:I129"/>
+    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A142:I142"/>
     <mergeCell ref="A144:I144"/>
-    <mergeCell ref="A153:I153"/>
-[...2 lines deleted...]
-    <mergeCell ref="A163:I163"/>
+    <mergeCell ref="A145:I145"/>
+    <mergeCell ref="A150:I150"/>
+    <mergeCell ref="A159:I159"/>
     <mergeCell ref="A166:I166"/>
-    <mergeCell ref="A175:I175"/>
+    <mergeCell ref="A167:I167"/>
     <mergeCell ref="A176:I176"/>
-    <mergeCell ref="A180:I180"/>
-[...1 lines deleted...]
-    <mergeCell ref="A187:I187"/>
+    <mergeCell ref="A177:I177"/>
+    <mergeCell ref="A181:I181"/>
+    <mergeCell ref="A183:I183"/>
     <mergeCell ref="A188:I188"/>
-    <mergeCell ref="A193:I193"/>
+    <mergeCell ref="A189:I189"/>
     <mergeCell ref="A194:I194"/>
-    <mergeCell ref="A201:I201"/>
-    <mergeCell ref="A207:I207"/>
+    <mergeCell ref="A197:I197"/>
+    <mergeCell ref="A202:I202"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1"/>
-[...6 lines deleted...]
-    <hyperlink ref="D15" r:id="rId8"/>
+    <hyperlink ref="D6" r:id="rId1"/>
+    <hyperlink ref="D7" r:id="rId2"/>
+    <hyperlink ref="D8" r:id="rId3"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D11" r:id="rId5"/>
+    <hyperlink ref="D12" r:id="rId6"/>
+    <hyperlink ref="D13" r:id="rId7"/>
+    <hyperlink ref="D14" r:id="rId8"/>
     <hyperlink ref="D16" r:id="rId9"/>
     <hyperlink ref="D17" r:id="rId10"/>
-    <hyperlink ref="D18" r:id="rId11"/>
+    <hyperlink ref="D19" r:id="rId11"/>
     <hyperlink ref="D20" r:id="rId12"/>
-    <hyperlink ref="D21" r:id="rId13"/>
-[...3 lines deleted...]
-    <hyperlink ref="D26" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId13"/>
+    <hyperlink ref="D24" r:id="rId14"/>
+    <hyperlink ref="D25" r:id="rId15"/>
+    <hyperlink ref="D26" r:id="rId16"/>
+    <hyperlink ref="D27" r:id="rId17"/>
     <hyperlink ref="D28" r:id="rId18"/>
     <hyperlink ref="D29" r:id="rId19"/>
-    <hyperlink ref="D32" r:id="rId20"/>
-[...27 lines deleted...]
-    <hyperlink ref="D62" r:id="rId48"/>
+    <hyperlink ref="D30" r:id="rId20"/>
+    <hyperlink ref="D31" r:id="rId21"/>
+    <hyperlink ref="D32" r:id="rId22"/>
+    <hyperlink ref="D33" r:id="rId23"/>
+    <hyperlink ref="D34" r:id="rId24"/>
+    <hyperlink ref="D36" r:id="rId25"/>
+    <hyperlink ref="D37" r:id="rId26"/>
+    <hyperlink ref="D38" r:id="rId27"/>
+    <hyperlink ref="D39" r:id="rId28"/>
+    <hyperlink ref="D40" r:id="rId29"/>
+    <hyperlink ref="D41" r:id="rId30"/>
+    <hyperlink ref="D42" r:id="rId31"/>
+    <hyperlink ref="D43" r:id="rId32"/>
+    <hyperlink ref="D45" r:id="rId33"/>
+    <hyperlink ref="D46" r:id="rId34"/>
+    <hyperlink ref="D47" r:id="rId35"/>
+    <hyperlink ref="D48" r:id="rId36"/>
+    <hyperlink ref="D49" r:id="rId37"/>
+    <hyperlink ref="D50" r:id="rId38"/>
+    <hyperlink ref="D51" r:id="rId39"/>
+    <hyperlink ref="D52" r:id="rId40"/>
+    <hyperlink ref="D53" r:id="rId41"/>
+    <hyperlink ref="D54" r:id="rId42"/>
+    <hyperlink ref="D56" r:id="rId43"/>
+    <hyperlink ref="D57" r:id="rId44"/>
+    <hyperlink ref="D58" r:id="rId45"/>
+    <hyperlink ref="D59" r:id="rId46"/>
+    <hyperlink ref="D60" r:id="rId47"/>
+    <hyperlink ref="D61" r:id="rId48"/>
     <hyperlink ref="D63" r:id="rId49"/>
-    <hyperlink ref="D65" r:id="rId50"/>
-[...10 lines deleted...]
-    <hyperlink ref="D77" r:id="rId61"/>
+    <hyperlink ref="D64" r:id="rId50"/>
+    <hyperlink ref="D65" r:id="rId51"/>
+    <hyperlink ref="D66" r:id="rId52"/>
+    <hyperlink ref="D67" r:id="rId53"/>
+    <hyperlink ref="D68" r:id="rId54"/>
+    <hyperlink ref="D69" r:id="rId55"/>
+    <hyperlink ref="D70" r:id="rId56"/>
+    <hyperlink ref="D71" r:id="rId57"/>
+    <hyperlink ref="D72" r:id="rId58"/>
+    <hyperlink ref="D73" r:id="rId59"/>
+    <hyperlink ref="D74" r:id="rId60"/>
+    <hyperlink ref="D75" r:id="rId61"/>
     <hyperlink ref="D78" r:id="rId62"/>
     <hyperlink ref="D79" r:id="rId63"/>
     <hyperlink ref="D80" r:id="rId64"/>
     <hyperlink ref="D81" r:id="rId65"/>
     <hyperlink ref="D82" r:id="rId66"/>
     <hyperlink ref="D83" r:id="rId67"/>
     <hyperlink ref="D84" r:id="rId68"/>
-    <hyperlink ref="D87" r:id="rId69"/>
-[...10 lines deleted...]
-    <hyperlink ref="D98" r:id="rId80"/>
+    <hyperlink ref="D85" r:id="rId69"/>
+    <hyperlink ref="D86" r:id="rId70"/>
+    <hyperlink ref="D87" r:id="rId71"/>
+    <hyperlink ref="D88" r:id="rId72"/>
+    <hyperlink ref="D89" r:id="rId73"/>
+    <hyperlink ref="D91" r:id="rId74"/>
+    <hyperlink ref="D94" r:id="rId75"/>
+    <hyperlink ref="D95" r:id="rId76"/>
+    <hyperlink ref="D96" r:id="rId77"/>
+    <hyperlink ref="D97" r:id="rId78"/>
+    <hyperlink ref="D98" r:id="rId79"/>
+    <hyperlink ref="D99" r:id="rId80"/>
     <hyperlink ref="D100" r:id="rId81"/>
     <hyperlink ref="D101" r:id="rId82"/>
-    <hyperlink ref="D104" r:id="rId83"/>
-[...20 lines deleted...]
-    <hyperlink ref="D130" r:id="rId104"/>
+    <hyperlink ref="D102" r:id="rId83"/>
+    <hyperlink ref="D103" r:id="rId84"/>
+    <hyperlink ref="D104" r:id="rId85"/>
+    <hyperlink ref="D105" r:id="rId86"/>
+    <hyperlink ref="D107" r:id="rId87"/>
+    <hyperlink ref="D108" r:id="rId88"/>
+    <hyperlink ref="D109" r:id="rId89"/>
+    <hyperlink ref="D112" r:id="rId90"/>
+    <hyperlink ref="D113" r:id="rId91"/>
+    <hyperlink ref="D114" r:id="rId92"/>
+    <hyperlink ref="D115" r:id="rId93"/>
+    <hyperlink ref="D118" r:id="rId94"/>
+    <hyperlink ref="D119" r:id="rId95"/>
+    <hyperlink ref="D120" r:id="rId96"/>
+    <hyperlink ref="D122" r:id="rId97"/>
+    <hyperlink ref="D123" r:id="rId98"/>
+    <hyperlink ref="D124" r:id="rId99"/>
+    <hyperlink ref="D125" r:id="rId100"/>
+    <hyperlink ref="D126" r:id="rId101"/>
+    <hyperlink ref="D127" r:id="rId102"/>
+    <hyperlink ref="D130" r:id="rId103"/>
+    <hyperlink ref="D131" r:id="rId104"/>
     <hyperlink ref="D132" r:id="rId105"/>
     <hyperlink ref="D133" r:id="rId106"/>
     <hyperlink ref="D134" r:id="rId107"/>
     <hyperlink ref="D135" r:id="rId108"/>
-    <hyperlink ref="D136" r:id="rId109"/>
-[...3 lines deleted...]
-    <hyperlink ref="D142" r:id="rId113"/>
+    <hyperlink ref="D137" r:id="rId109"/>
+    <hyperlink ref="D138" r:id="rId110"/>
+    <hyperlink ref="D139" r:id="rId111"/>
+    <hyperlink ref="D140" r:id="rId112"/>
+    <hyperlink ref="D141" r:id="rId113"/>
     <hyperlink ref="D143" r:id="rId114"/>
-    <hyperlink ref="D145" r:id="rId115"/>
-[...12 lines deleted...]
-    <hyperlink ref="D159" r:id="rId128"/>
+    <hyperlink ref="D146" r:id="rId115"/>
+    <hyperlink ref="D147" r:id="rId116"/>
+    <hyperlink ref="D148" r:id="rId117"/>
+    <hyperlink ref="D149" r:id="rId118"/>
+    <hyperlink ref="D151" r:id="rId119"/>
+    <hyperlink ref="D152" r:id="rId120"/>
+    <hyperlink ref="D153" r:id="rId121"/>
+    <hyperlink ref="D154" r:id="rId122"/>
+    <hyperlink ref="D155" r:id="rId123"/>
+    <hyperlink ref="D156" r:id="rId124"/>
+    <hyperlink ref="D157" r:id="rId125"/>
+    <hyperlink ref="D158" r:id="rId126"/>
+    <hyperlink ref="D160" r:id="rId127"/>
+    <hyperlink ref="D161" r:id="rId128"/>
     <hyperlink ref="D162" r:id="rId129"/>
-    <hyperlink ref="D164" r:id="rId130"/>
-[...1 lines deleted...]
-    <hyperlink ref="D167" r:id="rId132"/>
+    <hyperlink ref="D163" r:id="rId130"/>
+    <hyperlink ref="D164" r:id="rId131"/>
+    <hyperlink ref="D165" r:id="rId132"/>
     <hyperlink ref="D168" r:id="rId133"/>
     <hyperlink ref="D169" r:id="rId134"/>
     <hyperlink ref="D170" r:id="rId135"/>
     <hyperlink ref="D171" r:id="rId136"/>
     <hyperlink ref="D172" r:id="rId137"/>
     <hyperlink ref="D173" r:id="rId138"/>
     <hyperlink ref="D174" r:id="rId139"/>
-    <hyperlink ref="D177" r:id="rId140"/>
+    <hyperlink ref="D175" r:id="rId140"/>
     <hyperlink ref="D178" r:id="rId141"/>
     <hyperlink ref="D179" r:id="rId142"/>
-    <hyperlink ref="D181" r:id="rId143"/>
-    <hyperlink ref="D183" r:id="rId144"/>
+    <hyperlink ref="D180" r:id="rId143"/>
+    <hyperlink ref="D182" r:id="rId144"/>
     <hyperlink ref="D184" r:id="rId145"/>
     <hyperlink ref="D185" r:id="rId146"/>
     <hyperlink ref="D186" r:id="rId147"/>
-    <hyperlink ref="D189" r:id="rId148"/>
+    <hyperlink ref="D187" r:id="rId148"/>
     <hyperlink ref="D190" r:id="rId149"/>
     <hyperlink ref="D191" r:id="rId150"/>
     <hyperlink ref="D192" r:id="rId151"/>
-    <hyperlink ref="D195" r:id="rId152"/>
-[...1 lines deleted...]
-    <hyperlink ref="D197" r:id="rId154"/>
+    <hyperlink ref="D193" r:id="rId152"/>
+    <hyperlink ref="D195" r:id="rId153"/>
+    <hyperlink ref="D196" r:id="rId154"/>
     <hyperlink ref="D198" r:id="rId155"/>
     <hyperlink ref="D199" r:id="rId156"/>
     <hyperlink ref="D200" r:id="rId157"/>
-    <hyperlink ref="D202" r:id="rId158"/>
+    <hyperlink ref="D201" r:id="rId158"/>
     <hyperlink ref="D203" r:id="rId159"/>
     <hyperlink ref="D204" r:id="rId160"/>
     <hyperlink ref="D205" r:id="rId161"/>
-    <hyperlink ref="D206" r:id="rId162"/>
-[...1 lines deleted...]
-    <hyperlink ref="D209" r:id="rId164"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>