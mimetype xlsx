--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,180 +42,180 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Силовые разъемы CEE</t>
   </si>
   <si>
+    <t>111-013</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая 2P+РE, 16А, IP68, серая REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>111-121</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная кабельная переносная 1 гнездо, 2Р+РЕ, 16А, IP68, серая REXANT</t>
+  </si>
+  <si>
     <t>11-8903</t>
   </si>
   <si>
     <t>Вилка 023 переносная 2Р+РЕ 32А 220В IP44 REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>111-124</t>
   </si>
   <si>
     <t>Розетка влагозащищенная настенная фланцевая с крышкой 1 гнездо, 2Р+РЕ, 16А, IP68, серая REXANT</t>
   </si>
   <si>
     <t>111-125</t>
   </si>
   <si>
     <t>Розетка влагозащищенная настенная с крышкой 1 гнездо, 2Р+РЕ, 16А, IP68, серая REXANT</t>
   </si>
   <si>
-    <t>111-121</t>
-[...2 lines deleted...]
-    <t>Розетка влагозащищенная кабельная переносная 1 гнездо, 2Р+РЕ, 16А, IP68, серая REXANT</t>
+    <t>11-8923</t>
+  </si>
+  <si>
+    <t>Розетка 225 переносная 3Р+РЕ+N 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8902</t>
+  </si>
+  <si>
+    <t>Вилка 015 переносная 3Р+РЕ+N 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8918</t>
+  </si>
+  <si>
+    <t>Розетка 213 переносная 2Р+РЕ 16А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8919</t>
+  </si>
+  <si>
+    <t>Розетка 214 переносная 3Р+РЕ 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8913</t>
+  </si>
+  <si>
+    <t>Розетка 124 стационарная 3Р+РЕ 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8922</t>
+  </si>
+  <si>
+    <t>Розетка 224 переносная 3Р+РЕ 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8900</t>
+  </si>
+  <si>
+    <t>Вилка 013 переносная 2Р+РЕ 16А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8905</t>
+  </si>
+  <si>
+    <t>Вилка 025 переносная 3Р+РЕ+N 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8920</t>
+  </si>
+  <si>
+    <t>Розетка 215 переносная 3Р+РЕ+N 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8909</t>
+  </si>
+  <si>
+    <t>Розетка 113 стационарная 2Р+РЕ 16А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8910</t>
+  </si>
+  <si>
+    <t>Розетка 114 стационарная 3Р+РЕ 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8912</t>
+  </si>
+  <si>
+    <t>Розетка 123 стационарная 2Р+РЕ 32А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8921</t>
+  </si>
+  <si>
+    <t>Розетка 223 переносная 2Р+РЕ 32А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8911</t>
+  </si>
+  <si>
+    <t>Розетка 115 стационарная 3Р+РЕ+N 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8914</t>
+  </si>
+  <si>
+    <t>Розетка 125 стационарная 3Р+РЕ+N 32А 380В IP44 REXANT</t>
   </si>
   <si>
     <t>11-8904</t>
   </si>
   <si>
     <t>Вилка 024 переносная 3Р+РЕ 32А 380В IP44 REXANT</t>
-  </si>
-[...94 lines deleted...]
-    <t>Розетка 225 переносная 3Р+РЕ+N 32А 380В IP44 REXANT</t>
   </si>
   <si>
     <t>11-8901</t>
   </si>
   <si>
     <t>Вилка 014 переносная 3Р+РЕ 16А 380В IP44 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -606,51 +606,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-023-perenosnaya-2r-re-32a-220v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-flantsevaya-s-kryshkoy-1-gnezdo-2r-re-16a-ip68-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-s-kryshkoy-1-gnezdo-2r-re-16a-ip68-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-kabelnaya-perenosnaya-1-gnezdo-2r-re-16a-ip68-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-024-perenosnaya-3r-re-32a-380v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-2p-re-16a-ip68-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-224-perenosnaya-3r-re-32a-380v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-013-perenosnaya-2r-re-16a-220v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-115-statsionarnaya-3r-re-n-16a-380v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-123-statsionarnaya-2r-re-32a-220v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-124-statsionarnaya-3r-re-32a-380v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-125-statsionarnaya-3r-re-n-32a-380v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-214-perenosnaya-3r-re-16a-380v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-223-perenosnaya-2r-re-32a-220v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-113-statsionarnaya-2r-re-16a-220v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-213-perenosnaya-2r-re-16a-220v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-015-perenosnaya-3r-re-n-16a-380v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-025-perenosnaya-3r-re-n-32a-380v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-215-perenosnaya-3r-re-n-16a-380v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-114-statsionarnaya-3r-re-16a-380v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-225-perenosnaya-3r-re-n-32a-380v-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-014-perenosnaya-3r-re-16a-380v-ip44-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-vlagozaschischennaya-2p-re-16-a-ip68-rexant-24418" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-perenosnaya-vlagozaschischennaya-16-a-2r-re-ip68-rexant-24425" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-023-perenosnaya-2r-re-32a-220v-ip44-rexant-12701" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-nastennaya-flantsevaya-vlagozaschischennaya-s-krishkoy-16-a-2r-re-ip68-rexant-24420" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-nastennaya-vlagozaschischennaya-s-krishkoy-16-a-2r-re-ip68-rexant-24421" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-225-perenosnaya-3r-re-n-32a-380v-ip44-rexant-12708" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-015-perenosnaya-3r-re-n-16a-380v-ip44-rexant-12715" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-213-perenosnaya-2r-re-16a-220v-ip44-rexant-12698" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-214-perenosnaya-3r-re-16a-380v-ip44-rexant-12700" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-124-statsionarnaya-3r-re-32a-380v-ip44-rexant-12697" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-224-perenosnaya-3r-re-32a-380v-ip44-rexant-12712" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-013-perenosnaya-2r-re-16a-220v-ip44-rexant-12706" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-025-perenosnaya-3r-re-n-32a-380v-ip44-rexant-12707" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-215-perenosnaya-3r-re-n-16a-380v-ip44-rexant-12711" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-113-statsionarnaya-2r-re-16a-220v-ip44-rexant-12692" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-114-statsionarnaya-3r-re-16a-380v-ip44-rexant-12696" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-123-statsionarnaya-2r-re-32a-220v-ip44-rexant-12691" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-223-perenosnaya-2r-re-32a-220v-ip44-rexant-12714" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-115-statsionarnaya-3r-re-n-16a-380v-ip44-rexant-12689" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-125-statsionarnaya-3r-re-n-32a-380v-ip44-rexant-12694" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-024-perenosnaya-3r-re-32a-380v-ip44-rexant-12709" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-014-perenosnaya-3r-re-16a-380v-ip44-rexant-12705" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -674,669 +674,669 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>366.78</v>
+        <v>1925.24</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3031</v>
+        <v>914</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2284.17</v>
+        <v>1933.97</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>4350</v>
+        <v>1090</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>2482.96</v>
+        <v>366.78</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>3066</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1758.15</v>
+        <v>2284.17</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1029</v>
+        <v>4192</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>414.46</v>
+        <v>2731.26</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2228</v>
+        <v>837</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1925.24</v>
+        <v>559.05</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>807</v>
+        <v>2991</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>451.3</v>
+        <v>352.31</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1877</v>
+        <v>2899</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>251.21</v>
+        <v>299.18</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1879</v>
+        <v>1198</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>476.14</v>
+        <v>338.14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2159</v>
+        <v>1190</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>519.18</v>
+        <v>525.34</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1993</v>
+        <v>2160</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>525.34</v>
+        <v>406.18</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1817</v>
+        <v>1953</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>563.87</v>
+        <v>251.21</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>3175</v>
+        <v>1428</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>338.14</v>
+        <v>471.85</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>948</v>
+        <v>5135</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>443.48</v>
+        <v>426.99</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1291</v>
+        <v>987</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
         <v>409.73</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>2279</v>
+        <v>1743</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>314.92</v>
+        <v>443.58</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>762</v>
+        <v>1354</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>352.31</v>
+        <v>467.26</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2710</v>
+        <v>856</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>471.85</v>
+        <v>421.31</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>5960</v>
+        <v>1108</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>426.99</v>
+        <v>476.14</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>707</v>
+        <v>1961</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>443.58</v>
+        <v>563.87</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1187</v>
+        <v>4390</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>559.05</v>
+        <v>414.46</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1927</v>
+        <v>2855</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
         <v>274.16</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2701</v>
+        <v>2727</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>