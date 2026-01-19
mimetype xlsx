--- v1 (2025-11-28)
+++ v2 (2026-01-19)
@@ -42,186 +42,186 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Силовые разъемы CEE</t>
   </si>
   <si>
+    <t>111-124</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная настенная фланцевая с крышкой 1 гнездо, 2Р+РЕ, 16А, IP68, серая REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>111-125</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная настенная с крышкой 1 гнездо, 2Р+РЕ, 16А, IP68, серая REXANT</t>
+  </si>
+  <si>
+    <t>11-8903</t>
+  </si>
+  <si>
+    <t>Вилка 023 переносная 2Р+РЕ 32А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>111-121</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная кабельная переносная 1 гнездо, 2Р+РЕ, 16А, IP68, серая REXANT</t>
+  </si>
+  <si>
+    <t>11-8919</t>
+  </si>
+  <si>
+    <t>Розетка 214 переносная 3Р+РЕ 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8904</t>
+  </si>
+  <si>
+    <t>Вилка 024 переносная 3Р+РЕ 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8918</t>
+  </si>
+  <si>
+    <t>Розетка 213 переносная 2Р+РЕ 16А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8911</t>
+  </si>
+  <si>
+    <t>Розетка 115 стационарная 3Р+РЕ+N 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8901</t>
+  </si>
+  <si>
+    <t>Вилка 014 переносная 3Р+РЕ 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8912</t>
+  </si>
+  <si>
+    <t>Розетка 123 стационарная 2Р+РЕ 32А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8902</t>
+  </si>
+  <si>
+    <t>Вилка 015 переносная 3Р+РЕ+N 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8905</t>
+  </si>
+  <si>
+    <t>Вилка 025 переносная 3Р+РЕ+N 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8922</t>
+  </si>
+  <si>
+    <t>Розетка 224 переносная 3Р+РЕ 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8909</t>
+  </si>
+  <si>
+    <t>Розетка 113 стационарная 2Р+РЕ 16А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8913</t>
+  </si>
+  <si>
+    <t>Розетка 124 стационарная 3Р+РЕ 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8920</t>
+  </si>
+  <si>
+    <t>Розетка 215 переносная 3Р+РЕ+N 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8921</t>
+  </si>
+  <si>
+    <t>Розетка 223 переносная 2Р+РЕ 32А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8923</t>
+  </si>
+  <si>
+    <t>Розетка 225 переносная 3Р+РЕ+N 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
     <t>111-013</t>
   </si>
   <si>
     <t>Вилка влагозащищенная прямая 2P+РE, 16А, IP68, серая REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...62 lines deleted...]
-    <t>Розетка 224 переносная 3Р+РЕ 32А 380В IP44 REXANT</t>
+    <t>11-8914</t>
+  </si>
+  <si>
+    <t>Розетка 125 стационарная 3Р+РЕ+N 32А 380В IP44 REXANT</t>
   </si>
   <si>
     <t>11-8900</t>
   </si>
   <si>
     <t>Вилка 013 переносная 2Р+РЕ 16А 220В IP44 REXANT</t>
   </si>
   <si>
-    <t>11-8905</t>
-[...16 lines deleted...]
-  <si>
     <t>11-8910</t>
   </si>
   <si>
     <t>Розетка 114 стационарная 3Р+РЕ 16А 380В IP44 REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Вилка 014 переносная 3Р+РЕ 16А 380В IP44 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -606,51 +606,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-vlagozaschischennaya-2p-re-16-a-ip68-rexant-24418" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-perenosnaya-vlagozaschischennaya-16-a-2r-re-ip68-rexant-24425" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-023-perenosnaya-2r-re-32a-220v-ip44-rexant-12701" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-nastennaya-flantsevaya-vlagozaschischennaya-s-krishkoy-16-a-2r-re-ip68-rexant-24420" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-nastennaya-vlagozaschischennaya-s-krishkoy-16-a-2r-re-ip68-rexant-24421" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-225-perenosnaya-3r-re-n-32a-380v-ip44-rexant-12708" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-015-perenosnaya-3r-re-n-16a-380v-ip44-rexant-12715" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-213-perenosnaya-2r-re-16a-220v-ip44-rexant-12698" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-214-perenosnaya-3r-re-16a-380v-ip44-rexant-12700" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-124-statsionarnaya-3r-re-32a-380v-ip44-rexant-12697" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-224-perenosnaya-3r-re-32a-380v-ip44-rexant-12712" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-013-perenosnaya-2r-re-16a-220v-ip44-rexant-12706" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-025-perenosnaya-3r-re-n-32a-380v-ip44-rexant-12707" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-215-perenosnaya-3r-re-n-16a-380v-ip44-rexant-12711" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-113-statsionarnaya-2r-re-16a-220v-ip44-rexant-12692" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-114-statsionarnaya-3r-re-16a-380v-ip44-rexant-12696" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-123-statsionarnaya-2r-re-32a-220v-ip44-rexant-12691" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-223-perenosnaya-2r-re-32a-220v-ip44-rexant-12714" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-115-statsionarnaya-3r-re-n-16a-380v-ip44-rexant-12689" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-125-statsionarnaya-3r-re-n-32a-380v-ip44-rexant-12694" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-024-perenosnaya-3r-re-32a-380v-ip44-rexant-12709" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-014-perenosnaya-3r-re-16a-380v-ip44-rexant-12705" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-flantsevaya-s-kryshkoy-1-gnezdo-2r-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-s-kryshkoy-1-gnezdo-2r-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-023-perenosnaya-2r-re-32a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-kabelnaya-perenosnaya-1-gnezdo-2r-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-214-perenosnaya-3r-re-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-024-perenosnaya-3r-re-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-213-perenosnaya-2r-re-16a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-115-statsionarnaya-3r-re-n-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-014-perenosnaya-3r-re-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-123-statsionarnaya-2r-re-32a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-015-perenosnaya-3r-re-n-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-025-perenosnaya-3r-re-n-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-224-perenosnaya-3r-re-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-113-statsionarnaya-2r-re-16a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-124-statsionarnaya-3r-re-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-215-perenosnaya-3r-re-n-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-223-perenosnaya-2r-re-32a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-225-perenosnaya-3r-re-n-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-2p-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-125-statsionarnaya-3r-re-n-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-013-perenosnaya-2r-re-16a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-114-statsionarnaya-3r-re-16a-380v-ip44-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -674,669 +674,669 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1925.24</v>
+        <v>1742.25</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>914</v>
+        <v>4034</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1933.97</v>
+        <v>2777.69</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1090</v>
+        <v>638</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>366.78</v>
+        <v>373.02</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3066</v>
+        <v>1977</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>2284.17</v>
+        <v>1966.85</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>4192</v>
+        <v>979</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>2731.26</v>
+        <v>343.89</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>837</v>
+        <v>1008</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>559.05</v>
+        <v>421.51</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2991</v>
+        <v>1028</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>352.31</v>
+        <v>304.27</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2899</v>
+        <v>128</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>299.18</v>
+        <v>484.23</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1198</v>
+        <v>1386</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>338.14</v>
+        <v>278.82</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1190</v>
+        <v>2239</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>525.34</v>
+        <v>475.2</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>2160</v>
+        <v>223</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>406.18</v>
+        <v>358.3</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1953</v>
+        <v>2325</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>251.21</v>
+        <v>479.87</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1428</v>
+        <v>220</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>471.85</v>
+        <v>413.09</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>5135</v>
+        <v>1436</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>426.99</v>
+        <v>416.7</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>987</v>
+        <v>1572</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>409.73</v>
+        <v>534.27</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1743</v>
+        <v>1775</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>443.58</v>
+        <v>434.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1354</v>
+        <v>923</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>467.26</v>
+        <v>428.47</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>856</v>
+        <v>881</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>421.31</v>
+        <v>568.55</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>476.14</v>
+        <v>1468.47</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1961</v>
+        <v>506</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>563.87</v>
+        <v>573.46</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>4390</v>
+        <v>1877</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>414.46</v>
+        <v>255.48</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>2855</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>274.16</v>
+        <v>451.12</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2727</v>
+        <v>1301</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>