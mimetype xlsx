--- v2 (2026-01-19)
+++ v3 (2026-03-10)
@@ -42,186 +42,186 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Силовые разъемы CEE</t>
   </si>
   <si>
+    <t>111-013</t>
+  </si>
+  <si>
+    <t>Вилка влагозащищенная прямая 2P+РE, 16А, IP68, серая REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>111-124</t>
   </si>
   <si>
     <t>Розетка влагозащищенная настенная фланцевая с крышкой 1 гнездо, 2Р+РЕ, 16А, IP68, серая REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>111-125</t>
   </si>
   <si>
     <t>Розетка влагозащищенная настенная с крышкой 1 гнездо, 2Р+РЕ, 16А, IP68, серая REXANT</t>
   </si>
   <si>
+    <t>111-121</t>
+  </si>
+  <si>
+    <t>Розетка влагозащищенная кабельная переносная 1 гнездо, 2Р+РЕ, 16А, IP68, серая REXANT</t>
+  </si>
+  <si>
+    <t>11-8900</t>
+  </si>
+  <si>
+    <t>Вилка 013 переносная 2Р+РЕ 16А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8902</t>
+  </si>
+  <si>
+    <t>Вилка 015 переносная 3Р+РЕ+N 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8905</t>
+  </si>
+  <si>
+    <t>Вилка 025 переносная 3Р+РЕ+N 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8918</t>
+  </si>
+  <si>
+    <t>Розетка 213 переносная 2Р+РЕ 16А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8919</t>
+  </si>
+  <si>
+    <t>Розетка 214 переносная 3Р+РЕ 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8920</t>
+  </si>
+  <si>
+    <t>Розетка 215 переносная 3Р+РЕ+N 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8921</t>
+  </si>
+  <si>
+    <t>Розетка 223 переносная 2Р+РЕ 32А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8922</t>
+  </si>
+  <si>
+    <t>Розетка 224 переносная 3Р+РЕ 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8923</t>
+  </si>
+  <si>
+    <t>Розетка 225 переносная 3Р+РЕ+N 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8909</t>
+  </si>
+  <si>
+    <t>Розетка 113 стационарная 2Р+РЕ 16А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8910</t>
+  </si>
+  <si>
+    <t>Розетка 114 стационарная 3Р+РЕ 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8911</t>
+  </si>
+  <si>
+    <t>Розетка 115 стационарная 3Р+РЕ+N 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8912</t>
+  </si>
+  <si>
+    <t>Розетка 123 стационарная 2Р+РЕ 32А 220В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8913</t>
+  </si>
+  <si>
+    <t>Розетка 124 стационарная 3Р+РЕ 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8914</t>
+  </si>
+  <si>
+    <t>Розетка 125 стационарная 3Р+РЕ+N 32А 380В IP44 REXANT</t>
+  </si>
+  <si>
+    <t>11-8901</t>
+  </si>
+  <si>
+    <t>Вилка 014 переносная 3Р+РЕ 16А 380В IP44 REXANT</t>
+  </si>
+  <si>
     <t>11-8903</t>
   </si>
   <si>
     <t>Вилка 023 переносная 2Р+РЕ 32А 220В IP44 REXANT</t>
   </si>
   <si>
-    <t>111-121</t>
-[...10 lines deleted...]
-  <si>
     <t>11-8904</t>
   </si>
   <si>
     <t>Вилка 024 переносная 3Р+РЕ 32А 380В IP44 REXANT</t>
-  </si>
-[...94 lines deleted...]
-    <t>Розетка 114 стационарная 3Р+РЕ 16А 380В IP44 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -606,51 +606,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-flantsevaya-s-kryshkoy-1-gnezdo-2r-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-nastennaya-s-kryshkoy-1-gnezdo-2r-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-023-perenosnaya-2r-re-32a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozaschischennaya-kabelnaya-perenosnaya-1-gnezdo-2r-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-214-perenosnaya-3r-re-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-024-perenosnaya-3r-re-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-213-perenosnaya-2r-re-16a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-115-statsionarnaya-3r-re-n-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-014-perenosnaya-3r-re-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-123-statsionarnaya-2r-re-32a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-015-perenosnaya-3r-re-n-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-025-perenosnaya-3r-re-n-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-224-perenosnaya-3r-re-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-113-statsionarnaya-2r-re-16a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-124-statsionarnaya-3r-re-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-215-perenosnaya-3r-re-n-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-223-perenosnaya-2r-re-32a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-225-perenosnaya-3r-re-n-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozaschischennaya-pryamaya-2p-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-125-statsionarnaya-3r-re-n-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-013-perenosnaya-2r-re-16a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-114-statsionarnaya-3r-re-16a-380v-ip44-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vlagozashchishchennaya-pryamaya-2p-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozashchishchennaya-nastennaya-flantsevaya-s-kryshkoy-1-gnezdo-2r-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozashchishchennaya-nastennaya-s-kryshkoy-1-gnezdo-2r-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-vlagozashchishchennaya-kabelnaya-perenosnaya-1-gnezdo-2r-re-16a-ip68-seraya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-013-perenosnaya-2r-re-16a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-015-perenosnaya-3r-re-n-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-025-perenosnaya-3r-re-n-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-213-perenosnaya-2r-re-16a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-214-perenosnaya-3r-re-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-215-perenosnaya-3r-re-n-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-223-perenosnaya-2r-re-32a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-224-perenosnaya-3r-re-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-225-perenosnaya-3r-re-n-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-113-statsionarnaya-2r-re-16a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-114-statsionarnaya-3r-re-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-115-statsionarnaya-3r-re-n-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-123-statsionarnaya-2r-re-32a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-124-statsionarnaya-3r-re-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-125-statsionarnaya-3r-re-n-32a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-014-perenosnaya-3r-re-16a-380v-ip44-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-023-perenosnaya-2r-re-32a-220v-ip44-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-024-perenosnaya-3r-re-32a-380v-ip44-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -674,669 +674,669 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1742.25</v>
+        <v>1160.09</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>4034</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2777.69</v>
+        <v>1376.38</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>638</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>373.02</v>
+        <v>1944.38</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1977</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1966.85</v>
+        <v>1573.48</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>979</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>60</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>343.89</v>
+        <v>217.16</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1008</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>421.51</v>
+        <v>304.56</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1028</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>304.27</v>
+        <v>383.9</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>128</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>484.23</v>
+        <v>258.63</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1386</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>278.82</v>
+        <v>292.31</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2239</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>475.2</v>
+        <v>347.4</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>223</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>358.3</v>
+        <v>342.78</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2325</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>479.87</v>
+        <v>330.47</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>413.09</v>
+        <v>454.84</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1436</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>416.7</v>
+        <v>333.36</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1572</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>534.27</v>
+        <v>360.9</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1775</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>434.25</v>
+        <v>387.38</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>923</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>428.47</v>
+        <v>380.16</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>881</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>568.55</v>
+        <v>427.42</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1106</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1468.47</v>
+        <v>458.77</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>506</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>573.46</v>
+        <v>237</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1877</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>255.48</v>
+        <v>298.42</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>451.12</v>
+        <v>337.21</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1301</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>