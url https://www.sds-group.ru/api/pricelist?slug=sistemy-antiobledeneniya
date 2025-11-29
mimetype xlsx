--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,1126 +8,1360 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="671" uniqueCount="358">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="827" uniqueCount="436">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Системы антиобледенения</t>
   </si>
   <si>
     <t>1.1 Саморегулирующийся греющий кабель (Комплекты)</t>
   </si>
   <si>
-    <t>1.1.1 ECO Line 10 Вт/м (в трубу)</t>
+    <t>1.1.1 EXTRA Line 15-16 Вт/м (на трубу)</t>
+  </si>
+  <si>
+    <t>51-0243</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 10м/160Вт PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0241</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 4м/64Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0242</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 6м/96Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0244</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 15м/240Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0240</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 2м/32Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0617</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 4м/60Вт REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>51-0623</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 25м/375Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0620</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 10м/150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0618</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 6м/90Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0616</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 2м/30Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0619</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 8м/120Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0621</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 15м/225Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0622</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 20м/300Вт REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 EXTRA Line 25 Вт/м (для труб, водостоков и кровли)</t>
+  </si>
+  <si>
+    <t>51-0637</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 2м/50Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0645</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 10м/250Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0647</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 20м/500Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0648</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 25м/625Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0638</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 3м/75Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0639</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 4м/100Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0640</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 5м/125Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0641</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 6м/150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0643</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 8м/200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0646</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 15м/375Вт REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 ECO Line 10 Вт/м (в трубу)</t>
+  </si>
+  <si>
+    <t>51-0603-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 6м/60Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0604-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 8м/80Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0607-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0601-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 2м/20Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0602-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 4м/40Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0605-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 10м/100Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0606-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 15м/150Вт PROconnect</t>
   </si>
   <si>
     <t>51-0608-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 25м/250Вт PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...44 lines deleted...]
-    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
+    <t>51-0604</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 8м/80Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0603</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 6м/60Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0608</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 25м/250Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0606</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 15м/150Вт REXANT</t>
   </si>
   <si>
     <t>51-0602</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 4м/40Вт REXANT</t>
   </si>
   <si>
-    <t>комплект</t>
-[...5 lines deleted...]
-    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 8м/80Вт REXANT</t>
+    <t>51-0605</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 10м/100Вт REXANT</t>
   </si>
   <si>
     <t>51-0607</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 20м/200Вт REXANT</t>
   </si>
   <si>
-    <t>51-0608</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0601</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 2м/20Вт REXANT</t>
   </si>
   <si>
-    <t>51-0605</t>
-[...160 lines deleted...]
-  <si>
     <t>1.1.4 POWER Line 30 Вт/м (для труб, водостоков и кровли)</t>
   </si>
   <si>
+    <t>51-0659</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 20м/600Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0656</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 9м/270Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0651</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 4м/120Вт REXANT</t>
   </si>
   <si>
+    <t>51-0652</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 5м/150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0654</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 7м/210Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0657</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 10м/300Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0658</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 15м/450Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0650</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 3м/90Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0653</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 6м/180Вт REXANT</t>
   </si>
   <si>
+    <t>51-0649</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 2м/60Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0655</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 8м/240Вт REXANT</t>
   </si>
   <si>
-    <t>51-0657</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0660</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 25м/750Вт REXANT</t>
   </si>
   <si>
-    <t>51-0649</t>
-[...38 lines deleted...]
-    <t>1.2.1 Бухты Экранированный</t>
+    <t>1.2 Резистивный греющий кабель</t>
+  </si>
+  <si>
+    <t>1.2.1 Кабель 40Вт/м для прогрева бетона</t>
+  </si>
+  <si>
+    <t>51-0083</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 37м REXANT</t>
+  </si>
+  <si>
+    <t>51-0081</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 9,3м REXANT</t>
+  </si>
+  <si>
+    <t>51-0085</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 75м REXANT</t>
+  </si>
+  <si>
+    <t>51-0086</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0082</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 19м REXANT</t>
+  </si>
+  <si>
+    <t>51-0084</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0080</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 3,1м REXANT</t>
+  </si>
+  <si>
+    <t>51-0087</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 150м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2 Кабель 30Вт/м для обогрева кровли, водостоков, площадок, ступеней</t>
+  </si>
+  <si>
+    <t>51-0062</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-435-14,5/14,5м REXANT</t>
+  </si>
+  <si>
+    <t>51-0068</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-2160-72/72м REXANT</t>
+  </si>
+  <si>
+    <t>51-0060</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-210-7/7м REXANT</t>
+  </si>
+  <si>
+    <t>51-0063</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-660-22/22м REXANT</t>
+  </si>
+  <si>
+    <t>51-0064</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-885-29,5/29,5м REXANT</t>
+  </si>
+  <si>
+    <t>51-0072</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-4500-150/150м REXANT</t>
+  </si>
+  <si>
+    <t>51-0067</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1920-64/64м REXANT</t>
+  </si>
+  <si>
+    <t>51-0061</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-330-11/11м REXANT</t>
+  </si>
+  <si>
+    <t>51-0065</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1080-36/36м REXANT</t>
+  </si>
+  <si>
+    <t>51-0066</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1500-50/50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0070</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-3450-115/115м REXANT</t>
+  </si>
+  <si>
+    <t>51-0071</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-3900-130/130м REXANT</t>
+  </si>
+  <si>
+    <t>51-0069</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-2580-86/86м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Кабель 20Вт/м для обогрева открытых площадок, ступеней, тротуаров</t>
+  </si>
+  <si>
+    <t>51-0099</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 150м REXANT</t>
+  </si>
+  <si>
+    <t>51-0100</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 175м REXANT</t>
+  </si>
+  <si>
+    <t>51-0097</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 120м REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Комплектующие для монтажа греющего кабеля</t>
+  </si>
+  <si>
+    <t>51-0610-1</t>
+  </si>
+  <si>
+    <t>Сальник с резьбой 1/2 для ввода кабеля в трубу PROconnect</t>
+  </si>
+  <si>
+    <t>51-0610-2</t>
+  </si>
+  <si>
+    <t>Сальник с двойной резьбой 1/2 и 3/4 для ввода кабеля в трубу PROconnect</t>
+  </si>
+  <si>
+    <t>51-0614-1</t>
+  </si>
+  <si>
+    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося неэкранированного кабеля REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-4352</t>
+  </si>
+  <si>
+    <t>Лента алюминиевая 50мм х 25м REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
+    <t>51-0615</t>
+  </si>
+  <si>
+    <t>Набор универсальный для заделки саморегулирующегося кабеля REXANT</t>
+  </si>
+  <si>
+    <t>09-4351</t>
+  </si>
+  <si>
+    <t>Лента алюминиевая 50мм х 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0614</t>
+  </si>
+  <si>
+    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося кабеля, эконом REXANT</t>
+  </si>
+  <si>
+    <t>51-0615-1</t>
+  </si>
+  <si>
+    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося кабеля REXANT</t>
+  </si>
+  <si>
+    <t>51-0610-4</t>
+  </si>
+  <si>
+    <t>Сальник с двойной резьбой 1/2 и 3/4 для ввода кабеля в трубу, никелированная латунь REXANT</t>
+  </si>
+  <si>
+    <t>51-0610-3</t>
+  </si>
+  <si>
+    <t>Сальник с резьбой 1/2 для ввода кабеля в трубу, никелированная латунь REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Саморегулирующийся греющий кабель (Бухты)</t>
+  </si>
+  <si>
+    <t>1.4.1 Бухты Экранированный</t>
+  </si>
+  <si>
+    <t>51-0198</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
+    <t>51-0287</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0199</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0283</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0636</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 30-2CR, экранированный, UV, 30Вт/м, 200м PROconnect</t>
   </si>
   <si>
     <t>51-0629</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL30-2CR, 30Вт/м, экранированный, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>пог. м</t>
+    <t>51-0216</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>метр</t>
   </si>
   <si>
     <t>51-0634</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся 10MSR-PF пищевой, 10Вт/м, бухта 100м PROconnect</t>
   </si>
   <si>
+    <t>51-0214</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0285</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0632-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0625-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,5мм2/70м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0215</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0219</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0220</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0221</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
     <t>51-0635</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL 40-2CR, экранированный, UV, 40Вт/м, 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0215</t>
-[...7 lines deleted...]
-  <si>
     <t>51-0634-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
   </si>
   <si>
-    <t>51-0636</t>
-[...26 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+    <t>51-0227</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL24-2CR UV, экранированный, 24Вт/м, 1,3мм2/85м, бухта 200м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0331</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSH-30F 200/240 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/110м REXANT</t>
   </si>
   <si>
     <t>51-0225</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL24-2CR экранированный, 24Вт/м, 200м REXANT</t>
   </si>
   <si>
+    <t>51-0313</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-45F 120/200 С°, экранированный, взрывозащищенный, Ex, 45Вт/м, 1,2мм2/82м REXANT</t>
+  </si>
+  <si>
+    <t>51-0229</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,3мм2/50м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0252</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 30КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0254</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0253</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 40КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0255</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0202</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
     <t>51-0251</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся 24КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м, бухта 200м REXANT</t>
   </si>
   <si>
+    <t>51-0237</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0235</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0203</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0228</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,3мм2/65м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0205</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0200</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0201</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0204</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0206</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 100м REXANT</t>
+  </si>
+  <si>
     <t>51-0250</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся 16КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 16Вт/м, 1,0мм2/115м, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>51-0252</t>
-[...20 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+    <t>51-0312</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-30F 120/200 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/114м REXANT</t>
   </si>
   <si>
     <t>51-0632</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>51-0201</t>
-[...14 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 50м REXANT</t>
+    <t>51-0275</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0278</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 200м REXANT</t>
   </si>
   <si>
     <t>51-0279</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>51-0227</t>
-[...2 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL24-2CR UV, экранированный, 24Вт/м, 1,3мм2/85м, бухта 200м, серия PRO REXANT</t>
+    <t>51-0234</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0236</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0900</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся греющий кабель 26ST-2CF, Ex, 130°C, UF, 200м</t>
   </si>
   <si>
     <t>51-0901</t>
   </si>
   <si>
     <t>Саморегулирующийся греющий кабель 40ST-2CF, Ex, 130°C, UF, 200м</t>
   </si>
   <si>
-    <t>51-0900</t>
-[...5 lines deleted...]
-    <t>1.2.2 Бухты Неэкранированный</t>
+    <t>1.4.2 Бухты Неэкранированный</t>
+  </si>
+  <si>
+    <t>51-0286</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0230</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0208</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0213</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0282</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0232</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0626</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2, 24Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0255-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0231</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0210</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0209</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0211</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0624</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL16-2, 16Вт/м, неэкранированный, бухта 300м PROconnect</t>
   </si>
   <si>
     <t>51-0627</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL30-2, 30Вт/м, неэкранированный, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>51-0626</t>
-[...14 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+    <t>51-0284</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0624-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
   </si>
   <si>
     <t>51-0254-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0255-4</t>
-[...2 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
+    <t>51-0212</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
   </si>
   <si>
     <t>51-0627-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный 30Вт/м, 0,5мм2/30м, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0208</t>
-[...14 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
+    <t>51-0233</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0184</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0181</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0182</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0183</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0180</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0274</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0185</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0276</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 300м REXANT</t>
   </si>
   <si>
     <t>51-0277</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
   </si>
   <si>
-    <t>51-0274</t>
-[...164 lines deleted...]
-    <t>1.4.1 Терморегуляторы на DIN-рейку</t>
+    <t>1.5 Крепеж для греющего кабеля</t>
+  </si>
+  <si>
+    <t>51-1020</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1022</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.2-100 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1024</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР/Т.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1021</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1026</t>
+  </si>
+  <si>
+    <t>Пик-зажим КР-1О Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1035</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР/Т.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1013</t>
+  </si>
+  <si>
+    <t>Зажим RX/T для крепления греющего кабеля, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1014</t>
+  </si>
+  <si>
+    <t>Зажим RX/Y для крепления греющего кабеля на капельник, ендова, резервуар, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1044</t>
+  </si>
+  <si>
+    <t>Лента СРГ-20, 20м REXANT</t>
+  </si>
+  <si>
+    <t>51-1010</t>
+  </si>
+  <si>
+    <t>Зажим RX/K-2 для крепления греющего кабеля на карниз скатной кровли, ендова, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1042</t>
+  </si>
+  <si>
+    <t>Лента электромонтажная перфорированная ЛЭ-65, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-1033</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР.2-100 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1040</t>
+  </si>
+  <si>
+    <t>Лента электромонтажная перфорированная ЛЭ-50, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-1034</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР/Т.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1011</t>
+  </si>
+  <si>
+    <t>Зажим RX/B1-6 для крепления греющего кабеля на карниз скатной кровли, ендова, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1025</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.О1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1023</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР/Т.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1015</t>
+  </si>
+  <si>
+    <t>Зажим RX/3В для крепления греющего кабеля на водосборные лотки, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1016</t>
+  </si>
+  <si>
+    <t>Зажим RX/3T для крепления греющего кабеля на одиночные водоприемные воронки, выходы кабеля из водосточной трубы, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1017</t>
+  </si>
+  <si>
+    <t>Зажим RX/Y1-6 для крепления греющего кабеля на плоскую кровлю, открытые площадки, резервуары, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Управляющая автоматика для систем Антиобледенения</t>
+  </si>
+  <si>
+    <t>1.6.1 Датчики температуры и осадков</t>
+  </si>
+  <si>
+    <t>51-1006</t>
+  </si>
+  <si>
+    <t>Датчик температуры аналоговый Temp A-7 6,8кОм 2м REXANT</t>
+  </si>
+  <si>
+    <t>51-1007</t>
+  </si>
+  <si>
+    <t>Датчик температуры цифровой Temp С-2 2м REXANT</t>
+  </si>
+  <si>
+    <t>51-1009</t>
+  </si>
+  <si>
+    <t>Датчик осадков WatSen Sky с блоком питания REXANT</t>
+  </si>
+  <si>
+    <t>51-1008</t>
+  </si>
+  <si>
+    <t>Датчик воды WatSen 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>51-1005</t>
+  </si>
+  <si>
+    <t>Датчик температуры аналоговый Temp A-5 1кОм 2м REXANT</t>
+  </si>
+  <si>
+    <t>1.6.2 Соединительные коробки</t>
+  </si>
+  <si>
+    <t>51-1051</t>
+  </si>
+  <si>
+    <t>Бокс всепогодный защитный RexBox 100х100х55 IP65 REXANT</t>
+  </si>
+  <si>
+    <t>51-1052</t>
+  </si>
+  <si>
+    <t>Бокс всепогодный защитный RexBox 200х150х75 IP65 REXANT</t>
+  </si>
+  <si>
+    <t>1.6.3 Устройства плавного пуска</t>
+  </si>
+  <si>
+    <t>51-0890</t>
+  </si>
+  <si>
+    <t>Устройство плавного пуска 25А-01 для саморегулирующегося кабеля REXANT</t>
+  </si>
+  <si>
+    <t>1.6.4 Терморегуляторы наружной установки</t>
+  </si>
+  <si>
+    <t>51-0842</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat Road 40A IP65 REXANT</t>
+  </si>
+  <si>
+    <t>51-0841</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat Pipe 40A IP65 REXANT</t>
+  </si>
+  <si>
+    <t>51-0843</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat Roof 40A IP65 REXANT</t>
+  </si>
+  <si>
+    <t>1.6.5 Терморегуляторы на DIN-рейку</t>
+  </si>
+  <si>
+    <t>51-0827</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat 16A-01 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
+    <t>51-0828</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat 16A-03 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
+    <t>51-0830</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat 16A-05 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
+    <t>51-0829</t>
+  </si>
+  <si>
+    <t>Терморегулятор (метеостанция) TermoStat 16A-04 (на DIN-рейку) REXANT</t>
   </si>
   <si>
     <t>51-0821</t>
   </si>
   <si>
     <t xml:space="preserve">Терморегулятор цифровой RX-257 программируемый, c диапазонами работы (на DIN-рейку) REXANT </t>
   </si>
   <si>
-    <t>51-0829</t>
-[...44 lines deleted...]
-    <t>1.4.3 Терморегуляторы встраиваемые</t>
+    <t>1.6.6 Терморегуляторы встраиваемые</t>
   </si>
   <si>
     <t>51-0822</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-514 для систем антиобледенения REXANT</t>
-  </si>
-[...247 lines deleted...]
-    <t>Набор универсальный для заделки саморегулирующегося кабеля REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1512,56 +1746,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m-.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m-.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m-.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m-.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m-40.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m-80.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m-2.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m-2.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m-20.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m-1.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m-60.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m-1.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-4m-64vt-proconnect.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-6m-96vt-proconnect.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-15m-240vt-proconnect.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-2m-32vt-proconnect.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-10m-160vt-proconnect.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-2m-30vt-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-10m-150vt-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-4m-60vt-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-15m-225vt-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-8m-120vt-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-6m-90vt-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-25m-375vt-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-20m-300vt-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-3m-75vt-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-5m-125vt-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-8m-200vt-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-15m-375vt-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-25m-625vt-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-6m-150vt-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-10m-250vt-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-20m-500vt-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-2m-50vt-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-4m-100vt-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-4m-120vt-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-6m-180vt-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-8m-240vt-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-10m-300vt-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-20m-600vt-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-25m-750vt-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-2m-60vt-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-3m-90vt-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-15m-450vt-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-5m-150vt-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-7m-210vt-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-9m-270vt-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovannyy-buhta-200m-proconnect.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovannyy-uv-40vt-m-200m-proconnect.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovannyy-uv-30vt-m-200m-proconnect.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-5mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-200m-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl24-2cr-uv-ekranirovannyy-24v.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-5mm2-30m-buh.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-5mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-50m-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-100m-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-3-1m-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-19m-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-75m-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-9-3m-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-37m-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-150m-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-330-11-11m-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-885-29-5-29-5m-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1080-36-36m-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3900-130-130m-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1920-64-64m-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3450-115-115m-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-210-7-7m-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2160-72-72m-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2580-86-86m-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-435-14-5-14-5m-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-660-22-22m-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1500-50-50m-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-4500-150-150m-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-175m-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-150m-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-120m-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-257-programmiruemyy-c-diapazonami-raboty-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-meteostantsiya-termostat-16a-04-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-05-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-01-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-03-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-roof-40a-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-pipe-40a-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-road-40a-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-514-dlya-sistem-antiobledeneniya-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-osadkov-watsen-sky-s-blokom-pitaniya-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-5-1kom-2m-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-7-6-8kom-2m-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-vody-watsen-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-tsifrovoy-temp-s-2-2m-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-100h100h55-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-200h150h75-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-plavnogo-puska-25a-01-dlya-samoreguliruyuschegosya-kabelya-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-v1-6-25-sht-kreplenie-karniz-skatnoy-krovli-endova-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-t-25-sht-kreplenie-vodostochnaya-truba-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-u-25-sht-kreplenie-kapelnik-endova-rezervuar-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3t-25-sht-kreplenie-odinochnaya-vodopriemnaya-voronka-vyhod-kabelya-iz-vodostochnoy-truby-.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-u1-6-25-sht-kreplenie-ploskaya-krovlya-otkrytye-ploschadki-rezervuary-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-k-2-25-sht-kreplenie-karniz-skatnoy-krovli-endova-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3v-25-sht-kreplenie-vodosbornye-lotki-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-srg-20-20m-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-1-25-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-50-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-2-50-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-1-25-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pik-zazhim-kr-1o-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-1-25-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-2-100-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-100-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-o1-25-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-50-50m-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-65-50m-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-2-50-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-proconnect.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-proconnect.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-ekonom-rexan.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-25m-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-50m-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-neekranirovannogo-ka.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-zadelki-samoreguliruyuschegosya-kabelya-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16vt-m-na-trubu-10m-160vt-proconnect-28564" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16vt-m-na-trubu-4m-64vt-proconnect-28562" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16vt-m-na-trubu-6m-96vt-proconnect-28563" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16vt-m-na-trubu-15m-240vt-proconnect-28565" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16vt-m-na-trubu-2m-32vt-proconnect-28561" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-4m-60vt-rexant-12000" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-25m-375vt-rexant-11999" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-10m-150vt-rexant-11997" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-6m-90vt-rexant-12004" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-2m-30vt-rexant-12003" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-8m-120vt-rexant-12001" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-15m-225vt-rexant-12002" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-20m-300vt-rexant-11998" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-2m-50vt-rexant-17490" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-10m-250vt-rexant-17489" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-20m-500vt-rexant-17481" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-25m-625vt-rexant-17482" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-3m-75vt-rexant-17491" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-4m-100vt-rexant-17488" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-5m-125vt-rexant-17487" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-6m-150vt-rexant-17485" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-8m-200vt-rexant-17486" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-15m-375vt-rexant-17484" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-6m-60vt-proconnect-30187" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-8m-80vt-proconnect-30188" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-20m-200vt-proconnect-30191" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-2m-20vt-proconnect-30185" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-4m-40vt-proconnect-30186" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-10m-100vt-proconnect-30189" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-15m-150vt-proconnect-30190" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-25m-250vt-proconnect-30192" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-8m-80vt-rexant-10698" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-6m-60vt-rexant-10699" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-25m-250vt-rexant-10695" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-15m-150vt-rexant-10692" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-4m-40vt-rexant-10697" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-10m-100vt-rexant-10700" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-20m-200vt-rexant-10696" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-2m-20vt-rexant-10691" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-20m-600vt-rexant-17574" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-9m-270vt-rexant-17567" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-4m-120vt-rexant-17566" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-5m-150vt-rexant-17572" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-7m-210vt-rexant-17573" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-10m-300vt-rexant-17576" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-15m-450vt-rexant-17575" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-3m-90vt-rexant-17570" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-6m-180vt-rexant-17568" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-2m-60vt-rexant-17565" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-8m-240vt-rexant-17569" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-25m-750vt-rexant-17571" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-37-37m-rexant-27732" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-9-9-3m-rexant-27730" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-75-75m-rexant-27734" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-100-100m-rexant-27735" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-19-19m-rexant-27731" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-50-50m-rexant-27733" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-3-3-1m-rexant-27729" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-150m-rexant-29318" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-435-14-5-14-5m-rexant-28611" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2160-72-72m-rexant-28604" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-210-7-7m-rexant-28609" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-660-22-22m-rexant-28599" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-885-29-5-29-5m-rexant-28600" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-4500-150-150m-rexant-28608" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1920-64-64m-rexant-28603" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-330-11-11m-rexant-28610" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1080-36-36m-rexant-28601" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1500-50-50m-rexant-28602" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3450-115-115m-rexant-28606" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3900-130-130m-rexant-28607" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2580-86-86m-rexant-28605" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-20vt-m-150m-rexant-29310" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-20vt-m-175m-rexant-29306" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-20vt-m-120m-rexant-29317" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-proconnect-13110" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-proconnect-13111" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalniy-dlya-kontsevoy-zadelki-samoreguliruyuschegosya-neekranirovannogo-kabelya-rexant-31840" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-25m-rexant-28176" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-kontsevoy-zadelki-kabelya-rexant-srl-24-2cr-10713" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-50m-rexant-28175" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalniy-dlya-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-rexant-10712" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalniy-dlya-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-rexant-1-15436" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant-26776" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant-26777" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovanniy-10vt-m-0-5mm2-100m-buhta-50m-proconnect-31553" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-0-93mm2-48m-buhta-200m-proconnect-31961" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovanniy-16vt-m-0-5mm2-100m-buhta-50m-proconnect-31554" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-0-93mm2-71m-buhta-200m-proconnect-31959" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovanniy-uv-30vt-m-200m-proconnect-17191" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovanniy-buhta-200m-proconnect-12672" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf30-2cr-srl30-2cr-snk30-2cr-ekranirovanniy-30vt-m-50m-proconnect-20252" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect-12809" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf16-2cr-srl16-2cr-ekranirovanniy-16vt-m-50m-proconnect-20259" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-0-93mm2-62m-buhta-200m-proconnect-31960" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-ekranirovanniy-10vt-m-100m-proconnect-29404" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2lp-el-65-85-ekranirovanniy-16vt-m-200m-proconnect-29399" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf24-2cr-srl24-2cr-ekranirovanniy-24vt-m-50-m-proconnect-20241" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf16-2cr-srl16-2cr-ekranirovanniy-16vt-m-100m-proconnect-20258" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf24-2cr-srl24-2cr-ekranirovanniy-24vt-m-100m-proconnect-20244" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf30-2cr-srl30-2cr-snk30-2cr-ekranirovanniy-30vt-m-100m-proconnect-20256" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovanniy-uv-40vt-m-200m-proconnect-15399" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-16-kkns-2lpp-el-65-85-ekranirovanniy-16vt-m-100m-proconnect-29403" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-1-3mm2-85m-buhta-200m-seriya-pro-rexant-31578" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsh-30f-200-240-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-200m-rexant-22335" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-45f-120-200-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl40-2cr-ekranirovanniy-24vt-m-1-3mm2-50m-buhta-200m-seriya-pro-rexant-31580" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-30vt-m-200m-rexant-28740" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-30kns-2lp-el-65-85-30vt-m-uv-200m-ekranirovanniy-rexant-28752" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-40vt-m-200m-rexant-28741" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-40kns-2lp-el-65-85-40vt-m-uv-200m-ekranirovanniy-rexant-28753" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-24-2cr-ekranirovanniy-24vt-m-50m-rexant-20261" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-24vt-m-200m-rexant-28739" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovanniy-40vt-m-1-0mm2-45m-buhta-100m-rexant-31558" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovanniy-30vt-m-1-0mm2-60m-buhta-100m-rexant-31556" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-50m-rexant-20248" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-1-3mm2-65m-buhta-200m-seriya-pro-rexant-31579" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-24-2cr-ekranirovanniy-24vt-m-100m-rexant-20251" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-pischevoy-10vt-m-50m-rexant-20250" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-50m-rexant-20239" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-100m-rexant-20260" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-100m-rexant-20246" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-16vt-m-200m-rexant-28738" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-30f-120-200-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-pischevoy-10vt-m-buhta-100m-rexant-13480" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-0-88mm2-105m-200m-rexant-30976" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-0-88mm2-70m-200m-rexant-30978" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-0-88mm2-55m-200m-rexant-30980" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovanniy-30vt-m-1-0mm2-60m-buhta-50m-rexant-31555" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovanniy-40vt-m-1-0mm2-45m-buhta-50m-rexant-31557" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m-30128" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m-30127" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-93mm2-48m-buhta-300m-proconnect-31964" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-proconnect-31559" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-50m-proconnect-20249" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-100m-proconnect-20240" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-93mm2-71m-buhta-300m-proconnect-31962" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-50m-proconnect-31561" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovanniy-buhta-300m-proconnect-12601" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-40kns-2lp-65-85-uv-neekranirovanniy-40vt-m-200m-proconnect-29402" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-proconnect-31560" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-50m-proconnect-20242" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-50m-proconnect-20247" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-100m-proconnect-20257" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovanniy-buhta-300m-proconnect-12598" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovanniy-buhta-300m-proconnect-12599" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-93mm2-62m-buhta-300m-proconnect-31963" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2lp-65-85-neekranirovanniy-16vt-m-300m-proconnect-29395" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-30kns-2lp-65-85-uv-neekranirovanniy-30vt-m-200m-proconnect-29401" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-100m-proconnect-20243" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2lp-65-85-neekranirovanniy-30vt-m-300m-proconnect-29397" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-100m-proconnect-31562" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-rexant-31567" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-100m-rexant-31564" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-50m-rexant-31565" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-100m-rexant-31566" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-50m-rexant-31563" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-88mm2-105m-300m-rexant-30975" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-rexant-31568" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-88mm2-70m-300m-rexant-30977" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-88mm2-55m-300m-rexant-30979" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-1-25-ts-50-sht-rexant-31946" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-2-100-ts-50-sht-rexant-31948" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-t-2-50-ts-50-sht-rexant-31950" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-2-50-ts-50-sht-rexant-31947" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pik-zajim-kr-1o-ts-50-sht-rexant-31958" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-ktsr-t-2-50-ts-50-sht-rexant-31954" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-t-25-sht-rexant-28626" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-u-25-sht-rexant-28627" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-srg-20-20m-rexant-31957" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-k-2-25-sht-rexant-28623" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontajnaya-perforirovannaya-le-65-50m-rexant-31956" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-ktsr-2-100-ts-50-sht-rexant-31952" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontajnaya-perforirovannaya-le-50-50m-rexant-31955" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-ktsr-t-1-25-ts-50-sht-rexant-31953" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-v1-6-25-sht-rexant-28624" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-o1-25-ts-50-sht-rexant-31951" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-t-1-25-ts-50-sht-rexant-31949" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-3v-25-sht-rexant-28628" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-3t-25-sht-rexant-28629" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-u1-6-25-sht-rexant-28630" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperaturi-analogoviy-temp-a-7-6-8kom-2m-rexant-31590" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperaturi-tsifrovoy-temp-s-2-2m-rexant-31591" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-osadkov-watsen-sky-s-blokom-pitaniya-rexant-31593" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-vodi-watsen-0-3m-rexant-31592" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperaturi-analogoviy-temp-a-5-1kom-2m-rexant-31589" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodniy-zaschitniy-rexbox-100h100h55-ip65-rexant-31594" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodniy-zaschitniy-rexbox-200h150h75-ip65-rexant-31595" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-plavnogo-puska-25a-01-dlya-samoreguliruyuschegosya-kabelya-rexant-31596" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-road-40a-ip65-rexant-31586" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-pipe-40a-ip65-rexant-31585" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-roof-40a-ip65-rexant-31587" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-01-na-din-reyku-rexant-31581" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-03-na-din-reyku-rexant-31582" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-05-na-din-reyku-rexant-31584" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-04-na-din-reyku-rexant-31583" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-257-programmiruemiy-c-diapazonami-raboti-na-din-reyku-rexant-28843" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-514-dlya-sistem-antiobledeneniya-rexant-28844" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I183"/>
+  <dimension ref="A1:I222"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1606,5115 +1840,6285 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>9000</v>
+        <v>2280</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>3230</v>
+        <v>1368</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>372</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>3990</v>
+        <v>1710</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>247</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>5681</v>
+        <v>3610</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>2280</v>
+        <v>893</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>578</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>2945</v>
+        <v>2460</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>2938</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>16</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="3">
+        <v>7220</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
+        <v>16</v>
+      </c>
+      <c r="I11" s="3">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>7125</v>
+        <v>4330</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>3060</v>
+        <v>3475</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>1992</v>
+        <v>984</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>16</v>
       </c>
       <c r="I13" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>4330</v>
+        <v>1776.5</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>685</v>
+        <v>1733</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>16</v>
       </c>
       <c r="I14" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>9040</v>
+        <v>3750</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F15" s="3">
-        <v>356</v>
+        <v>789</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>16</v>
       </c>
       <c r="I15" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>10580</v>
+        <v>5225</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>239</v>
+        <v>126</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>16</v>
       </c>
       <c r="I16" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>2400</v>
+        <v>6080</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F17" s="3">
-        <v>1265</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>16</v>
       </c>
       <c r="I17" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="3" t="s">
+      <c r="A18" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>3750</v>
+        <v>3030</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F19" s="3">
-        <v>1260</v>
+        <v>201</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>16</v>
       </c>
       <c r="I19" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>7148.5</v>
+        <v>9117.1</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F20" s="3">
-        <v>560</v>
+        <v>121</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>16</v>
       </c>
       <c r="I20" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="2" t="s">
+      <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="2"/>
-[...6 lines deleted...]
-      <c r="I21" s="2"/>
+      <c r="C21" s="3">
+        <v>13930</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F21" s="3">
+        <v>150</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>16</v>
+      </c>
+      <c r="I21" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>1368</v>
+        <v>15030</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F22" s="3">
-        <v>707</v>
+        <v>112</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I22" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>1710</v>
+        <v>4110</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F23" s="3">
-        <v>516</v>
+        <v>221</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="I23" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>3610</v>
+        <v>4590</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F24" s="3">
-        <v>108</v>
+        <v>164</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>16</v>
       </c>
       <c r="I24" s="3">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>893</v>
+        <v>4540</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F25" s="3">
-        <v>768</v>
+        <v>170</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>16</v>
       </c>
       <c r="I25" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>2280</v>
+        <v>6540</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F26" s="3">
-        <v>366</v>
+        <v>40</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I26" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>1776.5</v>
+        <v>5957.23</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F27" s="3">
-        <v>2463</v>
+        <v>113</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>16</v>
       </c>
       <c r="I27" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>4330</v>
+        <v>10550</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F28" s="3">
-        <v>572</v>
+        <v>121</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>16</v>
       </c>
       <c r="I28" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="3" t="s">
+      <c r="A29" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>5225</v>
+        <v>2945</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>378</v>
+        <v>283</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>16</v>
       </c>
       <c r="I30" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>3750</v>
+        <v>3230</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>1190</v>
+        <v>168</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I31" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>3475</v>
+        <v>7125</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>1270</v>
+        <v>149</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I32" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>7220</v>
+        <v>1862</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>117</v>
+        <v>337</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I33" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
+      <c r="C34" s="3">
+        <v>2280</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="3">
+        <v>146</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>1</v>
+      </c>
+      <c r="I34" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C34" s="3">
-[...22 lines deleted...]
-      <c r="A35" s="2" t="s">
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="2"/>
-[...6 lines deleted...]
-      <c r="I35" s="2"/>
+      <c r="C35" s="3">
+        <v>3990</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F35" s="3">
+        <v>33</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>1</v>
+      </c>
+      <c r="I35" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>4110</v>
+        <v>5681</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>244</v>
+        <v>100</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I36" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>4540</v>
+        <v>9000</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I37" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>5957.23</v>
+        <v>4330</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F38" s="3">
-        <v>123</v>
+        <v>475</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>16</v>
       </c>
       <c r="I38" s="3">
         <v>8</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>10550</v>
+        <v>3750</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F39" s="3">
-        <v>132</v>
+        <v>971</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>16</v>
       </c>
       <c r="I39" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>15030</v>
+        <v>10580</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F40" s="3">
-        <v>126</v>
+        <v>203</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>16</v>
       </c>
       <c r="I40" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>6540</v>
+        <v>7148.5</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F41" s="3">
-        <v>75</v>
+        <v>451</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>16</v>
       </c>
       <c r="I41" s="3">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>9117.1</v>
+        <v>3060</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F42" s="3">
-        <v>126</v>
+        <v>1519</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>16</v>
       </c>
       <c r="I42" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>13930</v>
+        <v>5312.5</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F43" s="3">
-        <v>154</v>
+        <v>1195</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>16</v>
       </c>
       <c r="I43" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>3030</v>
+        <v>9040</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F44" s="3">
-        <v>180</v>
+        <v>283</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>16</v>
       </c>
       <c r="I44" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>4590</v>
+        <v>2400</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F45" s="3">
-        <v>163</v>
+        <v>934</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>16</v>
       </c>
       <c r="I45" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>4333.57</v>
+        <v>13153.16</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F47" s="3">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>16</v>
       </c>
       <c r="I47" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>7208.69</v>
+        <v>5443.2</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F48" s="3">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>16</v>
       </c>
       <c r="I48" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>8205.36</v>
+        <v>4333.57</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F49" s="3">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>16</v>
       </c>
       <c r="I49" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>9117.1</v>
+        <v>4931.5</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F50" s="3">
-        <v>246</v>
+        <v>54</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>16</v>
       </c>
       <c r="I50" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>13153.16</v>
+        <v>4641.3</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F51" s="3">
-        <v>203</v>
+        <v>28</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>16</v>
       </c>
       <c r="I51" s="3">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>14050.08</v>
+        <v>9117.1</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F52" s="3">
-        <v>124</v>
+        <v>232</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>16</v>
       </c>
       <c r="I52" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>2859.83</v>
+        <v>10462.4</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F53" s="3">
-        <v>147</v>
+        <v>78</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>16</v>
       </c>
       <c r="I53" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
         <v>3380.03</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F54" s="3">
-        <v>175</v>
+        <v>151</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>16</v>
       </c>
       <c r="I54" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>10462.4</v>
+        <v>7208.69</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F55" s="3">
-        <v>154</v>
+        <v>66</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>16</v>
       </c>
       <c r="I55" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>4931.5</v>
+        <v>2859.83</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F56" s="3">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>16</v>
       </c>
       <c r="I56" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>5157</v>
+        <v>8205.36</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F57" s="3">
-        <v>41</v>
+        <v>135</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>16</v>
       </c>
       <c r="I57" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>6048</v>
+        <v>14050.08</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>16</v>
       </c>
       <c r="I58" s="3">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="3">
-        <v>232</v>
+        <v>5800</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="G61" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I61" s="3">
-        <v>1</v>
+        <v>37</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>507.02</v>
+        <v>2612.64</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>143</v>
       </c>
       <c r="G62" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
+        <v>9.3</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>502.45</v>
+        <v>9108.9</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>214</v>
       </c>
       <c r="G63" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>75</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>257</v>
+        <v>12700</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>1950</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C65" s="3">
-        <v>347.08</v>
+        <v>3430</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>6500</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>330</v>
+        <v>6800</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>113</v>
       </c>
       <c r="G66" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C67" s="3">
-        <v>255</v>
+        <v>1850</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>2900</v>
+        <v>168</v>
       </c>
       <c r="G67" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C68" s="3">
+        <v>27800</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F68" s="3">
+        <v>3</v>
+      </c>
+      <c r="G68" s="3">
+        <v>1</v>
+      </c>
+      <c r="H68" s="3">
+        <v>1</v>
+      </c>
+      <c r="I68" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B69" s="2"/>
+      <c r="C69" s="2"/>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>323.52</v>
+        <v>5035</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>12100</v>
+        <v>13</v>
       </c>
       <c r="G70" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C71" s="3">
-        <v>394.11</v>
+        <v>16074</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>72</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C72" s="3">
-        <v>475</v>
+        <v>2660</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>1600</v>
+        <v>37</v>
       </c>
       <c r="G72" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I72" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C73" s="3">
-        <v>445</v>
+        <v>7220</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>4200</v>
+        <v>19</v>
       </c>
       <c r="G73" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I73" s="3">
-        <v>0</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C74" s="3">
-        <v>481</v>
+        <v>8360</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>4200</v>
+        <v>22</v>
       </c>
       <c r="G74" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I74" s="3">
-        <v>0</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C75" s="3">
-        <v>512</v>
+        <v>41420</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>6800</v>
+        <v>15</v>
       </c>
       <c r="G75" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I75" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C76" s="3">
-        <v>379.85</v>
+        <v>14519</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>5800</v>
+        <v>31</v>
       </c>
       <c r="G76" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C77" s="3">
-        <v>392.92</v>
+        <v>3862</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>12600</v>
+        <v>51</v>
       </c>
       <c r="G77" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C78" s="3">
-        <v>501</v>
+        <v>9310</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>4100</v>
+        <v>22</v>
       </c>
       <c r="G78" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I78" s="3">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C79" s="3">
-        <v>280</v>
+        <v>11970</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G79" s="3">
+        <v>1</v>
+      </c>
+      <c r="H79" s="3">
+        <v>1</v>
+      </c>
+      <c r="I79" s="3">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C80" s="3">
-        <v>288</v>
+        <v>25650</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G80" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>115</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C81" s="3">
-        <v>298</v>
+        <v>33250</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G81" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>130</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C82" s="3">
-        <v>269.62</v>
+        <v>19152</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>50400</v>
+        <v>28</v>
       </c>
       <c r="G82" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I82" s="3">
-        <v>0</v>
+        <v>86</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A83" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C84" s="3">
-        <v>3244.65</v>
+        <v>15944</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G84" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C85" s="3">
+        <v>14774.4</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F85" s="3">
+        <v>1</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>1</v>
+      </c>
+      <c r="I85" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C86" s="3">
+        <v>18166.68</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F86" s="3">
+        <v>0</v>
+      </c>
+      <c r="G86" s="3">
+        <v>1</v>
+      </c>
+      <c r="H86" s="3">
+        <v>1</v>
+      </c>
+      <c r="I86" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...64 lines deleted...]
-      </c>
+      <c r="B87" s="2"/>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2"/>
+      <c r="I87" s="2"/>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C88" s="3">
-        <v>116</v>
+        <v>503.47</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>6259</v>
       </c>
       <c r="G88" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B89" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C89" s="3">
+        <v>688.17</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F89" s="3">
+        <v>8002</v>
+      </c>
+      <c r="G89" s="3">
+        <v>1</v>
+      </c>
+      <c r="H89" s="3">
         <v>180</v>
-      </c>
-[...16 lines deleted...]
-        <v>300</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C90" s="3">
-        <v>128</v>
+        <v>315.61</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>131</v>
+        <v>179</v>
       </c>
       <c r="F90" s="3">
-        <v>2350</v>
+        <v>4106</v>
       </c>
       <c r="G90" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C91" s="3">
-        <v>288.15</v>
+        <v>571.54</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>124</v>
+        <v>182</v>
       </c>
       <c r="F91" s="3">
-        <v>3400</v>
+        <v>2971</v>
       </c>
       <c r="G91" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C92" s="3">
-        <v>292.08</v>
+        <v>605</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>124</v>
+        <v>179</v>
       </c>
       <c r="F92" s="3">
-        <v>6200</v>
+        <v>4826</v>
       </c>
       <c r="G92" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C93" s="3">
-        <v>134.72</v>
+        <v>773.95</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>124</v>
+        <v>182</v>
       </c>
       <c r="F93" s="3">
-        <v>0</v>
+        <v>2640</v>
       </c>
       <c r="G93" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>300</v>
+        <v>24</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C94" s="3">
-        <v>124</v>
+        <v>445.96</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>131</v>
+        <v>179</v>
       </c>
       <c r="F94" s="3">
-        <v>0</v>
+        <v>1296</v>
       </c>
       <c r="G94" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C95" s="3">
-        <v>126</v>
+        <v>540</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>16239</v>
       </c>
       <c r="G95" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C96" s="3">
-        <v>131</v>
+        <v>796.28</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>10200</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C97" s="3">
+        <v>495.23</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F97" s="3">
+        <v>0</v>
+      </c>
+      <c r="G97" s="3">
+        <v>1</v>
+      </c>
+      <c r="H97" s="3">
+        <v>50</v>
+      </c>
+      <c r="I97" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A98" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="B97" s="3" t="s">
+      <c r="B98" s="2"/>
+      <c r="C98" s="2"/>
+      <c r="D98" s="2"/>
+      <c r="E98" s="2"/>
+      <c r="F98" s="2"/>
+      <c r="G98" s="2"/>
+      <c r="H98" s="2"/>
+      <c r="I98" s="2"/>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="C97" s="3">
-[...22 lines deleted...]
-      <c r="A98" s="3" t="s">
+      <c r="B99" s="2"/>
+      <c r="C99" s="2"/>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+      <c r="H99" s="2"/>
+      <c r="I99" s="2"/>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B98" s="3" t="s">
+      <c r="B100" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="C98" s="3">
-[...22 lines deleted...]
-      <c r="A99" s="3" t="s">
+      <c r="C100" s="3">
+        <v>350</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B99" s="3" t="s">
+      <c r="F100" s="3">
+        <v>50</v>
+      </c>
+      <c r="G100" s="3">
+        <v>50</v>
+      </c>
+      <c r="H100" s="3">
+        <v>50</v>
+      </c>
+      <c r="I100" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="C99" s="3">
-[...22 lines deleted...]
-      <c r="A100" s="2" t="s">
+      <c r="B101" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="B100" s="2"/>
-[...19 lines deleted...]
-      <c r="I101" s="2"/>
+      <c r="C101" s="3">
+        <v>238</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F101" s="3">
+        <v>0</v>
+      </c>
+      <c r="G101" s="3">
+        <v>200</v>
+      </c>
+      <c r="H101" s="3">
+        <v>200</v>
+      </c>
+      <c r="I101" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="3">
-        <v>7799.09</v>
+        <v>371</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F102" s="3">
-        <v>136</v>
+        <v>400</v>
       </c>
       <c r="G102" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H102" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I102" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="3">
-        <v>14134</v>
+        <v>230</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F103" s="3">
-        <v>148</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H103" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I103" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="3">
-        <v>2054.76</v>
+        <v>330</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F104" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H104" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I104" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>3810.24</v>
+        <v>232</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F105" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H105" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I105" s="3">
-        <v>19</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B106" s="3" t="s">
+      <c r="C106" s="3">
+        <v>260</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="C106" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F106" s="3">
-        <v>260</v>
+        <v>1550</v>
       </c>
       <c r="G106" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H106" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I106" s="3">
-        <v>75</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C107" s="3">
-        <v>2902.93</v>
+        <v>507.02</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F107" s="3">
-        <v>205</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H107" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I107" s="3">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="3">
-        <v>6548.85</v>
+        <v>255</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F108" s="3">
-        <v>170</v>
+        <v>1550</v>
       </c>
       <c r="G108" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H108" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I108" s="3">
-        <v>37</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="3">
-        <v>32446.5</v>
+        <v>232</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F109" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H109" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="2" t="s">
+      <c r="A110" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B110" s="2"/>
-[...6 lines deleted...]
-      <c r="I110" s="2"/>
+      <c r="B110" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C110" s="3">
+        <v>323.52</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F110" s="3">
+        <v>6900</v>
+      </c>
+      <c r="G110" s="3">
+        <v>100</v>
+      </c>
+      <c r="H110" s="3">
+        <v>100</v>
+      </c>
+      <c r="I110" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C111" s="3">
-        <v>3862</v>
+        <v>230</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F111" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H111" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I111" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C112" s="3">
-        <v>8360</v>
+        <v>257</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F112" s="3">
-        <v>29</v>
+        <v>1750</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H112" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I112" s="3">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C113" s="3">
-        <v>9310</v>
+        <v>270.68</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F113" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H113" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I113" s="3">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C114" s="3">
-        <v>33250</v>
+        <v>279.14</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F114" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
-        <v>130</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C115" s="3">
-        <v>14519</v>
+        <v>255</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F115" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I115" s="3">
-        <v>64</v>
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C116" s="3">
-        <v>25650</v>
+        <v>502.45</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F116" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H116" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I116" s="3">
-        <v>115</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C117" s="3">
-        <v>2660</v>
+        <v>347.08</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F117" s="3">
-        <v>38</v>
+        <v>400</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H117" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I117" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C118" s="3">
-        <v>16074</v>
+        <v>544.5</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F118" s="3">
-        <v>28</v>
+        <v>1400</v>
       </c>
       <c r="G118" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H118" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I118" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C119" s="3">
-        <v>19152</v>
+        <v>4300</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F119" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H119" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I119" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C120" s="3">
-        <v>5035</v>
+        <v>394.11</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F120" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H120" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I120" s="3">
-        <v>14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C121" s="3">
-        <v>7220</v>
+        <v>2200</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F121" s="3">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H121" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I121" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C122" s="3">
-        <v>11970</v>
+        <v>581</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F122" s="3">
-        <v>18</v>
+        <v>3600</v>
       </c>
       <c r="G122" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H122" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I122" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C123" s="3">
-        <v>41420</v>
+        <v>481</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F123" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H123" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I123" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A124" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I124" s="2"/>
+      <c r="A124" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C124" s="3">
+        <v>379.85</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F124" s="3">
+        <v>0</v>
+      </c>
+      <c r="G124" s="3">
+        <v>200</v>
+      </c>
+      <c r="H124" s="3">
+        <v>200</v>
+      </c>
+      <c r="I124" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C125" s="3">
-        <v>14774.4</v>
+        <v>512</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F125" s="3">
-        <v>1</v>
+        <v>4000</v>
       </c>
       <c r="G125" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H125" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C126" s="3">
-        <v>15944</v>
+        <v>392.92</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F126" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H126" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C127" s="3">
-        <v>20185.2</v>
+        <v>288</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F127" s="3">
-        <v>2</v>
+        <v>4150</v>
       </c>
       <c r="G127" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H127" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I127" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I128" s="2"/>
+      <c r="A128" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C128" s="3">
+        <v>475</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F128" s="3">
+        <v>600</v>
+      </c>
+      <c r="G128" s="3">
+        <v>200</v>
+      </c>
+      <c r="H128" s="3">
+        <v>200</v>
+      </c>
+      <c r="I128" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A129" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I129" s="2"/>
+      <c r="A129" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="C129" s="3">
+        <v>410</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F129" s="3">
+        <v>100</v>
+      </c>
+      <c r="G129" s="3">
+        <v>100</v>
+      </c>
+      <c r="H129" s="3">
+        <v>100</v>
+      </c>
+      <c r="I129" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C130" s="3">
-        <v>6566.95</v>
+        <v>410</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F130" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H130" s="3">
-        <v>39</v>
+        <v>100</v>
       </c>
       <c r="I130" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C131" s="3">
-        <v>19580</v>
+        <v>298</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F131" s="3">
-        <v>23</v>
+        <v>4300</v>
       </c>
       <c r="G131" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H131" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I131" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C132" s="3">
-        <v>12250</v>
+        <v>562.5</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F132" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="G132" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H132" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C133" s="3">
-        <v>7990</v>
+        <v>288</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F133" s="3">
-        <v>38</v>
+        <v>300</v>
       </c>
       <c r="G133" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H133" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I133" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C134" s="3">
-        <v>8990</v>
+        <v>650.71</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F134" s="3">
-        <v>12</v>
+        <v>400</v>
       </c>
       <c r="G134" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H134" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I134" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A135" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I135" s="2"/>
+      <c r="A135" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="C135" s="3">
+        <v>280</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F135" s="3">
+        <v>4050</v>
+      </c>
+      <c r="G135" s="3">
+        <v>50</v>
+      </c>
+      <c r="H135" s="3">
+        <v>50</v>
+      </c>
+      <c r="I135" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C136" s="3">
-        <v>26150</v>
+        <v>280</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F136" s="3">
-        <v>5</v>
+        <v>1100</v>
       </c>
       <c r="G136" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H136" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I136" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C137" s="3">
-        <v>25500</v>
+        <v>298</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F137" s="3">
-        <v>3</v>
+        <v>200</v>
       </c>
       <c r="G137" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H137" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I137" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C138" s="3">
-        <v>26150</v>
+        <v>445</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F138" s="3">
-        <v>2</v>
+        <v>4400</v>
       </c>
       <c r="G138" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H138" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I139" s="2"/>
+      <c r="A139" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="C139" s="3">
+        <v>2200</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F139" s="3">
+        <v>0</v>
+      </c>
+      <c r="G139" s="3">
+        <v>200</v>
+      </c>
+      <c r="H139" s="3">
+        <v>200</v>
+      </c>
+      <c r="I139" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="C140" s="3">
-        <v>3964.17</v>
+        <v>501</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F140" s="3">
-        <v>70</v>
+        <v>2600</v>
       </c>
       <c r="G140" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H140" s="3">
-        <v>39</v>
+        <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A141" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I141" s="2"/>
+      <c r="A141" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="C141" s="3">
+        <v>253.77</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F141" s="3">
+        <v>15500</v>
+      </c>
+      <c r="G141" s="3">
+        <v>200</v>
+      </c>
+      <c r="H141" s="3">
+        <v>200</v>
+      </c>
+      <c r="I141" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="C142" s="3">
-        <v>13450</v>
+        <v>261.69</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F142" s="3">
-        <v>12</v>
+        <v>10600</v>
       </c>
       <c r="G142" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H142" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="C143" s="3">
-        <v>2035</v>
+        <v>269.62</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F143" s="3">
-        <v>27</v>
+        <v>11300</v>
       </c>
       <c r="G143" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H143" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="C144" s="3">
-        <v>1270</v>
+        <v>410</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F144" s="3">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="G144" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H144" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="C145" s="3">
-        <v>2450</v>
+        <v>410</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F145" s="3">
-        <v>18</v>
+        <v>150</v>
       </c>
       <c r="G145" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H145" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C146" s="3">
-        <v>2580</v>
+        <v>3114.87</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F146" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H146" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A147" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I147" s="2"/>
+      <c r="A147" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C147" s="3">
+        <v>3244.65</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F147" s="3">
+        <v>0</v>
+      </c>
+      <c r="G147" s="3">
+        <v>200</v>
+      </c>
+      <c r="H147" s="3">
+        <v>200</v>
+      </c>
+      <c r="I147" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A148" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A148" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="B148" s="2"/>
+      <c r="C148" s="2"/>
+      <c r="D148" s="2"/>
+      <c r="E148" s="2"/>
+      <c r="F148" s="2"/>
+      <c r="G148" s="2"/>
+      <c r="H148" s="2"/>
+      <c r="I148" s="2"/>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="C149" s="3">
-        <v>8100</v>
+        <v>118</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F149" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H149" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A150" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I150" s="2"/>
+      <c r="A150" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C150" s="3">
+        <v>279.6</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F150" s="3">
+        <v>300</v>
+      </c>
+      <c r="G150" s="3">
+        <v>50</v>
+      </c>
+      <c r="H150" s="3">
+        <v>50</v>
+      </c>
+      <c r="I150" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="C151" s="3">
-        <v>13900</v>
+        <v>124</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F151" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H151" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I151" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A152" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I152" s="2"/>
+      <c r="A152" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="C152" s="3">
+        <v>126</v>
+      </c>
+      <c r="D152" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F152" s="3">
+        <v>0</v>
+      </c>
+      <c r="G152" s="3">
+        <v>100</v>
+      </c>
+      <c r="H152" s="3">
+        <v>100</v>
+      </c>
+      <c r="I152" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="C153" s="3">
-        <v>94.07</v>
+        <v>112</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F153" s="3">
-        <v>10575</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
-        <v>25</v>
+        <v>300</v>
       </c>
       <c r="H153" s="3">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="I153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="C154" s="3">
-        <v>73.83</v>
+        <v>283.19</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F154" s="3">
-        <v>7000</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H154" s="3">
-        <v>750</v>
+        <v>50</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="B155" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C155" s="3">
+        <v>116</v>
+      </c>
+      <c r="D155" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F155" s="3">
+        <v>0</v>
+      </c>
+      <c r="G155" s="3">
         <v>300</v>
       </c>
-      <c r="C155" s="3">
-[...13 lines deleted...]
-      </c>
       <c r="H155" s="3">
-        <v>375</v>
+        <v>300</v>
       </c>
       <c r="I155" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="C156" s="3">
-        <v>121.46</v>
+        <v>268</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F156" s="3">
-        <v>3800</v>
+        <v>4800</v>
       </c>
       <c r="G156" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="H156" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="C157" s="3">
-        <v>84.54</v>
+        <v>279.5</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F157" s="3">
-        <v>2975</v>
+        <v>1000</v>
       </c>
       <c r="G157" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H157" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="C158" s="3">
-        <v>113.12</v>
+        <v>128</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F158" s="3">
-        <v>8600</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H158" s="3">
-        <v>325</v>
+        <v>50</v>
       </c>
       <c r="I158" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C159" s="3">
-        <v>82.16</v>
+        <v>126</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F159" s="3">
-        <v>4575</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H159" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I159" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="C160" s="3">
-        <v>4231</v>
+        <v>122</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F160" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H160" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I160" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="C161" s="3">
-        <v>39</v>
+        <v>112</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F161" s="3">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H161" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I161" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="C162" s="3">
-        <v>52</v>
+        <v>118</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F162" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H162" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I162" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="C163" s="3">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F163" s="3">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H163" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="C164" s="3">
-        <v>39</v>
+        <v>131</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F164" s="3">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H164" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="C165" s="3">
-        <v>121</v>
+        <v>265</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F165" s="3">
-        <v>500</v>
+        <v>2600</v>
       </c>
       <c r="G165" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H165" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
       <c r="C166" s="3">
-        <v>36</v>
+        <v>124</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="F166" s="3">
-        <v>1850</v>
+        <v>0</v>
       </c>
       <c r="G166" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H166" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I166" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="C167" s="3">
-        <v>67</v>
+        <v>134.72</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F167" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G167" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H167" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="C168" s="3">
-        <v>67</v>
+        <v>283.4</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F168" s="3">
-        <v>650</v>
+        <v>200</v>
       </c>
       <c r="G168" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H168" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="C169" s="3">
-        <v>39</v>
+        <v>182</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F169" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G169" s="3">
         <v>50</v>
       </c>
       <c r="H169" s="3">
         <v>50</v>
       </c>
       <c r="I169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="C170" s="3">
-        <v>13846</v>
+        <v>160</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F170" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H170" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="C171" s="3">
-        <v>16922</v>
+        <v>174</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F171" s="3">
-        <v>8</v>
+        <v>5000</v>
       </c>
       <c r="G171" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H171" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="C172" s="3">
-        <v>56</v>
+        <v>174</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F172" s="3">
-        <v>950</v>
+        <v>4900</v>
       </c>
       <c r="G172" s="3">
+        <v>100</v>
+      </c>
+      <c r="H172" s="3">
+        <v>100</v>
+      </c>
+      <c r="I172" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A173" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C173" s="3">
+        <v>160</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F173" s="3">
+        <v>7750</v>
+      </c>
+      <c r="G173" s="3">
         <v>50</v>
       </c>
-      <c r="H172" s="3">
+      <c r="H173" s="3">
         <v>50</v>
       </c>
-      <c r="I172" s="3">
-[...14 lines deleted...]
-      <c r="I173" s="2"/>
+      <c r="I173" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="C174" s="3">
-        <v>503.47</v>
+        <v>145</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F174" s="3">
-        <v>6596</v>
+        <v>38407</v>
       </c>
       <c r="G174" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H174" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I174" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="C175" s="3">
-        <v>688.17</v>
+        <v>182</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F175" s="3">
-        <v>8616</v>
+        <v>1200</v>
       </c>
       <c r="G175" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H175" s="3">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="I175" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="C176" s="3">
-        <v>445.96</v>
+        <v>158</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>342</v>
+        <v>199</v>
       </c>
       <c r="F176" s="3">
-        <v>3998</v>
+        <v>900</v>
       </c>
       <c r="G176" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H176" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I176" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="C177" s="3">
-        <v>540</v>
+        <v>165</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="F177" s="3">
-        <v>21463</v>
+        <v>0</v>
       </c>
       <c r="G177" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H177" s="3">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="I177" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A178" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A178" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="B178" s="2"/>
+      <c r="C178" s="2"/>
+      <c r="D178" s="2"/>
+      <c r="E178" s="2"/>
+      <c r="F178" s="2"/>
+      <c r="G178" s="2"/>
+      <c r="H178" s="2"/>
+      <c r="I178" s="2"/>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="C179" s="3">
-        <v>796.28</v>
+        <v>36</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>0</v>
+        <v>1250</v>
       </c>
       <c r="G179" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H179" s="3">
         <v>50</v>
       </c>
       <c r="I179" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="C180" s="3">
-        <v>571.54</v>
+        <v>67</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>351</v>
+        <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>1233</v>
+        <v>0</v>
       </c>
       <c r="G180" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H180" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="C181" s="3">
-        <v>773.95</v>
+        <v>56</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>351</v>
+        <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>888</v>
+        <v>0</v>
       </c>
       <c r="G181" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H181" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="C182" s="3">
-        <v>315.61</v>
+        <v>52</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>342</v>
+        <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>4407</v>
+        <v>0</v>
       </c>
       <c r="G182" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H182" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="C183" s="3">
-        <v>605</v>
+        <v>121</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>342</v>
+        <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>4909</v>
+        <v>500</v>
       </c>
       <c r="G183" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H183" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I183" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A184" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B184" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="C184" s="3">
+        <v>56</v>
+      </c>
+      <c r="D184" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F184" s="3">
+        <v>0</v>
+      </c>
+      <c r="G184" s="3">
+        <v>50</v>
+      </c>
+      <c r="H184" s="3">
+        <v>50</v>
+      </c>
+      <c r="I184" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A185" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C185" s="3">
+        <v>73.83</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F185" s="3">
+        <v>275</v>
+      </c>
+      <c r="G185" s="3">
+        <v>25</v>
+      </c>
+      <c r="H185" s="3">
+        <v>750</v>
+      </c>
+      <c r="I185" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A186" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B186" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="C186" s="3">
+        <v>79.78</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F186" s="3">
+        <v>5400</v>
+      </c>
+      <c r="G186" s="3">
+        <v>25</v>
+      </c>
+      <c r="H186" s="3">
+        <v>375</v>
+      </c>
+      <c r="I186" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A187" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B187" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C187" s="3">
+        <v>4231</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F187" s="3">
+        <v>50</v>
+      </c>
+      <c r="G187" s="3">
+        <v>1</v>
+      </c>
+      <c r="H187" s="3">
+        <v>0</v>
+      </c>
+      <c r="I187" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A188" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B188" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="C188" s="3">
+        <v>113.12</v>
+      </c>
+      <c r="D188" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F188" s="3">
+        <v>3650</v>
+      </c>
+      <c r="G188" s="3">
+        <v>25</v>
+      </c>
+      <c r="H188" s="3">
+        <v>325</v>
+      </c>
+      <c r="I188" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A189" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B189" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="C189" s="3">
+        <v>16922</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F189" s="3">
+        <v>40</v>
+      </c>
+      <c r="G189" s="3">
+        <v>1</v>
+      </c>
+      <c r="H189" s="3">
+        <v>1</v>
+      </c>
+      <c r="I189" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C190" s="3">
+        <v>67</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F190" s="3">
+        <v>550</v>
+      </c>
+      <c r="G190" s="3">
+        <v>50</v>
+      </c>
+      <c r="H190" s="3">
+        <v>50</v>
+      </c>
+      <c r="I190" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C191" s="3">
+        <v>13846</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F191" s="3">
+        <v>7</v>
+      </c>
+      <c r="G191" s="3">
+        <v>1</v>
+      </c>
+      <c r="H191" s="3">
+        <v>1</v>
+      </c>
+      <c r="I191" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A192" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C192" s="3">
+        <v>39</v>
+      </c>
+      <c r="D192" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F192" s="3">
+        <v>250</v>
+      </c>
+      <c r="G192" s="3">
+        <v>50</v>
+      </c>
+      <c r="H192" s="3">
+        <v>50</v>
+      </c>
+      <c r="I192" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A193" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B193" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="C193" s="3">
+        <v>94.07</v>
+      </c>
+      <c r="D193" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F193" s="3">
+        <v>0</v>
+      </c>
+      <c r="G193" s="3">
+        <v>25</v>
+      </c>
+      <c r="H193" s="3">
+        <v>150</v>
+      </c>
+      <c r="I193" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A194" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="B194" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="C194" s="3">
+        <v>39</v>
+      </c>
+      <c r="D194" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F194" s="3">
+        <v>650</v>
+      </c>
+      <c r="G194" s="3">
+        <v>50</v>
+      </c>
+      <c r="H194" s="3">
+        <v>50</v>
+      </c>
+      <c r="I194" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A195" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="C195" s="3">
+        <v>39</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F195" s="3">
+        <v>0</v>
+      </c>
+      <c r="G195" s="3">
+        <v>50</v>
+      </c>
+      <c r="H195" s="3">
+        <v>50</v>
+      </c>
+      <c r="I195" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A196" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="C196" s="3">
+        <v>82.16</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F196" s="3">
+        <v>6075</v>
+      </c>
+      <c r="G196" s="3">
+        <v>25</v>
+      </c>
+      <c r="H196" s="3">
+        <v>250</v>
+      </c>
+      <c r="I196" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A197" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="C197" s="3">
+        <v>121.46</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F197" s="3">
+        <v>1700</v>
+      </c>
+      <c r="G197" s="3">
+        <v>25</v>
+      </c>
+      <c r="H197" s="3">
+        <v>500</v>
+      </c>
+      <c r="I197" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A198" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="C198" s="3">
+        <v>84.54</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F198" s="3">
+        <v>6325</v>
+      </c>
+      <c r="G198" s="3">
+        <v>25</v>
+      </c>
+      <c r="H198" s="3">
+        <v>200</v>
+      </c>
+      <c r="I198" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A199" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="B199" s="2"/>
+      <c r="C199" s="2"/>
+      <c r="D199" s="2"/>
+      <c r="E199" s="2"/>
+      <c r="F199" s="2"/>
+      <c r="G199" s="2"/>
+      <c r="H199" s="2"/>
+      <c r="I199" s="2"/>
+    </row>
+    <row r="200" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A200" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="B200" s="2"/>
+      <c r="C200" s="2"/>
+      <c r="D200" s="2"/>
+      <c r="E200" s="2"/>
+      <c r="F200" s="2"/>
+      <c r="G200" s="2"/>
+      <c r="H200" s="2"/>
+      <c r="I200" s="2"/>
+    </row>
+    <row r="201" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A201" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C201" s="3">
+        <v>1270</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F201" s="3">
+        <v>25</v>
+      </c>
+      <c r="G201" s="3">
+        <v>1</v>
+      </c>
+      <c r="H201" s="3">
+        <v>1</v>
+      </c>
+      <c r="I201" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A202" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="B202" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="C202" s="3">
+        <v>2580</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F202" s="3">
+        <v>11</v>
+      </c>
+      <c r="G202" s="3">
+        <v>1</v>
+      </c>
+      <c r="H202" s="3">
+        <v>1</v>
+      </c>
+      <c r="I202" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A203" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="B203" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="C203" s="3">
+        <v>13450</v>
+      </c>
+      <c r="D203" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F203" s="3">
+        <v>8</v>
+      </c>
+      <c r="G203" s="3">
+        <v>1</v>
+      </c>
+      <c r="H203" s="3">
+        <v>1</v>
+      </c>
+      <c r="I203" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A204" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C204" s="3">
+        <v>2450</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F204" s="3">
+        <v>20</v>
+      </c>
+      <c r="G204" s="3">
+        <v>1</v>
+      </c>
+      <c r="H204" s="3">
+        <v>1</v>
+      </c>
+      <c r="I204" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A205" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="C205" s="3">
+        <v>2035</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F205" s="3">
+        <v>24</v>
+      </c>
+      <c r="G205" s="3">
+        <v>1</v>
+      </c>
+      <c r="H205" s="3">
+        <v>1</v>
+      </c>
+      <c r="I205" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="B206" s="2"/>
+      <c r="C206" s="2"/>
+      <c r="D206" s="2"/>
+      <c r="E206" s="2"/>
+      <c r="F206" s="2"/>
+      <c r="G206" s="2"/>
+      <c r="H206" s="2"/>
+      <c r="I206" s="2"/>
+    </row>
+    <row r="207" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A207" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="C207" s="3">
+        <v>4990</v>
+      </c>
+      <c r="D207" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F207" s="3">
+        <v>108</v>
+      </c>
+      <c r="G207" s="3">
+        <v>1</v>
+      </c>
+      <c r="H207" s="3">
+        <v>1</v>
+      </c>
+      <c r="I207" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A208" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="C208" s="3">
+        <v>8100</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F208" s="3">
+        <v>94</v>
+      </c>
+      <c r="G208" s="3">
+        <v>1</v>
+      </c>
+      <c r="H208" s="3">
+        <v>1</v>
+      </c>
+      <c r="I208" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A209" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="B209" s="2"/>
+      <c r="C209" s="2"/>
+      <c r="D209" s="2"/>
+      <c r="E209" s="2"/>
+      <c r="F209" s="2"/>
+      <c r="G209" s="2"/>
+      <c r="H209" s="2"/>
+      <c r="I209" s="2"/>
+    </row>
+    <row r="210" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A210" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="C210" s="3">
+        <v>13900</v>
+      </c>
+      <c r="D210" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F210" s="3">
+        <v>6</v>
+      </c>
+      <c r="G210" s="3">
+        <v>1</v>
+      </c>
+      <c r="H210" s="3">
+        <v>1</v>
+      </c>
+      <c r="I210" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A211" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="B211" s="2"/>
+      <c r="C211" s="2"/>
+      <c r="D211" s="2"/>
+      <c r="E211" s="2"/>
+      <c r="F211" s="2"/>
+      <c r="G211" s="2"/>
+      <c r="H211" s="2"/>
+      <c r="I211" s="2"/>
+    </row>
+    <row r="212" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A212" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="B212" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="C212" s="3">
+        <v>26150</v>
+      </c>
+      <c r="D212" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F212" s="3">
+        <v>2</v>
+      </c>
+      <c r="G212" s="3">
+        <v>1</v>
+      </c>
+      <c r="H212" s="3">
+        <v>1</v>
+      </c>
+      <c r="I212" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A213" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C213" s="3">
+        <v>25500</v>
+      </c>
+      <c r="D213" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F213" s="3">
+        <v>10</v>
+      </c>
+      <c r="G213" s="3">
+        <v>1</v>
+      </c>
+      <c r="H213" s="3">
+        <v>1</v>
+      </c>
+      <c r="I213" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A214" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="B214" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="C214" s="3">
+        <v>26150</v>
+      </c>
+      <c r="D214" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F214" s="3">
+        <v>6</v>
+      </c>
+      <c r="G214" s="3">
+        <v>1</v>
+      </c>
+      <c r="H214" s="3">
+        <v>1</v>
+      </c>
+      <c r="I214" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A215" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="B215" s="2"/>
+      <c r="C215" s="2"/>
+      <c r="D215" s="2"/>
+      <c r="E215" s="2"/>
+      <c r="F215" s="2"/>
+      <c r="G215" s="2"/>
+      <c r="H215" s="2"/>
+      <c r="I215" s="2"/>
+    </row>
+    <row r="216" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A216" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="C216" s="3">
+        <v>7990</v>
+      </c>
+      <c r="D216" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F216" s="3">
+        <v>38</v>
+      </c>
+      <c r="G216" s="3">
+        <v>1</v>
+      </c>
+      <c r="H216" s="3">
+        <v>1</v>
+      </c>
+      <c r="I216" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A217" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B217" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C217" s="3">
+        <v>8990</v>
+      </c>
+      <c r="D217" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F217" s="3">
+        <v>30</v>
+      </c>
+      <c r="G217" s="3">
+        <v>1</v>
+      </c>
+      <c r="H217" s="3">
+        <v>1</v>
+      </c>
+      <c r="I217" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A218" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="B218" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="C218" s="3">
+        <v>12250</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F218" s="3">
+        <v>1</v>
+      </c>
+      <c r="G218" s="3">
+        <v>1</v>
+      </c>
+      <c r="H218" s="3">
+        <v>1</v>
+      </c>
+      <c r="I218" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A219" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="B219" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="C219" s="3">
+        <v>19580</v>
+      </c>
+      <c r="D219" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F219" s="3">
+        <v>5</v>
+      </c>
+      <c r="G219" s="3">
+        <v>1</v>
+      </c>
+      <c r="H219" s="3">
+        <v>1</v>
+      </c>
+      <c r="I219" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A220" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B220" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C220" s="3">
+        <v>6566.95</v>
+      </c>
+      <c r="D220" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F220" s="3">
+        <v>85</v>
+      </c>
+      <c r="G220" s="3">
+        <v>1</v>
+      </c>
+      <c r="H220" s="3">
+        <v>39</v>
+      </c>
+      <c r="I220" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A221" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="B221" s="2"/>
+      <c r="C221" s="2"/>
+      <c r="D221" s="2"/>
+      <c r="E221" s="2"/>
+      <c r="F221" s="2"/>
+      <c r="G221" s="2"/>
+      <c r="H221" s="2"/>
+      <c r="I221" s="2"/>
+    </row>
+    <row r="222" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A222" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="B222" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="C222" s="3">
+        <v>3964.17</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F222" s="3">
+        <v>42</v>
+      </c>
+      <c r="G222" s="3">
+        <v>1</v>
+      </c>
+      <c r="H222" s="3">
+        <v>39</v>
+      </c>
+      <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A21:I21"/>
-    <mergeCell ref="A35:I35"/>
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A29:I29"/>
     <mergeCell ref="A46:I46"/>
     <mergeCell ref="A59:I59"/>
     <mergeCell ref="A60:I60"/>
-    <mergeCell ref="A86:I86"/>
-[...12 lines deleted...]
-    <mergeCell ref="A173:I173"/>
+    <mergeCell ref="A69:I69"/>
+    <mergeCell ref="A83:I83"/>
+    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A98:I98"/>
+    <mergeCell ref="A99:I99"/>
+    <mergeCell ref="A148:I148"/>
+    <mergeCell ref="A178:I178"/>
+    <mergeCell ref="A199:I199"/>
+    <mergeCell ref="A200:I200"/>
+    <mergeCell ref="A206:I206"/>
+    <mergeCell ref="A209:I209"/>
+    <mergeCell ref="A211:I211"/>
+    <mergeCell ref="A215:I215"/>
+    <mergeCell ref="A221:I221"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
-    <hyperlink ref="D18" r:id="rId14"/>
-[...1 lines deleted...]
-    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
-    <hyperlink ref="D29" r:id="rId24"/>
-[...4 lines deleted...]
-    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D30" r:id="rId24"/>
+    <hyperlink ref="D31" r:id="rId25"/>
+    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D33" r:id="rId27"/>
+    <hyperlink ref="D34" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
     <hyperlink ref="D36" r:id="rId30"/>
     <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
     <hyperlink ref="D51" r:id="rId44"/>
     <hyperlink ref="D52" r:id="rId45"/>
     <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D57" r:id="rId50"/>
     <hyperlink ref="D58" r:id="rId51"/>
     <hyperlink ref="D61" r:id="rId52"/>
     <hyperlink ref="D62" r:id="rId53"/>
     <hyperlink ref="D63" r:id="rId54"/>
     <hyperlink ref="D64" r:id="rId55"/>
     <hyperlink ref="D65" r:id="rId56"/>
     <hyperlink ref="D66" r:id="rId57"/>
     <hyperlink ref="D67" r:id="rId58"/>
     <hyperlink ref="D68" r:id="rId59"/>
-    <hyperlink ref="D69" r:id="rId60"/>
-[...49 lines deleted...]
-    <hyperlink ref="D123" r:id="rId110"/>
+    <hyperlink ref="D70" r:id="rId60"/>
+    <hyperlink ref="D71" r:id="rId61"/>
+    <hyperlink ref="D72" r:id="rId62"/>
+    <hyperlink ref="D73" r:id="rId63"/>
+    <hyperlink ref="D74" r:id="rId64"/>
+    <hyperlink ref="D75" r:id="rId65"/>
+    <hyperlink ref="D76" r:id="rId66"/>
+    <hyperlink ref="D77" r:id="rId67"/>
+    <hyperlink ref="D78" r:id="rId68"/>
+    <hyperlink ref="D79" r:id="rId69"/>
+    <hyperlink ref="D80" r:id="rId70"/>
+    <hyperlink ref="D81" r:id="rId71"/>
+    <hyperlink ref="D82" r:id="rId72"/>
+    <hyperlink ref="D84" r:id="rId73"/>
+    <hyperlink ref="D85" r:id="rId74"/>
+    <hyperlink ref="D86" r:id="rId75"/>
+    <hyperlink ref="D88" r:id="rId76"/>
+    <hyperlink ref="D89" r:id="rId77"/>
+    <hyperlink ref="D90" r:id="rId78"/>
+    <hyperlink ref="D91" r:id="rId79"/>
+    <hyperlink ref="D92" r:id="rId80"/>
+    <hyperlink ref="D93" r:id="rId81"/>
+    <hyperlink ref="D94" r:id="rId82"/>
+    <hyperlink ref="D95" r:id="rId83"/>
+    <hyperlink ref="D96" r:id="rId84"/>
+    <hyperlink ref="D97" r:id="rId85"/>
+    <hyperlink ref="D100" r:id="rId86"/>
+    <hyperlink ref="D101" r:id="rId87"/>
+    <hyperlink ref="D102" r:id="rId88"/>
+    <hyperlink ref="D103" r:id="rId89"/>
+    <hyperlink ref="D104" r:id="rId90"/>
+    <hyperlink ref="D105" r:id="rId91"/>
+    <hyperlink ref="D106" r:id="rId92"/>
+    <hyperlink ref="D107" r:id="rId93"/>
+    <hyperlink ref="D108" r:id="rId94"/>
+    <hyperlink ref="D109" r:id="rId95"/>
+    <hyperlink ref="D110" r:id="rId96"/>
+    <hyperlink ref="D111" r:id="rId97"/>
+    <hyperlink ref="D112" r:id="rId98"/>
+    <hyperlink ref="D113" r:id="rId99"/>
+    <hyperlink ref="D114" r:id="rId100"/>
+    <hyperlink ref="D115" r:id="rId101"/>
+    <hyperlink ref="D116" r:id="rId102"/>
+    <hyperlink ref="D117" r:id="rId103"/>
+    <hyperlink ref="D118" r:id="rId104"/>
+    <hyperlink ref="D119" r:id="rId105"/>
+    <hyperlink ref="D120" r:id="rId106"/>
+    <hyperlink ref="D121" r:id="rId107"/>
+    <hyperlink ref="D122" r:id="rId108"/>
+    <hyperlink ref="D123" r:id="rId109"/>
+    <hyperlink ref="D124" r:id="rId110"/>
     <hyperlink ref="D125" r:id="rId111"/>
     <hyperlink ref="D126" r:id="rId112"/>
     <hyperlink ref="D127" r:id="rId113"/>
-    <hyperlink ref="D130" r:id="rId114"/>
-[...45 lines deleted...]
-    <hyperlink ref="D183" r:id="rId160"/>
+    <hyperlink ref="D128" r:id="rId114"/>
+    <hyperlink ref="D129" r:id="rId115"/>
+    <hyperlink ref="D130" r:id="rId116"/>
+    <hyperlink ref="D131" r:id="rId117"/>
+    <hyperlink ref="D132" r:id="rId118"/>
+    <hyperlink ref="D133" r:id="rId119"/>
+    <hyperlink ref="D134" r:id="rId120"/>
+    <hyperlink ref="D135" r:id="rId121"/>
+    <hyperlink ref="D136" r:id="rId122"/>
+    <hyperlink ref="D137" r:id="rId123"/>
+    <hyperlink ref="D138" r:id="rId124"/>
+    <hyperlink ref="D139" r:id="rId125"/>
+    <hyperlink ref="D140" r:id="rId126"/>
+    <hyperlink ref="D141" r:id="rId127"/>
+    <hyperlink ref="D142" r:id="rId128"/>
+    <hyperlink ref="D143" r:id="rId129"/>
+    <hyperlink ref="D144" r:id="rId130"/>
+    <hyperlink ref="D145" r:id="rId131"/>
+    <hyperlink ref="D146" r:id="rId132"/>
+    <hyperlink ref="D147" r:id="rId133"/>
+    <hyperlink ref="D149" r:id="rId134"/>
+    <hyperlink ref="D150" r:id="rId135"/>
+    <hyperlink ref="D151" r:id="rId136"/>
+    <hyperlink ref="D152" r:id="rId137"/>
+    <hyperlink ref="D153" r:id="rId138"/>
+    <hyperlink ref="D154" r:id="rId139"/>
+    <hyperlink ref="D155" r:id="rId140"/>
+    <hyperlink ref="D156" r:id="rId141"/>
+    <hyperlink ref="D157" r:id="rId142"/>
+    <hyperlink ref="D158" r:id="rId143"/>
+    <hyperlink ref="D159" r:id="rId144"/>
+    <hyperlink ref="D160" r:id="rId145"/>
+    <hyperlink ref="D161" r:id="rId146"/>
+    <hyperlink ref="D162" r:id="rId147"/>
+    <hyperlink ref="D163" r:id="rId148"/>
+    <hyperlink ref="D164" r:id="rId149"/>
+    <hyperlink ref="D165" r:id="rId150"/>
+    <hyperlink ref="D166" r:id="rId151"/>
+    <hyperlink ref="D167" r:id="rId152"/>
+    <hyperlink ref="D168" r:id="rId153"/>
+    <hyperlink ref="D169" r:id="rId154"/>
+    <hyperlink ref="D170" r:id="rId155"/>
+    <hyperlink ref="D171" r:id="rId156"/>
+    <hyperlink ref="D172" r:id="rId157"/>
+    <hyperlink ref="D173" r:id="rId158"/>
+    <hyperlink ref="D174" r:id="rId159"/>
+    <hyperlink ref="D175" r:id="rId160"/>
+    <hyperlink ref="D176" r:id="rId161"/>
+    <hyperlink ref="D177" r:id="rId162"/>
+    <hyperlink ref="D179" r:id="rId163"/>
+    <hyperlink ref="D180" r:id="rId164"/>
+    <hyperlink ref="D181" r:id="rId165"/>
+    <hyperlink ref="D182" r:id="rId166"/>
+    <hyperlink ref="D183" r:id="rId167"/>
+    <hyperlink ref="D184" r:id="rId168"/>
+    <hyperlink ref="D185" r:id="rId169"/>
+    <hyperlink ref="D186" r:id="rId170"/>
+    <hyperlink ref="D187" r:id="rId171"/>
+    <hyperlink ref="D188" r:id="rId172"/>
+    <hyperlink ref="D189" r:id="rId173"/>
+    <hyperlink ref="D190" r:id="rId174"/>
+    <hyperlink ref="D191" r:id="rId175"/>
+    <hyperlink ref="D192" r:id="rId176"/>
+    <hyperlink ref="D193" r:id="rId177"/>
+    <hyperlink ref="D194" r:id="rId178"/>
+    <hyperlink ref="D195" r:id="rId179"/>
+    <hyperlink ref="D196" r:id="rId180"/>
+    <hyperlink ref="D197" r:id="rId181"/>
+    <hyperlink ref="D198" r:id="rId182"/>
+    <hyperlink ref="D201" r:id="rId183"/>
+    <hyperlink ref="D202" r:id="rId184"/>
+    <hyperlink ref="D203" r:id="rId185"/>
+    <hyperlink ref="D204" r:id="rId186"/>
+    <hyperlink ref="D205" r:id="rId187"/>
+    <hyperlink ref="D207" r:id="rId188"/>
+    <hyperlink ref="D208" r:id="rId189"/>
+    <hyperlink ref="D210" r:id="rId190"/>
+    <hyperlink ref="D212" r:id="rId191"/>
+    <hyperlink ref="D213" r:id="rId192"/>
+    <hyperlink ref="D214" r:id="rId193"/>
+    <hyperlink ref="D216" r:id="rId194"/>
+    <hyperlink ref="D217" r:id="rId195"/>
+    <hyperlink ref="D218" r:id="rId196"/>
+    <hyperlink ref="D219" r:id="rId197"/>
+    <hyperlink ref="D220" r:id="rId198"/>
+    <hyperlink ref="D222" r:id="rId199"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>