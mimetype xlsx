--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -45,1323 +45,1323 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Системы антиобледенения</t>
   </si>
   <si>
     <t>1.1 Саморегулирующийся греющий кабель (Комплекты)</t>
   </si>
   <si>
-    <t>1.1.1 EXTRA Line 15-16 Вт/м (на трубу)</t>
+    <t>1.1.1 ECO Line 10 Вт/м (в трубу)</t>
+  </si>
+  <si>
+    <t>51-0602-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 4м/40Вт PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0608-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 25м/250Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0601-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 2м/20Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0603-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 6м/60Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0604-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 8м/80Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0605-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 10м/100Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0606-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 15м/150Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0607-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0606</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 15м/150Вт REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>51-0601</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 2м/20Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0602</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 4м/40Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0603</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 6м/60Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0604</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 8м/80Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0605</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 10м/100Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0607</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 20м/200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0608</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 25м/250Вт REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 EXTRA Line 15-16 Вт/м (на трубу)</t>
+  </si>
+  <si>
+    <t>51-0241</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 4м/64Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0242</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 6м/96Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0240</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 2м/32Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0244</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 15м/240Вт PROconnect</t>
   </si>
   <si>
     <t>51-0243</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 10м/160Вт PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...28 lines deleted...]
-  <si>
     <t>51-0617</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 4м/60Вт REXANT</t>
   </si>
   <si>
-    <t>комплект</t>
+    <t>51-0621</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 15м/225Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0618</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 6м/90Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0622</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 20м/300Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0616</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 2м/30Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0619</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 8м/120Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0620</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 10м/150Вт REXANT</t>
   </si>
   <si>
     <t>51-0623</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 25м/375Вт REXANT</t>
   </si>
   <si>
-    <t>51-0620</t>
-[...35 lines deleted...]
-    <t>1.1.2 EXTRA Line 25 Вт/м (для труб, водостоков и кровли)</t>
+    <t>1.1.3 EXTRA Line 25 Вт/м (для труб, водостоков и кровли)</t>
   </si>
   <si>
     <t>51-0637</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 2м/50Вт REXANT</t>
   </si>
   <si>
+    <t>51-0638</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 3м/75Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0639</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 4м/100Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0640</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 5м/125Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0641</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 6м/150Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0645</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 10м/250Вт REXANT</t>
   </si>
   <si>
+    <t>51-0646</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 15м/375Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0647</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 20м/500Вт REXANT</t>
   </si>
   <si>
     <t>51-0648</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 25м/625Вт REXANT</t>
   </si>
   <si>
-    <t>51-0638</t>
-[...22 lines deleted...]
-  <si>
     <t>51-0643</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 8м/200Вт REXANT</t>
   </si>
   <si>
-    <t>51-0646</t>
-[...103 lines deleted...]
-  <si>
     <t>1.1.4 POWER Line 30 Вт/м (для труб, водостоков и кровли)</t>
   </si>
   <si>
+    <t>51-0649</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 2м/60Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0650</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 3м/90Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0651</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 4м/120Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0653</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 6м/180Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0654</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 7м/210Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0658</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 15м/450Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0659</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 20м/600Вт REXANT</t>
   </si>
   <si>
+    <t>51-0660</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 25м/750Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0652</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 5м/150Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0656</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 9м/270Вт REXANT</t>
   </si>
   <si>
-    <t>51-0651</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0657</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 10м/300Вт REXANT</t>
   </si>
   <si>
-    <t>51-0658</t>
-[...22 lines deleted...]
-  <si>
     <t>51-0655</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 8м/240Вт REXANT</t>
   </si>
   <si>
-    <t>51-0660</t>
-[...8 lines deleted...]
-    <t>1.2.1 Кабель 40Вт/м для прогрева бетона</t>
+    <t>1.2 Саморегулирующийся греющий кабель (Бухты)</t>
+  </si>
+  <si>
+    <t>1.2.1 Бухты Экранированный</t>
+  </si>
+  <si>
+    <t>51-0285</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
+    <t>51-0287</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0198</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0214</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>51-0216</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0220</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0635</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 40-2CR, экранированный, UV, 40Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0636</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 30-2CR, экранированный, UV, 30Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0629</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL30-2CR, 30Вт/м, экранированный, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0625-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,5мм2/70м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0634</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 10MSR-PF пищевой, 10Вт/м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0199</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0283</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0215</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0219</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0221</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0634-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0632-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0251</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 24КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0225</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2CR экранированный, 24Вт/м, 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0275</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0254</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0252</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 30КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0228</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,3мм2/65м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0229</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,3мм2/50м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0278</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0235</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0236</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0331</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSH-30F 200/240 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/110м REXANT</t>
+  </si>
+  <si>
+    <t>51-0203</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0205</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0250</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 16КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 16Вт/м, 1,0мм2/115м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0253</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 40КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0255</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0279</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0234</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0237</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0227</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL24-2CR UV, экранированный, 24Вт/м, 1,3мм2/85м, бухта 200м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0312</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-30F 120/200 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/114м REXANT</t>
+  </si>
+  <si>
+    <t>51-0313</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-45F 120/200 С°, экранированный, взрывозащищенный, Ex, 45Вт/м, 1,2мм2/82м REXANT</t>
+  </si>
+  <si>
+    <t>51-0200</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0201</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0202</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0204</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0206</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0632</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0901</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся греющий кабель 40ST-2CF, Ex, 130°C, UF, 200м</t>
+  </si>
+  <si>
+    <t>51-0900</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся греющий кабель 26ST-2CF, Ex, 130°C, UF, 200м</t>
+  </si>
+  <si>
+    <t>1.2.2 Бухты Неэкранированный</t>
+  </si>
+  <si>
+    <t>51-0624-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0627-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный 30Вт/м, 0,5мм2/30м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0254-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0233</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0282</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0284</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0286</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0231</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0208</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0212</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0624</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL16-2, 16Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0626</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2, 24Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0627</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL30-2, 30Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0255-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0210</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0213</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0230</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0232</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0209</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0211</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0274</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0181</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0182</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0184</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0185</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0276</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0277</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0180</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0183</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Резистивный греющий кабель</t>
+  </si>
+  <si>
+    <t>1.3.1 Кабель 40Вт/м для прогрева бетона</t>
+  </si>
+  <si>
+    <t>51-0080</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 3,1м REXANT</t>
+  </si>
+  <si>
+    <t>51-0084</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0085</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 75м REXANT</t>
+  </si>
+  <si>
+    <t>51-0081</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 9,3м REXANT</t>
   </si>
   <si>
     <t>51-0083</t>
   </si>
   <si>
     <t>Кабель греющий для прогрева бетона 40Вт/м, 37м REXANT</t>
   </si>
   <si>
-    <t>51-0081</t>
-[...8 lines deleted...]
-    <t>Кабель греющий для прогрева бетона 40Вт/м, 75м REXANT</t>
+    <t>51-0082</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 19м REXANT</t>
+  </si>
+  <si>
+    <t>51-0087</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 150м REXANT</t>
   </si>
   <si>
     <t>51-0086</t>
   </si>
   <si>
     <t>Кабель греющий для прогрева бетона 40Вт/м, 100м REXANT</t>
   </si>
   <si>
-    <t>51-0082</t>
-[...23 lines deleted...]
-    <t>1.2.2 Кабель 30Вт/м для обогрева кровли, водостоков, площадок, ступеней</t>
+    <t>1.3.2 Кабель 30Вт/м для обогрева кровли, водостоков, площадок, ступеней</t>
+  </si>
+  <si>
+    <t>51-0060</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-210-7/7м REXANT</t>
   </si>
   <si>
     <t>51-0062</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-435-14,5/14,5м REXANT</t>
   </si>
   <si>
+    <t>51-0063</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-660-22/22м REXANT</t>
+  </si>
+  <si>
+    <t>51-0064</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-885-29,5/29,5м REXANT</t>
+  </si>
+  <si>
+    <t>51-0065</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1080-36/36м REXANT</t>
+  </si>
+  <si>
+    <t>51-0070</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-3450-115/115м REXANT</t>
+  </si>
+  <si>
+    <t>51-0072</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-4500-150/150м REXANT</t>
+  </si>
+  <si>
+    <t>51-0067</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1920-64/64м REXANT</t>
+  </si>
+  <si>
+    <t>51-0071</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-3900-130/130м REXANT</t>
+  </si>
+  <si>
+    <t>51-0061</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-330-11/11м REXANT</t>
+  </si>
+  <si>
+    <t>51-0066</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1500-50/50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0069</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-2580-86/86м REXANT</t>
+  </si>
+  <si>
     <t>51-0068</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-2160-72/72м REXANT</t>
   </si>
   <si>
-    <t>51-0060</t>
-[...65 lines deleted...]
-    <t>1.2.3 Кабель 20Вт/м для обогрева открытых площадок, ступеней, тротуаров</t>
+    <t>1.3.3 Кабель 20Вт/м для обогрева открытых площадок, ступеней, тротуаров</t>
+  </si>
+  <si>
+    <t>51-0100</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 175м REXANT</t>
   </si>
   <si>
     <t>51-0099</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 150м REXANT</t>
   </si>
   <si>
-    <t>51-0100</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0097</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 120м REXANT</t>
   </si>
   <si>
-    <t>1.3 Комплектующие для монтажа греющего кабеля</t>
+    <t>1.4 Управляющая автоматика для систем Антиобледенения</t>
+  </si>
+  <si>
+    <t>1.4.1 Терморегуляторы на DIN-рейку</t>
+  </si>
+  <si>
+    <t>51-0827</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat 16A-01 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
+    <t>51-0829</t>
+  </si>
+  <si>
+    <t>Терморегулятор (метеостанция) TermoStat 16A-04 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
+    <t>51-0828</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat 16A-03 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
+    <t>51-0821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой RX-257 программируемый, c диапазонами работы (на DIN-рейку) REXANT </t>
+  </si>
+  <si>
+    <t>51-0830</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat 16A-05 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Терморегуляторы наружной установки</t>
+  </si>
+  <si>
+    <t>51-0843</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat Roof 40A IP65 REXANT</t>
+  </si>
+  <si>
+    <t>51-0841</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat Pipe 40A IP65 REXANT</t>
+  </si>
+  <si>
+    <t>51-0842</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat Road 40A IP65 REXANT</t>
+  </si>
+  <si>
+    <t>1.4.3 Терморегуляторы встраиваемые</t>
+  </si>
+  <si>
+    <t>51-0822</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-514 для систем антиобледенения REXANT</t>
+  </si>
+  <si>
+    <t>1.4.4 Датчики температуры и осадков</t>
+  </si>
+  <si>
+    <t>51-1005</t>
+  </si>
+  <si>
+    <t>Датчик температуры аналоговый Temp A-5 1кОм 2м REXANT</t>
+  </si>
+  <si>
+    <t>51-1006</t>
+  </si>
+  <si>
+    <t>Датчик температуры аналоговый Temp A-7 6,8кОм 2м REXANT</t>
+  </si>
+  <si>
+    <t>51-1008</t>
+  </si>
+  <si>
+    <t>Датчик воды WatSen 3м REXANT</t>
+  </si>
+  <si>
+    <t>51-1009</t>
+  </si>
+  <si>
+    <t>Датчик осадков WatSen Sky с блоком питания REXANT</t>
+  </si>
+  <si>
+    <t>51-1007</t>
+  </si>
+  <si>
+    <t>Датчик температуры цифровой Temp С-2 2м REXANT</t>
+  </si>
+  <si>
+    <t>1.4.5 Соединительные коробки</t>
+  </si>
+  <si>
+    <t>51-1052</t>
+  </si>
+  <si>
+    <t>Бокс всепогодный защитный RexBox 200х150х75 IP65 REXANT</t>
+  </si>
+  <si>
+    <t>51-1051</t>
+  </si>
+  <si>
+    <t>Бокс всепогодный защитный RexBox 100х100х55 IP65 REXANT</t>
+  </si>
+  <si>
+    <t>1.4.6 Устройства плавного пуска</t>
+  </si>
+  <si>
+    <t>51-0890</t>
+  </si>
+  <si>
+    <t>Устройство плавного пуска 25А-01 для саморегулирующегося кабеля REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Крепеж для греющего кабеля</t>
+  </si>
+  <si>
+    <t>51-1017</t>
+  </si>
+  <si>
+    <t>Зажим RX/Y1-6 для крепления греющего кабеля на плоскую кровлю, открытые площадки, резервуары, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1011</t>
+  </si>
+  <si>
+    <t>Зажим RX/B1-6 для крепления греющего кабеля на водосточный желоб 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1014</t>
+  </si>
+  <si>
+    <t>Зажим RX/Y для крепления греющего кабеля на капельник, ендова, резервуар, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1013</t>
+  </si>
+  <si>
+    <t>Зажим RX/T для крепления греющего кабеля, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1016</t>
+  </si>
+  <si>
+    <t>Зажим RX/3T для крепления греющего кабеля на одиночные водоприемные воронки, выходы кабеля из водосточной трубы, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1040</t>
+  </si>
+  <si>
+    <t>Лента электромонтажная перфорированная ЛЭ-50, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-1042</t>
+  </si>
+  <si>
+    <t>Лента электромонтажная перфорированная ЛЭ-65, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-1044</t>
+  </si>
+  <si>
+    <t>Лента СРГ-20, 20м REXANT</t>
+  </si>
+  <si>
+    <t>51-1021</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1023</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР/Т.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1024</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР/Т.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1025</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.О1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1034</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР/Т.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1035</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР/Т.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1020</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1010</t>
+  </si>
+  <si>
+    <t>Зажим RX/K-2 для крепления греющего кабеля на карниз скатной кровли, ендова, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1026</t>
+  </si>
+  <si>
+    <t>Пик-зажим КР-1О Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1015</t>
+  </si>
+  <si>
+    <t>Зажим RX/3В для крепления греющего кабеля на водосборные лотки, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1022</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.2-100 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1033</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР.2-100 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Комплектующие для монтажа греющего кабеля</t>
   </si>
   <si>
     <t>51-0610-1</t>
   </si>
   <si>
     <t>Сальник с резьбой 1/2 для ввода кабеля в трубу PROconnect</t>
   </si>
   <si>
     <t>51-0610-2</t>
   </si>
   <si>
     <t>Сальник с двойной резьбой 1/2 и 3/4 для ввода кабеля в трубу PROconnect</t>
   </si>
   <si>
+    <t>51-0610-3</t>
+  </si>
+  <si>
+    <t>Сальник с резьбой 1/2 для ввода кабеля в трубу, никелированная латунь REXANT</t>
+  </si>
+  <si>
+    <t>09-4352</t>
+  </si>
+  <si>
+    <t>Лента алюминиевая 50мм х 25м REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
+    <t>09-4351</t>
+  </si>
+  <si>
+    <t>Лента алюминиевая 50мм х 50м REXANT</t>
+  </si>
+  <si>
     <t>51-0614-1</t>
   </si>
   <si>
     <t>Набор универсальный для соединения и концевой заделки саморегулирующегося неэкранированного кабеля REXANT</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
-    <t>09-4352</t>
-[...5 lines deleted...]
-    <t>рулон</t>
+    <t>51-0610-4</t>
+  </si>
+  <si>
+    <t>Сальник с двойной резьбой 1/2 и 3/4 для ввода кабеля в трубу, никелированная латунь REXANT</t>
+  </si>
+  <si>
+    <t>51-0614</t>
+  </si>
+  <si>
+    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося кабеля, эконом REXANT</t>
   </si>
   <si>
     <t>51-0615</t>
   </si>
   <si>
     <t>Набор универсальный для заделки саморегулирующегося кабеля REXANT</t>
   </si>
   <si>
-    <t>09-4351</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0615-1</t>
   </si>
   <si>
     <t>Набор универсальный для соединения и концевой заделки саморегулирующегося кабеля REXANT</t>
-  </si>
-[...733 lines deleted...]
-    <t>Терморегулятор механический RX-514 для систем антиобледенения REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1746,51 +1746,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16vt-m-na-trubu-10m-160vt-proconnect-28564" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16vt-m-na-trubu-4m-64vt-proconnect-28562" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16vt-m-na-trubu-6m-96vt-proconnect-28563" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16vt-m-na-trubu-15m-240vt-proconnect-28565" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16vt-m-na-trubu-2m-32vt-proconnect-28561" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-4m-60vt-rexant-12000" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-25m-375vt-rexant-11999" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-10m-150vt-rexant-11997" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-6m-90vt-rexant-12004" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-2m-30vt-rexant-12003" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-8m-120vt-rexant-12001" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-15m-225vt-rexant-12002" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-15msr-pb-na-trubu-20m-300vt-rexant-11998" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-2m-50vt-rexant-17490" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-10m-250vt-rexant-17489" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-20m-500vt-rexant-17481" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-25m-625vt-rexant-17482" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-3m-75vt-rexant-17491" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-4m-100vt-rexant-17488" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-5m-125vt-rexant-17487" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-6m-150vt-rexant-17485" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-8m-200vt-rexant-17486" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-extra-line-25msr-pb-na-trubu-15m-375vt-rexant-17484" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-6m-60vt-proconnect-30187" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-8m-80vt-proconnect-30188" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-20m-200vt-proconnect-30191" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-2m-20vt-proconnect-30185" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-4m-40vt-proconnect-30186" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-10m-100vt-proconnect-30189" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-15m-150vt-proconnect-30190" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-25m-250vt-proconnect-30192" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-8m-80vt-rexant-10698" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-6m-60vt-rexant-10699" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-25m-250vt-rexant-10695" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-15m-150vt-rexant-10692" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-4m-40vt-rexant-10697" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-10m-100vt-rexant-10700" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-20m-200vt-rexant-10696" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-2m-20vt-rexant-10691" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-20m-600vt-rexant-17574" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-9m-270vt-rexant-17567" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-4m-120vt-rexant-17566" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-5m-150vt-rexant-17572" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-7m-210vt-rexant-17573" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-10m-300vt-rexant-17576" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-15m-450vt-rexant-17575" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-3m-90vt-rexant-17570" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-6m-180vt-rexant-17568" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-2m-60vt-rexant-17565" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-8m-240vt-rexant-17569" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-power-line-30srl-2cr-25m-750vt-rexant-17571" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-37-37m-rexant-27732" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-9-9-3m-rexant-27730" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-75-75m-rexant-27734" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-100-100m-rexant-27735" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-19-19m-rexant-27731" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-50-50m-rexant-27733" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40-3-3-1m-rexant-27729" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-150m-rexant-29318" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-435-14-5-14-5m-rexant-28611" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2160-72-72m-rexant-28604" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-210-7-7m-rexant-28609" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-660-22-22m-rexant-28599" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-885-29-5-29-5m-rexant-28600" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-4500-150-150m-rexant-28608" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1920-64-64m-rexant-28603" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-330-11-11m-rexant-28610" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1080-36-36m-rexant-28601" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1500-50-50m-rexant-28602" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3450-115-115m-rexant-28606" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3900-130-130m-rexant-28607" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2580-86-86m-rexant-28605" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-20vt-m-150m-rexant-29310" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-20vt-m-175m-rexant-29306" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-20vt-m-120m-rexant-29317" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-proconnect-13110" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-proconnect-13111" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalniy-dlya-kontsevoy-zadelki-samoreguliruyuschegosya-neekranirovannogo-kabelya-rexant-31840" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-25m-rexant-28176" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-kontsevoy-zadelki-kabelya-rexant-srl-24-2cr-10713" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-50m-rexant-28175" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalniy-dlya-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-rexant-10712" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalniy-dlya-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-rexant-1-15436" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant-26776" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant-26777" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovanniy-10vt-m-0-5mm2-100m-buhta-50m-proconnect-31553" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-0-93mm2-48m-buhta-200m-proconnect-31961" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovanniy-16vt-m-0-5mm2-100m-buhta-50m-proconnect-31554" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-0-93mm2-71m-buhta-200m-proconnect-31959" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovanniy-uv-30vt-m-200m-proconnect-17191" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovanniy-buhta-200m-proconnect-12672" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf30-2cr-srl30-2cr-snk30-2cr-ekranirovanniy-30vt-m-50m-proconnect-20252" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect-12809" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf16-2cr-srl16-2cr-ekranirovanniy-16vt-m-50m-proconnect-20259" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-0-93mm2-62m-buhta-200m-proconnect-31960" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-ekranirovanniy-10vt-m-100m-proconnect-29404" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2lp-el-65-85-ekranirovanniy-16vt-m-200m-proconnect-29399" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf24-2cr-srl24-2cr-ekranirovanniy-24vt-m-50-m-proconnect-20241" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf16-2cr-srl16-2cr-ekranirovanniy-16vt-m-100m-proconnect-20258" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf24-2cr-srl24-2cr-ekranirovanniy-24vt-m-100m-proconnect-20244" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srf30-2cr-srl30-2cr-snk30-2cr-ekranirovanniy-30vt-m-100m-proconnect-20256" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovanniy-uv-40vt-m-200m-proconnect-15399" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-16-kkns-2lpp-el-65-85-ekranirovanniy-16vt-m-100m-proconnect-29403" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-1-3mm2-85m-buhta-200m-seriya-pro-rexant-31578" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsh-30f-200-240-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-200m-rexant-22335" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-45f-120-200-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl40-2cr-ekranirovanniy-24vt-m-1-3mm2-50m-buhta-200m-seriya-pro-rexant-31580" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-30vt-m-200m-rexant-28740" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-30kns-2lp-el-65-85-30vt-m-uv-200m-ekranirovanniy-rexant-28752" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-40vt-m-200m-rexant-28741" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-40kns-2lp-el-65-85-40vt-m-uv-200m-ekranirovanniy-rexant-28753" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-24-2cr-ekranirovanniy-24vt-m-50m-rexant-20261" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-24vt-m-200m-rexant-28739" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovanniy-40vt-m-1-0mm2-45m-buhta-100m-rexant-31558" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovanniy-30vt-m-1-0mm2-60m-buhta-100m-rexant-31556" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-50m-rexant-20248" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-1-3mm2-65m-buhta-200m-seriya-pro-rexant-31579" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-24-2cr-ekranirovanniy-24vt-m-100m-rexant-20251" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-pischevoy-10vt-m-50m-rexant-20250" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-50m-rexant-20239" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-100m-rexant-20260" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-100m-rexant-20246" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovanniy-vzrivozaschischenniy-ex-uv-16vt-m-200m-rexant-28738" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-30f-120-200-s-ekranirovannyy-vzryvozaschis.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-pischevoy-10vt-m-buhta-100m-rexant-13480" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2cr-ekranirovanniy-16vt-m-0-88mm2-105m-200m-rexant-30976" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2cr-ekranirovanniy-24vt-m-0-88mm2-70m-200m-rexant-30978" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2cr-ekranirovanniy-30vt-m-0-88mm2-55m-200m-rexant-30980" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovanniy-30vt-m-1-0mm2-60m-buhta-50m-rexant-31555" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovanniy-40vt-m-1-0mm2-45m-buhta-50m-rexant-31557" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m-30128" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m-30127" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-93mm2-48m-buhta-300m-proconnect-31964" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-proconnect-31559" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-50m-proconnect-20249" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-100m-proconnect-20240" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-93mm2-71m-buhta-300m-proconnect-31962" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-50m-proconnect-31561" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovanniy-buhta-300m-proconnect-12601" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-40kns-2lp-65-85-uv-neekranirovanniy-40vt-m-200m-proconnect-29402" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-proconnect-31560" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-50m-proconnect-20242" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-50m-proconnect-20247" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-100m-proconnect-20257" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovanniy-buhta-300m-proconnect-12598" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovanniy-buhta-300m-proconnect-12599" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-93mm2-62m-buhta-300m-proconnect-31963" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2lp-65-85-neekranirovanniy-16vt-m-300m-proconnect-29395" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-dlya-trub-vodostokov-krish-30kns-2lp-65-85-uv-neekranirovanniy-30vt-m-200m-proconnect-29401" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-100m-proconnect-20243" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2lp-65-85-neekranirovanniy-30vt-m-300m-proconnect-29397" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovanniy-30vt-m-0-9mm2-40m-buhta-100m-proconnect-31562" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-50m-rexant-31567" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-100m-rexant-31564" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-50m-rexant-31565" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-9mm2-70m-buhta-100m-rexant-31566" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-9mm2-105m-buhta-50m-rexant-31563" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl16-2-neekranirovanniy-16vt-m-0-88mm2-105m-300m-rexant-30975" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-9mm2-55m-buhta-100m-rexant-31568" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl24-2-neekranirovanniy-24vt-m-0-88mm2-70m-300m-rexant-30977" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelniy-samoreguliruyuschiysya-srl30-2-neekranirovanniy-30vt-m-0-88mm2-55m-300m-rexant-30979" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-1-25-ts-50-sht-rexant-31946" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-2-100-ts-50-sht-rexant-31948" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-t-2-50-ts-50-sht-rexant-31950" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-2-50-ts-50-sht-rexant-31947" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pik-zajim-kr-1o-ts-50-sht-rexant-31958" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-ktsr-t-2-50-ts-50-sht-rexant-31954" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-t-25-sht-rexant-28626" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-u-25-sht-rexant-28627" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-srg-20-20m-rexant-31957" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-k-2-25-sht-rexant-28623" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontajnaya-perforirovannaya-le-65-50m-rexant-31956" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-ktsr-2-100-ts-50-sht-rexant-31952" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontajnaya-perforirovannaya-le-50-50m-rexant-31955" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-ktsr-t-1-25-ts-50-sht-rexant-31953" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-v1-6-25-sht-rexant-28624" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-o1-25-ts-50-sht-rexant-31951" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krepejniy-tsr-t-1-25-ts-50-sht-rexant-31949" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-3v-25-sht-rexant-28628" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-3t-25-sht-rexant-28629" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-rx-u1-6-25-sht-rexant-28630" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperaturi-analogoviy-temp-a-7-6-8kom-2m-rexant-31590" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperaturi-tsifrovoy-temp-s-2-2m-rexant-31591" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-osadkov-watsen-sky-s-blokom-pitaniya-rexant-31593" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-vodi-watsen-0-3m-rexant-31592" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperaturi-analogoviy-temp-a-5-1kom-2m-rexant-31589" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodniy-zaschitniy-rexbox-100h100h55-ip65-rexant-31594" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodniy-zaschitniy-rexbox-200h150h75-ip65-rexant-31595" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-plavnogo-puska-25a-01-dlya-samoreguliruyuschegosya-kabelya-rexant-31596" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-road-40a-ip65-rexant-31586" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-pipe-40a-ip65-rexant-31585" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-roof-40a-ip65-rexant-31587" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-01-na-din-reyku-rexant-31581" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-03-na-din-reyku-rexant-31582" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-05-na-din-reyku-rexant-31584" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-04-na-din-reyku-rexant-31583" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-257-programmiruemiy-c-diapazonami-raboti-na-din-reyku-rexant-28843" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-514-dlya-sistem-antiobledeneniya-rexant-28844" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m-1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m-20" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m-40" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m-60" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m-80" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m-1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m-2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-4m-64vt-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-6m-96vt-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-2m-32vt-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-15m-240vt-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-10m-160vt-proconnect" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-4m-60vt-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-15m-225vt-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-6m-90vt-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-20m-300vt-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-2m-30vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-8m-120vt-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-10m-150vt-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-25m-375vt-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-2m-50vt-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-3m-75vt-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-4m-100vt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-5m-125vt-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-6m-150vt-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-10m-250vt-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-15m-375vt-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-20m-500vt-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-25m-625vt-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-8m-200vt-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-2m-60vt-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-3m-90vt-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-4m-120vt-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-6m-180vt-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-7m-210vt-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-15m-450vt-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-20m-600vt-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-25m-750vt-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-5m-150vt-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-9m-270vt-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-10m-300vt-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-8m-240vt-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovannyy-uv-40vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovannyy-uv-30vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovannyy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-200m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsh-30f-200-240-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl24-2cr-uv-ekranirovannyy-24v" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-30f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-45f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m-2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh-2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-5mm2-30m-buh" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-3" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-3-1m-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-50m-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-75m-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-9-3m-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-37m-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-19m-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-150m-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-100m-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-210-7-7m-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-435-14-5-14-5m-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-660-22-22m-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-885-29-5-29-5m-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1080-36-36m-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3450-115-115m-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-4500-150-150m-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1920-64-64m-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3900-130-130m-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-330-11-11m-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1500-50-50m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2580-86-86m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2160-72-72m-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-175m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-150m-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-120m-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-01-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-meteostantsiya-termostat-16a-04-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-03-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-257-programmiruemyy-c-diapazonami-raboty-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-05-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-roof-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-pipe-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-road-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-514-dlya-sistem-antiobledeneniya-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-5-1kom-2m-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-7-6-8kom-2m-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-vody-watsen-3m-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-osadkov-watsen-sky-s-blokom-pitaniya-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-tsifrovoy-temp-s-2-2m-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-200h150h75-ip65-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-100h100h55-ip65-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-plavnogo-puska-25a-01-dlya-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-y1-6-dlya-krepleniya-greyuschego-kabelya-na-ploskuyu-krovlyu-otkrytye-ploschadki-rezervuar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-b1-6-dlya-krepleniya-greyuschego-kabelya-na-vodostochnyy-zhelob-25-sht-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-y-dlya-krepleniya-greyuschego-kabelya-na-kapelnik-endova-rezervuar-25-sht-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-t-dlya-krepleniya-greyuschego-kabelya-25-sht-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3t-dlya-krepleniya-greyuschego-kabelya-na-odinochnye-vodopriemnye-voronki-vyhody-kabelya-i" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-50-50m-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-65-50m-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-srg-20-20m-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-o1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-k-2-dlya-krepleniya-greyuschego-kabelya-na-karniz-skatnoy-krovli-endova-25-sht-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pik-zazhim-kr-1o-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3v-dlya-krepleniya-greyuschego-kabelya-na-vodosbornye-lotki-25-sht-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-25m-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-50m-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-neekranirovannogo-ka" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-ekonom-rexan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-zadelki-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I222"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1840,6284 +1840,6284 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>2280</v>
+        <v>2318.76</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I5" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>1368</v>
+        <v>9153</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>372</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="I6" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>1710</v>
+        <v>1893.65</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>247</v>
+        <v>303</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I7" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>3610</v>
+        <v>2995.07</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>16</v>
       </c>
       <c r="I8" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>893</v>
+        <v>3284.91</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>578</v>
+        <v>147</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I9" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>2460</v>
+        <v>4057.83</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>2938</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I10" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>7220</v>
+        <v>5777.58</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>91</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I11" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>4330</v>
+        <v>7246.12</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>83</v>
+        <v>124</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I12" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="3">
+        <v>7270.02</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C13" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>984</v>
+        <v>428</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>16</v>
       </c>
       <c r="I13" s="3">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1776.5</v>
+        <v>2440.8</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>1733</v>
+        <v>799</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>16</v>
       </c>
       <c r="I14" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>3750</v>
+        <v>3112.02</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>789</v>
+        <v>1306</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>16</v>
       </c>
       <c r="I15" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>5225</v>
+        <v>3813.75</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F16" s="3">
-        <v>126</v>
+        <v>819</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>16</v>
       </c>
       <c r="I16" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>6080</v>
+        <v>4403.61</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>394</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>16</v>
       </c>
       <c r="I17" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="2" t="s">
+      <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="2"/>
-[...6 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="B18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" s="3">
+        <v>5402.81</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F18" s="3">
+        <v>1105</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>16</v>
+      </c>
+      <c r="I18" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>3030</v>
+        <v>9193.68</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F19" s="3">
-        <v>201</v>
+        <v>238</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>16</v>
       </c>
       <c r="I19" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>9117.1</v>
+        <v>10759.86</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F20" s="3">
-        <v>121</v>
+        <v>164</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>16</v>
       </c>
       <c r="I20" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="3" t="s">
+      <c r="A21" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C21" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>15030</v>
+        <v>1391.26</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I22" s="3">
-        <v>25</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>4110</v>
+        <v>1739.07</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>221</v>
+        <v>131</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="I23" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>4590</v>
+        <v>908.18</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>164</v>
+        <v>428</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>16</v>
       </c>
       <c r="I24" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>4540</v>
+        <v>3671.37</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>16</v>
       </c>
       <c r="I25" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>6540</v>
+        <v>2318.76</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>5957.23</v>
+        <v>2501.82</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F27" s="3">
-        <v>113</v>
+        <v>2871</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>16</v>
       </c>
       <c r="I27" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>10550</v>
+        <v>5313.83</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F28" s="3">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>16</v>
       </c>
       <c r="I28" s="3">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="2" t="s">
+      <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="2"/>
-[...6 lines deleted...]
-      <c r="I29" s="2"/>
+      <c r="B29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="3">
+        <v>3534.08</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F29" s="3">
+        <v>850</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>16</v>
+      </c>
+      <c r="I29" s="3">
+        <v>6</v>
+      </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>2945</v>
+        <v>6183.36</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="F30" s="3">
-        <v>283</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>16</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>3230</v>
+        <v>1806.7</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="F31" s="3">
-        <v>168</v>
+        <v>1763</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>7125</v>
+        <v>3813.75</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="F32" s="3">
-        <v>149</v>
+        <v>747</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>1862</v>
+        <v>4403.61</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="F33" s="3">
-        <v>337</v>
+        <v>10</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>2280</v>
+        <v>7342.74</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="F34" s="3">
-        <v>146</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A35" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B35" s="3" t="s">
+      <c r="A35" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C35" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>5681</v>
+        <v>3081.51</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="F36" s="3">
-        <v>100</v>
+        <v>193</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>9000</v>
+        <v>4179.87</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>215</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>4330</v>
+        <v>4668.03</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F38" s="3">
-        <v>475</v>
+        <v>156</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>16</v>
       </c>
       <c r="I38" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>3750</v>
+        <v>4617.18</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F39" s="3">
-        <v>971</v>
+        <v>164</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>16</v>
       </c>
       <c r="I39" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>10580</v>
+        <v>6651.18</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F40" s="3">
-        <v>203</v>
+        <v>36</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>16</v>
       </c>
       <c r="I40" s="3">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>7148.5</v>
+        <v>9272.09</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F41" s="3">
-        <v>451</v>
+        <v>116</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>16</v>
       </c>
       <c r="I41" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>3060</v>
+        <v>10729.35</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F42" s="3">
-        <v>1519</v>
+        <v>114</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>16</v>
       </c>
       <c r="I42" s="3">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>5312.5</v>
+        <v>14166.81</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F43" s="3">
-        <v>1195</v>
+        <v>115</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>16</v>
       </c>
       <c r="I43" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>9040</v>
+        <v>15285.51</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F44" s="3">
-        <v>283</v>
+        <v>68</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>16</v>
       </c>
       <c r="I44" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>2400</v>
+        <v>6058.5</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F45" s="3">
-        <v>934</v>
+        <v>101</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>16</v>
       </c>
       <c r="I45" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>13153.16</v>
+        <v>2908.45</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F47" s="3">
-        <v>167</v>
+        <v>130</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>16</v>
       </c>
       <c r="I47" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>5443.2</v>
+        <v>3437.49</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>16</v>
       </c>
       <c r="I48" s="3">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>4333.57</v>
+        <v>4407.24</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F49" s="3">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>16</v>
       </c>
       <c r="I49" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>4931.5</v>
+        <v>7331.24</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F50" s="3">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>16</v>
       </c>
       <c r="I50" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>4641.3</v>
+        <v>4720.2</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F51" s="3">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>16</v>
       </c>
       <c r="I51" s="3">
         <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>9117.1</v>
+        <v>10640.26</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F52" s="3">
-        <v>232</v>
+        <v>49</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>16</v>
       </c>
       <c r="I52" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>10462.4</v>
+        <v>13376.76</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F53" s="3">
-        <v>78</v>
+        <v>157</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>16</v>
       </c>
       <c r="I53" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>3380.03</v>
+        <v>14288.93</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F54" s="3">
-        <v>151</v>
+        <v>75</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>16</v>
       </c>
       <c r="I54" s="3">
-        <v>3</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>7208.69</v>
+        <v>5015.34</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F55" s="3">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>16</v>
       </c>
       <c r="I55" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>2859.83</v>
+        <v>5535.73</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F56" s="3">
-        <v>134</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>16</v>
       </c>
       <c r="I56" s="3">
-        <v>2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>8205.36</v>
+        <v>9272.09</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F57" s="3">
-        <v>135</v>
+        <v>226</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>16</v>
       </c>
       <c r="I57" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>14050.08</v>
+        <v>8344.85</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F58" s="3">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>16</v>
       </c>
       <c r="I58" s="3">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="3">
-        <v>5800</v>
+        <v>235.94</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F61" s="3">
-        <v>61</v>
+        <v>3800</v>
       </c>
       <c r="G61" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H61" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I61" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C62" s="3">
+        <v>242.05</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F62" s="3">
-        <v>143</v>
+        <v>7200</v>
       </c>
       <c r="G62" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H62" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I62" s="3">
-        <v>9.3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C63" s="3">
-        <v>9108.9</v>
+        <v>355.95</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F63" s="3">
-        <v>214</v>
+        <v>550</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H63" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I63" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C64" s="3">
-        <v>12700</v>
+        <v>259.34</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H64" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I64" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C65" s="3">
+        <v>264.42</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="C65" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G65" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H65" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I65" s="3">
-        <v>19</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>6800</v>
+        <v>283.89</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F66" s="3">
-        <v>113</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H66" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>1850</v>
+        <v>510.99</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F67" s="3">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H67" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I67" s="3">
-        <v>3.1</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>27800</v>
+        <v>335.61</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F68" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H68" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A69" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I69" s="2"/>
+      <c r="A69" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C69" s="3">
+        <v>235.94</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F69" s="3">
+        <v>0</v>
+      </c>
+      <c r="G69" s="3">
+        <v>200</v>
+      </c>
+      <c r="H69" s="3">
+        <v>200</v>
+      </c>
+      <c r="I69" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>5035</v>
+        <v>233.91</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F70" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H70" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I70" s="3">
-        <v>14.5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>16074</v>
+        <v>515.64</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H71" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I71" s="3">
-        <v>72</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>2660</v>
+        <v>377.31</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F72" s="3">
-        <v>37</v>
+        <v>650</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H72" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I72" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>7220</v>
+        <v>233.91</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F73" s="3">
-        <v>19</v>
+        <v>8400</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H73" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I73" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>8360</v>
+        <v>261.37</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F74" s="3">
-        <v>22</v>
+        <v>1500</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H74" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I74" s="3">
-        <v>29.5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>41420</v>
+        <v>275.28</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F75" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H75" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>14519</v>
+        <v>259.34</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F76" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H76" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I76" s="3">
-        <v>64</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>3862</v>
+        <v>352.98</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F77" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H77" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>9310</v>
+        <v>329.02</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F78" s="3">
-        <v>22</v>
+        <v>5800</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H78" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>11970</v>
+        <v>483.07</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F79" s="3">
-        <v>12</v>
+        <v>600</v>
       </c>
       <c r="G79" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H79" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I79" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>25650</v>
+        <v>400.81</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F80" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H80" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I80" s="3">
-        <v>115</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>33250</v>
+        <v>258.08</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F81" s="3">
-        <v>13</v>
+        <v>11000</v>
       </c>
       <c r="G81" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H81" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I81" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>19152</v>
+        <v>386.31</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F82" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H82" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I82" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I83" s="2"/>
+      <c r="A83" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C83" s="3">
+        <v>489.18</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F83" s="3">
+        <v>200</v>
+      </c>
+      <c r="G83" s="3">
+        <v>200</v>
+      </c>
+      <c r="H83" s="3">
+        <v>200</v>
+      </c>
+      <c r="I83" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>15944</v>
+        <v>572.06</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F84" s="3">
-        <v>1</v>
+        <v>800</v>
       </c>
       <c r="G84" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H84" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C85" s="3">
-        <v>14774.4</v>
+        <v>590.88</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F85" s="3">
-        <v>1</v>
+        <v>4200</v>
       </c>
       <c r="G85" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H85" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C86" s="3">
-        <v>18166.68</v>
+        <v>266.14</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="G86" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H86" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A87" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I87" s="2"/>
+      <c r="A87" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C87" s="3">
+        <v>416.97</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F87" s="3">
+        <v>100</v>
+      </c>
+      <c r="G87" s="3">
+        <v>100</v>
+      </c>
+      <c r="H87" s="3">
+        <v>100</v>
+      </c>
+      <c r="I87" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C88" s="3">
-        <v>503.47</v>
+        <v>416.97</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F88" s="3">
-        <v>6259</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H88" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>688.17</v>
+        <v>4373.1</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>131</v>
       </c>
       <c r="F89" s="3">
-        <v>8002</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H89" s="3">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="I89" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>315.61</v>
+        <v>303.07</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>179</v>
+        <v>131</v>
       </c>
       <c r="F90" s="3">
-        <v>4106</v>
+        <v>2000</v>
       </c>
       <c r="G90" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H90" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I90" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>571.54</v>
+        <v>292.9</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>182</v>
+        <v>131</v>
       </c>
       <c r="F91" s="3">
-        <v>2971</v>
+        <v>2400</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H91" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I91" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>605</v>
+        <v>452.56</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>179</v>
+        <v>124</v>
       </c>
       <c r="F92" s="3">
-        <v>4826</v>
+        <v>4400</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H92" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>773.95</v>
+        <v>520.7</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>182</v>
+        <v>124</v>
       </c>
       <c r="F93" s="3">
-        <v>2640</v>
+        <v>3000</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H93" s="3">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>445.96</v>
+        <v>399.6</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>179</v>
+        <v>124</v>
       </c>
       <c r="F94" s="3">
-        <v>1296</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H94" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>540</v>
+        <v>274.2</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F95" s="3">
-        <v>16239</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H95" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>796.28</v>
+        <v>416.97</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F96" s="3">
         <v>0</v>
       </c>
       <c r="G96" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H96" s="3">
         <v>50</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>495.23</v>
+        <v>416.97</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F97" s="3">
         <v>0</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A98" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I98" s="2"/>
+      <c r="A98" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C98" s="3">
+        <v>553.76</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F98" s="3">
+        <v>1400</v>
+      </c>
+      <c r="G98" s="3">
+        <v>200</v>
+      </c>
+      <c r="H98" s="3">
+        <v>200</v>
+      </c>
+      <c r="I98" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I99" s="2"/>
+      <c r="A99" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C99" s="3">
+        <v>2237.4</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F99" s="3">
+        <v>0</v>
+      </c>
+      <c r="G99" s="3">
+        <v>200</v>
+      </c>
+      <c r="H99" s="3">
+        <v>200</v>
+      </c>
+      <c r="I99" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C100" s="3">
-        <v>350</v>
+        <v>2237.4</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>199</v>
+        <v>131</v>
       </c>
       <c r="F100" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H100" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C101" s="3">
-        <v>238</v>
+        <v>661.77</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>199</v>
+        <v>131</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G101" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H101" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C102" s="3">
-        <v>371</v>
+        <v>284.76</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>199</v>
+        <v>131</v>
       </c>
       <c r="F102" s="3">
-        <v>400</v>
+        <v>3700</v>
       </c>
       <c r="G102" s="3">
         <v>50</v>
       </c>
       <c r="H102" s="3">
         <v>50</v>
       </c>
       <c r="I102" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>230</v>
+        <v>292.9</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>199</v>
+        <v>131</v>
       </c>
       <c r="F103" s="3">
-        <v>0</v>
+        <v>3500</v>
       </c>
       <c r="G103" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H103" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>330</v>
+        <v>284.76</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>199</v>
+        <v>131</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>2900</v>
       </c>
       <c r="G104" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H104" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>232</v>
+        <v>303.07</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>199</v>
+        <v>131</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H105" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>260</v>
+        <v>509.52</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F106" s="3">
-        <v>1550</v>
+        <v>2200</v>
       </c>
       <c r="G106" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H106" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>507.02</v>
+        <v>3299.81</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F107" s="3">
         <v>0</v>
       </c>
       <c r="G107" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H107" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>255</v>
+        <v>3167.82</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F108" s="3">
-        <v>1550</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H108" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I108" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A109" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>323.52</v>
+        <v>133.23</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F110" s="3">
-        <v>6900</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H110" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C111" s="3">
-        <v>230</v>
+        <v>137.01</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="H111" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C112" s="3">
-        <v>257</v>
+        <v>269.51</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F112" s="3">
-        <v>1750</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H112" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C113" s="3">
-        <v>270.68</v>
+        <v>288.22</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F113" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G113" s="3">
         <v>100</v>
       </c>
       <c r="H113" s="3">
         <v>100</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C114" s="3">
-        <v>279.14</v>
+        <v>113.9</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>37100</v>
       </c>
       <c r="G114" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H114" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I114" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C115" s="3">
-        <v>255</v>
+        <v>117.97</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F115" s="3">
         <v>0</v>
       </c>
       <c r="G115" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H115" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I115" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C116" s="3">
-        <v>502.45</v>
+        <v>120.01</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F116" s="3">
         <v>0</v>
       </c>
       <c r="G116" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="H116" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C117" s="3">
-        <v>347.08</v>
+        <v>284.25</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F117" s="3">
         <v>400</v>
       </c>
       <c r="G117" s="3">
         <v>100</v>
       </c>
       <c r="H117" s="3">
         <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C118" s="3">
-        <v>544.5</v>
+        <v>126.11</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>199</v>
+        <v>131</v>
       </c>
       <c r="F118" s="3">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H118" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I118" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C119" s="3">
-        <v>4300</v>
+        <v>126.11</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>212</v>
+        <v>131</v>
       </c>
       <c r="F119" s="3">
         <v>0</v>
       </c>
       <c r="G119" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H119" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I119" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C120" s="3">
-        <v>394.11</v>
+        <v>113.9</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F120" s="3">
         <v>0</v>
       </c>
       <c r="G120" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="H120" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C121" s="3">
-        <v>2200</v>
+        <v>117.97</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F121" s="3">
         <v>0</v>
       </c>
       <c r="G121" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="H121" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I121" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C122" s="3">
-        <v>581</v>
+        <v>120.01</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F122" s="3">
-        <v>3600</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="H122" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I122" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C123" s="3">
-        <v>481</v>
+        <v>272.56</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F123" s="3">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="G123" s="3">
         <v>200</v>
       </c>
       <c r="H123" s="3">
         <v>200</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C124" s="3">
-        <v>379.85</v>
+        <v>130.18</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>199</v>
+        <v>131</v>
       </c>
       <c r="F124" s="3">
-        <v>0</v>
+        <v>450</v>
       </c>
       <c r="G124" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H124" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I124" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C125" s="3">
-        <v>512</v>
+        <v>128.14</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>199</v>
+        <v>131</v>
       </c>
       <c r="F125" s="3">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H125" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I125" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C126" s="3">
-        <v>392.92</v>
+        <v>284.35</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F126" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G126" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H126" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C127" s="3">
         <v>288</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F127" s="3">
-        <v>4150</v>
+        <v>400</v>
       </c>
       <c r="G127" s="3">
         <v>50</v>
       </c>
       <c r="H127" s="3">
         <v>50</v>
       </c>
       <c r="I127" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C128" s="3">
-        <v>475</v>
+        <v>128.14</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>199</v>
+        <v>131</v>
       </c>
       <c r="F128" s="3">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="G128" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H128" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I128" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C129" s="3">
-        <v>410</v>
+        <v>124.07</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>199</v>
+        <v>131</v>
       </c>
       <c r="F129" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>100</v>
       </c>
       <c r="H129" s="3">
         <v>100</v>
       </c>
       <c r="I129" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C130" s="3">
-        <v>410</v>
+        <v>147.47</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F130" s="3">
-        <v>0</v>
+        <v>7507</v>
       </c>
       <c r="G130" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H130" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C131" s="3">
-        <v>298</v>
+        <v>162.72</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F131" s="3">
-        <v>4300</v>
+        <v>3400</v>
       </c>
       <c r="G131" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H131" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I131" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C132" s="3">
-        <v>562.5</v>
+        <v>176.96</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F132" s="3">
-        <v>200</v>
+        <v>4150</v>
       </c>
       <c r="G132" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H132" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C133" s="3">
-        <v>288</v>
+        <v>185.09</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F133" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H133" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I133" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C134" s="3">
-        <v>650.71</v>
+        <v>185.09</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F134" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H134" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I134" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C135" s="3">
-        <v>280</v>
+        <v>160.69</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F135" s="3">
-        <v>4050</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H135" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I135" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C136" s="3">
-        <v>280</v>
+        <v>167.81</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F136" s="3">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H136" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I136" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C137" s="3">
-        <v>298</v>
+        <v>162.72</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>212</v>
+        <v>124</v>
       </c>
       <c r="F137" s="3">
-        <v>200</v>
+        <v>6350</v>
       </c>
       <c r="G137" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H137" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I137" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C138" s="3">
-        <v>445</v>
+        <v>176.96</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="F138" s="3">
-        <v>4400</v>
+        <v>700</v>
       </c>
       <c r="G138" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H138" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A139" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="B139" s="2"/>
+      <c r="C139" s="2"/>
+      <c r="D139" s="2"/>
+      <c r="E139" s="2"/>
+      <c r="F139" s="2"/>
+      <c r="G139" s="2"/>
+      <c r="H139" s="2"/>
+      <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A140" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B140" s="3" t="s">
+      <c r="A140" s="2" t="s">
         <v>280</v>
       </c>
-      <c r="C140" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B140" s="2"/>
+      <c r="C140" s="2"/>
+      <c r="D140" s="2"/>
+      <c r="E140" s="2"/>
+      <c r="F140" s="2"/>
+      <c r="G140" s="2"/>
+      <c r="H140" s="2"/>
+      <c r="I140" s="2"/>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="3">
-        <v>253.77</v>
+        <v>1881.45</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>15500</v>
+        <v>240</v>
       </c>
       <c r="G141" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I141" s="3">
-        <v>0</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="3">
-        <v>261.69</v>
+        <v>6915.6</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>10600</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I142" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="3">
-        <v>269.62</v>
+        <v>9263.75</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>11300</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I143" s="3">
-        <v>0</v>
+        <v>75</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="3">
-        <v>410</v>
+        <v>2657.05</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G144" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I144" s="3">
-        <v>0</v>
+        <v>9.3</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C145" s="3">
-        <v>410</v>
+        <v>5898.6</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I145" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C146" s="3">
-        <v>3114.87</v>
+        <v>3488.31</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F146" s="3">
         <v>0</v>
       </c>
       <c r="G146" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I146" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C147" s="3">
-        <v>3244.65</v>
+        <v>28272.6</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F147" s="3">
         <v>0</v>
       </c>
       <c r="G147" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A148" s="2" t="s">
+      <c r="A148" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B148" s="2"/>
-[...6 lines deleted...]
-      <c r="I148" s="2"/>
+      <c r="B148" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="C148" s="3">
+        <v>12915.9</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F148" s="3">
+        <v>81</v>
+      </c>
+      <c r="G148" s="3">
+        <v>1</v>
+      </c>
+      <c r="H148" s="3">
+        <v>1</v>
+      </c>
+      <c r="I148" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A149" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B149" s="3" t="s">
+      <c r="A149" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="C149" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B149" s="2"/>
+      <c r="C149" s="2"/>
+      <c r="D149" s="2"/>
+      <c r="E149" s="2"/>
+      <c r="F149" s="2"/>
+      <c r="G149" s="2"/>
+      <c r="H149" s="2"/>
+      <c r="I149" s="2"/>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C150" s="3">
-        <v>279.6</v>
+        <v>2705.22</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>300</v>
+        <v>36</v>
       </c>
       <c r="G150" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I150" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C151" s="3">
-        <v>124</v>
+        <v>5120.59</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>212</v>
+        <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="G151" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C152" s="3">
-        <v>126</v>
+        <v>7342.74</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>212</v>
+        <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G152" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I152" s="3">
-        <v>1</v>
+        <v>22</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C153" s="3">
-        <v>112</v>
+        <v>8502.12</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G153" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I153" s="3">
-        <v>0</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C154" s="3">
-        <v>283.19</v>
+        <v>9468.27</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G154" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I154" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C155" s="3">
-        <v>116</v>
+        <v>26086.05</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G155" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I155" s="3">
-        <v>1</v>
+        <v>115</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C156" s="3">
-        <v>268</v>
+        <v>42124.14</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>4800</v>
+        <v>22</v>
       </c>
       <c r="G156" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I156" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C157" s="3">
-        <v>279.5</v>
+        <v>14765.82</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>1000</v>
+        <v>17</v>
       </c>
       <c r="G157" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I157" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C158" s="3">
-        <v>128</v>
+        <v>33815.25</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>212</v>
+        <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G158" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I158" s="3">
-        <v>1</v>
+        <v>130</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C159" s="3">
-        <v>126</v>
+        <v>3927.65</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>212</v>
+        <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G159" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I159" s="3">
-        <v>1</v>
+        <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C160" s="3">
-        <v>122</v>
+        <v>12173.49</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>212</v>
+        <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G160" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C161" s="3">
-        <v>112</v>
+        <v>19477.58</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G161" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>86</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C162" s="3">
-        <v>118</v>
+        <v>16347.26</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G162" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I162" s="3">
-        <v>1</v>
+        <v>72</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A163" s="3" t="s">
+      <c r="A163" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="B163" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B163" s="2"/>
+      <c r="C163" s="2"/>
+      <c r="D163" s="2"/>
+      <c r="E163" s="2"/>
+      <c r="F163" s="2"/>
+      <c r="G163" s="2"/>
+      <c r="H163" s="2"/>
+      <c r="I163" s="2"/>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" s="3">
-        <v>131</v>
+        <v>15025.56</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G164" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="3">
-        <v>265</v>
+        <v>14593.54</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>2600</v>
+        <v>1</v>
       </c>
       <c r="G165" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="B166" s="3" t="s">
+      <c r="C166" s="3">
+        <v>18475.51</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F166" s="3">
+        <v>0</v>
+      </c>
+      <c r="G166" s="3">
+        <v>1</v>
+      </c>
+      <c r="H166" s="3">
+        <v>1</v>
+      </c>
+      <c r="I166" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A167" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="C166" s="3">
-[...22 lines deleted...]
-      <c r="A167" s="3" t="s">
+      <c r="B167" s="2"/>
+      <c r="C167" s="2"/>
+      <c r="D167" s="2"/>
+      <c r="E167" s="2"/>
+      <c r="F167" s="2"/>
+      <c r="G167" s="2"/>
+      <c r="H167" s="2"/>
+      <c r="I167" s="2"/>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A168" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B168" s="2"/>
+      <c r="C168" s="2"/>
+      <c r="D168" s="2"/>
+      <c r="E168" s="2"/>
+      <c r="F168" s="2"/>
+      <c r="G168" s="2"/>
+      <c r="H168" s="2"/>
+      <c r="I168" s="2"/>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C169" s="3">
-        <v>182</v>
+        <v>8125.83</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G169" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="C170" s="3">
-        <v>160</v>
+        <v>19912.86</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F170" s="3">
         <v>0</v>
       </c>
       <c r="G170" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C171" s="3">
-        <v>174</v>
+        <v>9142.83</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="C172" s="3">
-        <v>174</v>
+        <v>6678.59</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>4900</v>
+        <v>64</v>
       </c>
       <c r="G172" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>100</v>
+        <v>39</v>
       </c>
       <c r="I172" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="C173" s="3">
-        <v>160</v>
+        <v>12458.25</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>7750</v>
+        <v>9</v>
       </c>
       <c r="G173" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A174" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A174" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="B174" s="2"/>
+      <c r="C174" s="2"/>
+      <c r="D174" s="2"/>
+      <c r="E174" s="2"/>
+      <c r="F174" s="2"/>
+      <c r="G174" s="2"/>
+      <c r="H174" s="2"/>
+      <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C175" s="3">
-        <v>182</v>
+        <v>26594.55</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>1200</v>
+        <v>3</v>
       </c>
       <c r="G175" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C176" s="3">
-        <v>158</v>
+        <v>25933.5</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>900</v>
+        <v>9</v>
       </c>
       <c r="G176" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C177" s="3">
-        <v>165</v>
+        <v>26594.55</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>199</v>
+        <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G177" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="2" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B178" s="2"/>
       <c r="C178" s="2"/>
       <c r="D178" s="2"/>
       <c r="E178" s="2"/>
       <c r="F178" s="2"/>
       <c r="G178" s="2"/>
       <c r="H178" s="2"/>
       <c r="I178" s="2"/>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="C179" s="3">
-        <v>36</v>
+        <v>4031.56</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>1250</v>
+        <v>41</v>
       </c>
       <c r="G179" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="I179" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A180" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A180" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="B180" s="2"/>
+      <c r="C180" s="2"/>
+      <c r="D180" s="2"/>
+      <c r="E180" s="2"/>
+      <c r="F180" s="2"/>
+      <c r="G180" s="2"/>
+      <c r="H180" s="2"/>
+      <c r="I180" s="2"/>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C181" s="3">
-        <v>56</v>
+        <v>2069.6</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G181" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="C182" s="3">
-        <v>52</v>
+        <v>1291.59</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G182" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="C183" s="3">
-        <v>121</v>
+        <v>2491.65</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C184" s="3">
-        <v>56</v>
+        <v>13678.65</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G184" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="C185" s="3">
-        <v>73.83</v>
+        <v>2623.86</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>275</v>
+        <v>12</v>
       </c>
       <c r="G185" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>750</v>
+        <v>1</v>
       </c>
       <c r="I185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A186" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A186" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="B186" s="2"/>
+      <c r="C186" s="2"/>
+      <c r="D186" s="2"/>
+      <c r="E186" s="2"/>
+      <c r="F186" s="2"/>
+      <c r="G186" s="2"/>
+      <c r="H186" s="2"/>
+      <c r="I186" s="2"/>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="C187" s="3">
-        <v>4231</v>
+        <v>8237.7</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="C188" s="3">
-        <v>113.12</v>
+        <v>5074.83</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>3650</v>
+        <v>6</v>
       </c>
       <c r="G188" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>325</v>
+        <v>1</v>
       </c>
       <c r="I188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A189" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="B189" s="2"/>
+      <c r="C189" s="2"/>
+      <c r="D189" s="2"/>
+      <c r="E189" s="2"/>
+      <c r="F189" s="2"/>
+      <c r="G189" s="2"/>
+      <c r="H189" s="2"/>
+      <c r="I189" s="2"/>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C190" s="3">
-        <v>67</v>
+        <v>14136.3</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>550</v>
+        <v>5</v>
       </c>
       <c r="G190" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A191" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A191" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="B191" s="2"/>
+      <c r="C191" s="2"/>
+      <c r="D191" s="2"/>
+      <c r="E191" s="2"/>
+      <c r="F191" s="2"/>
+      <c r="G191" s="2"/>
+      <c r="H191" s="2"/>
+      <c r="I191" s="2"/>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C192" s="3">
-        <v>39</v>
+        <v>85.98</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>250</v>
+        <v>5575</v>
       </c>
       <c r="G192" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H192" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="C193" s="3">
-        <v>94.07</v>
+        <v>95.67</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>0</v>
+        <v>7525</v>
       </c>
       <c r="G193" s="3">
         <v>25</v>
       </c>
       <c r="H193" s="3">
         <v>150</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="C194" s="3">
-        <v>39</v>
+        <v>81.14</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>650</v>
+        <v>5075</v>
       </c>
       <c r="G194" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H194" s="3">
-        <v>50</v>
+        <v>375</v>
       </c>
       <c r="I194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="C195" s="3">
-        <v>39</v>
+        <v>75.09</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>0</v>
+        <v>6975</v>
       </c>
       <c r="G195" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H195" s="3">
-        <v>50</v>
+        <v>750</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="C196" s="3">
-        <v>82.16</v>
+        <v>123.52</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>6075</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
         <v>25</v>
       </c>
       <c r="H196" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="C197" s="3">
-        <v>121.46</v>
+        <v>14081.38</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>1700</v>
+        <v>7</v>
       </c>
       <c r="G197" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
       <c r="C198" s="3">
-        <v>84.54</v>
+        <v>17209.67</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>6325</v>
+        <v>39</v>
       </c>
       <c r="G198" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A199" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I199" s="2"/>
+      <c r="A199" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="C199" s="3">
+        <v>4302.93</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F199" s="3">
+        <v>50</v>
+      </c>
+      <c r="G199" s="3">
+        <v>1</v>
+      </c>
+      <c r="H199" s="3">
+        <v>0</v>
+      </c>
+      <c r="I199" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A200" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I200" s="2"/>
+      <c r="A200" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="C200" s="3">
+        <v>52.88</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F200" s="3">
+        <v>0</v>
+      </c>
+      <c r="G200" s="3">
+        <v>50</v>
+      </c>
+      <c r="H200" s="3">
+        <v>50</v>
+      </c>
+      <c r="I200" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="C201" s="3">
-        <v>1270</v>
+        <v>39.66</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>25</v>
+        <v>2000</v>
       </c>
       <c r="G201" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H201" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="C202" s="3">
-        <v>2580</v>
+        <v>56.95</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>11</v>
+        <v>1500</v>
       </c>
       <c r="G202" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H202" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="C203" s="3">
-        <v>13450</v>
+        <v>39.66</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>8</v>
+        <v>900</v>
       </c>
       <c r="G203" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H203" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="C204" s="3">
-        <v>2450</v>
+        <v>39.66</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>20</v>
+        <v>650</v>
       </c>
       <c r="G204" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H204" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="C205" s="3">
-        <v>2035</v>
+        <v>56.95</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>24</v>
+        <v>850</v>
       </c>
       <c r="G205" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H205" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A206" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I206" s="2"/>
+      <c r="A206" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="B206" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="C206" s="3">
+        <v>36.61</v>
+      </c>
+      <c r="D206" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F206" s="3">
+        <v>1250</v>
+      </c>
+      <c r="G206" s="3">
+        <v>50</v>
+      </c>
+      <c r="H206" s="3">
+        <v>50</v>
+      </c>
+      <c r="I206" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="C207" s="3">
-        <v>4990</v>
+        <v>115.04</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>108</v>
+        <v>3900</v>
       </c>
       <c r="G207" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H207" s="3">
-        <v>1</v>
+        <v>325</v>
       </c>
       <c r="I207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="C208" s="3">
-        <v>8100</v>
+        <v>123.06</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>94</v>
+        <v>1150</v>
       </c>
       <c r="G208" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H208" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A209" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I209" s="2"/>
+      <c r="A209" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C209" s="3">
+        <v>83.56</v>
+      </c>
+      <c r="D209" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F209" s="3">
+        <v>5675</v>
+      </c>
+      <c r="G209" s="3">
+        <v>25</v>
+      </c>
+      <c r="H209" s="3">
+        <v>250</v>
+      </c>
+      <c r="I209" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C210" s="3">
+        <v>68.14</v>
+      </c>
+      <c r="D210" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F210" s="3">
+        <v>1000</v>
+      </c>
+      <c r="G210" s="3">
+        <v>50</v>
+      </c>
+      <c r="H210" s="3">
+        <v>50</v>
+      </c>
+      <c r="I210" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A211" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C211" s="3">
+        <v>68.14</v>
+      </c>
+      <c r="D211" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F211" s="3">
+        <v>900</v>
+      </c>
+      <c r="G211" s="3">
+        <v>50</v>
+      </c>
+      <c r="H211" s="3">
+        <v>50</v>
+      </c>
+      <c r="I211" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A212" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="B210" s="3" t="s">
-[...64 lines deleted...]
-      </c>
+      <c r="B212" s="2"/>
+      <c r="C212" s="2"/>
+      <c r="D212" s="2"/>
+      <c r="E212" s="2"/>
+      <c r="F212" s="2"/>
+      <c r="G212" s="2"/>
+      <c r="H212" s="2"/>
+      <c r="I212" s="2"/>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="C213" s="3">
-        <v>25500</v>
+        <v>512.03</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>10</v>
+        <v>5927</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I213" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="C214" s="3">
-        <v>26150</v>
+        <v>699.87</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>6</v>
+        <v>4052</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>1</v>
+        <v>180</v>
       </c>
       <c r="I214" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A215" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I215" s="2"/>
+      <c r="A215" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C215" s="3">
+        <v>503.65</v>
+      </c>
+      <c r="D215" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F215" s="3">
+        <v>0</v>
+      </c>
+      <c r="G215" s="3">
+        <v>1</v>
+      </c>
+      <c r="H215" s="3">
+        <v>50</v>
+      </c>
+      <c r="I215" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C216" s="3">
-        <v>7990</v>
+        <v>581.26</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>15</v>
+        <v>422</v>
       </c>
       <c r="F216" s="3">
-        <v>38</v>
+        <v>2669</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="C217" s="3">
-        <v>8990</v>
+        <v>787.11</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>15</v>
+        <v>422</v>
       </c>
       <c r="F217" s="3">
-        <v>30</v>
+        <v>2498</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B218" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C218" s="3">
+        <v>320.98</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="B218" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F218" s="3">
-        <v>1</v>
+        <v>3672</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="I218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B219" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B219" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C219" s="3">
-        <v>19580</v>
+        <v>809.82</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I219" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="B220" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="B220" s="3" t="s">
+      <c r="C220" s="3">
+        <v>453.54</v>
+      </c>
+      <c r="D220" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="F220" s="3">
+        <v>1431</v>
+      </c>
+      <c r="G220" s="3">
+        <v>1</v>
+      </c>
+      <c r="H220" s="3">
+        <v>100</v>
+      </c>
+      <c r="I220" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A221" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="C220" s="3">
-[...22 lines deleted...]
-      <c r="A221" s="2" t="s">
+      <c r="B221" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="B221" s="2"/>
-[...6 lines deleted...]
-      <c r="I221" s="2"/>
+      <c r="C221" s="3">
+        <v>615.29</v>
+      </c>
+      <c r="D221" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="F221" s="3">
+        <v>4774</v>
+      </c>
+      <c r="G221" s="3">
+        <v>1</v>
+      </c>
+      <c r="H221" s="3">
+        <v>100</v>
+      </c>
+      <c r="I221" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C222" s="3">
-        <v>3964.17</v>
+        <v>549.18</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>42</v>
+        <v>12902</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>39</v>
+        <v>150</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A18:I18"/>
-    <mergeCell ref="A29:I29"/>
+    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="A35:I35"/>
     <mergeCell ref="A46:I46"/>
     <mergeCell ref="A59:I59"/>
     <mergeCell ref="A60:I60"/>
-    <mergeCell ref="A69:I69"/>
-[...4 lines deleted...]
-    <mergeCell ref="A148:I148"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A139:I139"/>
+    <mergeCell ref="A140:I140"/>
+    <mergeCell ref="A149:I149"/>
+    <mergeCell ref="A163:I163"/>
+    <mergeCell ref="A167:I167"/>
+    <mergeCell ref="A168:I168"/>
+    <mergeCell ref="A174:I174"/>
     <mergeCell ref="A178:I178"/>
-    <mergeCell ref="A199:I199"/>
-[...5 lines deleted...]
-    <mergeCell ref="A221:I221"/>
+    <mergeCell ref="A180:I180"/>
+    <mergeCell ref="A186:I186"/>
+    <mergeCell ref="A189:I189"/>
+    <mergeCell ref="A191:I191"/>
+    <mergeCell ref="A212:I212"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
-    <hyperlink ref="D19" r:id="rId14"/>
-[...1 lines deleted...]
-    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
-    <hyperlink ref="D30" r:id="rId24"/>
-[...4 lines deleted...]
-    <hyperlink ref="D35" r:id="rId29"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D36" r:id="rId30"/>
     <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
     <hyperlink ref="D51" r:id="rId44"/>
     <hyperlink ref="D52" r:id="rId45"/>
     <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D57" r:id="rId50"/>
     <hyperlink ref="D58" r:id="rId51"/>
     <hyperlink ref="D61" r:id="rId52"/>
     <hyperlink ref="D62" r:id="rId53"/>
     <hyperlink ref="D63" r:id="rId54"/>
     <hyperlink ref="D64" r:id="rId55"/>
     <hyperlink ref="D65" r:id="rId56"/>
     <hyperlink ref="D66" r:id="rId57"/>
     <hyperlink ref="D67" r:id="rId58"/>
     <hyperlink ref="D68" r:id="rId59"/>
-    <hyperlink ref="D70" r:id="rId60"/>
-[...137 lines deleted...]
-    <hyperlink ref="D220" r:id="rId198"/>
+    <hyperlink ref="D69" r:id="rId60"/>
+    <hyperlink ref="D70" r:id="rId61"/>
+    <hyperlink ref="D71" r:id="rId62"/>
+    <hyperlink ref="D72" r:id="rId63"/>
+    <hyperlink ref="D73" r:id="rId64"/>
+    <hyperlink ref="D74" r:id="rId65"/>
+    <hyperlink ref="D75" r:id="rId66"/>
+    <hyperlink ref="D76" r:id="rId67"/>
+    <hyperlink ref="D77" r:id="rId68"/>
+    <hyperlink ref="D78" r:id="rId69"/>
+    <hyperlink ref="D79" r:id="rId70"/>
+    <hyperlink ref="D80" r:id="rId71"/>
+    <hyperlink ref="D81" r:id="rId72"/>
+    <hyperlink ref="D82" r:id="rId73"/>
+    <hyperlink ref="D83" r:id="rId74"/>
+    <hyperlink ref="D84" r:id="rId75"/>
+    <hyperlink ref="D85" r:id="rId76"/>
+    <hyperlink ref="D86" r:id="rId77"/>
+    <hyperlink ref="D87" r:id="rId78"/>
+    <hyperlink ref="D88" r:id="rId79"/>
+    <hyperlink ref="D89" r:id="rId80"/>
+    <hyperlink ref="D90" r:id="rId81"/>
+    <hyperlink ref="D91" r:id="rId82"/>
+    <hyperlink ref="D92" r:id="rId83"/>
+    <hyperlink ref="D93" r:id="rId84"/>
+    <hyperlink ref="D94" r:id="rId85"/>
+    <hyperlink ref="D95" r:id="rId86"/>
+    <hyperlink ref="D96" r:id="rId87"/>
+    <hyperlink ref="D97" r:id="rId88"/>
+    <hyperlink ref="D98" r:id="rId89"/>
+    <hyperlink ref="D99" r:id="rId90"/>
+    <hyperlink ref="D100" r:id="rId91"/>
+    <hyperlink ref="D101" r:id="rId92"/>
+    <hyperlink ref="D102" r:id="rId93"/>
+    <hyperlink ref="D103" r:id="rId94"/>
+    <hyperlink ref="D104" r:id="rId95"/>
+    <hyperlink ref="D105" r:id="rId96"/>
+    <hyperlink ref="D106" r:id="rId97"/>
+    <hyperlink ref="D107" r:id="rId98"/>
+    <hyperlink ref="D108" r:id="rId99"/>
+    <hyperlink ref="D110" r:id="rId100"/>
+    <hyperlink ref="D111" r:id="rId101"/>
+    <hyperlink ref="D112" r:id="rId102"/>
+    <hyperlink ref="D113" r:id="rId103"/>
+    <hyperlink ref="D114" r:id="rId104"/>
+    <hyperlink ref="D115" r:id="rId105"/>
+    <hyperlink ref="D116" r:id="rId106"/>
+    <hyperlink ref="D117" r:id="rId107"/>
+    <hyperlink ref="D118" r:id="rId108"/>
+    <hyperlink ref="D119" r:id="rId109"/>
+    <hyperlink ref="D120" r:id="rId110"/>
+    <hyperlink ref="D121" r:id="rId111"/>
+    <hyperlink ref="D122" r:id="rId112"/>
+    <hyperlink ref="D123" r:id="rId113"/>
+    <hyperlink ref="D124" r:id="rId114"/>
+    <hyperlink ref="D125" r:id="rId115"/>
+    <hyperlink ref="D126" r:id="rId116"/>
+    <hyperlink ref="D127" r:id="rId117"/>
+    <hyperlink ref="D128" r:id="rId118"/>
+    <hyperlink ref="D129" r:id="rId119"/>
+    <hyperlink ref="D130" r:id="rId120"/>
+    <hyperlink ref="D131" r:id="rId121"/>
+    <hyperlink ref="D132" r:id="rId122"/>
+    <hyperlink ref="D133" r:id="rId123"/>
+    <hyperlink ref="D134" r:id="rId124"/>
+    <hyperlink ref="D135" r:id="rId125"/>
+    <hyperlink ref="D136" r:id="rId126"/>
+    <hyperlink ref="D137" r:id="rId127"/>
+    <hyperlink ref="D138" r:id="rId128"/>
+    <hyperlink ref="D141" r:id="rId129"/>
+    <hyperlink ref="D142" r:id="rId130"/>
+    <hyperlink ref="D143" r:id="rId131"/>
+    <hyperlink ref="D144" r:id="rId132"/>
+    <hyperlink ref="D145" r:id="rId133"/>
+    <hyperlink ref="D146" r:id="rId134"/>
+    <hyperlink ref="D147" r:id="rId135"/>
+    <hyperlink ref="D148" r:id="rId136"/>
+    <hyperlink ref="D150" r:id="rId137"/>
+    <hyperlink ref="D151" r:id="rId138"/>
+    <hyperlink ref="D152" r:id="rId139"/>
+    <hyperlink ref="D153" r:id="rId140"/>
+    <hyperlink ref="D154" r:id="rId141"/>
+    <hyperlink ref="D155" r:id="rId142"/>
+    <hyperlink ref="D156" r:id="rId143"/>
+    <hyperlink ref="D157" r:id="rId144"/>
+    <hyperlink ref="D158" r:id="rId145"/>
+    <hyperlink ref="D159" r:id="rId146"/>
+    <hyperlink ref="D160" r:id="rId147"/>
+    <hyperlink ref="D161" r:id="rId148"/>
+    <hyperlink ref="D162" r:id="rId149"/>
+    <hyperlink ref="D164" r:id="rId150"/>
+    <hyperlink ref="D165" r:id="rId151"/>
+    <hyperlink ref="D166" r:id="rId152"/>
+    <hyperlink ref="D169" r:id="rId153"/>
+    <hyperlink ref="D170" r:id="rId154"/>
+    <hyperlink ref="D171" r:id="rId155"/>
+    <hyperlink ref="D172" r:id="rId156"/>
+    <hyperlink ref="D173" r:id="rId157"/>
+    <hyperlink ref="D175" r:id="rId158"/>
+    <hyperlink ref="D176" r:id="rId159"/>
+    <hyperlink ref="D177" r:id="rId160"/>
+    <hyperlink ref="D179" r:id="rId161"/>
+    <hyperlink ref="D181" r:id="rId162"/>
+    <hyperlink ref="D182" r:id="rId163"/>
+    <hyperlink ref="D183" r:id="rId164"/>
+    <hyperlink ref="D184" r:id="rId165"/>
+    <hyperlink ref="D185" r:id="rId166"/>
+    <hyperlink ref="D187" r:id="rId167"/>
+    <hyperlink ref="D188" r:id="rId168"/>
+    <hyperlink ref="D190" r:id="rId169"/>
+    <hyperlink ref="D192" r:id="rId170"/>
+    <hyperlink ref="D193" r:id="rId171"/>
+    <hyperlink ref="D194" r:id="rId172"/>
+    <hyperlink ref="D195" r:id="rId173"/>
+    <hyperlink ref="D196" r:id="rId174"/>
+    <hyperlink ref="D197" r:id="rId175"/>
+    <hyperlink ref="D198" r:id="rId176"/>
+    <hyperlink ref="D199" r:id="rId177"/>
+    <hyperlink ref="D200" r:id="rId178"/>
+    <hyperlink ref="D201" r:id="rId179"/>
+    <hyperlink ref="D202" r:id="rId180"/>
+    <hyperlink ref="D203" r:id="rId181"/>
+    <hyperlink ref="D204" r:id="rId182"/>
+    <hyperlink ref="D205" r:id="rId183"/>
+    <hyperlink ref="D206" r:id="rId184"/>
+    <hyperlink ref="D207" r:id="rId185"/>
+    <hyperlink ref="D208" r:id="rId186"/>
+    <hyperlink ref="D209" r:id="rId187"/>
+    <hyperlink ref="D210" r:id="rId188"/>
+    <hyperlink ref="D211" r:id="rId189"/>
+    <hyperlink ref="D213" r:id="rId190"/>
+    <hyperlink ref="D214" r:id="rId191"/>
+    <hyperlink ref="D215" r:id="rId192"/>
+    <hyperlink ref="D216" r:id="rId193"/>
+    <hyperlink ref="D217" r:id="rId194"/>
+    <hyperlink ref="D218" r:id="rId195"/>
+    <hyperlink ref="D219" r:id="rId196"/>
+    <hyperlink ref="D220" r:id="rId197"/>
+    <hyperlink ref="D221" r:id="rId198"/>
     <hyperlink ref="D222" r:id="rId199"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>