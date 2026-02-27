--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,1360 +8,1318 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="827" uniqueCount="436">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="422">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Системы антиобледенения</t>
   </si>
   <si>
     <t>1.1 Саморегулирующийся греющий кабель (Комплекты)</t>
   </si>
   <si>
     <t>1.1.1 ECO Line 10 Вт/м (в трубу)</t>
   </si>
   <si>
+    <t>51-0601-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 2м/20Вт PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>51-0602-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 4м/40Вт PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>51-0604-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 8м/80Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0605-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 10м/100Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0606-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 15м/150Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0607-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0603-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 6м/60Вт PROconnect</t>
   </si>
   <si>
     <t>51-0608-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 25м/250Вт PROconnect</t>
   </si>
   <si>
-    <t>51-0601-4</t>
-[...32 lines deleted...]
-    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
+    <t>51-0601</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 2м/20Вт REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
   </si>
   <si>
     <t>51-0606</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 15м/150Вт REXANT</t>
   </si>
   <si>
-    <t>комплект</t>
-[...7 lines deleted...]
-  <si>
     <t>51-0602</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 4м/40Вт REXANT</t>
   </si>
   <si>
     <t>51-0603</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 6м/60Вт REXANT</t>
   </si>
   <si>
     <t>51-0604</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 8м/80Вт REXANT</t>
   </si>
   <si>
     <t>51-0605</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 10м/100Вт REXANT</t>
   </si>
   <si>
     <t>51-0607</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 20м/200Вт REXANT</t>
   </si>
   <si>
     <t>51-0608</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 25м/250Вт REXANT</t>
   </si>
   <si>
     <t>1.1.2 EXTRA Line 15-16 Вт/м (на трубу)</t>
   </si>
   <si>
+    <t>51-0240</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 2м/32Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0243</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 10м/160Вт PROconnect</t>
+  </si>
+  <si>
     <t>51-0241</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 4м/64Вт PROconnect</t>
   </si>
   <si>
     <t>51-0242</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 6м/96Вт PROconnect</t>
   </si>
   <si>
-    <t>51-0240</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0244</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 15м/240Вт PROconnect</t>
   </si>
   <si>
-    <t>51-0243</t>
-[...2 lines deleted...]
-    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 10м/160Вт PROconnect</t>
+    <t>51-0616</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 2м/30Вт REXANT</t>
   </si>
   <si>
     <t>51-0617</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 4м/60Вт REXANT</t>
   </si>
   <si>
+    <t>51-0618</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 6м/90Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0619</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 8м/120Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0620</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 10м/150Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0621</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 15м/225Вт REXANT</t>
   </si>
   <si>
-    <t>51-0618</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0622</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 20м/300Вт REXANT</t>
   </si>
   <si>
-    <t>51-0616</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0623</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 25м/375Вт REXANT</t>
   </si>
   <si>
     <t>1.1.3 EXTRA Line 25 Вт/м (для труб, водостоков и кровли)</t>
   </si>
   <si>
+    <t>51-0640</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 5м/125Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0637</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 2м/50Вт REXANT</t>
   </si>
   <si>
     <t>51-0638</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 3м/75Вт REXANT</t>
   </si>
   <si>
     <t>51-0639</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 4м/100Вт REXANT</t>
   </si>
   <si>
-    <t>51-0640</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0641</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 6м/150Вт REXANT</t>
   </si>
   <si>
+    <t>51-0643</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 8м/200Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0645</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 10м/250Вт REXANT</t>
   </si>
   <si>
     <t>51-0646</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 15м/375Вт REXANT</t>
   </si>
   <si>
     <t>51-0647</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 20м/500Вт REXANT</t>
   </si>
   <si>
     <t>51-0648</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 25м/625Вт REXANT</t>
   </si>
   <si>
-    <t>51-0643</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.4 POWER Line 30 Вт/м (для труб, водостоков и кровли)</t>
   </si>
   <si>
+    <t>51-0653</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 6м/180Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0649</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 2м/60Вт REXANT</t>
   </si>
   <si>
     <t>51-0650</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 3м/90Вт REXANT</t>
   </si>
   <si>
     <t>51-0651</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 4м/120Вт REXANT</t>
   </si>
   <si>
-    <t>51-0653</t>
-[...2 lines deleted...]
-    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 6м/180Вт REXANT</t>
+    <t>51-0652</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 5м/150Вт REXANT</t>
   </si>
   <si>
     <t>51-0654</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 7м/210Вт REXANT</t>
   </si>
   <si>
+    <t>51-0655</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 8м/240Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0657</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 10м/300Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0658</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 15м/450Вт REXANT</t>
   </si>
   <si>
     <t>51-0659</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 20м/600Вт REXANT</t>
   </si>
   <si>
     <t>51-0660</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 25м/750Вт REXANT</t>
   </si>
   <si>
-    <t>51-0652</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2 Саморегулирующийся греющий кабель (Бухты)</t>
   </si>
   <si>
     <t>1.2.1 Бухты Экранированный</t>
   </si>
   <si>
+    <t>51-0635</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 40-2CR, экранированный, UV, 40Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
+    <t>51-0636</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 30-2CR, экранированный, UV, 30Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0214</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>51-0216</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0219</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0220</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0632-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0215</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0221</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0199</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0287</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0198</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
     <t>51-0285</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>пог. м</t>
-[...70 lines deleted...]
-  <si>
     <t>51-0283</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0215</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0634-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
   </si>
   <si>
-    <t>51-0632-4</t>
-[...2 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+    <t>51-0201</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0202</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0203</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0250</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 16КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 16Вт/м, 1,0мм2/115м, бухта 200м REXANT</t>
   </si>
   <si>
     <t>51-0251</t>
   </si>
   <si>
-    <t>Кабель греющий саморегулирующийся 24КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м, бухта 200м REXANT</t>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSL-24HF 65/85 С°, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м REXANT</t>
+  </si>
+  <si>
+    <t>51-0252</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSL-30HF 65/85 С°, экранированный, взрывозащищенный, Ex, UV, 30Вт/м, 1,0мм2/60м REXANT</t>
+  </si>
+  <si>
+    <t>51-0253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель греющий (нагревательный) саморегулирующийся RSL-40HF 65/85 С°, экранированный, взрывозащищенный, Ex, UV, 40Вт/м, 1,0мм2/45м REXANT  </t>
+  </si>
+  <si>
+    <t>51-0255</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0200</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0204</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0205</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0206</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0632</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0312</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-30F 120/200 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/114м REXANT</t>
+  </si>
+  <si>
+    <t>51-0313</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-45F 120/200 С°, экранированный, взрывозащищенный, Ex, 45Вт/м, 1,37мм2/82м REXANT</t>
+  </si>
+  <si>
+    <t>51-0331</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSH-30F 200/240 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,37мм2/110м REXANT</t>
+  </si>
+  <si>
+    <t>51-0235</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0225</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL24-2CR экранированный, 24Вт/м, 200м REXANT</t>
   </si>
   <si>
+    <t>51-0278</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0228</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,3мм2/65м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
     <t>51-0275</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 200м REXANT</t>
   </si>
   <si>
     <t>51-0254</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>51-0252</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0229</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,3мм2/50м, бухта 200м серия PRO REXANT</t>
   </si>
   <si>
-    <t>51-0278</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0236</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 50м REXANT</t>
   </si>
   <si>
-    <t>51-0331</t>
-[...32 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+    <t>51-0234</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0237</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0227</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL24-2CR UV, экранированный, 24Вт/м, 1,3мм2/85м, бухта 200м, серия PRO REXANT</t>
   </si>
   <si>
     <t>51-0279</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>51-0234</t>
-[...62 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 100м REXANT</t>
+    <t>51-0900</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся греющий кабель 26ST-2CF, Ex, 130°C, UF, 200м</t>
   </si>
   <si>
     <t>51-0901</t>
   </si>
   <si>
     <t>Саморегулирующийся греющий кабель 40ST-2CF, Ex, 130°C, UF, 200м</t>
   </si>
   <si>
-    <t>51-0900</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2.2 Бухты Неэкранированный</t>
   </si>
   <si>
+    <t>51-0624</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL16-2, 16Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0626</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2, 24Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
     <t>51-0624-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>51-0627-4</t>
-[...2 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный 30Вт/м, 0,5мм2/30м, бухта 200м PROconnect</t>
+    <t>51-0208</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0209</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0210</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0211</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0212</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0213</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0233</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0284</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0231</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м PROconnect</t>
   </si>
   <si>
     <t>51-0254-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 200м PROconnect</t>
   </si>
   <si>
-    <t>51-0233</t>
-[...2 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+    <t>51-0255-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
   </si>
   <si>
     <t>51-0282</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>51-0284</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0286</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>51-0231</t>
-[...52 lines deleted...]
-  <si>
     <t>51-0230</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м PROconnect</t>
   </si>
   <si>
     <t>51-0232</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 50м PROconnect</t>
   </si>
   <si>
-    <t>51-0209</t>
-[...8 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+    <t>51-0181</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0182</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0183</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0184</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0185</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0274</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
   </si>
   <si>
-    <t>51-0181</t>
-[...22 lines deleted...]
-  <si>
     <t>51-0276</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 300м REXANT</t>
   </si>
   <si>
     <t>51-0277</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
   </si>
   <si>
     <t>51-0180</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
   </si>
   <si>
-    <t>51-0183</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Резистивный греющий кабель</t>
   </si>
   <si>
     <t>1.3.1 Кабель 40Вт/м для прогрева бетона</t>
   </si>
   <si>
+    <t>51-0081</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 9,3м REXANT</t>
+  </si>
+  <si>
+    <t>51-0084</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0086</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0087</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 150м REXANT</t>
+  </si>
+  <si>
     <t>51-0080</t>
   </si>
   <si>
     <t>Кабель греющий для прогрева бетона 40Вт/м, 3,1м REXANT</t>
   </si>
   <si>
-    <t>51-0084</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0085</t>
   </si>
   <si>
     <t>Кабель греющий для прогрева бетона 40Вт/м, 75м REXANT</t>
   </si>
   <si>
-    <t>51-0081</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0083</t>
   </si>
   <si>
     <t>Кабель греющий для прогрева бетона 40Вт/м, 37м REXANT</t>
   </si>
   <si>
     <t>51-0082</t>
   </si>
   <si>
     <t>Кабель греющий для прогрева бетона 40Вт/м, 19м REXANT</t>
   </si>
   <si>
-    <t>51-0087</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3.2 Кабель 30Вт/м для обогрева кровли, водостоков, площадок, ступеней</t>
   </si>
   <si>
     <t>51-0060</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-210-7/7м REXANT</t>
   </si>
   <si>
     <t>51-0062</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-435-14,5/14,5м REXANT</t>
   </si>
   <si>
     <t>51-0063</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-660-22/22м REXANT</t>
   </si>
   <si>
     <t>51-0064</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-885-29,5/29,5м REXANT</t>
   </si>
   <si>
+    <t>51-0068</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-2160-72/72м REXANT</t>
+  </si>
+  <si>
+    <t>51-0071</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-3900-130/130м REXANT</t>
+  </si>
+  <si>
+    <t>51-0072</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-4500-150/150м REXANT</t>
+  </si>
+  <si>
     <t>51-0065</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1080-36/36м REXANT</t>
   </si>
   <si>
     <t>51-0070</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-3450-115/115м REXANT</t>
   </si>
   <si>
-    <t>51-0072</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0067</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1920-64/64м REXANT</t>
   </si>
   <si>
-    <t>51-0071</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0061</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-330-11/11м REXANT</t>
   </si>
   <si>
     <t>51-0066</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1500-50/50м REXANT</t>
   </si>
   <si>
     <t>51-0069</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-2580-86/86м REXANT</t>
   </si>
   <si>
-    <t>51-0068</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3.3 Кабель 20Вт/м для обогрева открытых площадок, ступеней, тротуаров</t>
   </si>
   <si>
     <t>51-0100</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 175м REXANT</t>
   </si>
   <si>
     <t>51-0099</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 150м REXANT</t>
   </si>
   <si>
-    <t>51-0097</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Управляющая автоматика для систем Антиобледенения</t>
   </si>
   <si>
     <t>1.4.1 Терморегуляторы на DIN-рейку</t>
   </si>
   <si>
+    <t>51-0830</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat 16A-05 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
+    <t>51-0829</t>
+  </si>
+  <si>
+    <t>Терморегулятор (метеостанция) TermoStat 16A-04 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
     <t>51-0827</t>
   </si>
   <si>
     <t>Терморегулятор TermoStat 16A-01 (на DIN-рейку) REXANT</t>
   </si>
   <si>
-    <t>51-0829</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0828</t>
   </si>
   <si>
     <t>Терморегулятор TermoStat 16A-03 (на DIN-рейку) REXANT</t>
   </si>
   <si>
     <t>51-0821</t>
   </si>
   <si>
     <t xml:space="preserve">Терморегулятор цифровой RX-257 программируемый, c диапазонами работы (на DIN-рейку) REXANT </t>
   </si>
   <si>
-    <t>51-0830</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4.2 Терморегуляторы наружной установки</t>
   </si>
   <si>
+    <t>51-0841</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat Pipe 40A IP65 REXANT</t>
+  </si>
+  <si>
+    <t>51-0842</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat Road 40A IP65 REXANT</t>
+  </si>
+  <si>
     <t>51-0843</t>
   </si>
   <si>
     <t>Терморегулятор TermoStat Roof 40A IP65 REXANT</t>
   </si>
   <si>
-    <t>51-0841</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4.3 Терморегуляторы встраиваемые</t>
   </si>
   <si>
     <t>51-0822</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-514 для систем антиобледенения REXANT</t>
   </si>
   <si>
     <t>1.4.4 Датчики температуры и осадков</t>
   </si>
   <si>
+    <t>51-1008</t>
+  </si>
+  <si>
+    <t>Датчик воды WatSen 3м REXANT</t>
+  </si>
+  <si>
+    <t>51-1006</t>
+  </si>
+  <si>
+    <t>Датчик температуры аналоговый Temp A-7 6,8кОм 2м REXANT</t>
+  </si>
+  <si>
+    <t>51-1007</t>
+  </si>
+  <si>
+    <t>Датчик температуры цифровой Temp С-2 2м REXANT</t>
+  </si>
+  <si>
     <t>51-1005</t>
   </si>
   <si>
     <t>Датчик температуры аналоговый Temp A-5 1кОм 2м REXANT</t>
   </si>
   <si>
-    <t>51-1006</t>
-[...10 lines deleted...]
-  <si>
     <t>51-1009</t>
   </si>
   <si>
     <t>Датчик осадков WatSen Sky с блоком питания REXANT</t>
   </si>
   <si>
-    <t>51-1007</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4.5 Соединительные коробки</t>
   </si>
   <si>
     <t>51-1052</t>
   </si>
   <si>
-    <t>Бокс всепогодный защитный RexBox 200х150х75 IP65 REXANT</t>
+    <t>Бокс всепогодный защитный RexBox 200х150х75 IP65 с клеммным набором REXANT</t>
   </si>
   <si>
     <t>51-1051</t>
   </si>
   <si>
-    <t>Бокс всепогодный защитный RexBox 100х100х55 IP65 REXANT</t>
+    <t>Бокс всепогодный защитный RexBox 100х100х55 IP65 с клеммным набором REXANT</t>
   </si>
   <si>
     <t>1.4.6 Устройства плавного пуска</t>
   </si>
   <si>
     <t>51-0890</t>
   </si>
   <si>
     <t>Устройство плавного пуска 25А-01 для саморегулирующегося кабеля REXANT</t>
   </si>
   <si>
     <t>1.5 Крепеж для греющего кабеля</t>
   </si>
   <si>
+    <t>51-1042</t>
+  </si>
+  <si>
+    <t>Лента электромонтажная перфорированная ЛЭ-65, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-1020</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1021</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1033</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР.2-100 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1026</t>
+  </si>
+  <si>
+    <t>Пик-зажим КР-1О Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1015</t>
+  </si>
+  <si>
+    <t>Зажим RX/3В для крепления греющего кабеля на водосборные лотки, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1034</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР/Т.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
     <t>51-1017</t>
   </si>
   <si>
     <t>Зажим RX/Y1-6 для крепления греющего кабеля на плоскую кровлю, открытые площадки, резервуары, 25 шт. REXANT</t>
   </si>
   <si>
+    <t>51-1016</t>
+  </si>
+  <si>
+    <t>Зажим RX/3T для крепления греющего кабеля на одиночные водоприемные воронки, выходы кабеля из водосточной трубы, 25 шт. REXANT</t>
+  </si>
+  <si>
     <t>51-1011</t>
   </si>
   <si>
     <t>Зажим RX/B1-6 для крепления греющего кабеля на водосточный желоб 25 шт. REXANT</t>
   </si>
   <si>
     <t>51-1014</t>
   </si>
   <si>
     <t>Зажим RX/Y для крепления греющего кабеля на капельник, ендова, резервуар, 25 шт. REXANT</t>
   </si>
   <si>
+    <t>51-1044</t>
+  </si>
+  <si>
+    <t>Лента СРГ-20, 20м REXANT</t>
+  </si>
+  <si>
     <t>51-1013</t>
   </si>
   <si>
     <t>Зажим RX/T для крепления греющего кабеля, 25 шт. REXANT</t>
   </si>
   <si>
-    <t>51-1016</t>
-[...4 lines deleted...]
-  <si>
     <t>51-1040</t>
   </si>
   <si>
     <t>Лента электромонтажная перфорированная ЛЭ-50, 50м REXANT</t>
   </si>
   <si>
-    <t>51-1042</t>
-[...16 lines deleted...]
-  <si>
     <t>51-1023</t>
   </si>
   <si>
     <t>Зажим крепежный ТСР/Т.1-25 Ц, 50 шт. REXANT</t>
   </si>
   <si>
     <t>51-1024</t>
   </si>
   <si>
     <t>Зажим крепежный ТСР/Т.2-50 Ц, 50 шт. REXANT</t>
   </si>
   <si>
     <t>51-1025</t>
   </si>
   <si>
     <t>Зажим крепежный ТСР.О1-25 Ц, 50 шт. REXANT</t>
   </si>
   <si>
-    <t>51-1034</t>
-[...4 lines deleted...]
-  <si>
     <t>51-1035</t>
   </si>
   <si>
     <t>Зажим крепежный КТСР/Т.2-50 Ц, 50 шт. REXANT</t>
   </si>
   <si>
-    <t>51-1020</t>
-[...4 lines deleted...]
-  <si>
     <t>51-1010</t>
   </si>
   <si>
     <t>Зажим RX/K-2 для крепления греющего кабеля на карниз скатной кровли, ендова, 25 шт. REXANT</t>
   </si>
   <si>
-    <t>51-1026</t>
-[...10 lines deleted...]
-  <si>
     <t>51-1022</t>
   </si>
   <si>
     <t>Зажим крепежный ТСР.2-100 Ц, 50 шт. REXANT</t>
   </si>
   <si>
-    <t>51-1033</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6 Комплектующие для монтажа греющего кабеля</t>
   </si>
   <si>
+    <t>51-0610-2</t>
+  </si>
+  <si>
+    <t>Сальник с двойной резьбой 1/2 и 3/4 для ввода кабеля в трубу PROconnect</t>
+  </si>
+  <si>
     <t>51-0610-1</t>
   </si>
   <si>
     <t>Сальник с резьбой 1/2 для ввода кабеля в трубу PROconnect</t>
   </si>
   <si>
-    <t>51-0610-2</t>
-[...2 lines deleted...]
-    <t>Сальник с двойной резьбой 1/2 и 3/4 для ввода кабеля в трубу PROconnect</t>
+    <t>51-0614</t>
+  </si>
+  <si>
+    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося кабеля, эконом REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>51-0610-4</t>
+  </si>
+  <si>
+    <t>Сальник с двойной резьбой 1/2 и 3/4 для ввода кабеля в трубу, никелированная латунь REXANT</t>
+  </si>
+  <si>
+    <t>51-0615-1</t>
+  </si>
+  <si>
+    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося кабеля REXANT</t>
   </si>
   <si>
     <t>51-0610-3</t>
   </si>
   <si>
     <t>Сальник с резьбой 1/2 для ввода кабеля в трубу, никелированная латунь REXANT</t>
   </si>
   <si>
+    <t>51-0614-1</t>
+  </si>
+  <si>
+    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося неэкранированного кабеля REXANT</t>
+  </si>
+  <si>
+    <t>51-0615</t>
+  </si>
+  <si>
+    <t>Набор универсальный для заделки саморегулирующегося кабеля REXANT</t>
+  </si>
+  <si>
     <t>09-4352</t>
   </si>
   <si>
     <t>Лента алюминиевая 50мм х 25м REXANT</t>
   </si>
   <si>
     <t>рулон</t>
   </si>
   <si>
     <t>09-4351</t>
   </si>
   <si>
     <t>Лента алюминиевая 50мм х 50м REXANT</t>
-  </si>
-[...31 lines deleted...]
-    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося кабеля REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1746,56 +1704,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m-1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m-20" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m-40" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m-60" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m-80" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m-1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m-2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-4m-64vt-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-6m-96vt-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-2m-32vt-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-15m-240vt-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-10m-160vt-proconnect" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-4m-60vt-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-15m-225vt-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-6m-90vt-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-20m-300vt-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-2m-30vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-8m-120vt-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-10m-150vt-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-25m-375vt-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-2m-50vt-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-3m-75vt-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-4m-100vt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-5m-125vt-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-6m-150vt-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-10m-250vt-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-15m-375vt-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-20m-500vt-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-25m-625vt-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-8m-200vt-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-2m-60vt-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-3m-90vt-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-4m-120vt-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-6m-180vt-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-7m-210vt-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-15m-450vt-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-20m-600vt-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-25m-750vt-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-5m-150vt-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-9m-270vt-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-10m-300vt-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-8m-240vt-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovannyy-uv-40vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovannyy-uv-30vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovannyy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-200m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsh-30f-200-240-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl24-2cr-uv-ekranirovannyy-24v" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-30f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-45f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m-2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh-2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-5mm2-30m-buh" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-3" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-3-1m-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-50m-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-75m-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-9-3m-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-37m-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-19m-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-150m-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-100m-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-210-7-7m-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-435-14-5-14-5m-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-660-22-22m-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-885-29-5-29-5m-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1080-36-36m-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3450-115-115m-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-4500-150-150m-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1920-64-64m-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3900-130-130m-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-330-11-11m-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1500-50-50m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2580-86-86m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2160-72-72m-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-175m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-150m-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-120m-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-01-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-meteostantsiya-termostat-16a-04-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-03-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-257-programmiruemyy-c-diapazonami-raboty-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-05-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-roof-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-pipe-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-road-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-514-dlya-sistem-antiobledeneniya-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-5-1kom-2m-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-7-6-8kom-2m-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-vody-watsen-3m-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-osadkov-watsen-sky-s-blokom-pitaniya-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-tsifrovoy-temp-s-2-2m-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-200h150h75-ip65-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-100h100h55-ip65-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-plavnogo-puska-25a-01-dlya-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-y1-6-dlya-krepleniya-greyuschego-kabelya-na-ploskuyu-krovlyu-otkrytye-ploschadki-rezervuar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-b1-6-dlya-krepleniya-greyuschego-kabelya-na-vodostochnyy-zhelob-25-sht-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-y-dlya-krepleniya-greyuschego-kabelya-na-kapelnik-endova-rezervuar-25-sht-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-t-dlya-krepleniya-greyuschego-kabelya-25-sht-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3t-dlya-krepleniya-greyuschego-kabelya-na-odinochnye-vodopriemnye-voronki-vyhody-kabelya-i" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-50-50m-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-65-50m-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-srg-20-20m-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-o1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-k-2-dlya-krepleniya-greyuschego-kabelya-na-karniz-skatnoy-krovli-endova-25-sht-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pik-zazhim-kr-1o-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3v-dlya-krepleniya-greyuschego-kabelya-na-vodosbornye-lotki-25-sht-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-25m-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-50m-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-neekranirovannogo-ka" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-ekonom-rexan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-zadelki-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m20vt-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m150vt-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m40vt-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m60vt-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m80vt-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m100vt-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m200vt-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m250vt-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-16vtm-na-trubu-2m32vt-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-16vtm-na-trubu-10m160vt-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-16vtm-na-trubu-4m64vt-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-16vtm-na-trubu-6m96vt-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-16vtm-na-trubu-15m240vt-proconnect" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-2m30vt-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-4m60vt-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-6m90vt-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-8m120vt-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-10m150vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-15m225vt-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-20m300vt-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-25m375vt-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-5m125vt-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-2m50vt-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-3m75vt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-4m100vt-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-6m150vt-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-8m200vt-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-10m250vt-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-15m375vt-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-20m500vt-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-25m625vt-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-6m180vt-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-2m60vt-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-3m90vt-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-4m120vt-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-5m150vt-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-7m210vt-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-8m240vt-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-10m300vt-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-15m450vt-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-20m600vt-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-25m750vt-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl-40-2cr-ekranirovannyy-uv-40vtm-200m-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl-30-2cr-ekranirovannyy-uv-30vtm-200m-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp10-2cr-ekranirovannyy-10vtm-0-5mm2100m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp16-2cr-ekranirovannyy-16vtm-0-5mm2100m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp10-2cr-ekranirovannyy-10vtm-0-5mm2100m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp16-2cr-ekranirovannyy-16vtm-0-5mm2100m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-9mm2105m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-9mm270m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-9mm255m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-16kns-2ltg-el-6585-ekranirovannyy-vzryvozashchishchennyy-ex-uv-16vtm-1-0mm2115m-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsl-24hf-6585-s-ekranirovannyy-vzryvozashchishchennyy-ex-uv-24vtm-1-0mm275m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsl-30hf-6585-s-ekranirovannyy-vzryvozashchishchennyy-ex-uv-30vtm-1-0mm260m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsl-40hf-6585-s-ekranirovannyy-vzryvozashchishchennyy-ex-uv-40vtm-1-0mm245m-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-0mm245m-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-10htm2-ct-ekranirovannyy-10vtm-0-6mm2100m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-9mm2105m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-9mm270m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-9mm255m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-10htm2-ct-ekranirovannyy-10vtm-0-6mm2100m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsm-30f-120200-s-ekranirovannyy-vzryvozashchishchennyy-ex-30vtm-1-2mm2114m-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsm-45f-120200-s-ekranirovannyy-vzryvozashchishchennyy-ex-45vtm-1-37mm282m-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsh-30f-200240-s-ekranirovannyy-vzryvozashchishchennyy-ex-30vtm-1-37mm2110m-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-0mm260m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-200m-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-3mm265m-buhta-200m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-0mm260m-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-3mm250m-buhta-200m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-0mm245m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-0mm260m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-0mm245m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl24-2cr-uv-ekranirovannyy-24vtm-1-3mm285m-buhta-200m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh-3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-greyushchiy-kabel-26st-2cf-ex-130c-uf-200m" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-greyushchiy-kabel-40st-2cf-ex-130c-uf-200m" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl16-2-16vtm-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl24-2-24vtm-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-5mm270m-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2-uv-neekranirovannyy-40vtm-0-9mm240m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2-uv-neekranirovannyy-30vtm-0-9mm255m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2-uv-neekranirovannyy-30vtm-0-9mm255m-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2-uv-neekranirovannyy-40vtm-0-9mm240m-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2-uv-neekranirovannyy-30vtm-0-9mm255m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2-uv-neekranirovannyy-40vtm-0-9mm240m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-9mm2105m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-9mm270m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-9mm270m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-9mm255m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-9mm255m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-9mm2105m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-9-3m-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-50m-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-100m-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-150m-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-3-1m-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-75m-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-37m-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-19m-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-210-77m-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-435-14-514-5m-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-660-2222m-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-885-29-529-5m-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-2160-7272m-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-3900-130130m-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-4500-150150m-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-1080-3636m-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-3450-115115m-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-1920-6464m-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-330-1111m-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-1500-5050m-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-2580-8686m-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-otkrytyh-ploshchadok-20vtm-175m-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-otkrytyh-ploshchadok-20vtm-150m-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-05-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-meteostantsiya-termostat-16a-04-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-01-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-03-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-257-programmiruemyy-c-diapazonami-raboty-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-pipe-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-road-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-roof-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-514-dlya-sistem-antiobledeneniya-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-vody-watsen-3m-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-7-6-8kom-2m-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-tsifrovoy-temp-s-2-2m-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-5-1kom-2m-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-osadkov-watsen-sky-s-blokom-pitaniya-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zashchitnyy-rexbox-200h150h75-ip65-s-klemmnym-naborom-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zashchitnyy-rexbox-100h100h55-ip65-s-klemmnym-naborom-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-plavnogo-puska-25a-01-dlya-samoreguliruyushchegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-65-50m-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pik-zazhim-kr-1o-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx3v-dlya-krepleniya-greyushchego-kabelya-na-vodosbornye-lotki-25-sht-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsrt-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rxy1-6-dlya-krepleniya-greyushchego-kabelya-na-ploskuyu-krovlyu-otkrytye-ploshchadki-rezervuary-25-sht-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx3t-dlya-krepleniya-greyushchego-kabelya-na-odinochnye-vodopriemnye-voronki-vyhody-kabelya-iz-vodostochnoy-truby-25-sht-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rxb1-6-dlya-krepleniya-greyushchego-kabelya-na-vodostochnyy-zhelob-25-sht-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rxy-dlya-krepleniya-greyushchego-kabelya-na-kapelnik-endova-rezervuar-25-sht-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-srg-20-20m-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rxt-dlya-krepleniya-greyushchego-kabelya-25-sht-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-50-50m-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsrt-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsrt-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-o1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsrt-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rxk-2-dlya-krepleniya-greyushchego-kabelya-na-karniz-skatnoy-krovli-endova-25-sht-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-12-i-34-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-12-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyushchegosya-kabelya-ekonom-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-12-i-34-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyushchegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-12-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyushchegosya-neekranirovannogo-kabelya-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-zadelki-samoreguliruyushchegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-25m-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-50m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I222"/>
+  <dimension ref="A1:I215"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1840,865 +1798,865 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>2318.76</v>
+        <v>1893.65</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>9153</v>
+        <v>2318.76</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>1893.65</v>
+        <v>3284.91</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>303</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>2995.07</v>
+        <v>4057.83</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>3284.91</v>
+        <v>5777.58</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>147</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>4057.83</v>
+        <v>7246.12</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>5777.58</v>
+        <v>2995.07</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>7246.12</v>
+        <v>9153</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>124</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>7270.02</v>
+        <v>2440.8</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>428</v>
+        <v>214</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>16</v>
       </c>
       <c r="I13" s="3">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>2440.8</v>
+        <v>7270.02</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>799</v>
+        <v>323</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>16</v>
       </c>
       <c r="I14" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
         <v>3112.02</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>1306</v>
+        <v>467</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>16</v>
       </c>
       <c r="I15" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
         <v>3813.75</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F16" s="3">
-        <v>819</v>
+        <v>256</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>16</v>
       </c>
       <c r="I16" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
         <v>4403.61</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F17" s="3">
-        <v>394</v>
+        <v>129</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>16</v>
       </c>
       <c r="I17" s="3">
         <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
         <v>5402.81</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F18" s="3">
-        <v>1105</v>
+        <v>896</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>16</v>
       </c>
       <c r="I18" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
         <v>9193.68</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F19" s="3">
-        <v>238</v>
+        <v>175</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>16</v>
       </c>
       <c r="I19" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
         <v>10759.86</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F20" s="3">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>16</v>
       </c>
       <c r="I20" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>1391.26</v>
+        <v>908.18</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I22" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>1739.07</v>
+        <v>2318.76</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>131</v>
+        <v>345</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>908.18</v>
+        <v>1391.26</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>428</v>
+        <v>122</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I24" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>3671.37</v>
+        <v>1739.07</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>121</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="I25" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>2318.76</v>
+        <v>3671.37</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>168</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I26" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>2501.82</v>
+        <v>1806.7</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F27" s="3">
-        <v>2871</v>
+        <v>440</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>16</v>
       </c>
       <c r="I27" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>5313.83</v>
+        <v>2501.82</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F28" s="3">
-        <v>108</v>
+        <v>1389</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>16</v>
       </c>
       <c r="I28" s="3">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
         <v>3534.08</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F29" s="3">
-        <v>850</v>
+        <v>238</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>16</v>
       </c>
       <c r="I29" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>6183.36</v>
+        <v>3813.75</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>16</v>
       </c>
       <c r="I30" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>1806.7</v>
+        <v>4403.61</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F31" s="3">
-        <v>1763</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>16</v>
       </c>
       <c r="I31" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>3813.75</v>
+        <v>5313.83</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F32" s="3">
-        <v>747</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>16</v>
       </c>
       <c r="I32" s="3">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>4403.61</v>
+        <v>6183.36</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F33" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>16</v>
       </c>
       <c r="I33" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
         <v>7342.74</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
@@ -2707,5217 +2665,5014 @@
       <c r="I34" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>3081.51</v>
+        <v>4617.18</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F36" s="3">
-        <v>193</v>
+        <v>142</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>16</v>
       </c>
       <c r="I36" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>4179.87</v>
+        <v>3081.51</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F37" s="3">
-        <v>215</v>
+        <v>180</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>16</v>
       </c>
       <c r="I37" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>4668.03</v>
+        <v>4179.87</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F38" s="3">
-        <v>156</v>
+        <v>201</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>16</v>
       </c>
       <c r="I38" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>4617.18</v>
+        <v>4668.03</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F39" s="3">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>16</v>
       </c>
       <c r="I39" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
         <v>6651.18</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F40" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>16</v>
       </c>
       <c r="I40" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>9272.09</v>
+        <v>6058.5</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F41" s="3">
-        <v>116</v>
+        <v>91</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>16</v>
       </c>
       <c r="I41" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>10729.35</v>
+        <v>9272.09</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F42" s="3">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>16</v>
       </c>
       <c r="I42" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>14166.81</v>
+        <v>10729.35</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F43" s="3">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>16</v>
       </c>
       <c r="I43" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>15285.51</v>
+        <v>14166.81</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F44" s="3">
-        <v>68</v>
+        <v>107</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>16</v>
       </c>
       <c r="I44" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>6058.5</v>
+        <v>15285.51</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F45" s="3">
-        <v>101</v>
+        <v>48</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>16</v>
       </c>
       <c r="I45" s="3">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>2908.45</v>
+        <v>7331.24</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F47" s="3">
-        <v>130</v>
+        <v>46</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>16</v>
       </c>
       <c r="I47" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>3437.49</v>
+        <v>2908.45</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F48" s="3">
-        <v>147</v>
+        <v>104</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>16</v>
       </c>
       <c r="I48" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>4407.24</v>
+        <v>3437.49</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F49" s="3">
-        <v>146</v>
+        <v>113</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>16</v>
       </c>
       <c r="I49" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>7331.24</v>
+        <v>4407.24</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F50" s="3">
-        <v>62</v>
+        <v>130</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>16</v>
       </c>
       <c r="I50" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>4720.2</v>
+        <v>5015.34</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F51" s="3">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>16</v>
       </c>
       <c r="I51" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>10640.26</v>
+        <v>4720.2</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F52" s="3">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>16</v>
       </c>
       <c r="I52" s="3">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>13376.76</v>
+        <v>8344.85</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F53" s="3">
-        <v>157</v>
+        <v>106</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>16</v>
       </c>
       <c r="I53" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>14288.93</v>
+        <v>9272.09</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F54" s="3">
-        <v>75</v>
+        <v>200</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>16</v>
       </c>
       <c r="I54" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>5015.34</v>
+        <v>10640.26</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F55" s="3">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>16</v>
       </c>
       <c r="I55" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>5535.73</v>
+        <v>13376.76</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>138</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>16</v>
       </c>
       <c r="I56" s="3">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>9272.09</v>
+        <v>14288.93</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F57" s="3">
-        <v>226</v>
+        <v>42</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>16</v>
       </c>
       <c r="I57" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A58" s="3" t="s">
+      <c r="A58" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A60" s="2" t="s">
+      <c r="A60" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B60" s="2"/>
-[...6 lines deleted...]
-      <c r="I60" s="2"/>
+      <c r="C60" s="3">
+        <v>510.99</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F60" s="3">
+        <v>0</v>
+      </c>
+      <c r="G60" s="3">
+        <v>200</v>
+      </c>
+      <c r="H60" s="3">
+        <v>200</v>
+      </c>
+      <c r="I60" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C61" s="3">
+        <v>335.61</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F61" s="3">
-        <v>3800</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>200</v>
       </c>
       <c r="H61" s="3">
         <v>200</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="3">
-        <v>242.05</v>
+        <v>259.34</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F62" s="3">
-        <v>7200</v>
+        <v>1100</v>
       </c>
       <c r="G62" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H62" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I62" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C63" s="3">
+        <v>264.42</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F63" s="3">
-        <v>550</v>
+        <v>950</v>
       </c>
       <c r="G63" s="3">
         <v>50</v>
       </c>
       <c r="H63" s="3">
         <v>50</v>
       </c>
       <c r="I63" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>259.34</v>
+        <v>275.28</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F64" s="3">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H64" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>264.42</v>
+        <v>283.89</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F65" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H65" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>283.89</v>
+        <v>329.02</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>9000</v>
       </c>
       <c r="G66" s="3">
         <v>100</v>
       </c>
       <c r="H66" s="3">
         <v>100</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>510.99</v>
+        <v>261.37</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>1250</v>
       </c>
       <c r="G67" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H67" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>335.61</v>
+        <v>259.34</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H68" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>235.94</v>
+        <v>377.31</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G69" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H69" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>233.91</v>
+        <v>242.05</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="G70" s="3">
         <v>200</v>
       </c>
       <c r="H70" s="3">
         <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>515.64</v>
+        <v>355.95</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G71" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>377.31</v>
+        <v>235.94</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F72" s="3">
-        <v>650</v>
+        <v>2800</v>
       </c>
       <c r="G72" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H72" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
         <v>233.91</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F73" s="3">
-        <v>8400</v>
+        <v>7600</v>
       </c>
       <c r="G73" s="3">
         <v>200</v>
       </c>
       <c r="H73" s="3">
         <v>200</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>261.37</v>
+        <v>352.98</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F74" s="3">
-        <v>1500</v>
+        <v>1600</v>
       </c>
       <c r="G74" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H74" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I74" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>275.28</v>
+        <v>284.76</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>2550</v>
       </c>
       <c r="G75" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H75" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>259.34</v>
+        <v>292.9</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F76" s="3">
-        <v>0</v>
+        <v>1850</v>
       </c>
       <c r="G76" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H76" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>352.98</v>
+        <v>303.07</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>1750</v>
       </c>
       <c r="G77" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>329.02</v>
+        <v>452.56</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F78" s="3">
-        <v>5800</v>
+        <v>4000</v>
       </c>
       <c r="G78" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H78" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
         <v>483.07</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F79" s="3">
-        <v>600</v>
+        <v>7600</v>
       </c>
       <c r="G79" s="3">
         <v>200</v>
       </c>
       <c r="H79" s="3">
         <v>200</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>400.81</v>
+        <v>489.18</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>10400</v>
       </c>
       <c r="G80" s="3">
         <v>200</v>
       </c>
       <c r="H80" s="3">
         <v>200</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>258.08</v>
+        <v>520.7</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F81" s="3">
-        <v>11000</v>
+        <v>2400</v>
       </c>
       <c r="G81" s="3">
         <v>200</v>
       </c>
       <c r="H81" s="3">
         <v>200</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>386.31</v>
+        <v>399.6</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>3400</v>
       </c>
       <c r="G82" s="3">
         <v>200</v>
       </c>
       <c r="H82" s="3">
         <v>200</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>489.18</v>
+        <v>661.77</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F83" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H83" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>572.06</v>
+        <v>284.76</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F84" s="3">
-        <v>800</v>
+        <v>2300</v>
       </c>
       <c r="G84" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H84" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C85" s="3">
-        <v>590.88</v>
+        <v>292.9</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F85" s="3">
-        <v>4200</v>
+        <v>2700</v>
       </c>
       <c r="G85" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H85" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C86" s="3">
-        <v>266.14</v>
+        <v>303.07</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F86" s="3">
-        <v>1400</v>
+        <v>1100</v>
       </c>
       <c r="G86" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H86" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C87" s="3">
-        <v>416.97</v>
+        <v>509.52</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F87" s="3">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="G87" s="3">
         <v>100</v>
       </c>
       <c r="H87" s="3">
         <v>100</v>
       </c>
       <c r="I87" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C88" s="3">
-        <v>416.97</v>
+        <v>2237.4</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="G88" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="H88" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>4373.1</v>
+        <v>2237.4</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>4750</v>
       </c>
       <c r="G89" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="H89" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>303.07</v>
+        <v>4373.1</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F90" s="3">
-        <v>2000</v>
+        <v>2250</v>
       </c>
       <c r="G90" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="H90" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>292.9</v>
+        <v>416.97</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F91" s="3">
-        <v>2400</v>
+        <v>700</v>
       </c>
       <c r="G91" s="3">
         <v>100</v>
       </c>
       <c r="H91" s="3">
         <v>100</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>452.56</v>
+        <v>400.81</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F92" s="3">
-        <v>4400</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>200</v>
       </c>
       <c r="H92" s="3">
         <v>200</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>520.7</v>
+        <v>266.14</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F93" s="3">
-        <v>3000</v>
+        <v>25600</v>
       </c>
       <c r="G93" s="3">
         <v>200</v>
       </c>
       <c r="H93" s="3">
         <v>200</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>399.6</v>
+        <v>572.06</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F94" s="3">
-        <v>0</v>
+        <v>5800</v>
       </c>
       <c r="G94" s="3">
         <v>200</v>
       </c>
       <c r="H94" s="3">
         <v>200</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>274.2</v>
+        <v>258.08</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>26200</v>
       </c>
       <c r="G95" s="3">
         <v>200</v>
       </c>
       <c r="H95" s="3">
         <v>200</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>416.97</v>
+        <v>386.31</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>5600</v>
       </c>
       <c r="G96" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>416.97</v>
+        <v>590.88</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="G97" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H97" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>553.76</v>
+        <v>416.97</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F98" s="3">
-        <v>1400</v>
+        <v>850</v>
       </c>
       <c r="G98" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H98" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C99" s="3">
-        <v>2237.4</v>
+        <v>416.97</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G99" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H99" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C100" s="3">
-        <v>2237.4</v>
+        <v>416.97</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="G100" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H100" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C101" s="3">
-        <v>661.77</v>
+        <v>553.76</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F101" s="3">
-        <v>400</v>
+        <v>6400</v>
       </c>
       <c r="G101" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H101" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C102" s="3">
-        <v>284.76</v>
+        <v>274.2</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F102" s="3">
-        <v>3700</v>
+        <v>24000</v>
       </c>
       <c r="G102" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H102" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I102" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>292.9</v>
+        <v>3167.82</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F103" s="3">
-        <v>3500</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H103" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>284.76</v>
+        <v>3299.81</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F104" s="3">
-        <v>2900</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I104" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="3" t="s">
+      <c r="A105" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>509.52</v>
+        <v>113.9</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F106" s="3">
-        <v>2200</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H106" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>3299.81</v>
+        <v>117.97</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F107" s="3">
         <v>0</v>
       </c>
       <c r="G107" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="H107" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I107" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B108" s="3" t="s">
+      <c r="C108" s="3">
+        <v>133.23</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F108" s="3">
+        <v>11100</v>
+      </c>
+      <c r="G108" s="3">
+        <v>300</v>
+      </c>
+      <c r="H108" s="3">
+        <v>300</v>
+      </c>
+      <c r="I108" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="C108" s="3">
-[...22 lines deleted...]
-      <c r="A109" s="2" t="s">
+      <c r="B109" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B109" s="2"/>
-[...6 lines deleted...]
-      <c r="I109" s="2"/>
+      <c r="C109" s="3">
+        <v>126.11</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F109" s="3">
+        <v>0</v>
+      </c>
+      <c r="G109" s="3">
+        <v>50</v>
+      </c>
+      <c r="H109" s="3">
+        <v>50</v>
+      </c>
+      <c r="I109" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>133.23</v>
+        <v>128.14</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F110" s="3">
         <v>0</v>
       </c>
       <c r="G110" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H110" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C111" s="3">
-        <v>137.01</v>
+        <v>130.18</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H111" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I111" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C112" s="3">
-        <v>269.51</v>
+        <v>124.07</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G112" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H112" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C113" s="3">
-        <v>288.22</v>
+        <v>126.11</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F113" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>100</v>
       </c>
       <c r="H113" s="3">
         <v>100</v>
       </c>
       <c r="I113" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C114" s="3">
-        <v>113.9</v>
+        <v>128.14</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F114" s="3">
-        <v>37100</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C115" s="3">
-        <v>117.97</v>
+        <v>288.22</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F115" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G115" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C116" s="3">
-        <v>120.01</v>
+        <v>117.97</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F116" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G116" s="3">
         <v>300</v>
       </c>
       <c r="H116" s="3">
         <v>300</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C117" s="3">
         <v>284.25</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F117" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="G117" s="3">
         <v>100</v>
       </c>
       <c r="H117" s="3">
         <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C118" s="3">
-        <v>126.11</v>
+        <v>269.51</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F118" s="3">
-        <v>0</v>
+        <v>7400</v>
       </c>
       <c r="G118" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H118" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C119" s="3">
-        <v>126.11</v>
+        <v>272.56</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F119" s="3">
-        <v>0</v>
+        <v>6600</v>
       </c>
       <c r="G119" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I119" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C120" s="3">
         <v>113.9</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F120" s="3">
-        <v>0</v>
+        <v>22200</v>
       </c>
       <c r="G120" s="3">
         <v>300</v>
       </c>
       <c r="H120" s="3">
         <v>300</v>
       </c>
       <c r="I120" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C121" s="3">
-        <v>117.97</v>
+        <v>120.01</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F121" s="3">
         <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>300</v>
       </c>
       <c r="H121" s="3">
         <v>300</v>
       </c>
       <c r="I121" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C122" s="3">
-        <v>120.01</v>
+        <v>284.35</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F122" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="G122" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H122" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I122" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C123" s="3">
-        <v>272.56</v>
+        <v>288</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F123" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="G123" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H123" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C124" s="3">
-        <v>130.18</v>
+        <v>162.72</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F124" s="3">
-        <v>450</v>
+        <v>900</v>
       </c>
       <c r="G124" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H124" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I124" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C125" s="3">
-        <v>128.14</v>
+        <v>176.96</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F125" s="3">
-        <v>0</v>
+        <v>3450</v>
       </c>
       <c r="G125" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H125" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I125" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C126" s="3">
-        <v>284.35</v>
+        <v>176.96</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F126" s="3">
-        <v>300</v>
+        <v>3000</v>
       </c>
       <c r="G126" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H126" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C127" s="3">
-        <v>288</v>
+        <v>185.09</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F127" s="3">
-        <v>400</v>
+        <v>1750</v>
       </c>
       <c r="G127" s="3">
         <v>50</v>
       </c>
       <c r="H127" s="3">
         <v>50</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C128" s="3">
-        <v>128.14</v>
+        <v>185.09</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F128" s="3">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="G128" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H128" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I128" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C129" s="3">
-        <v>124.07</v>
+        <v>147.47</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F129" s="3">
-        <v>0</v>
+        <v>10507</v>
       </c>
       <c r="G129" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H129" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I129" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C130" s="3">
-        <v>147.47</v>
+        <v>160.69</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F130" s="3">
-        <v>7507</v>
+        <v>24900</v>
       </c>
       <c r="G130" s="3">
         <v>300</v>
       </c>
       <c r="H130" s="3">
         <v>300</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C131" s="3">
-        <v>162.72</v>
+        <v>167.81</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F131" s="3">
-        <v>3400</v>
+        <v>21300</v>
       </c>
       <c r="G131" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H131" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C132" s="3">
-        <v>176.96</v>
+        <v>162.72</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F132" s="3">
-        <v>4150</v>
+        <v>1300</v>
       </c>
       <c r="G132" s="3">
         <v>50</v>
       </c>
       <c r="H132" s="3">
         <v>50</v>
       </c>
       <c r="I132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A133" s="3" t="s">
+      <c r="A133" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="B133" s="3" t="s">
+      <c r="B133" s="2"/>
+      <c r="C133" s="2"/>
+      <c r="D133" s="2"/>
+      <c r="E133" s="2"/>
+      <c r="F133" s="2"/>
+      <c r="G133" s="2"/>
+      <c r="H133" s="2"/>
+      <c r="I133" s="2"/>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A134" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="C133" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B134" s="2"/>
+      <c r="C134" s="2"/>
+      <c r="D134" s="2"/>
+      <c r="E134" s="2"/>
+      <c r="F134" s="2"/>
+      <c r="G134" s="2"/>
+      <c r="H134" s="2"/>
+      <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C135" s="3">
-        <v>160.69</v>
+        <v>2657.05</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>0</v>
+        <v>108</v>
       </c>
       <c r="G135" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I135" s="3">
-        <v>0</v>
+        <v>9.3</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C136" s="3">
-        <v>167.81</v>
+        <v>6915.6</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>0</v>
+        <v>66</v>
       </c>
       <c r="G136" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I136" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C137" s="3">
-        <v>162.72</v>
+        <v>12915.9</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>6350</v>
+        <v>38</v>
       </c>
       <c r="G137" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I137" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C138" s="3">
+        <v>28272.6</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F138" s="3">
+        <v>4</v>
+      </c>
+      <c r="G138" s="3">
+        <v>1</v>
+      </c>
+      <c r="H138" s="3">
+        <v>1</v>
+      </c>
+      <c r="I138" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A139" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="B138" s="3" t="s">
+      <c r="B139" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="C138" s="3">
-[...22 lines deleted...]
-      <c r="A139" s="2" t="s">
+      <c r="C139" s="3">
+        <v>1881.45</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F139" s="3">
+        <v>112</v>
+      </c>
+      <c r="G139" s="3">
+        <v>1</v>
+      </c>
+      <c r="H139" s="3">
+        <v>1</v>
+      </c>
+      <c r="I139" s="3">
+        <v>3.1</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="B139" s="2"/>
-[...9 lines deleted...]
-      <c r="A140" s="2" t="s">
+      <c r="B140" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B140" s="2"/>
-[...6 lines deleted...]
-      <c r="I140" s="2"/>
+      <c r="C140" s="3">
+        <v>9263.75</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F140" s="3">
+        <v>148</v>
+      </c>
+      <c r="G140" s="3">
+        <v>1</v>
+      </c>
+      <c r="H140" s="3">
+        <v>1</v>
+      </c>
+      <c r="I140" s="3">
+        <v>75</v>
+      </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="3">
-        <v>1881.45</v>
+        <v>5898.6</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>240</v>
+        <v>53</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>1</v>
       </c>
       <c r="I141" s="3">
-        <v>3.1</v>
+        <v>37</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="3">
-        <v>6915.6</v>
+        <v>3488.31</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
         <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>1</v>
       </c>
       <c r="I142" s="3">
-        <v>50</v>
+        <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A143" s="3" t="s">
+      <c r="A143" s="2" t="s">
         <v>285</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B143" s="2"/>
+      <c r="C143" s="2"/>
+      <c r="D143" s="2"/>
+      <c r="E143" s="2"/>
+      <c r="F143" s="2"/>
+      <c r="G143" s="2"/>
+      <c r="H143" s="2"/>
+      <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>2657.05</v>
+        <v>2705.22</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>1</v>
       </c>
       <c r="I144" s="3">
-        <v>9.3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>5898.6</v>
+        <v>5120.59</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>1</v>
       </c>
       <c r="I145" s="3">
-        <v>37</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="3">
-        <v>3488.31</v>
+        <v>7342.74</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>1</v>
       </c>
       <c r="I146" s="3">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>28272.6</v>
+        <v>8502.12</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>1</v>
       </c>
       <c r="I147" s="3">
-        <v>0</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B148" s="3" t="s">
+      <c r="C148" s="3">
+        <v>16347.26</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F148" s="3">
+        <v>23</v>
+      </c>
+      <c r="G148" s="3">
+        <v>1</v>
+      </c>
+      <c r="H148" s="3">
+        <v>1</v>
+      </c>
+      <c r="I148" s="3">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A149" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="C148" s="3">
-[...22 lines deleted...]
-      <c r="A149" s="2" t="s">
+      <c r="B149" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="B149" s="2"/>
-[...6 lines deleted...]
-      <c r="I149" s="2"/>
+      <c r="C149" s="3">
+        <v>33815.25</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F149" s="3">
+        <v>28</v>
+      </c>
+      <c r="G149" s="3">
+        <v>1</v>
+      </c>
+      <c r="H149" s="3">
+        <v>1</v>
+      </c>
+      <c r="I149" s="3">
+        <v>130</v>
+      </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C150" s="3">
-        <v>2705.22</v>
+        <v>42124.14</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>1</v>
       </c>
       <c r="I150" s="3">
-        <v>7</v>
+        <v>150</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C151" s="3">
-        <v>5120.59</v>
+        <v>9468.27</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>1</v>
       </c>
       <c r="I151" s="3">
-        <v>14.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C152" s="3">
-        <v>7342.74</v>
+        <v>26086.05</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>1</v>
       </c>
       <c r="I152" s="3">
-        <v>22</v>
+        <v>115</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C153" s="3">
-        <v>8502.12</v>
+        <v>14765.82</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>1</v>
       </c>
       <c r="I153" s="3">
-        <v>29.5</v>
+        <v>64</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C154" s="3">
-        <v>9468.27</v>
+        <v>3927.65</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>1</v>
       </c>
       <c r="I154" s="3">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C155" s="3">
-        <v>26086.05</v>
+        <v>12173.49</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>1</v>
       </c>
       <c r="I155" s="3">
-        <v>115</v>
+        <v>50</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C156" s="3">
-        <v>42124.14</v>
+        <v>19477.58</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>1</v>
       </c>
       <c r="I156" s="3">
-        <v>150</v>
+        <v>86</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="3" t="s">
+      <c r="A157" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B157" s="2"/>
+      <c r="C157" s="2"/>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2"/>
+      <c r="G157" s="2"/>
+      <c r="H157" s="2"/>
+      <c r="I157" s="2"/>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>33815.25</v>
+        <v>15025.56</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
         <v>1</v>
       </c>
       <c r="I158" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B159" s="3" t="s">
+      <c r="C159" s="3">
+        <v>14593.54</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F159" s="3">
+        <v>1</v>
+      </c>
+      <c r="G159" s="3">
+        <v>1</v>
+      </c>
+      <c r="H159" s="3">
+        <v>1</v>
+      </c>
+      <c r="I159" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="C159" s="3">
-[...22 lines deleted...]
-      <c r="A160" s="3" t="s">
+      <c r="B160" s="2"/>
+      <c r="C160" s="2"/>
+      <c r="D160" s="2"/>
+      <c r="E160" s="2"/>
+      <c r="F160" s="2"/>
+      <c r="G160" s="2"/>
+      <c r="H160" s="2"/>
+      <c r="I160" s="2"/>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A161" s="2" t="s">
         <v>318</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B161" s="2"/>
+      <c r="C161" s="2"/>
+      <c r="D161" s="2"/>
+      <c r="E161" s="2"/>
+      <c r="F161" s="2"/>
+      <c r="G161" s="2"/>
+      <c r="H161" s="2"/>
+      <c r="I161" s="2"/>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="C162" s="3">
+        <v>12458.25</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F162" s="3">
+        <v>6</v>
+      </c>
+      <c r="G162" s="3">
+        <v>1</v>
+      </c>
+      <c r="H162" s="3">
+        <v>1</v>
+      </c>
+      <c r="I162" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B163" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I163" s="2"/>
+      <c r="C163" s="3">
+        <v>19912.86</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F163" s="3">
+        <v>17</v>
+      </c>
+      <c r="G163" s="3">
+        <v>1</v>
+      </c>
+      <c r="H163" s="3">
+        <v>1</v>
+      </c>
+      <c r="I163" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C164" s="3">
-        <v>15025.56</v>
+        <v>8125.83</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>1</v>
+        <v>34</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
         <v>1</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C165" s="3">
-        <v>14593.54</v>
+        <v>9142.83</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
         <v>1</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C166" s="3">
-        <v>18475.51</v>
+        <v>6678.59</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="I166" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="2" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B167" s="2"/>
       <c r="C167" s="2"/>
       <c r="D167" s="2"/>
       <c r="E167" s="2"/>
       <c r="F167" s="2"/>
       <c r="G167" s="2"/>
       <c r="H167" s="2"/>
       <c r="I167" s="2"/>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A168" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I168" s="2"/>
+      <c r="A168" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="B168" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="C168" s="3">
+        <v>25933.5</v>
+      </c>
+      <c r="D168" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F168" s="3">
+        <v>9</v>
+      </c>
+      <c r="G168" s="3">
+        <v>1</v>
+      </c>
+      <c r="H168" s="3">
+        <v>1</v>
+      </c>
+      <c r="I168" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="3">
-        <v>8125.83</v>
+        <v>26594.55</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
         <v>1</v>
       </c>
       <c r="I169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B170" s="3" t="s">
+      <c r="C170" s="3">
+        <v>26594.55</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F170" s="3">
+        <v>3</v>
+      </c>
+      <c r="G170" s="3">
+        <v>1</v>
+      </c>
+      <c r="H170" s="3">
+        <v>1</v>
+      </c>
+      <c r="I170" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A171" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="C170" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B171" s="2"/>
+      <c r="C171" s="2"/>
+      <c r="D171" s="2"/>
+      <c r="E171" s="2"/>
+      <c r="F171" s="2"/>
+      <c r="G171" s="2"/>
+      <c r="H171" s="2"/>
+      <c r="I171" s="2"/>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="C172" s="3">
-        <v>6678.59</v>
+        <v>4031.56</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>39</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A173" s="3" t="s">
+      <c r="A173" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="B173" s="2"/>
+      <c r="C173" s="2"/>
+      <c r="D173" s="2"/>
+      <c r="E173" s="2"/>
+      <c r="F173" s="2"/>
+      <c r="G173" s="2"/>
+      <c r="H173" s="2"/>
+      <c r="I173" s="2"/>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="B174" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="B173" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I174" s="2"/>
+      <c r="C174" s="3">
+        <v>2491.65</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F174" s="3">
+        <v>16</v>
+      </c>
+      <c r="G174" s="3">
+        <v>1</v>
+      </c>
+      <c r="H174" s="3">
+        <v>1</v>
+      </c>
+      <c r="I174" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="C175" s="3">
-        <v>26594.55</v>
+        <v>1291.59</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>1</v>
       </c>
       <c r="I175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="C176" s="3">
-        <v>25933.5</v>
+        <v>2623.86</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>1</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C177" s="3">
+        <v>2069.6</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F177" s="3">
+        <v>23</v>
+      </c>
+      <c r="G177" s="3">
+        <v>1</v>
+      </c>
+      <c r="H177" s="3">
+        <v>1</v>
+      </c>
+      <c r="I177" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A178" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B177" s="3" t="s">
+      <c r="B178" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="C177" s="3">
-[...22 lines deleted...]
-      <c r="A178" s="2" t="s">
+      <c r="C178" s="3">
+        <v>13678.65</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F178" s="3">
+        <v>7</v>
+      </c>
+      <c r="G178" s="3">
+        <v>1</v>
+      </c>
+      <c r="H178" s="3">
+        <v>1</v>
+      </c>
+      <c r="I178" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A179" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="B178" s="2"/>
-[...9 lines deleted...]
-      <c r="A179" s="3" t="s">
+      <c r="B179" s="2"/>
+      <c r="C179" s="2"/>
+      <c r="D179" s="2"/>
+      <c r="E179" s="2"/>
+      <c r="F179" s="2"/>
+      <c r="G179" s="2"/>
+      <c r="H179" s="2"/>
+      <c r="I179" s="2"/>
+    </row>
+    <row r="180" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A180" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="B179" s="3" t="s">
+      <c r="B180" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="C179" s="3">
-[...32 lines deleted...]
-      <c r="I180" s="2"/>
+      <c r="C180" s="3">
+        <v>8237.7</v>
+      </c>
+      <c r="D180" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F180" s="3">
+        <v>69</v>
+      </c>
+      <c r="G180" s="3">
+        <v>1</v>
+      </c>
+      <c r="H180" s="3">
+        <v>1</v>
+      </c>
+      <c r="I180" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="B181" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="B181" s="3" t="s">
+      <c r="C181" s="3">
+        <v>5074.83</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F181" s="3">
+        <v>76</v>
+      </c>
+      <c r="G181" s="3">
+        <v>1</v>
+      </c>
+      <c r="H181" s="3">
+        <v>1</v>
+      </c>
+      <c r="I181" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A182" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="C181" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B182" s="2"/>
+      <c r="C182" s="2"/>
+      <c r="D182" s="2"/>
+      <c r="E182" s="2"/>
+      <c r="F182" s="2"/>
+      <c r="G182" s="2"/>
+      <c r="H182" s="2"/>
+      <c r="I182" s="2"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C183" s="3">
+        <v>14136.3</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F183" s="3">
+        <v>3</v>
+      </c>
+      <c r="G183" s="3">
+        <v>1</v>
+      </c>
+      <c r="H183" s="3">
+        <v>1</v>
+      </c>
+      <c r="I183" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A184" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="B183" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B184" s="2"/>
+      <c r="C184" s="2"/>
+      <c r="D184" s="2"/>
+      <c r="E184" s="2"/>
+      <c r="F184" s="2"/>
+      <c r="G184" s="2"/>
+      <c r="H184" s="2"/>
+      <c r="I184" s="2"/>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="C185" s="3">
+        <v>17209.67</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F185" s="3">
+        <v>41</v>
+      </c>
+      <c r="G185" s="3">
+        <v>1</v>
+      </c>
+      <c r="H185" s="3">
+        <v>1</v>
+      </c>
+      <c r="I185" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A186" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="B186" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="B185" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I186" s="2"/>
+      <c r="C186" s="3">
+        <v>36.61</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F186" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G186" s="3">
+        <v>50</v>
+      </c>
+      <c r="H186" s="3">
+        <v>50</v>
+      </c>
+      <c r="I186" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C187" s="3">
-        <v>8237.7</v>
+        <v>52.88</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>94</v>
+        <v>1650</v>
       </c>
       <c r="G187" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H187" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B188" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="C188" s="3">
+        <v>68.14</v>
+      </c>
+      <c r="D188" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F188" s="3">
+        <v>850</v>
+      </c>
+      <c r="G188" s="3">
+        <v>50</v>
+      </c>
+      <c r="H188" s="3">
+        <v>50</v>
+      </c>
+      <c r="I188" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A189" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="B188" s="3" t="s">
+      <c r="B189" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="C188" s="3">
-[...32 lines deleted...]
-      <c r="I189" s="2"/>
+      <c r="C189" s="3">
+        <v>123.06</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F189" s="3">
+        <v>3150</v>
+      </c>
+      <c r="G189" s="3">
+        <v>50</v>
+      </c>
+      <c r="H189" s="3">
+        <v>50</v>
+      </c>
+      <c r="I189" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B190" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B190" s="3" t="s">
+      <c r="C190" s="3">
+        <v>83.56</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F190" s="3">
+        <v>5475</v>
+      </c>
+      <c r="G190" s="3">
+        <v>25</v>
+      </c>
+      <c r="H190" s="3">
+        <v>250</v>
+      </c>
+      <c r="I190" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="C190" s="3">
-[...22 lines deleted...]
-      <c r="A191" s="2" t="s">
+      <c r="B191" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B191" s="2"/>
-[...6 lines deleted...]
-      <c r="I191" s="2"/>
+      <c r="C191" s="3">
+        <v>39.66</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F191" s="3">
+        <v>650</v>
+      </c>
+      <c r="G191" s="3">
+        <v>50</v>
+      </c>
+      <c r="H191" s="3">
+        <v>50</v>
+      </c>
+      <c r="I191" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C192" s="3">
         <v>85.98</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>5575</v>
+        <v>5350</v>
       </c>
       <c r="G192" s="3">
         <v>25</v>
       </c>
       <c r="H192" s="3">
         <v>200</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C193" s="3">
-        <v>95.67</v>
+        <v>123.52</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>7525</v>
+        <v>75</v>
       </c>
       <c r="G193" s="3">
         <v>25</v>
       </c>
       <c r="H193" s="3">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C194" s="3">
-        <v>81.14</v>
+        <v>95.67</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>5075</v>
+        <v>7500</v>
       </c>
       <c r="G194" s="3">
         <v>25</v>
       </c>
       <c r="H194" s="3">
-        <v>375</v>
+        <v>150</v>
       </c>
       <c r="I194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C195" s="3">
-        <v>75.09</v>
+        <v>81.14</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>6975</v>
+        <v>4900</v>
       </c>
       <c r="G195" s="3">
         <v>25</v>
       </c>
       <c r="H195" s="3">
-        <v>750</v>
+        <v>375</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C196" s="3">
-        <v>123.52</v>
+        <v>4302.93</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G196" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C197" s="3">
-        <v>14081.38</v>
+        <v>75.09</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>7</v>
+        <v>6375</v>
       </c>
       <c r="G197" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H197" s="3">
-        <v>1</v>
+        <v>750</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C198" s="3">
-        <v>17209.67</v>
+        <v>14081.38</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
         <v>1</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C199" s="3">
-        <v>4302.93</v>
+        <v>39.66</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
+        <v>2000</v>
+      </c>
+      <c r="G199" s="3">
         <v>50</v>
       </c>
-      <c r="G199" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H199" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C200" s="3">
-        <v>52.88</v>
+        <v>56.95</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="G200" s="3">
         <v>50</v>
       </c>
       <c r="H200" s="3">
         <v>50</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C201" s="3">
         <v>39.66</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>50</v>
       </c>
       <c r="H201" s="3">
         <v>50</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C202" s="3">
         <v>56.95</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>1500</v>
+        <v>850</v>
       </c>
       <c r="G202" s="3">
         <v>50</v>
       </c>
       <c r="H202" s="3">
         <v>50</v>
       </c>
       <c r="I202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C203" s="3">
-        <v>39.66</v>
+        <v>115.04</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>900</v>
+        <v>4025</v>
       </c>
       <c r="G203" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H203" s="3">
-        <v>50</v>
+        <v>325</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C204" s="3">
-        <v>39.66</v>
+        <v>68.14</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>650</v>
+        <v>950</v>
       </c>
       <c r="G204" s="3">
         <v>50</v>
       </c>
       <c r="H204" s="3">
         <v>50</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A205" s="3" t="s">
+      <c r="A205" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="B205" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B205" s="2"/>
+      <c r="C205" s="2"/>
+      <c r="D205" s="2"/>
+      <c r="E205" s="2"/>
+      <c r="F205" s="2"/>
+      <c r="G205" s="2"/>
+      <c r="H205" s="2"/>
+      <c r="I205" s="2"/>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="B206" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="B206" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" s="3">
-        <v>36.61</v>
+        <v>699.87</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>1250</v>
+        <v>3384</v>
       </c>
       <c r="G206" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>50</v>
+        <v>180</v>
       </c>
       <c r="I206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="B207" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="B207" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C207" s="3">
-        <v>115.04</v>
+        <v>512.03</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>3900</v>
+        <v>5691</v>
       </c>
       <c r="G207" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>325</v>
+        <v>200</v>
       </c>
       <c r="I207" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="B208" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="B208" s="3" t="s">
+      <c r="C208" s="3">
+        <v>453.54</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="C208" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F208" s="3">
-        <v>1150</v>
+        <v>210</v>
       </c>
       <c r="G208" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I208" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C209" s="3">
-        <v>83.56</v>
+        <v>809.82</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>5675</v>
+        <v>1</v>
       </c>
       <c r="G209" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I209" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C210" s="3">
-        <v>68.14</v>
+        <v>549.18</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>1000</v>
+        <v>9599</v>
       </c>
       <c r="G210" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I210" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C211" s="3">
-        <v>68.14</v>
+        <v>503.65</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="G211" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H211" s="3">
         <v>50</v>
       </c>
       <c r="I211" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A212" s="2" t="s">
+      <c r="A212" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="B212" s="2"/>
-[...6 lines deleted...]
-      <c r="I212" s="2"/>
+      <c r="B212" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="C212" s="3">
+        <v>320.98</v>
+      </c>
+      <c r="D212" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="F212" s="3">
+        <v>3199</v>
+      </c>
+      <c r="G212" s="3">
+        <v>1</v>
+      </c>
+      <c r="H212" s="3">
+        <v>250</v>
+      </c>
+      <c r="I212" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C213" s="3">
-        <v>512.03</v>
+        <v>615.29</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>15</v>
+        <v>406</v>
       </c>
       <c r="F213" s="3">
-        <v>5927</v>
+        <v>4713</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C214" s="3">
-        <v>699.87</v>
+        <v>581.26</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>15</v>
+        <v>419</v>
       </c>
       <c r="F214" s="3">
-        <v>4052</v>
+        <v>2270</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="I214" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B215" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="C215" s="3">
+        <v>787.11</v>
+      </c>
+      <c r="D215" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="C215" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F215" s="3">
-        <v>0</v>
+        <v>2137</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I215" s="3">
-        <v>1</v>
-[...202 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A21:I21"/>
     <mergeCell ref="A35:I35"/>
     <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A58:I58"/>
     <mergeCell ref="A59:I59"/>
-    <mergeCell ref="A60:I60"/>
-[...4 lines deleted...]
-    <mergeCell ref="A163:I163"/>
+    <mergeCell ref="A105:I105"/>
+    <mergeCell ref="A133:I133"/>
+    <mergeCell ref="A134:I134"/>
+    <mergeCell ref="A143:I143"/>
+    <mergeCell ref="A157:I157"/>
+    <mergeCell ref="A160:I160"/>
+    <mergeCell ref="A161:I161"/>
     <mergeCell ref="A167:I167"/>
-    <mergeCell ref="A168:I168"/>
-[...6 lines deleted...]
-    <mergeCell ref="A212:I212"/>
+    <mergeCell ref="A171:I171"/>
+    <mergeCell ref="A173:I173"/>
+    <mergeCell ref="A179:I179"/>
+    <mergeCell ref="A182:I182"/>
+    <mergeCell ref="A184:I184"/>
+    <mergeCell ref="A205:I205"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
@@ -7926,199 +7681,192 @@
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D36" r:id="rId30"/>
     <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
     <hyperlink ref="D51" r:id="rId44"/>
     <hyperlink ref="D52" r:id="rId45"/>
     <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D57" r:id="rId50"/>
-    <hyperlink ref="D58" r:id="rId51"/>
+    <hyperlink ref="D60" r:id="rId51"/>
     <hyperlink ref="D61" r:id="rId52"/>
     <hyperlink ref="D62" r:id="rId53"/>
     <hyperlink ref="D63" r:id="rId54"/>
     <hyperlink ref="D64" r:id="rId55"/>
     <hyperlink ref="D65" r:id="rId56"/>
     <hyperlink ref="D66" r:id="rId57"/>
     <hyperlink ref="D67" r:id="rId58"/>
     <hyperlink ref="D68" r:id="rId59"/>
     <hyperlink ref="D69" r:id="rId60"/>
     <hyperlink ref="D70" r:id="rId61"/>
     <hyperlink ref="D71" r:id="rId62"/>
     <hyperlink ref="D72" r:id="rId63"/>
     <hyperlink ref="D73" r:id="rId64"/>
     <hyperlink ref="D74" r:id="rId65"/>
     <hyperlink ref="D75" r:id="rId66"/>
     <hyperlink ref="D76" r:id="rId67"/>
     <hyperlink ref="D77" r:id="rId68"/>
     <hyperlink ref="D78" r:id="rId69"/>
     <hyperlink ref="D79" r:id="rId70"/>
     <hyperlink ref="D80" r:id="rId71"/>
     <hyperlink ref="D81" r:id="rId72"/>
     <hyperlink ref="D82" r:id="rId73"/>
     <hyperlink ref="D83" r:id="rId74"/>
     <hyperlink ref="D84" r:id="rId75"/>
     <hyperlink ref="D85" r:id="rId76"/>
     <hyperlink ref="D86" r:id="rId77"/>
     <hyperlink ref="D87" r:id="rId78"/>
     <hyperlink ref="D88" r:id="rId79"/>
     <hyperlink ref="D89" r:id="rId80"/>
     <hyperlink ref="D90" r:id="rId81"/>
     <hyperlink ref="D91" r:id="rId82"/>
     <hyperlink ref="D92" r:id="rId83"/>
     <hyperlink ref="D93" r:id="rId84"/>
     <hyperlink ref="D94" r:id="rId85"/>
     <hyperlink ref="D95" r:id="rId86"/>
     <hyperlink ref="D96" r:id="rId87"/>
     <hyperlink ref="D97" r:id="rId88"/>
     <hyperlink ref="D98" r:id="rId89"/>
     <hyperlink ref="D99" r:id="rId90"/>
     <hyperlink ref="D100" r:id="rId91"/>
     <hyperlink ref="D101" r:id="rId92"/>
     <hyperlink ref="D102" r:id="rId93"/>
     <hyperlink ref="D103" r:id="rId94"/>
     <hyperlink ref="D104" r:id="rId95"/>
-    <hyperlink ref="D105" r:id="rId96"/>
-[...2 lines deleted...]
-    <hyperlink ref="D108" r:id="rId99"/>
+    <hyperlink ref="D106" r:id="rId96"/>
+    <hyperlink ref="D107" r:id="rId97"/>
+    <hyperlink ref="D108" r:id="rId98"/>
+    <hyperlink ref="D109" r:id="rId99"/>
     <hyperlink ref="D110" r:id="rId100"/>
     <hyperlink ref="D111" r:id="rId101"/>
     <hyperlink ref="D112" r:id="rId102"/>
     <hyperlink ref="D113" r:id="rId103"/>
     <hyperlink ref="D114" r:id="rId104"/>
     <hyperlink ref="D115" r:id="rId105"/>
     <hyperlink ref="D116" r:id="rId106"/>
     <hyperlink ref="D117" r:id="rId107"/>
     <hyperlink ref="D118" r:id="rId108"/>
     <hyperlink ref="D119" r:id="rId109"/>
     <hyperlink ref="D120" r:id="rId110"/>
     <hyperlink ref="D121" r:id="rId111"/>
     <hyperlink ref="D122" r:id="rId112"/>
     <hyperlink ref="D123" r:id="rId113"/>
     <hyperlink ref="D124" r:id="rId114"/>
     <hyperlink ref="D125" r:id="rId115"/>
     <hyperlink ref="D126" r:id="rId116"/>
     <hyperlink ref="D127" r:id="rId117"/>
     <hyperlink ref="D128" r:id="rId118"/>
     <hyperlink ref="D129" r:id="rId119"/>
     <hyperlink ref="D130" r:id="rId120"/>
     <hyperlink ref="D131" r:id="rId121"/>
     <hyperlink ref="D132" r:id="rId122"/>
-    <hyperlink ref="D133" r:id="rId123"/>
-[...4 lines deleted...]
-    <hyperlink ref="D138" r:id="rId128"/>
+    <hyperlink ref="D135" r:id="rId123"/>
+    <hyperlink ref="D136" r:id="rId124"/>
+    <hyperlink ref="D137" r:id="rId125"/>
+    <hyperlink ref="D138" r:id="rId126"/>
+    <hyperlink ref="D139" r:id="rId127"/>
+    <hyperlink ref="D140" r:id="rId128"/>
     <hyperlink ref="D141" r:id="rId129"/>
     <hyperlink ref="D142" r:id="rId130"/>
-    <hyperlink ref="D143" r:id="rId131"/>
-[...4 lines deleted...]
-    <hyperlink ref="D148" r:id="rId136"/>
+    <hyperlink ref="D144" r:id="rId131"/>
+    <hyperlink ref="D145" r:id="rId132"/>
+    <hyperlink ref="D146" r:id="rId133"/>
+    <hyperlink ref="D147" r:id="rId134"/>
+    <hyperlink ref="D148" r:id="rId135"/>
+    <hyperlink ref="D149" r:id="rId136"/>
     <hyperlink ref="D150" r:id="rId137"/>
     <hyperlink ref="D151" r:id="rId138"/>
     <hyperlink ref="D152" r:id="rId139"/>
     <hyperlink ref="D153" r:id="rId140"/>
     <hyperlink ref="D154" r:id="rId141"/>
     <hyperlink ref="D155" r:id="rId142"/>
     <hyperlink ref="D156" r:id="rId143"/>
-    <hyperlink ref="D157" r:id="rId144"/>
-[...24 lines deleted...]
-    <hyperlink ref="D190" r:id="rId169"/>
+    <hyperlink ref="D158" r:id="rId144"/>
+    <hyperlink ref="D159" r:id="rId145"/>
+    <hyperlink ref="D162" r:id="rId146"/>
+    <hyperlink ref="D163" r:id="rId147"/>
+    <hyperlink ref="D164" r:id="rId148"/>
+    <hyperlink ref="D165" r:id="rId149"/>
+    <hyperlink ref="D166" r:id="rId150"/>
+    <hyperlink ref="D168" r:id="rId151"/>
+    <hyperlink ref="D169" r:id="rId152"/>
+    <hyperlink ref="D170" r:id="rId153"/>
+    <hyperlink ref="D172" r:id="rId154"/>
+    <hyperlink ref="D174" r:id="rId155"/>
+    <hyperlink ref="D175" r:id="rId156"/>
+    <hyperlink ref="D176" r:id="rId157"/>
+    <hyperlink ref="D177" r:id="rId158"/>
+    <hyperlink ref="D178" r:id="rId159"/>
+    <hyperlink ref="D180" r:id="rId160"/>
+    <hyperlink ref="D181" r:id="rId161"/>
+    <hyperlink ref="D183" r:id="rId162"/>
+    <hyperlink ref="D185" r:id="rId163"/>
+    <hyperlink ref="D186" r:id="rId164"/>
+    <hyperlink ref="D187" r:id="rId165"/>
+    <hyperlink ref="D188" r:id="rId166"/>
+    <hyperlink ref="D189" r:id="rId167"/>
+    <hyperlink ref="D190" r:id="rId168"/>
+    <hyperlink ref="D191" r:id="rId169"/>
     <hyperlink ref="D192" r:id="rId170"/>
     <hyperlink ref="D193" r:id="rId171"/>
     <hyperlink ref="D194" r:id="rId172"/>
     <hyperlink ref="D195" r:id="rId173"/>
     <hyperlink ref="D196" r:id="rId174"/>
     <hyperlink ref="D197" r:id="rId175"/>
     <hyperlink ref="D198" r:id="rId176"/>
     <hyperlink ref="D199" r:id="rId177"/>
     <hyperlink ref="D200" r:id="rId178"/>
     <hyperlink ref="D201" r:id="rId179"/>
     <hyperlink ref="D202" r:id="rId180"/>
     <hyperlink ref="D203" r:id="rId181"/>
     <hyperlink ref="D204" r:id="rId182"/>
-    <hyperlink ref="D205" r:id="rId183"/>
-[...5 lines deleted...]
-    <hyperlink ref="D211" r:id="rId189"/>
+    <hyperlink ref="D206" r:id="rId183"/>
+    <hyperlink ref="D207" r:id="rId184"/>
+    <hyperlink ref="D208" r:id="rId185"/>
+    <hyperlink ref="D209" r:id="rId186"/>
+    <hyperlink ref="D210" r:id="rId187"/>
+    <hyperlink ref="D211" r:id="rId188"/>
+    <hyperlink ref="D212" r:id="rId189"/>
     <hyperlink ref="D213" r:id="rId190"/>
     <hyperlink ref="D214" r:id="rId191"/>
     <hyperlink ref="D215" r:id="rId192"/>
-    <hyperlink ref="D216" r:id="rId193"/>
-[...5 lines deleted...]
-    <hyperlink ref="D222" r:id="rId199"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>