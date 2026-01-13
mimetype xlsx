--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -8,2365 +8,2329 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1490" uniqueCount="771">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1466" uniqueCount="759">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Системы для прокладки кабеля</t>
   </si>
   <si>
     <t>1.1 Кабель-канал</t>
   </si>
   <si>
     <t>1.1.1 Кабель-канал REXANT (белый)</t>
   </si>
   <si>
+    <t>28-0060-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 100х60мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>28-1616-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 16х16мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-1212-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 12х12мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-2525-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25х25мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-6060-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 60х60мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-8040-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 80х40мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-0040-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 100х40мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-2516-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25х16мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-4025-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40х25мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-1510-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 15х10мм, белый REXANT</t>
+  </si>
+  <si>
     <t>28-6040-2</t>
   </si>
   <si>
     <t>Кабель-канал 60х40мм, белый REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кабель-канал 25х16мм, белый REXANT</t>
+    <t>28-8060-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 80х60мм, белый REXANT</t>
   </si>
   <si>
     <t>28-2010-2</t>
   </si>
   <si>
     <t>Кабель-канал 20х10мм, белый REXANT</t>
   </si>
   <si>
-    <t>28-4025-2</t>
-[...34 lines deleted...]
-  <si>
     <t>28-4016-2</t>
   </si>
   <si>
     <t>Кабель-канал 40х16мм, белый REXANT</t>
   </si>
   <si>
     <t>28-4040-2</t>
   </si>
   <si>
     <t>Кабель-канал 40х40мм, белый REXANT</t>
   </si>
   <si>
-    <t>28-6060-2</t>
-[...22 lines deleted...]
-  <si>
     <t>1.1.2 Коробки распаячные для кабель-канала</t>
   </si>
   <si>
+    <t>28-3075</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ для кабель-канала, 100х100х29мм, белая, IP40 REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>28-3073</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ для кабель-канала, 50х50х20мм, белая, IP40 REXANT</t>
+  </si>
+  <si>
     <t>28-3072</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ для кабель-канала, 80х80х23мм, белая, IP40 REXANT</t>
   </si>
   <si>
-    <t>шт</t>
-[...13 lines deleted...]
-  <si>
     <t>28-3074</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ для кабель-канала, 100х100х50мм, белая, IP40 REXANT</t>
   </si>
   <si>
     <t>1.1.3 Кабель-канал перфорированный Rexant</t>
   </si>
   <si>
+    <t>28-5016</t>
+  </si>
+  <si>
+    <t>Кабель-канал перфорированный самоклеящийся 40х60мм, серый (паз 5мм, зуб 7мм) REXANT</t>
+  </si>
+  <si>
+    <t>28-5013</t>
+  </si>
+  <si>
+    <t>Кабель-канал перфорированный самоклеящийся 25х40мм, серый (паз 4мм, зуб 6мм) REXANT</t>
+  </si>
+  <si>
+    <t>28-5015</t>
+  </si>
+  <si>
+    <t>Кабель-канал перфорированный самоклеящийся 40х40мм, серый (паз 4мм, зуб 6мм) REXANT</t>
+  </si>
+  <si>
+    <t>28-5017</t>
+  </si>
+  <si>
+    <t>Кабель-канал перфорированный самоклеящийся 60х60мм, серый (паз 5мм, зуб 7мм с отв.) REXANT</t>
+  </si>
+  <si>
     <t>28-5012</t>
   </si>
   <si>
     <t>Кабель-канал перфорированный самоклеящийся 25х25мм, серый (паз 4мм, зуб 6мм) REXANT</t>
   </si>
   <si>
-    <t>28-5016</t>
-[...10 lines deleted...]
-  <si>
     <t>28-5014</t>
   </si>
   <si>
     <t>Кабель-канал перфорированный самоклеящийся 25х60мм, серый (паз 5мм, зуб 7мм) REXANT</t>
   </si>
   <si>
-    <t>28-5015</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.4 Кабель-канал напольный Rexant</t>
   </si>
   <si>
     <t>28-5049</t>
   </si>
   <si>
     <t>Кабель-канал напольный самоклеящийся 70х20мм, серый REXANT</t>
   </si>
   <si>
+    <t>28-5051</t>
+  </si>
+  <si>
+    <t>Кабель-канал напольный самоклеящийся 90х20мм, серый REXANT</t>
+  </si>
+  <si>
     <t>28-5048</t>
   </si>
   <si>
     <t>Кабель-канал напольный самоклеящийся 50х12мм, серый REXANT</t>
   </si>
   <si>
-    <t>28-5051</t>
-[...4 lines deleted...]
-  <si>
     <t>28-5046</t>
   </si>
   <si>
     <t>Кабель-канал напольный 70х16мм, серый REXANT</t>
   </si>
   <si>
     <t>1.1.5 Кабель-канал REXANT (цветной)</t>
   </si>
   <si>
+    <t>28-2525-8</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25x25мм, Черный REXANT</t>
+  </si>
+  <si>
+    <t>28-2516-9</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25х16мм, Серый REXANT</t>
+  </si>
+  <si>
+    <t>28-1212-9</t>
+  </si>
+  <si>
+    <t>Кабель-канал 12х12мм, Серый REXANT</t>
+  </si>
+  <si>
+    <t>28-1212-85</t>
+  </si>
+  <si>
+    <t>Кабель-канал 12x12мм, Канадский клен REXANT</t>
+  </si>
+  <si>
+    <t>28-2516-85</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25x16мм, Канадский клен REXANT</t>
+  </si>
+  <si>
+    <t>28-4016-85</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40x16мм, Канадский клен REXANT</t>
+  </si>
+  <si>
+    <t>28-4025-85</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40x25мм, Канадский клен REXANT</t>
+  </si>
+  <si>
+    <t>28-1212-5</t>
+  </si>
+  <si>
+    <t>Кабель-канал 12х12мм, Сосна 3D REXANT</t>
+  </si>
+  <si>
     <t>28-1510-4</t>
   </si>
   <si>
     <t>Кабель-канал 15х10мм, Дуб REXANT</t>
   </si>
   <si>
     <t>28-1510-5</t>
   </si>
   <si>
     <t>Кабель-канал 15х10мм, Сосна 3D REXANT</t>
   </si>
   <si>
+    <t>28-1616-4</t>
+  </si>
+  <si>
+    <t>Кабель-канал 16х16мм, Дуб REXANT</t>
+  </si>
+  <si>
     <t>28-2010-4</t>
   </si>
   <si>
     <t>Кабель-канал 20х10мм, Дуб REXANT</t>
   </si>
   <si>
+    <t>28-2010-5</t>
+  </si>
+  <si>
+    <t>Кабель-канал 20х10мм, Сосна 3D REXANT</t>
+  </si>
+  <si>
+    <t>28-2516-4</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25х16мм, Дуб REXANT</t>
+  </si>
+  <si>
+    <t>28-2516-5</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25х16мм, Сосна 3D REXANT</t>
+  </si>
+  <si>
     <t>28-2525-4</t>
   </si>
   <si>
     <t>Кабель-канал 25x25мм, Дуб REXANT</t>
   </si>
   <si>
     <t>28-2525-5</t>
   </si>
   <si>
     <t>Кабель-канал 25x25мм, Сосна 3D REXANT</t>
   </si>
   <si>
+    <t>28-4025-4</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40х25мм, Дуб REXANT</t>
+  </si>
+  <si>
+    <t>28-1212-8</t>
+  </si>
+  <si>
+    <t>Кабель-канал 12х12мм, Черный REXANT</t>
+  </si>
+  <si>
+    <t>28-1510-8</t>
+  </si>
+  <si>
+    <t>Кабель-канал 15х10мм, Черный REXANT</t>
+  </si>
+  <si>
+    <t>28-1616-8</t>
+  </si>
+  <si>
+    <t>Кабель-канал 16х16мм, Черный REXANT</t>
+  </si>
+  <si>
+    <t>28-2516-8</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25х16мм, Черный REXANT</t>
+  </si>
+  <si>
+    <t>28-1510-9</t>
+  </si>
+  <si>
+    <t>Кабель-канал 15х10мм, Серый REXANT</t>
+  </si>
+  <si>
+    <t>28-1616-9</t>
+  </si>
+  <si>
+    <t>Кабель-канал 16х16мм, Серый REXANT</t>
+  </si>
+  <si>
+    <t>28-4025-9</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40х25мм, Серый REXANT</t>
+  </si>
+  <si>
+    <t>28-2010-8</t>
+  </si>
+  <si>
+    <t>Кабель-канал 20х10мм, Черный REXANT</t>
+  </si>
+  <si>
+    <t>28-2010-9</t>
+  </si>
+  <si>
+    <t>Кабель-канал 20х10мм, Серый REXANT</t>
+  </si>
+  <si>
+    <t>28-1212-4</t>
+  </si>
+  <si>
+    <t>Кабель-канал 12х12мм, Дуб REXANT</t>
+  </si>
+  <si>
+    <t>28-4016-4</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40х16мм, Дуб REXANT</t>
+  </si>
+  <si>
     <t>28-4025-5</t>
   </si>
   <si>
     <t>Кабель-канал 40х25мм, Сосна 3D REXANT</t>
   </si>
   <si>
-    <t>28-1212-4</t>
-[...28 lines deleted...]
-  <si>
     <t>28-2525-9</t>
   </si>
   <si>
     <t>Кабель-канал 25x25мм, Серый REXANT</t>
   </si>
   <si>
-    <t>28-2516-4</t>
-[...8 lines deleted...]
-    <t>Кабель-канал 40х16мм, Дуб REXANT</t>
+    <t>28-1616-85</t>
+  </si>
+  <si>
+    <t>Кабель-канал 16x16мм, Канадский клен REXANT</t>
+  </si>
+  <si>
+    <t>28-2010-85</t>
+  </si>
+  <si>
+    <t>Кабель-канал 20x10мм, Канадский клен REXANT</t>
+  </si>
+  <si>
+    <t>28-2525-85</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25x25мм, Канадский клен REXANT</t>
   </si>
   <si>
     <t>28-4025-8</t>
   </si>
   <si>
     <t>Кабель-канал 40х25мм, Черный REXANT</t>
   </si>
   <si>
-    <t>28-1616-9</t>
-[...82 lines deleted...]
-  <si>
     <t>28-1616-5</t>
   </si>
   <si>
     <t>Кабель-канал 16х16мм, Сосна 3D REXANT</t>
   </si>
   <si>
-    <t>28-4025-4</t>
-[...40 lines deleted...]
-  <si>
     <t>1.1.6 Кабель канал полукруглый</t>
   </si>
   <si>
     <t>28-4025-13</t>
   </si>
   <si>
     <t>Кабель-канал быстрой укладки 40х25мм, белый (20 м/уп) REXANT</t>
   </si>
   <si>
     <t>28-6040-13</t>
   </si>
   <si>
     <t>Кабель-канал быстрой укладки 60х40мм, белый (10 м/уп) REXANT</t>
   </si>
   <si>
+    <t>28-1625-13</t>
+  </si>
+  <si>
+    <t>Кабель-канал быстрой укладки 16х25мм, белый (80 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-2012-16</t>
+  </si>
+  <si>
+    <t>Кабель-канал полукруглый 20х12мм, серый (60 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4060-13</t>
+  </si>
+  <si>
+    <t>Крышка для кабель-канала быстрой укладки 40х25/60х40мм, белая (20 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-2012-15</t>
   </si>
   <si>
     <t>Кабель-канал полукруглый 20х12мм, черный (60 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-2012-16</t>
-[...10 lines deleted...]
-  <si>
     <t>28-1330-1</t>
   </si>
   <si>
     <t>Кабель-канал полукруглый усиленный 13х30мм, белый (40 м/уп) REXANT</t>
   </si>
   <si>
+    <t>28-2012-14</t>
+  </si>
+  <si>
+    <t>Кабель-канал полукруглый 20х12мм, белый (60 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1330-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель-канал полукруглый усиленный 13х30мм, черный (40 м/уп) REXANT </t>
+  </si>
+  <si>
     <t>28-1330-3</t>
   </si>
   <si>
     <t>Кабель-канал полукруглый усиленный 13х30мм, серый (40 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-2012-14</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Трубы пластиковые гофрированные</t>
   </si>
   <si>
     <t>1.2.1 Трубы гофрированные ПВХ</t>
   </si>
   <si>
+    <t>28-0400-2</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø40мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0500-2</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø50мм (бухта 15 м/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0201-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>28-0016-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0025-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0020-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø20мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0201-50</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 50 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0251-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0025-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø25мм (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0016-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0020-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0032-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø32мм (бухта 25 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0016-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø16мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0032-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø32мм (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0400-60</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, тяжелая, с зондом, ø40мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0500-60</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, тяжелая, с зондом, ø50мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0020-10</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 10 м/уп) REXANT</t>
   </si>
   <si>
-    <t>бухта</t>
-[...55 lines deleted...]
-  <si>
     <t>28-0025-2</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
     <t>28-0161-50</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 50 м/уп) REXANT</t>
   </si>
   <si>
     <t>28-0161-25</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 25 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0201-25</t>
-[...34 lines deleted...]
-  <si>
     <t>1.2.2 Трубы Гофрированные ПНД REXANT</t>
   </si>
   <si>
+    <t>28-0025-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø25мм, черная (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0050-3</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø50мм, черная (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0160-10</t>
   </si>
   <si>
     <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø16мм, черная (бухта 10 м/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0050-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД, с зондом, оранжевая, Ø50мм (15 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0020-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø20мм, оранжевая (100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0016-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø16мм, оранжевая (100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0025-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø25мм, оранжевая (50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0040-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø40мм, черная (бухта 15 м/уп) REXANT </t>
+  </si>
+  <si>
     <t>28-0020-25</t>
   </si>
   <si>
     <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, черная, ø20мм (бухта 25 м/уп) REXANT</t>
   </si>
   <si>
     <t>28-0200-10</t>
   </si>
   <si>
     <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø20мм, черная (бухтa 10 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0025-25</t>
-[...14 lines deleted...]
-    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø50мм, черная (бухта 15 м/уп) REXANT</t>
+    <t>28-0250-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø25мм, черная (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0032-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø32мм, оранжевая (25 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0020-50</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, черная, ø20мм (бухта 50 м/уп) REXANT</t>
   </si>
   <si>
     <t>28-0016-50</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø16мм, черная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>28-0020-50</t>
-[...2 lines deleted...]
-    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, черная, ø20мм (бухта 50 м/уп) REXANT</t>
+    <t>28-0040-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД с зондом, ø40мм, оранжевая (15 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0032-3</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø32мм, черная (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0016-3</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø16мм, черная (бухта 100 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0020-3</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø20мм, черная (бухта 100 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0025-3</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø25мм, черная (бухта 50 м/уп) REXANT</t>
   </si>
   <si>
     <t>28-0016-25</t>
   </si>
   <si>
     <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø16мм, черная (бухта 25 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0040-5</t>
-[...64 lines deleted...]
-  <si>
     <t>1.2.3 Трубы гофрированные автомобильные</t>
   </si>
   <si>
+    <t>15-0550</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная (бухтa 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1051</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная, негорючая (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0500</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная (бухта 100 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0950</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø8,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0750</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1050</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1750</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø17мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1950</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø19,2мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-2630</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø25,8мм, разрезная (бухта 30 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1350</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-2350</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø23,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
     <t>15-0751</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная, негорючая (бухта 50 м/уп)</t>
   </si>
   <si>
-    <t>15-1750</t>
-[...26 lines deleted...]
-    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная (бухта 50 м/уп)</t>
+    <t>15-0501</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная, негорючая (бухта 100 м/уп)</t>
   </si>
   <si>
     <t>15-1351</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная, негорючая (бухта 50 м/уп)</t>
   </si>
   <si>
+    <t>15-0752</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП, Ø6,8мм, неразрезная (бухта 50 м/уп) </t>
+  </si>
+  <si>
+    <t>15-1250</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø11,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1052</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, неразрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
     <t>15-3025</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø28,3мм, разрезная (бухта 25 м/уп)</t>
   </si>
   <si>
-    <t>15-0750</t>
-[...58 lines deleted...]
-  <si>
     <t>1.2.4 Трубы гофрированные автомобильные REXANT</t>
   </si>
   <si>
     <t>16-1047</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø4,7мм, разрезная (бухта 100 м/уп) REXANT </t>
   </si>
   <si>
+    <t>16-1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø11,5мм, разрезная, негорючая (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø13,4мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø6,8мм, разрезная, негорючая (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø19,2мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1048</t>
+  </si>
+  <si>
+    <t>Трубa автомобильная гофрированная ПП Ø4,7мм, разрезная (бухта 50 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>16-1049</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø4,7мм, разрезная, негорючая (бухта 100 м/уп) REXANT </t>
   </si>
   <si>
     <t>16-1050</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø6,0мм, разрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
+    <t>16-1052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø6,8мм, неразрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø9,8мм, неразрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø9,8мм, разрезная, негорючая (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø13,4мм, неразрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø16,5мм, неразрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø16,5мм, разрезная, негорючая (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø19,9мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø25,0мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø26,0мм, разрезная (бухта 30 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1083</t>
+  </si>
+  <si>
+    <t>Трубa автомобильная гофрированная ПП Ø8,5мм, разрезная (бухта 50 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>16-1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø12,4мм, разрезная, негорючая (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø22,6мм, разрезная (бухта 60 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1051</t>
+  </si>
+  <si>
+    <t>Трубa автомобильная гофрированная ПП Ø6,8мм, разрезная (бухта 50 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>16-1054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø7,5мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
     <t>16-1055</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø9,0мм, разрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
     <t>16-1056</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø9,8мм, разрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>16-1054</t>
-[...10 lines deleted...]
-  <si>
     <t>16-1059</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø11,5мм, разрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>16-1075</t>
-[...4 lines deleted...]
-  <si>
     <t>16-1060</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø12,4мм, разрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
     <t>16-1063</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø14,7мм, разрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>16-1066</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø16,5мм, неразрезная (бухта 50 м/уп) REXANT </t>
+    <t>16-1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø16,5мм, разрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
     <t>16-1065</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø18,5мм, разрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>16-1069</t>
-[...82 lines deleted...]
-  <si>
     <t>1.2.5 Трубы гофрированные автомобильные REXANT малые бухты</t>
   </si>
   <si>
     <t>15-0510</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø4,7мм, разрезная (бухта 10 м/уп) REXANT</t>
   </si>
   <si>
+    <t>15-0710</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>15-0705</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная (бухта 5 м/уп) REXANT</t>
   </si>
   <si>
+    <t>15-1305</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная (бухта 5 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>15-0505</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,7мм, разрезная (бухта 5 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>15-1005</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная (бухта 5 м/уп) REXANT</t>
   </si>
   <si>
-    <t>15-1305</t>
-[...2 lines deleted...]
-    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная (бухта 5 м/уп) REXANT</t>
+    <t>15-1010</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная (бухта 10 м/уп) REXANT</t>
   </si>
   <si>
     <t>15-1310</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная (бухта 10 м/уп) REXANT</t>
   </si>
   <si>
-    <t>15-0710</t>
-[...16 lines deleted...]
-  <si>
     <t>1.3 Трубы пластиковые жесткие</t>
   </si>
   <si>
     <t>1.3.1 Трубы пластиковые жесткие ПВХ</t>
   </si>
   <si>
+    <t>28-0250-2</t>
+  </si>
+  <si>
+    <t>Труба гладкая жесткая ПВХ Ø25 мм, 2-метровая серая REXANT</t>
+  </si>
+  <si>
     <t>28-0160-2</t>
   </si>
   <si>
     <t>Труба гладкая жесткая ПВХ Ø16 мм, 2-метровая серая REXANT</t>
   </si>
   <si>
     <t>28-0040-6</t>
   </si>
   <si>
     <t>Труба гладкая жесткая ПВХ Ø40 мм, 2-метровая серая REXANT</t>
   </si>
   <si>
-    <t>28-0250-2</t>
-[...2 lines deleted...]
-    <t>Труба гладкая жесткая ПВХ Ø25 мм, 2-метровая серая REXANT</t>
+    <t>28-0250-1</t>
+  </si>
+  <si>
+    <t>Труба гладкая жесткая ПВХ Ø25 мм, 3-метровая серая REXANT</t>
+  </si>
+  <si>
+    <t>28-0050-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гладкая жесткая ПВХ Ø50 мм, 3-метровая серая REXANT </t>
+  </si>
+  <si>
+    <t>28-0160-1</t>
+  </si>
+  <si>
+    <t>Труба гладкая жесткая ПВХ Ø16 мм, 3-метровая серая REXANT</t>
   </si>
   <si>
     <t>28-0200-1</t>
   </si>
   <si>
     <t>Труба гладкая жесткая ПВХ Ø20 мм, 3-метровая серая REXANT</t>
   </si>
   <si>
-    <t>28-0160-1</t>
-[...16 lines deleted...]
-  <si>
     <t>28-3200-1</t>
   </si>
   <si>
     <t>Труба гладкая жесткая ПВХ Ø32 мм, 3-метровая серая REXANT</t>
   </si>
   <si>
     <t>28-0040-1</t>
   </si>
   <si>
     <t>Труба гладкая жесткая ПВХ Ø40 мм, 3-метровая серая REXANT</t>
   </si>
   <si>
     <t>1.4 Металлорукава</t>
   </si>
   <si>
     <t>1.4.1 Металлорукав</t>
   </si>
   <si>
+    <t>28-1008-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав Р3-ЦХ- 8 REXANT </t>
+  </si>
+  <si>
+    <t>28-1015-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав Р3-ЦХ-15 REXANT </t>
+  </si>
+  <si>
+    <t>28-1025-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав Р3-ЦХ-25 REXANT </t>
+  </si>
+  <si>
+    <t>28-1032-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав Р3-ЦХ-32 REXANT </t>
+  </si>
+  <si>
     <t>28-1010-50</t>
   </si>
   <si>
     <t xml:space="preserve">Металлорукав Р3-ЦХ-10 REXANT </t>
   </si>
   <si>
-    <t>28-1015-50</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Металлорукав Р3-ЦХ-15 REXANT </t>
+    <t>28-1012-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав Р3-ЦХ-12 REXANT </t>
   </si>
   <si>
     <t>28-1018-50</t>
   </si>
   <si>
     <t xml:space="preserve">Металлорукав Р3-ЦХ-18 REXANT </t>
   </si>
   <si>
-    <t>28-1032-20</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Металлорукав Р3-ЦХ-32 REXANT </t>
+    <t>28-1020-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав Р3-ЦХ-20 REXANT </t>
   </si>
   <si>
     <t>28-1050-20</t>
   </si>
   <si>
     <t xml:space="preserve">Металлорукав Р3-ЦХ-50 REXANT </t>
   </si>
   <si>
-    <t>28-1020-50</t>
-[...22 lines deleted...]
-  <si>
     <t>1.4.2 Металлорукав в ПВХ оболочке</t>
   </si>
   <si>
+    <t>28-0118-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-18 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0012-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-12 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0025-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-25 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0050-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-50 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0112-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-12 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0115-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-15 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0132-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-32 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0138-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-38 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0150-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-50 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0125-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-25 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0018-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-18 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0015-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-15 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0022-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-22 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0120-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-20  (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-2020-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-20 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0008-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг- 8 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0032-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-32 (РЗ-Ц-ПВХнг) черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0010-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-10 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
     <t>28-0006-00</t>
   </si>
   <si>
     <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг- 6 (РЗ-Ц-ПВХнг), черный REXANT </t>
   </si>
   <si>
-    <t>28-0012-50</t>
-[...16 lines deleted...]
-  <si>
     <t>28-0038-20</t>
   </si>
   <si>
     <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-38 (РЗ-Ц-ПВХнг), черный REXANT </t>
   </si>
   <si>
-    <t>28-0112-50</t>
-[...10 lines deleted...]
-  <si>
     <t>28-0122-50</t>
   </si>
   <si>
     <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-22 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
   </si>
   <si>
-    <t>28-0118-50</t>
-[...82 lines deleted...]
-  <si>
     <t>1.5 Аксессуары для труб</t>
   </si>
   <si>
     <t>1.5.1 Аксессуары для пластиковых труб REXANT</t>
   </si>
   <si>
+    <t>28-0116-4</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø16мм серая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>28-0132-4</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø32мм серая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0120-5</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø20мм черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0132-5</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø32мм черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0140-4</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø40мм серая (5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0116-5</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø16мм черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0140-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø40мм, серая (30 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0132-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для труб ø32мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0220-1</t>
+  </si>
+  <si>
+    <t>Тройник соединительный для трубы ø20мм, серый IP40 (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0216-1</t>
+  </si>
+  <si>
+    <t>Тройник соединительный для трубы ø16мм, серый IP40 (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0120-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для труб ø20мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0320-67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Муфта соединительная труба-труба ø40мм, серая, IP67, тип 50140 (4 шт/уп) </t>
+  </si>
+  <si>
+    <t>28-0125-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для труб ø25мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0532</t>
+  </si>
+  <si>
+    <t>Угол 90 соединительный для трубы ø32мм (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0116-6</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для труб ø16мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0120-6</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для труб ø20мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0120-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø20мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0516</t>
   </si>
   <si>
     <t>Угол 90 соединительный для трубы ø16мм (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>упак</t>
+    <t>28-0525</t>
+  </si>
+  <si>
+    <t>Угол 90 соединительный для трубы ø25мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0120-4</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø20мм серая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0125-4</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø25мм серая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0125-5</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø25мм черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0319-1</t>
+  </si>
+  <si>
+    <t>Муфта соединительная для трубы ø32мм, серая IP44 (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0116-2</t>
   </si>
   <si>
     <t>Крепеж-клипса для труб ø16мм, серая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0120-2</t>
-[...2 lines deleted...]
-    <t>Крепеж-клипса для труб ø20мм, серая (100 шт/уп) REXANT</t>
+    <t>28-0318-1</t>
+  </si>
+  <si>
+    <t>Муфта соединительная для трубы ø25мм, серая IP44 (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0317-1</t>
+  </si>
+  <si>
+    <t>Муфта соединительная для трубы ø20мм, серая IP44 (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0316-1</t>
   </si>
   <si>
     <t>Муфта соединительная для трубы ø16мм, серая IP44 (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0216-1</t>
-[...8 lines deleted...]
-    <t>Муфта соединительная для трубы ø32мм, серая IP44 (25 шт/уп) REXANT</t>
+    <t>28-0132-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø32мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0116-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для трубы ø16мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0125-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для трубы ø25мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0525</t>
-[...130 lines deleted...]
-  <si>
     <t>1.5.2 Аксессуары для металлорукава</t>
   </si>
   <si>
+    <t>28-0102-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 10-11 однолапковая для металлорукава ø 6 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1017-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 12-13 однолапковая для металлорукава ø 8 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1015-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 38-40 однолапковая для металлорукава ø 32 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1063-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 60-63 двухлапковая для металлорукава ø 50 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1032-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 48-50 однолапковая для металлорукава ø 38 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1011-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 16-17 однолапковая для металлорукава ø 12 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1030-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 21-22 однолапковая для металлорукава ø 18 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1021-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 25-26 двухлапковая для металлорукава ø 20/22 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1023-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 19-20 двухлапковая для металлорукава ø 15 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1019-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 10-11 двухлапковая для металлорукава ø 6 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1013-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 25-26 однолапковая для металлорукава ø 20/22 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1014-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 31-32 однолапковая для металлорукава ø 25 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1041-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 38-40 двухлапковая для металлорукава ø 32 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1026-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 16-17 двухлапковая для металлорукава ø 12 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1027-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 21-22 двухлапковая для металлорукава ø 18 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1050-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 48-50 двухлапковая для металлорукава ø 38 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1010-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 14-15 однолапковая для металлорукава ø 10 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1016-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 19-20 однолапковая для металлорукава ø 15 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1024-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 12-13 двухлапковая для металлорукава ø 8 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1025-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 14-15 двухлапковая для металлорукава ø 10 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1034-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 8-9 двухлапковая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-1009-1</t>
   </si>
   <si>
     <t>Скоба СМО 8-9 однолапковая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0102-1</t>
-[...16 lines deleted...]
-  <si>
     <t>28-1020-1</t>
   </si>
   <si>
     <t>Скоба СМД 31-32 двухлапковая для металлорукава ø 25 мм (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-1063-1</t>
-[...82 lines deleted...]
-  <si>
     <t>28-1016-2</t>
   </si>
   <si>
     <t>Скоба СМО 19-20 однолапковая для металлорукава, ø 15 мм REXANT</t>
   </si>
   <si>
-    <t>28-1015-1</t>
-[...22 lines deleted...]
-  <si>
     <t>1.6 СИП-арматура</t>
   </si>
   <si>
     <t>1.6.1 Зажимы, кронштейны, комплекты крепления</t>
   </si>
   <si>
+    <t>07-9320</t>
+  </si>
+  <si>
+    <t>Ответвительный зажим N 70-TE 16-150/16-150 мм²</t>
+  </si>
+  <si>
+    <t>07-9321</t>
+  </si>
+  <si>
+    <t>Изолированный адаптер для закорачивания и заземления PC 481-TE 16-150 мм²</t>
+  </si>
+  <si>
+    <t>07-9322</t>
+  </si>
+  <si>
+    <t>Фасадное крепление SF 60-TE</t>
+  </si>
+  <si>
+    <t>07-9328</t>
+  </si>
+  <si>
+    <t>Анкерный зажим PAK 25-TE 2х16-4х25 мм², 2,2 kH</t>
+  </si>
+  <si>
+    <t>07-9331</t>
+  </si>
+  <si>
+    <t>Ответвительный зажим P 71-TE 35-95/2,5-54 мм²</t>
+  </si>
+  <si>
+    <t>07-9341</t>
+  </si>
+  <si>
+    <t>Поддерживающий зажим для изолированной несущей нулевой жилы без кронштейна PS 25-95-TE 16-95 мм², 22 кН</t>
+  </si>
+  <si>
+    <t>07-9343</t>
+  </si>
+  <si>
+    <t>Кронштейн промежуточной подвески CS 1500-TE</t>
+  </si>
+  <si>
+    <t>07-9304</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим P 6-TE 6-150/1,5-16 мм²</t>
+  </si>
+  <si>
+    <t>07-9305</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим Р 645-TE 16-150/10-35 мм²</t>
+  </si>
+  <si>
+    <t>07-9310</t>
+  </si>
+  <si>
+    <t>Крюк бандажный CF 16 диаметр 16 мм, 18 кН</t>
+  </si>
+  <si>
+    <t>07-9329</t>
+  </si>
+  <si>
+    <t>Крюк сквозной B 16/240-TE диаметр 16 мм, 12 kH</t>
+  </si>
+  <si>
+    <t>07-9317</t>
+  </si>
+  <si>
+    <t>Анкерный зажим для несущей нейтрали PA 1500-TE 25-70 мм² 15 kH</t>
+  </si>
+  <si>
+    <t>07-9327</t>
+  </si>
+  <si>
+    <t>Ограничитель перенапряжения OP 600/28-TE</t>
+  </si>
+  <si>
+    <t>07-9303</t>
+  </si>
+  <si>
+    <t>Комплект промежуточной подвески ES 1500-TE 16-95 мм², 12 кН</t>
+  </si>
+  <si>
     <t>07-9312</t>
   </si>
   <si>
     <t>Крюк с резьбой BT 8-TE диаметр 8 мм, 2,3 кН</t>
   </si>
   <si>
     <t>07-9313</t>
   </si>
   <si>
     <t>Крюк с резьбой BT 16-TE диаметр 16 мм, 6,6 кН</t>
   </si>
   <si>
-    <t>07-9317</t>
-[...2 lines deleted...]
-    <t>Анкерный зажим для несущей нейтрали PA 1500-TE 25-70 мм² 15 kH</t>
+    <t>07-9330</t>
+  </si>
+  <si>
+    <t>Крюк сквозной B 20/240-TE диаметр 20 мм, 24 kH</t>
+  </si>
+  <si>
+    <t>07-9318</t>
+  </si>
+  <si>
+    <t>Анкерный зажим для несущей нейтрали PA 2000-TE 70-95 мм² 22 kH</t>
   </si>
   <si>
     <t>07-9302</t>
   </si>
   <si>
     <t>Анкерный зажим PA 25-TE 2х16-4х25 мм² 3,5 кН</t>
   </si>
   <si>
-    <t>07-9329</t>
-[...50 lines deleted...]
-    <t>Ограничитель перенапряжения OP 600/28-TE</t>
+    <t>07-9319</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим P 70-TE 16-150/16-150 мм²</t>
   </si>
   <si>
     <t>07-9326</t>
   </si>
   <si>
     <t>Комплект клеммников SV 15-TE</t>
   </si>
   <si>
-    <t>07-9328</t>
-[...46 lines deleted...]
-  <si>
     <t>1.6.2 Гильзы, наконечники, колпачки</t>
   </si>
   <si>
+    <t>07-9336</t>
+  </si>
+  <si>
+    <t>Изолированный наконечник CPTA R50-TE 50 мм²</t>
+  </si>
+  <si>
+    <t>07-9337</t>
+  </si>
+  <si>
+    <t>Изолированный наконечник CPTA R54-TE 54 мм²</t>
+  </si>
+  <si>
+    <t>07-9339</t>
+  </si>
+  <si>
+    <t>Изолированный наконечник CPTA R95-TE 95 мм²</t>
+  </si>
+  <si>
     <t>07-9333</t>
   </si>
   <si>
     <t>Изолированный наконечник CPTA R16-TE 16 мм²</t>
   </si>
   <si>
-    <t>07-9337</t>
-[...2 lines deleted...]
-    <t>Изолированный наконечник CPTA R54-TE 54 мм²</t>
+    <t>07-9334</t>
+  </si>
+  <si>
+    <t>Изолированный наконечник CPTA R25-TE 25 мм²</t>
   </si>
   <si>
     <t>07-9338</t>
   </si>
   <si>
     <t>Изолированный наконечник CPTA R70-TE 70 мм²</t>
   </si>
   <si>
-    <t>07-9339</t>
-[...16 lines deleted...]
-  <si>
     <t>1.6.3 Расходные материалы для СИП</t>
   </si>
   <si>
+    <t>07-9308</t>
+  </si>
+  <si>
+    <t>Скрепа для ленты NC 20-TE ширина 20 мм</t>
+  </si>
+  <si>
+    <t>07-9314</t>
+  </si>
+  <si>
+    <t>Бугель для ленты NB 20-TE ширина 20 мм</t>
+  </si>
+  <si>
     <t>07-9307</t>
   </si>
   <si>
     <t>Монтажная лента в пластиковой упаковке F 207-TE</t>
   </si>
   <si>
-    <t>07-9314</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7 Монтажные коробки</t>
   </si>
   <si>
     <t>1.7.1 Коробки распаячные открытой установки</t>
   </si>
   <si>
+    <t>28-3058</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, 100x100x50, винт IP44 REXANT</t>
+  </si>
+  <si>
+    <t>28-3057</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ 150x110x70 мм, винт IP55 REXANT</t>
+  </si>
+  <si>
+    <t>28-3065</t>
+  </si>
+  <si>
+    <t>Коробка распаячная трехрожковая ОУ, 70x35, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>28-3059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка распределительная наружного монтажа с откидной крышкой 100х100х50 мм, IP54 REXANT </t>
+  </si>
+  <si>
+    <t>28-3064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка распределительная наружного монтажа с откидной крышкой 80х80х50 мм, IP54 REXANT </t>
+  </si>
+  <si>
+    <t>28-3009</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, D 85х40мм, IP54 (УПр 85/40.1.3) REXANT</t>
+  </si>
+  <si>
+    <t>28-3008</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, Ø 65х40 мм, IP54 (УПр 65/40.1.3) REXANT</t>
+  </si>
+  <si>
+    <t>28-3055</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, 65x65x50, IP54 (УПрк 65*65/45.2.3) REXANT</t>
+  </si>
+  <si>
     <t>28-3052</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ 85х85х40 мм, IP44 REXANT</t>
   </si>
   <si>
     <t>28-3056</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ 100x100x50 мм, IP55 REXANT</t>
   </si>
   <si>
-    <t>28-3057</t>
-[...47 lines deleted...]
-    <t>1.7.2 Коробки распаячные скрытой установки</t>
+    <t>1.7.2 Коробки установочные (подрозетники)</t>
+  </si>
+  <si>
+    <t>28-3038</t>
+  </si>
+  <si>
+    <t>Коробка установочная бетон/кирпич, 68х45 мм С3М2 REXANT</t>
+  </si>
+  <si>
+    <t>28-3039</t>
+  </si>
+  <si>
+    <t>Коробка установочная для полых стен, 68х45 мм С3Е3 REXANT</t>
+  </si>
+  <si>
+    <t>28-3049</t>
+  </si>
+  <si>
+    <t>Крышка для установочных коробок (подрозетника) белая Ø 74 мм REXANT</t>
+  </si>
+  <si>
+    <t>28-3067</t>
+  </si>
+  <si>
+    <t>Коробка установочная бетон/кирпич, 68х40 мм  REXANT</t>
+  </si>
+  <si>
+    <t>28-3047</t>
+  </si>
+  <si>
+    <t>Коробка установочная, бетон/кирпич, глубокая, блочная 68х60 мм С3М4 REXANT</t>
+  </si>
+  <si>
+    <t>28-3046</t>
+  </si>
+  <si>
+    <t>Коробка установочная бетон/кирпич, блочная 68х45 мм С3М3 REXANT</t>
+  </si>
+  <si>
+    <t>28-3048</t>
+  </si>
+  <si>
+    <t>Канал-соединитель для установочных коробок, С3А3 REXANT</t>
+  </si>
+  <si>
+    <t>1.7.3 Коробки монтажные специальные</t>
+  </si>
+  <si>
+    <t>28-3050</t>
+  </si>
+  <si>
+    <t>Коробка уравнивания потенциалов ОУ 85×85×40 мм, IP44 REXANT</t>
+  </si>
+  <si>
+    <t>28-3051</t>
+  </si>
+  <si>
+    <t>Коробка уравнивания потенциалов ОУ 100×100×50 мм, винт IP55 REXANT</t>
+  </si>
+  <si>
+    <t>1.7.4 Коробки монтажные для видеокамер</t>
+  </si>
+  <si>
+    <t>28-4007</t>
+  </si>
+  <si>
+    <t>Крестовина кронштейна для камер видеонаблюдения REXANT</t>
+  </si>
+  <si>
+    <t>28-4008</t>
+  </si>
+  <si>
+    <t>Платформа кронштейна глухая для камер видеонаблюдения REXANT</t>
+  </si>
+  <si>
+    <t>28-4010</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения 140х140х66 мм IP56 REXANT</t>
+  </si>
+  <si>
+    <t>28-4006</t>
+  </si>
+  <si>
+    <t>Платформа под камеру для кронштейна REXANT</t>
+  </si>
+  <si>
+    <t>28-4003</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения 131х46,5 мм IP55 REXANT</t>
+  </si>
+  <si>
+    <t>28-4004</t>
+  </si>
+  <si>
+    <t>Платформа кронштейна сквозная для камер видеонаблюдения REXANT</t>
+  </si>
+  <si>
+    <t>28-4001</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения130х130х50 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.7.5 Коробки распаячные скрытой установки</t>
+  </si>
+  <si>
+    <t>28-3044</t>
+  </si>
+  <si>
+    <t>Коробка распаячная СУ для полых стен D 80х40 мм REXANT</t>
   </si>
   <si>
     <t>28-3027</t>
   </si>
   <si>
     <t>Коробка распаячная СУ D 80х40 мм REXANT</t>
   </si>
   <si>
     <t>28-3045</t>
   </si>
   <si>
     <t>Коробка распаячная СУ для полых стен 120х92х45 мм REXANT</t>
   </si>
   <si>
-    <t>28-3044</t>
-[...127 lines deleted...]
-  <si>
     <t>1.8 Изделия для прямого монтажа</t>
   </si>
   <si>
+    <t>28-0416-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0425-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0432-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0440-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, белая (25 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0450-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0440-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0450-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0416-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0420-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0432-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0440-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0450-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1027-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 21-22 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4015</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний черный, 140мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4018</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний серый, 140мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4020</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний белый, 67мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4021</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний белый, 140мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0420-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0420-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-3078</t>
+  </si>
+  <si>
+    <t>Коробка распаячная для прямого монтажа ОУ, HF, 80х80х40мм, IP67 (мембранные вводы) REXANT</t>
+  </si>
+  <si>
+    <t>28-3080</t>
+  </si>
+  <si>
+    <t>Коробка распаячная для прямого монтажа ОУ, HF, 150х110х70мм, IP67 (мембранные вводы) REXANT</t>
+  </si>
+  <si>
+    <t>28-1016-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 19-20 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1011-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 16-17 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4014</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний черный, 67мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4016</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа двухсторонний черный, 240мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4019</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа двухсторонний серый, 240мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4022</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа двухсторонний белый, 240мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-3079</t>
+  </si>
+  <si>
+    <t>Коробка распаячная для прямого монтажа ОУ, HF, 100х100х50мм, IP67 (мембранные вводы) REXANT</t>
+  </si>
+  <si>
+    <t>28-1021-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 25-26 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0432-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0416-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0425-1</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, серая (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0432-3</t>
-[...44 lines deleted...]
-    <t>Скоба СМО 21-22 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+    <t>28-0425-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, черная (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-4017</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа односторонний серый, 67мм (20шт/уп) REXANT</t>
-  </si>
-[...136 lines deleted...]
-    <t>Держатель кабеля для прямого монтажа двухсторонний серый, 240мм (20шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2751,56 +2715,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-60h40mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-80h40mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-100h40mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h25mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h16mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h40mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-60h60mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-80h60mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-100h60mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-80h80h23mm-belaya-ip40-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-50h50h20mm-belaya-ip40-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-100h100h29mm-belaya-ip40-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-100h100h50mm-belaya-ip40-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-25h25mm-seryy-paz-4mm-zub-6mm-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-40h60mm-seryy-paz-5mm-zub-7mm-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-25h40mm-seryy-paz-4mm-zub-6mm-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-25h60mm-seryy-paz-5mm-zub-7mm-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-40h40mm-seryy-paz-4mm-zub-6mm-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-60h60mm-seryy-paz-5mm-zub-7mm-s-otv-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyaschiysya-70h20mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyaschiysya-50h12mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyaschiysya-90h20mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-70h16mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-dub-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-sosna-3d-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-dub-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-dub-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-sosna-3d-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-sosna-3d-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-dub-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-dub-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-dub-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h16mm-dub-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12x12mm-kanadskiy-klen-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20x10mm-kanadskiy-klen-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x16mm-kanadskiy-klen-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40x25mm-kanadskiy-klen-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15x10mm-kanadskiy-klen-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-sosna-3d-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-dub-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-sosna-3d-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-sosna-3d-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-sosna-3d-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40x16mm-kanadskiy-klen-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-kanadskiy-klen-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16x16mm-kanadskiy-klen-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-40h25mm-belyy-20-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-60h40mm-belyy-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-20h12mm-chernyy-60-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-20h12mm-seryy-60-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-16h25mm-belyy-80-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-usilennyy-13h30mm-belyy-40-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-usilennyy-13h30mm-seryy-40-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-20h12mm-belyy-60-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-usilennyy-13h30mm-chernyy-40-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-kabel-kanala-bystroy-ukladki-40h25-60h40mm-belaya-20-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-50mm-buhta-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-40mm-buhta-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-32mm-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-50mm-buhta-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-16mm-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-20mm-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-40mm-buhta-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-32mm-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-25mm-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-chernaya-20mm-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-chernaya-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-40mm-chernaya-buhta-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-50mm-chernaya-buhta-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-chernaya-20mm-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-s-zondom-40mm-oranzhevaya-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-oranzhevaya-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-s-zondom-oranzhevaya-50mm-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-oranzhevaya-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-32mm-oranzhevaya-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-chernaya-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-oranzhevaya-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-32mm-chernaya-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-negoryuchaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-17mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-23-5mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-negoryuchaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-28-3mm-razreznaya-buhta-25-m-up.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-negoryuchaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-100-m-up.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-8mm-razreznaya-buhta-30-m-up.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-negoryuchaya-buhta-100-m-up.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-4-7mm-razreznaya-negoryuchaya-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-0mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-0mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-7-5mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-11-5mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-4mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-14-7mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-13-4mm-nerazreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-16-5mm-nerazreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-18-5mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-0mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-9-8mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-6-8mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-13-4mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-22-6mm-razreznaya-buhta-60-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-12-4mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-16-5mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-16-5mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-9mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-26-0mm-razreznaya-buhta-30-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-5-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-5-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-5-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-5-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-16-mm-2-metrovaya-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-40-mm-2-metrovaya-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-25-mm-2-metrovaya-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-20-mm-3-metrovaya-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-16-mm-3-metrovaya-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-25-mm-3-metrovaya-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-50-mm-3-metrovaya-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-32-mm-3-metrovaya-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-40-mm-3-metrovaya-seraya-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-10-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-15-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-18-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-32-rexant.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-50-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-20-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-8-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-25-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-12-rexant.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-6-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-12-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-22-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-25-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-38-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-12-rz-ts-pvhng-s-zondom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-20-rz-ts-pvhng-s-zondom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-22-rz-ts-pvhng-s-zondom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-18-rz-ts-pvhng-s-zondom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-32-rz-ts-pvhng-s-zondom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-50-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-15-rz-ts-pvhng-s-zondom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-25-rz-ts-pvhng-s-zondom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-20-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-15-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-18-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-38-rz-ts-pvhng-s-zondom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-50-rz-ts-pvhng-s-zondom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-8-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-32-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-rz-tspng-25-diy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-10-rz-ts-pvhng-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-16mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-16mm-seraya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-20mm-seraya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-16mm-seraya-ip44-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-soedinitelnyy-dlya-truby-16mm-seryy-ip40-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-32mm-seraya-ip44-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-25mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-32mm-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-seraya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-seraya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-seraya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-chernaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-chernaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-seraya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-chernaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-16mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-20mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-25mm-seraya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-32mm-seraya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-40mm-seraya-30-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-25mm-seraya-ip44-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-soedinitelnyy-dlya-truby-20mm-seryy-ip40-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-chernaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-40mm-seraya-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-truba-truba-40mm-seraya-ip67-tip-50140-4-sht-up.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-20mm-seraya-ip44-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-8-9-odnolapkovaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-10-11-odnolapkovaya-dlya-metallorukava-6-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-19-20-dvuhlapkovaya-dlya-metallorukava-15-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-25-26-dvuhlapkovaya-dlya-metallorukava-20-22-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-31-32-dvuhlapkovaya-dlya-metallorukava-25-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-60-63-dvuhlapkovaya-dlya-metallorukava-50-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-12-13-odnolapkovaya-dlya-metallorukava-8-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-odnolapkovaya-dlya-metallorukava-20-22-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-31-32-odnolapkovaya-dlya-metallorukava-25-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-38-40-dvuhlapkovaya-dlya-metallorukava-32-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-odnolapkovaya-dlya-metallorukava-12-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-14-15-dvuhlapkovaya-dlya-metallorukava-10-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-16-17-dvuhlapkovaya-dlya-metallorukava-12-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-21-22-dvuhlapkovaya-dlya-metallorukava-18-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-48-50-dvuhlapkovaya-dlya-metallorukava-38-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-12-13-dvuhlapkovaya-dlya-metallorukava-8-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-8-9-dvuhlapkovaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-14-15-odnolapkovaya-dlya-metallorukava-10-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-10-11-dvuhlapkovaya-dlya-metallorukava-6-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-odnolapkovaya-dlya-metallorukava-15-mm-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-38-40-odnolapkovaya-dlya-metallorukava-32-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-48-50-odnolapkovaya-dlya-metallorukava-38-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-odnolapkovaya-dlya-metallorukava-15-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-odnolapkovaya-dlya-metallorukava-18-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-8-te-diametr-8-mm-2-3-kn.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-16-te-diametr-16-mm-6-6-kn.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-1500-te-25-70-mm-15-kh.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pa-25-te-2h16-4h25-mm-3-5-kn.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-16-240-te-diametr-16-mm-12-kh.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-20-240-te-diametr-20-mm-24-kh.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-promezhutochnoy-podveski-es-1500-te-16-95-mm-12-kn.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-ankernyy-cs-10-3-te-18-kn.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-r-645-te-16-150-10-35-mm.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-bandazhnyy-cf-16-diametr-16-mm-18-kn.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-6-te-6-150-1-5-16-mm.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fasadnoe-kreplenie-sf-60-te.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-perenapryazheniya-op-600-28-te.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-klemmnikov-sv-15-te.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pak-25-te-2h16-4h25-mm-2-2-kh.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podderzhivayuschiy-zazhim-dlya-izolirovannoy-nesuschey-nulevoy-zhily-bez-kronshteyna-ps-25-95-te-16-.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-70-te-16-150-16-150-mm.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-adapter-dlya-zakorachivaniya-i-zazemleniya-pc-481-te-16-150-mm.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-promezhutochnoy-podveski-cs-1500-te.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-n-70-te-16-150-16-150-mm.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-p-71-te-35-95-2-5-54-mm.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-2000-te-70-95-mm-22-kh.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r16-te-16-mm.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r54-te-54-mm.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r70-te-70-mm.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r95-te-95-mm.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r25-te-25-mm.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r50-te-50-mm.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-lenta-v-plastikovoy-upakovke-f-207-te.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bugel-dlya-lenty-nb-20-te-shirina-20-mm.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrepa-dlya-lenty-nc-20-te-shirina-20-mm.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-85h85h40-mm-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-mm-ip55-rexant.html" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-150x110x70-mm-vint-ip55-rexant.html" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65h40-mm-ip54-upr-65-40-1-3-rexant.html" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-d-85h40mm-ip54-upr-85-40-1-3-rexant.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-vint-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-80h80h50-mm-ip54-rexant.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-trehrozhkovaya-ou-70x35-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65x65x50-ip54-uprk-65-65-45-2-3-rexant.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-100h100h50-mm-ip54-rexant.html" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-d-80h40-mm-rexant.html" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-120h92h45-mm-rexant.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-d-80h40-mm-rexant.html" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanal-soedinitel-dlya-ustanovochnyh-korobok-s3a3-rexant.html" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-ustanovochnyh-korobok-podrozetnika-belaya-74-mm-rexant.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h45-mm-s3m2-rexant.html" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-blochnaya-68h45-mm-s3m3-rexant.html" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-glubokaya-blochnaya-68h60-mm-s3m4-rexant.html" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h40-mm-rexant.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-dlya-polyh-sten-68h45-mm-s3e3-rexant.html" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-sbornaya-okonechnaya-68h45-mm-rexant.html" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-sbornaya-prohodnaya-68h45-mm-rexant.html" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-100-100-50-mm-vint-ip55-rexant.html" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-85-85-40-mm-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-pod-kameru-dlya-kronshteyna-rexant.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-gluhaya-dlya-kamer-videonablyudeniya-rexant.html" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-131h41-5-mm-ip55-rexant.html" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-140h140h66-mm-ip56-rexant.html" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya130h130h50-mm-rexant.html" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kronshteyna-dlya-kamer-videonablyudeniya-rexant.html" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-skvoznaya-dlya-kamer-videonablyudeniya-rexant.html" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krestovina-kronshteyna-dlya-kamer-videonablyudeniya-rexant.html" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-belaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-seraya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-seraya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-chernaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-seraya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-67mm-20sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-67mm-20sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-140mm-20sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-chernyy-240mm-20sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-belyy-240mm-20sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-100h100h50mm-ip67-membrannye-vvody-rexant.html" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-150h110h70mm-ip67-membrannye-vvody-rexant.html" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-seraya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-seraya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-chernaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-belaya-25-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-seraya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-67mm-20sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-140mm-20sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-140mm-20sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-80h80h40mm-ip67-membrannye-vvody-rexant.html" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-seryy-240mm-20sht-up-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-100h60mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h25mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-60h60mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-80h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-100h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-60h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-80h60mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h16mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-100h100h29mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-50h50h20mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-80h80h23mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-100h100h50mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-40h60mm-seryy-paz-5mm-zub-7mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-25h40mm-seryy-paz-4mm-zub-6mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-40h40mm-seryy-paz-4mm-zub-6mm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-60h60mm-seryy-paz-5mm-zub-7mm-s-otv-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-25h25mm-seryy-paz-4mm-zub-6mm-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-25h60mm-seryy-paz-5mm-zub-7mm-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyaschiysya-70h20mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyaschiysya-90h20mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyaschiysya-50h12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-70h16mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12x12mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x16mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40x16mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40x25mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-dub-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-dub-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-dub-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-dub-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-dub-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-dub-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-dub-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h16mm-dub-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16x16mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20x10mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-40h25mm-belyy-20-m-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-60h40mm-belyy-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-16h25mm-belyy-80-m-up-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-20h12mm-seryy-60-m-up-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-kabel-kanala-bystroy-ukladki-40h25-60h40mm-belaya-20-m-up-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-20h12mm-chernyy-60-m-up-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-usilennyy-13h30mm-belyy-40-m-up-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-20h12mm-belyy-60-m-up-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-usilennyy-13h30mm-chernyy-40-m-up-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-usilennyy-13h30mm-seryy-40-m-up-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-40mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-50mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-20mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-25mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-32mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-16mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-32mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-40mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-50mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-50mm-chernaya-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-s-zondom-oranzhevaya-50mm-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-oranzhevaya-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-oranzhevaya-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-oranzhevaya-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-40mm-chernaya-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-chernaya-20mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-chernaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-32mm-oranzhevaya-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-chernaya-20mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-s-zondom-40mm-oranzhevaya-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-32mm-chernaya-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-chernaya-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-100-m-up" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-17mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-8mm-razreznaya-buhta-30-m-up" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-23-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-negoryuchaya-buhta-100-m-up" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-28-3mm-razreznaya-buhta-25-m-up" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-11-5mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-13-4mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-6-8mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-4-7mm-razreznaya-negoryuchaya-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-0mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-9-8mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-13-4mm-nerazreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-16-5mm-nerazreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-16-5mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-9mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-0mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-26-0mm-razreznaya-buhta-30-m-up-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-12-4mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-22-6mm-razreznaya-buhta-60-m-up-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-7-5mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-0mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-4mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-14-7mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-16-5mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-18-5mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-5-m-up-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-5-m-up-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-5-m-up-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-5-m-up-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-25-mm-2-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-16-mm-2-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-40-mm-2-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-25-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-50-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-16-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-20-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-32-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-40-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-8-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-15-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-25-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-32-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-10-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-12-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-18-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-20-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-50-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-18-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-12-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-25-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-50-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-12-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-15-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-32-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-38-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-50-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-25-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-18-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-15-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-22-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-20-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-20-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-8-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-32-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-10-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-6-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-38-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-22-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-seraya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-seraya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-40mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-40mm-seraya-30-sht-up-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-32mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-soedinitelnyy-dlya-truby-20mm-seryy-ip40-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-soedinitelnyy-dlya-truby-16mm-seryy-ip40-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-20mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-truba-truba-40mm-seraya-ip67-tip-50140-4-sht-up" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-25mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-32mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-16mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-20mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-16mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-25mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-seraya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-seraya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-32mm-seraya-ip44-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-16mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-25mm-seraya-ip44-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-20mm-seraya-ip44-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-16mm-seraya-ip44-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-10-11-odnolapkovaya-dlya-metallorukava-6-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-12-13-odnolapkovaya-dlya-metallorukava-8-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-38-40-odnolapkovaya-dlya-metallorukava-32-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-60-63-dvuhlapkovaya-dlya-metallorukava-50-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-48-50-odnolapkovaya-dlya-metallorukava-38-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-odnolapkovaya-dlya-metallorukava-12-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-odnolapkovaya-dlya-metallorukava-18-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-25-26-dvuhlapkovaya-dlya-metallorukava-20-22-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-19-20-dvuhlapkovaya-dlya-metallorukava-15-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-10-11-dvuhlapkovaya-dlya-metallorukava-6-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-odnolapkovaya-dlya-metallorukava-20-22-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-31-32-odnolapkovaya-dlya-metallorukava-25-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-38-40-dvuhlapkovaya-dlya-metallorukava-32-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-16-17-dvuhlapkovaya-dlya-metallorukava-12-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-21-22-dvuhlapkovaya-dlya-metallorukava-18-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-48-50-dvuhlapkovaya-dlya-metallorukava-38-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-14-15-odnolapkovaya-dlya-metallorukava-10-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-odnolapkovaya-dlya-metallorukava-15-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-12-13-dvuhlapkovaya-dlya-metallorukava-8-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-14-15-dvuhlapkovaya-dlya-metallorukava-10-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-8-9-dvuhlapkovaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-8-9-odnolapkovaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-31-32-dvuhlapkovaya-dlya-metallorukava-25-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-odnolapkovaya-dlya-metallorukava-15-mm-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-n-70-te-16-150-16-150-mm" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-adapter-dlya-zakorachivaniya-i-zazemleniya-pc-481-te-16-150-mm" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fasadnoe-kreplenie-sf-60-te" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pak-25-te-2h16-4h25-mm-2-2-kh" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-p-71-te-35-95-2-5-54-mm" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podderzhivayuschiy-zazhim-dlya-izolirovannoy-nesuschey-nulevoy-zhily-bez-kronshteyna-ps-25-95-te-16" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-promezhutochnoy-podveski-cs-1500-te" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-6-te-6-150-1-5-16-mm" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-r-645-te-16-150-10-35-mm" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-bandazhnyy-cf-16-diametr-16-mm-18-kn" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-16-240-te-diametr-16-mm-12-kh" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-1500-te-25-70-mm-15-kh" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-perenapryazheniya-op-600-28-te" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-promezhutochnoy-podveski-es-1500-te-16-95-mm-12-kn" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-8-te-diametr-8-mm-2-3-kn" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-16-te-diametr-16-mm-6-6-kn" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-20-240-te-diametr-20-mm-24-kh" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-2000-te-70-95-mm-22-kh" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pa-25-te-2h16-4h25-mm-3-5-kn" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-70-te-16-150-16-150-mm" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-klemmnikov-sv-15-te" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r50-te-50-mm" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r54-te-54-mm" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r95-te-95-mm" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r16-te-16-mm" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r25-te-25-mm" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r70-te-70-mm" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrepa-dlya-lenty-nc-20-te-shirina-20-mm" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bugel-dlya-lenty-nb-20-te-shirina-20-mm" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-lenta-v-plastikovoy-upakovke-f-207-te" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-vint-ip44-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-150x110x70-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-trehrozhkovaya-ou-70x35-ip20-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-100h100h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-80h80h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-d-85h40mm-ip54-upr-85-40-1-3-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65h40-mm-ip54-upr-65-40-1-3-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65x65x50-ip54-uprk-65-65-45-2-3-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-85h85h40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h45-mm-s3m2-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-dlya-polyh-sten-68h45-mm-s3e3-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-ustanovochnyh-korobok-podrozetnika-belaya-74-mm-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h40-mm-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-glubokaya-blochnaya-68h60-mm-s3m4-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-blochnaya-68h45-mm-s3m3-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanal-soedinitel-dlya-ustanovochnyh-korobok-s3a3-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-85-85-40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-100-100-50-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krestovina-kronshteyna-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-gluhaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-140h140h66-mm-ip56-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-pod-kameru-dlya-kronshteyna-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-131h46-5-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-skvoznaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya130h130h50-mm-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-d-80h40-mm-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-d-80h40-mm-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-120h92h45-mm-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-67mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-80h80h40mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-150h110h70mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-67mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-chernyy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-seryy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-belyy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-100h100h50mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-67mm-20sht-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I396"/>
+  <dimension ref="A1:I390"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2845,10965 +2809,10791 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>197.58</v>
+        <v>499.79</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>3202</v>
+        <v>1396</v>
       </c>
       <c r="G5" s="3">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="H5" s="3">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>58.18</v>
+        <v>44.3</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>540</v>
+        <v>18727</v>
       </c>
       <c r="G6" s="3">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>37.94</v>
+        <v>32.86</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>13256</v>
+        <v>24312</v>
       </c>
       <c r="G7" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>103.38</v>
+        <v>85.53</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>9482</v>
+        <v>8245</v>
       </c>
       <c r="G8" s="3">
         <v>32</v>
       </c>
       <c r="H8" s="3">
         <v>32</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>37.85</v>
+        <v>305.2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>18092</v>
+        <v>1006</v>
       </c>
       <c r="G9" s="3">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="H9" s="3">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>334.32</v>
+        <v>376.56</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>1272</v>
+        <v>638</v>
       </c>
       <c r="G10" s="3">
         <v>12</v>
       </c>
       <c r="H10" s="3">
         <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>366.49</v>
+        <v>436.22</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>2020</v>
+        <v>896</v>
       </c>
       <c r="G11" s="3">
         <v>8</v>
       </c>
       <c r="H11" s="3">
         <v>8</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>28.72</v>
+        <v>68.88</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>13310</v>
+        <v>29012</v>
       </c>
       <c r="G12" s="3">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="H12" s="3">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>75.54</v>
+        <v>123.34</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>5600</v>
+        <v>12107</v>
       </c>
       <c r="G13" s="3">
         <v>32</v>
       </c>
       <c r="H13" s="3">
         <v>32</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>88.06</v>
+        <v>34.59</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>11736</v>
+        <v>16982</v>
       </c>
       <c r="G14" s="3">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="H14" s="3">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>131.4</v>
+        <v>234.85</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>3742</v>
+        <v>3687</v>
       </c>
       <c r="G15" s="3">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="H15" s="3">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>256.36</v>
+        <v>410.01</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>2170</v>
+        <v>648</v>
       </c>
       <c r="G16" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="H16" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>344.54</v>
+        <v>42.19</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>456</v>
+        <v>17389</v>
       </c>
       <c r="G17" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>29.54</v>
+        <v>99.51</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>7560</v>
+        <v>6002</v>
       </c>
       <c r="G18" s="3">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="H18" s="3">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>421.86</v>
+        <v>164.3</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>1594</v>
+        <v>4290</v>
       </c>
       <c r="G19" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="H19" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>59.36</v>
+        <v>162.74</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>631</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>45.92</v>
+        <v>50.44</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F22" s="3">
-        <v>290</v>
+        <v>551</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>141.61</v>
+        <v>60.37</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F23" s="3">
-        <v>522</v>
+        <v>79</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>169.92</v>
+        <v>184.91</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F24" s="3">
-        <v>1423</v>
+        <v>1132</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>24</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>202.48</v>
+        <v>428.93</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>346.28</v>
+        <v>285.38</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>480</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="H27" s="3">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>267.25</v>
+        <v>362.5</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>1296</v>
       </c>
       <c r="G28" s="3">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="H28" s="3">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>357.38</v>
+        <v>605.9</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="H29" s="3">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>336.26</v>
+        <v>226.52</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>536.73</v>
+        <v>381.63</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="H31" s="3">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>482.37</v>
+        <v>515.1</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>292</v>
+        <v>58</v>
       </c>
       <c r="G33" s="3">
         <v>60</v>
       </c>
       <c r="H33" s="3">
         <v>60</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>395</v>
+        <v>562.67</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>60</v>
+        <v>2</v>
       </c>
       <c r="H34" s="3">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>526.91</v>
+        <v>421.8</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>544</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="H35" s="3">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>471.15</v>
+        <v>479.16</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>336</v>
       </c>
       <c r="G36" s="3">
         <v>42</v>
       </c>
       <c r="H36" s="3">
         <v>42</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>37.72</v>
+        <v>106.61</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>800</v>
+        <v>752</v>
       </c>
       <c r="G38" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>44.12</v>
+        <v>97.18</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>2914</v>
+        <v>1800</v>
       </c>
       <c r="G39" s="3">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="H39" s="3">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>51.34</v>
+        <v>47.6</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>794</v>
+        <v>1336</v>
       </c>
       <c r="G40" s="3">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="H40" s="3">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>97.97</v>
+        <v>50.03</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>300</v>
+        <v>278</v>
       </c>
       <c r="G41" s="3">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="H41" s="3">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>120.94</v>
+        <v>99.04</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>432</v>
+        <v>538</v>
       </c>
       <c r="G42" s="3">
         <v>60</v>
       </c>
       <c r="H42" s="3">
         <v>60</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>149.96</v>
+        <v>136.2</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>646</v>
+        <v>248</v>
       </c>
       <c r="G43" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="H43" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>37.72</v>
+        <v>135.92</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>1000</v>
+        <v>114</v>
       </c>
       <c r="G44" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="H44" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>51.34</v>
+        <v>48.94</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>420</v>
+        <v>1652</v>
       </c>
       <c r="G45" s="3">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="H45" s="3">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>45.37</v>
+        <v>48.93</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>1236</v>
+        <v>1000</v>
       </c>
       <c r="G46" s="3">
-        <v>84</v>
+        <v>200</v>
       </c>
       <c r="H46" s="3">
-        <v>84</v>
+        <v>200</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>30.84</v>
+        <v>48.94</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>1782</v>
+        <v>2030</v>
       </c>
       <c r="G47" s="3">
         <v>140</v>
       </c>
       <c r="H47" s="3">
         <v>140</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>90.15</v>
+        <v>68.42</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>3154</v>
+        <v>1540</v>
       </c>
       <c r="G48" s="3">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="H48" s="3">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>120.11</v>
+        <v>66.79</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>124</v>
+        <v>960</v>
       </c>
       <c r="G49" s="3">
-        <v>32</v>
+        <v>160</v>
       </c>
       <c r="H49" s="3">
-        <v>32</v>
+        <v>160</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>77.24</v>
+        <v>66.78</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>672</v>
+        <v>2242</v>
       </c>
       <c r="G50" s="3">
-        <v>84</v>
+        <v>160</v>
       </c>
       <c r="H50" s="3">
-        <v>84</v>
+        <v>160</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>115.85</v>
+        <v>97.68</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>48</v>
+        <v>1008</v>
       </c>
       <c r="G51" s="3">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="H51" s="3">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>137.45</v>
+        <v>97.67</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>554</v>
+        <v>2228</v>
       </c>
       <c r="G52" s="3">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H52" s="3">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>57.34</v>
+        <v>123.22</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>4266</v>
+        <v>540</v>
       </c>
       <c r="G53" s="3">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="H53" s="3">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>46.85</v>
+        <v>123</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>418</v>
+        <v>912</v>
       </c>
       <c r="G54" s="3">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="H54" s="3">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>61.37</v>
+        <v>166.28</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>498</v>
+        <v>448</v>
       </c>
       <c r="G55" s="3">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>92.74</v>
+        <v>37.61</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>658</v>
+        <v>1480</v>
       </c>
       <c r="G56" s="3">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="H56" s="3">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>133.65</v>
+        <v>39.76</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>118</v>
+        <v>1332</v>
       </c>
       <c r="G57" s="3">
-        <v>40</v>
+        <v>140</v>
       </c>
       <c r="H57" s="3">
-        <v>40</v>
+        <v>140</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>46.27</v>
+        <v>53.06</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>1118</v>
+        <v>748</v>
       </c>
       <c r="G58" s="3">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="H58" s="3">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>71.93</v>
+        <v>80.47</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>1742</v>
+        <v>1164</v>
       </c>
       <c r="G59" s="3">
         <v>60</v>
       </c>
       <c r="H59" s="3">
         <v>60</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>171.37</v>
+        <v>47.6</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>552</v>
+        <v>1864</v>
       </c>
       <c r="G60" s="3">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="H60" s="3">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="3">
-        <v>44.57</v>
+        <v>61.23</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>1348</v>
+        <v>1642</v>
       </c>
       <c r="G61" s="3">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="H61" s="3">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="3">
-        <v>46.25</v>
+        <v>186.49</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>1904</v>
+        <v>352</v>
       </c>
       <c r="G62" s="3">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="H62" s="3">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C63" s="3">
-        <v>35.54</v>
+        <v>54.09</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>1946</v>
+        <v>1022</v>
       </c>
       <c r="G63" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="H63" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C64" s="3">
-        <v>95.3</v>
+        <v>62.62</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>1162</v>
+        <v>1536</v>
       </c>
       <c r="G64" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="H64" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C65" s="3">
-        <v>44.57</v>
+        <v>48.93</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>1096</v>
+        <v>1400</v>
       </c>
       <c r="G65" s="3">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="H65" s="3">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C66" s="3">
-        <v>57.54</v>
+        <v>123.71</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>1222</v>
+        <v>432</v>
       </c>
       <c r="G66" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C67" s="3">
-        <v>60.04</v>
+        <v>166.29</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>4742</v>
+        <v>758</v>
       </c>
       <c r="G67" s="3">
-        <v>140</v>
+        <v>32</v>
       </c>
       <c r="H67" s="3">
-        <v>140</v>
+        <v>32</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C68" s="3">
-        <v>136.28</v>
+        <v>129.48</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>416</v>
+        <v>28</v>
       </c>
       <c r="G68" s="3">
         <v>32</v>
       </c>
       <c r="H68" s="3">
         <v>32</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C69" s="3">
-        <v>44.12</v>
+        <v>65.54</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>2474</v>
+        <v>198</v>
       </c>
       <c r="G69" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H69" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C70" s="3">
-        <v>60.04</v>
+        <v>65.54</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>3892</v>
+        <v>298</v>
       </c>
       <c r="G70" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="H70" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C71" s="3">
-        <v>88.06</v>
+        <v>125.4</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>1032</v>
+        <v>198</v>
       </c>
       <c r="G71" s="3">
-        <v>84</v>
+        <v>50</v>
       </c>
       <c r="H71" s="3">
-        <v>84</v>
+        <v>50</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C72" s="3">
-        <v>127.54</v>
+        <v>153.77</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>148</v>
+        <v>576</v>
       </c>
       <c r="G72" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="H72" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C73" s="3">
-        <v>117.43</v>
+        <v>68.41</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>248</v>
+        <v>3914</v>
       </c>
       <c r="G73" s="3">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="H73" s="3">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="3" t="s">
+      <c r="A74" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="B74" s="3" t="s">
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="C74" s="3">
-[...22 lines deleted...]
-      <c r="A75" s="2" t="s">
+      <c r="B75" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B75" s="2"/>
-[...6 lines deleted...]
-      <c r="I75" s="2"/>
+      <c r="C75" s="3">
+        <v>252.62</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F75" s="3">
+        <v>200</v>
+      </c>
+      <c r="G75" s="3">
+        <v>20</v>
+      </c>
+      <c r="H75" s="3">
+        <v>20</v>
+      </c>
+      <c r="I75" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C76" s="3">
-        <v>248.4</v>
+        <v>486.63</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="G76" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H76" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="3">
-        <v>478.5</v>
+        <v>134.24</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="G77" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="H77" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="3">
-        <v>202.73</v>
+        <v>206.18</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>60</v>
       </c>
       <c r="H78" s="3">
         <v>0</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="3">
-        <v>202.73</v>
+        <v>159.49</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="H79" s="3">
         <v>0</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="3">
-        <v>132</v>
+        <v>206.18</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
         <v>0</v>
       </c>
       <c r="G80" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="H80" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C81" s="3">
-        <v>272.18</v>
+        <v>293.41</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>400</v>
+        <v>280</v>
       </c>
       <c r="G81" s="3">
         <v>40</v>
       </c>
       <c r="H81" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="3">
-        <v>385.96</v>
+        <v>155.49</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
         <v>0</v>
       </c>
       <c r="G82" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="H82" s="3">
         <v>0</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C83" s="3">
-        <v>144.24</v>
+        <v>392.52</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
         <v>0</v>
       </c>
       <c r="G83" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H83" s="3">
         <v>0</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C84" s="3">
-        <v>385.96</v>
+        <v>392.52</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
         <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>40</v>
       </c>
       <c r="H84" s="3">
         <v>0</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="3" t="s">
+      <c r="A85" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="2"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
       <c r="I86" s="2"/>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A87" s="2" t="s">
+      <c r="A87" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B87" s="2"/>
-[...6 lines deleted...]
-      <c r="I87" s="2"/>
+      <c r="C87" s="3">
+        <v>96</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="3">
+        <v>3420</v>
+      </c>
+      <c r="G87" s="3">
+        <v>15</v>
+      </c>
+      <c r="H87" s="3">
+        <v>15</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C88" s="3">
-        <v>90.62</v>
+        <v>124.07</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>315</v>
+        <v>3225</v>
       </c>
       <c r="G88" s="3">
         <v>15</v>
       </c>
       <c r="H88" s="3">
         <v>15</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C89" s="3">
-        <v>387.7</v>
+        <v>864.18</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F89" s="3">
-        <v>302</v>
+        <v>51</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>1</v>
       </c>
       <c r="I89" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="3">
-        <v>66.91</v>
+        <v>297.06</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F90" s="3">
-        <v>2280</v>
+        <v>534</v>
       </c>
       <c r="G90" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="3">
-        <v>1105.45</v>
+        <v>549.6</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F91" s="3">
-        <v>154</v>
+        <v>228</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>1</v>
       </c>
       <c r="I91" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="3">
-        <v>1009.02</v>
+        <v>38.95</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I92" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="3">
-        <v>46.98</v>
+        <v>1374.45</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F93" s="3">
-        <v>9925</v>
+        <v>179</v>
       </c>
       <c r="G93" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="3">
-        <v>292.09</v>
+        <v>1135.69</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F94" s="3">
-        <v>661</v>
+        <v>78</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>1</v>
       </c>
       <c r="I94" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="3">
-        <v>540.41</v>
+        <v>53.94</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>264</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I95" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="3">
-        <v>163.77</v>
+        <v>18.89</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>31000</v>
       </c>
       <c r="G96" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="H96" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="3">
-        <v>14.59</v>
+        <v>24.24</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>300</v>
+        <v>48500</v>
       </c>
       <c r="G97" s="3">
         <v>100</v>
       </c>
       <c r="H97" s="3">
         <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="3">
-        <v>18.72</v>
+        <v>58.85</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>2500</v>
+        <v>11300</v>
       </c>
       <c r="G98" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H98" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="3">
-        <v>28.87</v>
+        <v>28.16</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>6350</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H99" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="I99" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="3">
-        <v>832.5</v>
+        <v>80.79</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I100" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="3">
-        <v>555.85</v>
+        <v>114.5</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H101" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I101" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="3">
-        <v>691.07</v>
+        <v>166.55</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>403</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H102" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I102" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C103" s="3">
-        <v>27.69</v>
+        <v>394.29</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F103" s="3">
-        <v>0</v>
+        <v>384</v>
       </c>
       <c r="G103" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C104" s="3">
-        <v>38.3</v>
+        <v>38.27</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>20100</v>
       </c>
       <c r="G104" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H104" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C105" s="3">
-        <v>112.59</v>
+        <v>1072.05</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>157</v>
       </c>
       <c r="G105" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C106" s="3">
-        <v>79.44</v>
+        <v>647.98</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G106" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I106" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A107" s="3" t="s">
+      <c r="A107" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="B107" s="3" t="s">
+      <c r="B107" s="2"/>
+      <c r="C107" s="2"/>
+      <c r="D107" s="2"/>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
+      <c r="H107" s="2"/>
+      <c r="I107" s="2"/>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="C107" s="3">
-[...22 lines deleted...]
-      <c r="A108" s="2" t="s">
+      <c r="B108" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B108" s="2"/>
-[...6 lines deleted...]
-      <c r="I108" s="2"/>
+      <c r="C108" s="3">
+        <v>1151.48</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F108" s="3">
+        <v>145</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1</v>
+      </c>
+      <c r="H108" s="3">
+        <v>1</v>
+      </c>
+      <c r="I108" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C109" s="3">
-        <v>296.93</v>
+        <v>142.26</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>424</v>
+        <v>1305</v>
       </c>
       <c r="G109" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H109" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I109" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C110" s="3">
-        <v>771.27</v>
+        <v>332.18</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F110" s="3">
-        <v>19</v>
+        <v>761</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>1</v>
       </c>
       <c r="I110" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C111" s="3">
-        <v>393.72</v>
+        <v>96.59</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>355</v>
+        <v>15</v>
       </c>
       <c r="G111" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H111" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I111" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C112" s="3">
-        <v>1022.23</v>
+        <v>32.39</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>228</v>
+        <v>5700</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H112" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I112" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C113" s="3">
-        <v>77.57</v>
+        <v>25.76</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>1065</v>
+        <v>8200</v>
       </c>
       <c r="G113" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="H113" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C114" s="3">
-        <v>111.29</v>
+        <v>44.19</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>300</v>
+        <v>4400</v>
       </c>
       <c r="G114" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="H114" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C115" s="3">
-        <v>985.42</v>
+        <v>103.39</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>33</v>
+        <v>3000</v>
       </c>
       <c r="G115" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H115" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I115" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C116" s="3">
-        <v>1328.66</v>
+        <v>936.42</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F116" s="3">
-        <v>81</v>
+        <v>208</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>1</v>
       </c>
       <c r="I116" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C117" s="3">
-        <v>571.91</v>
+        <v>440.45</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F117" s="3">
-        <v>76</v>
+        <v>621</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I117" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C118" s="3">
-        <v>83.18</v>
+        <v>614.08</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F118" s="3">
-        <v>1665</v>
+        <v>289</v>
       </c>
       <c r="G118" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C119" s="3">
-        <v>28.62</v>
+        <v>67.95</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>5800</v>
+        <v>1625</v>
       </c>
       <c r="G119" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C120" s="3">
-        <v>117.26</v>
+        <v>1781.35</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F120" s="3">
-        <v>30</v>
+        <v>174</v>
       </c>
       <c r="G120" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I120" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C121" s="3">
-        <v>41.38</v>
+        <v>1359.11</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F121" s="3">
-        <v>2350</v>
+        <v>102</v>
       </c>
       <c r="G121" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I121" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C122" s="3">
-        <v>63.63</v>
+        <v>84.59</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>1500</v>
+        <v>1290</v>
       </c>
       <c r="G122" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="H122" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C123" s="3">
-        <v>525.06</v>
+        <v>66.1</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>156</v>
+        <v>4500</v>
       </c>
       <c r="G123" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H123" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I123" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C124" s="3">
-        <v>20.14</v>
+        <v>25.87</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>22400</v>
+        <v>25500</v>
       </c>
       <c r="G124" s="3">
         <v>100</v>
       </c>
       <c r="H124" s="3">
         <v>100</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C125" s="3">
-        <v>27.28</v>
+        <v>33.97</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>5700</v>
+        <v>25500</v>
       </c>
       <c r="G125" s="3">
         <v>100</v>
       </c>
       <c r="H125" s="3">
         <v>100</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C126" s="3">
-        <v>21.39</v>
+        <v>43.94</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>6600</v>
+        <v>14150</v>
       </c>
       <c r="G126" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H126" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C127" s="3">
-        <v>36.13</v>
+        <v>714.4</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>15</v>
+        <v>178</v>
       </c>
       <c r="F127" s="3">
-        <v>3500</v>
+        <v>171</v>
       </c>
       <c r="G127" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I127" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="3" t="s">
+      <c r="A128" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="B128" s="3" t="s">
+      <c r="B128" s="2"/>
+      <c r="C128" s="2"/>
+      <c r="D128" s="2"/>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2"/>
+      <c r="H128" s="2"/>
+      <c r="I128" s="2"/>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A129" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="C128" s="3">
-[...22 lines deleted...]
-      <c r="A129" s="2" t="s">
+      <c r="B129" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B129" s="2"/>
-[...6 lines deleted...]
-      <c r="I129" s="2"/>
+      <c r="C129" s="3">
+        <v>37.58</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F129" s="3">
+        <v>3550</v>
+      </c>
+      <c r="G129" s="3">
+        <v>50</v>
+      </c>
+      <c r="H129" s="3">
+        <v>50</v>
+      </c>
+      <c r="I129" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C130" s="3">
-        <v>47.76</v>
+        <v>77.31</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>9450</v>
+        <v>2100</v>
       </c>
       <c r="G130" s="3">
         <v>50</v>
       </c>
       <c r="H130" s="3">
         <v>50</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C131" s="3">
-        <v>84.83</v>
+        <v>37.22</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>1900</v>
+        <v>1800</v>
       </c>
       <c r="G131" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H131" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C132" s="3">
-        <v>145.07</v>
+        <v>57.27</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>1550</v>
+        <v>4900</v>
       </c>
       <c r="G132" s="3">
         <v>50</v>
       </c>
       <c r="H132" s="3">
         <v>50</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C133" s="3">
-        <v>51.32</v>
+        <v>44.34</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>5250</v>
+        <v>4400</v>
       </c>
       <c r="G133" s="3">
         <v>50</v>
       </c>
       <c r="H133" s="3">
         <v>50</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C134" s="3">
-        <v>32.27</v>
+        <v>59.75</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>6000</v>
+        <v>3250</v>
       </c>
       <c r="G134" s="3">
         <v>50</v>
       </c>
       <c r="H134" s="3">
         <v>50</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C135" s="3">
-        <v>62.69</v>
+        <v>98.78</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>2600</v>
+        <v>1750</v>
       </c>
       <c r="G135" s="3">
         <v>50</v>
       </c>
       <c r="H135" s="3">
         <v>50</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C136" s="3">
-        <v>73.77</v>
+        <v>115.97</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>1800</v>
+        <v>550</v>
       </c>
       <c r="G136" s="3">
         <v>50</v>
       </c>
       <c r="H136" s="3">
         <v>50</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C137" s="3">
-        <v>183.19</v>
+        <v>177.26</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>325</v>
+        <v>120</v>
       </c>
       <c r="G137" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H137" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C138" s="3">
-        <v>38.08</v>
+        <v>73</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>6700</v>
+        <v>1400</v>
       </c>
       <c r="G138" s="3">
         <v>50</v>
       </c>
       <c r="H138" s="3">
         <v>50</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C139" s="3">
-        <v>66.39</v>
+        <v>168.91</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>5800</v>
+        <v>1400</v>
       </c>
       <c r="G139" s="3">
         <v>50</v>
       </c>
       <c r="H139" s="3">
         <v>50</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C140" s="3">
-        <v>38.08</v>
+        <v>55.61</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>1650</v>
+        <v>3250</v>
       </c>
       <c r="G140" s="3">
         <v>50</v>
       </c>
       <c r="H140" s="3">
         <v>50</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C141" s="3">
-        <v>31.96</v>
+        <v>50.14</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>1400</v>
+        <v>1900</v>
       </c>
       <c r="G141" s="3">
         <v>100</v>
       </c>
       <c r="H141" s="3">
         <v>100</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C142" s="3">
-        <v>99.6</v>
+        <v>85.89</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>650</v>
+        <v>1650</v>
       </c>
       <c r="G142" s="3">
         <v>50</v>
       </c>
       <c r="H142" s="3">
         <v>50</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C143" s="3">
-        <v>152.23</v>
+        <v>44.34</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>270</v>
+        <v>1450</v>
       </c>
       <c r="G143" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="H143" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C144" s="3">
-        <v>49.19</v>
+        <v>71.58</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>9600</v>
+        <v>700</v>
       </c>
       <c r="G144" s="3">
         <v>50</v>
       </c>
       <c r="H144" s="3">
         <v>50</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C145" s="3">
-        <v>51.32</v>
+        <v>59.75</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>2200</v>
+        <v>1400</v>
       </c>
       <c r="G145" s="3">
         <v>50</v>
       </c>
       <c r="H145" s="3">
         <v>50</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C146" s="3">
-        <v>43.07</v>
+        <v>213.3</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>2000</v>
+        <v>425</v>
       </c>
       <c r="G146" s="3">
+        <v>25</v>
+      </c>
+      <c r="H146" s="3">
+        <v>25</v>
+      </c>
+      <c r="I146" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A147" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="B147" s="2"/>
+      <c r="C147" s="2"/>
+      <c r="D147" s="2"/>
+      <c r="E147" s="2"/>
+      <c r="F147" s="2"/>
+      <c r="G147" s="2"/>
+      <c r="H147" s="2"/>
+      <c r="I147" s="2"/>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A148" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C148" s="3">
+        <v>18.15</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F148" s="3">
+        <v>4900</v>
+      </c>
+      <c r="G148" s="3">
         <v>100</v>
       </c>
-      <c r="H146" s="3">
+      <c r="H148" s="3">
         <v>100</v>
       </c>
-      <c r="I146" s="3">
-[...43 lines deleted...]
-      <c r="I148" s="2"/>
+      <c r="I148" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C149" s="3">
-        <v>17.85</v>
+        <v>56.99</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>17900</v>
+        <v>3100</v>
       </c>
       <c r="G149" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H149" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C150" s="3">
-        <v>30.94</v>
+        <v>57.91</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>16200</v>
+        <v>1100</v>
       </c>
       <c r="G150" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H150" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C151" s="3">
-        <v>41.46</v>
+        <v>36.02</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>10200</v>
+        <v>6700</v>
       </c>
       <c r="G151" s="3">
         <v>50</v>
       </c>
       <c r="H151" s="3">
         <v>50</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C152" s="3">
-        <v>48.48</v>
+        <v>59.86</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>3950</v>
+        <v>3750</v>
       </c>
       <c r="G152" s="3">
         <v>50</v>
       </c>
       <c r="H152" s="3">
         <v>50</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C153" s="3">
-        <v>22.24</v>
+        <v>18.2</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>3550</v>
+        <v>12850</v>
       </c>
       <c r="G153" s="3">
         <v>50</v>
       </c>
       <c r="H153" s="3">
         <v>50</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C154" s="3">
-        <v>46.26</v>
+        <v>31.47</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>11750</v>
+        <v>11600</v>
       </c>
       <c r="G154" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H154" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C155" s="3">
-        <v>30.2</v>
+        <v>42.16</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>4600</v>
+        <v>25000</v>
       </c>
       <c r="G155" s="3">
         <v>50</v>
       </c>
       <c r="H155" s="3">
         <v>50</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C156" s="3">
-        <v>30.28</v>
+        <v>26.05</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>5000</v>
+        <v>5500</v>
       </c>
       <c r="G156" s="3">
         <v>50</v>
       </c>
       <c r="H156" s="3">
         <v>50</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C157" s="3">
-        <v>48.73</v>
+        <v>30.71</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>1350</v>
+        <v>8350</v>
       </c>
       <c r="G157" s="3">
         <v>50</v>
       </c>
       <c r="H157" s="3">
         <v>50</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C158" s="3">
-        <v>34.59</v>
+        <v>45.61</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>3550</v>
+        <v>22300</v>
       </c>
       <c r="G158" s="3">
         <v>50</v>
       </c>
       <c r="H158" s="3">
         <v>50</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C159" s="3">
-        <v>38.98</v>
+        <v>60.79</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>2500</v>
+        <v>4650</v>
       </c>
       <c r="G159" s="3">
         <v>50</v>
       </c>
       <c r="H159" s="3">
         <v>50</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C160" s="3">
-        <v>58.86</v>
+        <v>38.84</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>1200</v>
+        <v>600</v>
       </c>
       <c r="G160" s="3">
         <v>50</v>
       </c>
       <c r="H160" s="3">
         <v>50</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C161" s="3">
-        <v>59.77</v>
+        <v>85.52</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>950</v>
+        <v>2050</v>
       </c>
       <c r="G161" s="3">
         <v>50</v>
       </c>
       <c r="H161" s="3">
         <v>50</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C162" s="3">
-        <v>33.21</v>
+        <v>72.33</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>2950</v>
+        <v>8600</v>
       </c>
       <c r="G162" s="3">
         <v>50</v>
       </c>
       <c r="H162" s="3">
         <v>50</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C163" s="3">
-        <v>53.28</v>
+        <v>93.27</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>3100</v>
+        <v>3550</v>
       </c>
       <c r="G163" s="3">
         <v>50</v>
       </c>
       <c r="H163" s="3">
         <v>50</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C164" s="3">
-        <v>84.14</v>
+        <v>134.49</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>50</v>
+        <v>1680</v>
       </c>
       <c r="G164" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="H164" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C165" s="3">
-        <v>44.85</v>
+        <v>47.8</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>7000</v>
+        <v>2800</v>
       </c>
       <c r="G165" s="3">
         <v>50</v>
       </c>
       <c r="H165" s="3">
         <v>50</v>
       </c>
       <c r="I165" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C166" s="3">
-        <v>30.8</v>
+        <v>54.76</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>9200</v>
+        <v>5800</v>
       </c>
       <c r="G166" s="3">
         <v>50</v>
       </c>
       <c r="H166" s="3">
         <v>50</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C167" s="3">
-        <v>56.94</v>
+        <v>92.97</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>6500</v>
+        <v>2100</v>
       </c>
       <c r="G167" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="H167" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C168" s="3">
-        <v>17.9</v>
+        <v>19.2</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>5000</v>
+        <v>5250</v>
       </c>
       <c r="G168" s="3">
         <v>50</v>
       </c>
       <c r="H168" s="3">
         <v>50</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C169" s="3">
-        <v>18.88</v>
+        <v>47.05</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>4050</v>
+        <v>27850</v>
       </c>
       <c r="G169" s="3">
         <v>50</v>
       </c>
       <c r="H169" s="3">
         <v>50</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C170" s="3">
-        <v>84.64</v>
+        <v>49.3</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>2460</v>
+        <v>7600</v>
       </c>
       <c r="G170" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="H170" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C171" s="3">
-        <v>25.61</v>
+        <v>24.88</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>0</v>
+        <v>5650</v>
       </c>
       <c r="G171" s="3">
         <v>50</v>
       </c>
       <c r="H171" s="3">
         <v>50</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C172" s="3">
-        <v>53.84</v>
+        <v>32.33</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>5400</v>
+        <v>5050</v>
       </c>
       <c r="G172" s="3">
         <v>50</v>
       </c>
       <c r="H172" s="3">
         <v>50</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C173" s="3">
-        <v>65.53</v>
+        <v>35.18</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>4250</v>
+        <v>2050</v>
       </c>
       <c r="G173" s="3">
         <v>50</v>
       </c>
       <c r="H173" s="3">
         <v>50</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C174" s="3">
-        <v>84.09</v>
+        <v>39.64</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>1650</v>
+        <v>2500</v>
       </c>
       <c r="G174" s="3">
         <v>50</v>
       </c>
       <c r="H174" s="3">
         <v>50</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C175" s="3">
-        <v>71.12</v>
+        <v>66.64</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>6550</v>
+        <v>1150</v>
       </c>
       <c r="G175" s="3">
         <v>50</v>
       </c>
       <c r="H175" s="3">
         <v>50</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C176" s="3">
-        <v>132.24</v>
+        <v>57.44</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>450</v>
+        <v>4200</v>
       </c>
       <c r="G176" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="H176" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A177" s="3" t="s">
+      <c r="A177" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="B177" s="3" t="s">
+      <c r="B177" s="2"/>
+      <c r="C177" s="2"/>
+      <c r="D177" s="2"/>
+      <c r="E177" s="2"/>
+      <c r="F177" s="2"/>
+      <c r="G177" s="2"/>
+      <c r="H177" s="2"/>
+      <c r="I177" s="2"/>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A178" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="C177" s="3">
-[...22 lines deleted...]
-      <c r="A178" s="2" t="s">
+      <c r="B178" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="B178" s="2"/>
-[...6 lines deleted...]
-      <c r="I178" s="2"/>
+      <c r="C178" s="3">
+        <v>360.47</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F178" s="3">
+        <v>1602</v>
+      </c>
+      <c r="G178" s="3">
+        <v>1</v>
+      </c>
+      <c r="H178" s="3">
+        <v>10</v>
+      </c>
+      <c r="I178" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C179" s="3">
-        <v>354.44</v>
+        <v>427.57</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F179" s="3">
-        <v>231</v>
+        <v>1071</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>10</v>
       </c>
       <c r="I179" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C180" s="3">
-        <v>237.7</v>
+        <v>241.74</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F180" s="3">
-        <v>0</v>
+        <v>1769</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>5</v>
       </c>
       <c r="I180" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C181" s="3">
-        <v>251.69</v>
+        <v>308.85</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F181" s="3">
-        <v>0</v>
+        <v>607</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>5</v>
       </c>
       <c r="I181" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C182" s="3">
-        <v>303.69</v>
+        <v>244.34</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F182" s="3">
-        <v>132</v>
+        <v>1921</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
         <v>5</v>
       </c>
       <c r="I182" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C183" s="3">
-        <v>662.03</v>
+        <v>255.97</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F183" s="3">
-        <v>141</v>
+        <v>1229</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I183" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C184" s="3">
-        <v>420.42</v>
+        <v>451.23</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F184" s="3">
-        <v>659</v>
+        <v>789</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>10</v>
       </c>
       <c r="I184" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C185" s="3">
-        <v>240.26</v>
+        <v>673.28</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>178</v>
       </c>
       <c r="F185" s="3">
-        <v>1623</v>
+        <v>333</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I185" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A186" s="3" t="s">
+      <c r="A186" s="2" t="s">
         <v>367</v>
       </c>
-      <c r="B186" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B186" s="2"/>
+      <c r="C186" s="2"/>
+      <c r="D186" s="2"/>
+      <c r="E186" s="2"/>
+      <c r="F186" s="2"/>
+      <c r="G186" s="2"/>
+      <c r="H186" s="2"/>
+      <c r="I186" s="2"/>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="2" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="B187" s="2"/>
       <c r="C187" s="2"/>
       <c r="D187" s="2"/>
       <c r="E187" s="2"/>
       <c r="F187" s="2"/>
       <c r="G187" s="2"/>
       <c r="H187" s="2"/>
       <c r="I187" s="2"/>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A188" s="2" t="s">
+      <c r="A188" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B188" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B188" s="2"/>
-[...6 lines deleted...]
-      <c r="I188" s="2"/>
+      <c r="C188" s="3">
+        <v>36.04</v>
+      </c>
+      <c r="D188" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F188" s="3">
+        <v>0</v>
+      </c>
+      <c r="G188" s="3">
+        <v>80</v>
+      </c>
+      <c r="H188" s="3">
+        <v>80</v>
+      </c>
+      <c r="I188" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C189" s="3">
-        <v>32.55</v>
+        <v>33.1</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
         <v>0</v>
       </c>
       <c r="G189" s="3">
         <v>100</v>
       </c>
       <c r="H189" s="3">
         <v>100</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C190" s="3">
-        <v>92.22</v>
+        <v>93.79</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
         <v>40</v>
       </c>
       <c r="H190" s="3">
         <v>40</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C191" s="3">
-        <v>43.75</v>
+        <v>75.93</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>0</v>
+        <v>9120</v>
       </c>
       <c r="G191" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="H191" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C192" s="3">
-        <v>42.13</v>
+        <v>219.18</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>4350</v>
+        <v>2610</v>
       </c>
       <c r="G192" s="3">
-        <v>150</v>
+        <v>30</v>
       </c>
       <c r="H192" s="3">
-        <v>150</v>
+        <v>30</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C193" s="3">
-        <v>31.71</v>
+        <v>44.8</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>4650</v>
+        <v>10650</v>
       </c>
       <c r="G193" s="3">
         <v>150</v>
       </c>
       <c r="H193" s="3">
         <v>150</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C194" s="3">
-        <v>60.4</v>
+        <v>58.14</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>2880</v>
+        <v>8700</v>
       </c>
       <c r="G194" s="3">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="H194" s="3">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C195" s="3">
-        <v>182.11</v>
+        <v>116.53</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>2250</v>
+        <v>6570</v>
       </c>
       <c r="G195" s="3">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="H195" s="3">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C196" s="3">
-        <v>87.88</v>
+        <v>155.63</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>5580</v>
+        <v>2760</v>
       </c>
       <c r="G196" s="3">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="H196" s="3">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A197" s="3" t="s">
+      <c r="A197" s="2" t="s">
         <v>387</v>
       </c>
-      <c r="B197" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B197" s="2"/>
+      <c r="C197" s="2"/>
+      <c r="D197" s="2"/>
+      <c r="E197" s="2"/>
+      <c r="F197" s="2"/>
+      <c r="G197" s="2"/>
+      <c r="H197" s="2"/>
+      <c r="I197" s="2"/>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="2" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B198" s="2"/>
       <c r="C198" s="2"/>
       <c r="D198" s="2"/>
       <c r="E198" s="2"/>
       <c r="F198" s="2"/>
       <c r="G198" s="2"/>
       <c r="H198" s="2"/>
       <c r="I198" s="2"/>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A199" s="2" t="s">
+      <c r="A199" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B199" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="B199" s="2"/>
-[...6 lines deleted...]
-      <c r="I199" s="2"/>
+      <c r="C199" s="3">
+        <v>72.17</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F199" s="3">
+        <v>0</v>
+      </c>
+      <c r="G199" s="3">
+        <v>100</v>
+      </c>
+      <c r="H199" s="3">
+        <v>100</v>
+      </c>
+      <c r="I199" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C200" s="3">
-        <v>70.57</v>
+        <v>77.55</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
         <v>0</v>
       </c>
       <c r="G200" s="3">
         <v>50</v>
       </c>
       <c r="H200" s="3">
         <v>50</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C201" s="3">
-        <v>76.25</v>
+        <v>156.64</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
         <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>50</v>
       </c>
       <c r="H201" s="3">
         <v>50</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C202" s="3">
-        <v>100.94</v>
+        <v>230.71</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
         <v>0</v>
       </c>
       <c r="G202" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H202" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C203" s="3">
-        <v>226.85</v>
+        <v>71.77</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
         <v>0</v>
       </c>
       <c r="G203" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H203" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C204" s="3">
-        <v>353.21</v>
+        <v>78.87</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
         <v>0</v>
       </c>
       <c r="G204" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H204" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C205" s="3">
-        <v>96.11</v>
+        <v>102.66</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
         <v>0</v>
       </c>
       <c r="G205" s="3">
         <v>50</v>
       </c>
       <c r="H205" s="3">
         <v>50</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C206" s="3">
-        <v>70.96</v>
+        <v>117.29</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
         <v>0</v>
       </c>
       <c r="G206" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H206" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C207" s="3">
-        <v>154.02</v>
+        <v>359.21</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
         <v>0</v>
       </c>
       <c r="G207" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H207" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A208" s="3" t="s">
+      <c r="A208" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="B208" s="3" t="s">
+      <c r="B208" s="2"/>
+      <c r="C208" s="2"/>
+      <c r="D208" s="2"/>
+      <c r="E208" s="2"/>
+      <c r="F208" s="2"/>
+      <c r="G208" s="2"/>
+      <c r="H208" s="2"/>
+      <c r="I208" s="2"/>
+    </row>
+    <row r="209" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A209" s="3" t="s">
         <v>408</v>
       </c>
-      <c r="C208" s="3">
-[...22 lines deleted...]
-      <c r="A209" s="2" t="s">
+      <c r="B209" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="B209" s="2"/>
-[...6 lines deleted...]
-      <c r="I209" s="2"/>
+      <c r="C209" s="3">
+        <v>155.89</v>
+      </c>
+      <c r="D209" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F209" s="3">
+        <v>800</v>
+      </c>
+      <c r="G209" s="3">
+        <v>50</v>
+      </c>
+      <c r="H209" s="3">
+        <v>50</v>
+      </c>
+      <c r="I209" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C210" s="3">
-        <v>57.23</v>
+        <v>92.66</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
         <v>0</v>
       </c>
       <c r="G210" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H210" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C211" s="3">
-        <v>91.11</v>
+        <v>258.11</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G211" s="3">
         <v>50</v>
       </c>
       <c r="H211" s="3">
         <v>50</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>414</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>415</v>
       </c>
       <c r="C212" s="3">
-        <v>155.83</v>
+        <v>547.29</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="G212" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H212" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>416</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C213" s="3">
-        <v>203.04</v>
+        <v>104.52</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="G213" s="3">
         <v>50</v>
       </c>
       <c r="H213" s="3">
         <v>50</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>418</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C214" s="3">
-        <v>326.89</v>
+        <v>119.99</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>260</v>
+        <v>5500</v>
       </c>
       <c r="G214" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H214" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C215" s="3">
-        <v>96.21</v>
+        <v>325.02</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>750</v>
+        <v>1040</v>
       </c>
       <c r="G215" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H215" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>422</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C216" s="3">
-        <v>138.75</v>
+        <v>389.9</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>0</v>
+        <v>280</v>
       </c>
       <c r="G216" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H216" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C217" s="3">
-        <v>156.14</v>
+        <v>618.12</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>0</v>
+        <v>320</v>
       </c>
       <c r="G217" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H217" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C218" s="3">
-        <v>132.51</v>
+        <v>276.34</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>550</v>
+        <v>650</v>
       </c>
       <c r="G218" s="3">
         <v>50</v>
       </c>
       <c r="H218" s="3">
         <v>50</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C219" s="3">
-        <v>284.53</v>
+        <v>131</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>620</v>
+        <v>0</v>
       </c>
       <c r="G219" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H219" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C220" s="3">
-        <v>448.4</v>
+        <v>103.9</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>140</v>
+        <v>3750</v>
       </c>
       <c r="G220" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H220" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C221" s="3">
-        <v>107.26</v>
+        <v>158.48</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
         <v>0</v>
       </c>
       <c r="G221" s="3">
         <v>50</v>
       </c>
       <c r="H221" s="3">
         <v>50</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C222" s="3">
-        <v>222.72</v>
+        <v>178.87</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>550</v>
+        <v>1800</v>
       </c>
       <c r="G222" s="3">
         <v>50</v>
       </c>
       <c r="H222" s="3">
         <v>50</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C223" s="3">
-        <v>136.4</v>
+        <v>165.96</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="G223" s="3">
         <v>50</v>
       </c>
       <c r="H223" s="3">
         <v>50</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>438</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C224" s="3">
-        <v>92.88</v>
+        <v>83.96</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>2500</v>
+        <v>0</v>
       </c>
       <c r="G224" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H224" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>440</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>441</v>
       </c>
       <c r="C225" s="3">
-        <v>109.18</v>
+        <v>309.18</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
+        <v>175</v>
+      </c>
+      <c r="G225" s="3">
+        <v>25</v>
+      </c>
+      <c r="H225" s="3">
+        <v>25</v>
+      </c>
+      <c r="I225" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>442</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>443</v>
       </c>
       <c r="C226" s="3">
-        <v>348.53</v>
+        <v>84.14</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G226" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H226" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>444</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>445</v>
       </c>
       <c r="C227" s="3">
-        <v>494.14</v>
+        <v>58.2</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G227" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H227" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>446</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>447</v>
       </c>
       <c r="C228" s="3">
-        <v>82.56</v>
+        <v>375.78</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>0</v>
+        <v>280</v>
       </c>
       <c r="G228" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H228" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>448</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>449</v>
       </c>
       <c r="C229" s="3">
-        <v>259.84</v>
+        <v>158.79</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G229" s="3">
+        <v>50</v>
+      </c>
+      <c r="H229" s="3">
+        <v>50</v>
+      </c>
+      <c r="I229" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A230" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="B230" s="2"/>
+      <c r="C230" s="2"/>
+      <c r="D230" s="2"/>
+      <c r="E230" s="2"/>
+      <c r="F230" s="2"/>
+      <c r="G230" s="2"/>
+      <c r="H230" s="2"/>
+      <c r="I230" s="2"/>
+    </row>
+    <row r="231" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A231" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="B231" s="2"/>
+      <c r="C231" s="2"/>
+      <c r="D231" s="2"/>
+      <c r="E231" s="2"/>
+      <c r="F231" s="2"/>
+      <c r="G231" s="2"/>
+      <c r="H231" s="2"/>
+      <c r="I231" s="2"/>
+    </row>
+    <row r="232" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A232" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="B232" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="C232" s="3">
+        <v>53.9</v>
+      </c>
+      <c r="D232" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="F232" s="3">
+        <v>0</v>
+      </c>
+      <c r="G232" s="3">
+        <v>1</v>
+      </c>
+      <c r="H232" s="3">
         <v>25</v>
       </c>
-      <c r="H229" s="3">
-[...65 lines deleted...]
-      <c r="A232" s="2" t="s">
+      <c r="I232" s="3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="233" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A233" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="B233" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="C233" s="3">
+        <v>91.33</v>
+      </c>
+      <c r="D233" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="B232" s="2"/>
-[...19 lines deleted...]
-      <c r="I233" s="2"/>
+      <c r="F233" s="3">
+        <v>64</v>
+      </c>
+      <c r="G233" s="3">
+        <v>1</v>
+      </c>
+      <c r="H233" s="3">
+        <v>50</v>
+      </c>
+      <c r="I233" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C234" s="3">
-        <v>1995.52</v>
+        <v>48.29</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F234" s="3">
-        <v>0</v>
+        <v>192</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="I234" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C235" s="3">
-        <v>289.66</v>
+        <v>93.94</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F235" s="3">
-        <v>479</v>
+        <v>4</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I235" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C236" s="3">
-        <v>320.71</v>
+        <v>59.59</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F236" s="3">
-        <v>1476</v>
+        <v>61</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I236" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>463</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C237" s="3">
-        <v>773.89</v>
+        <v>50.16</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F237" s="3">
         <v>0</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I237" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C238" s="3">
-        <v>2479.88</v>
+        <v>335.97</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F238" s="3">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="I238" s="3">
-        <v>0</v>
+        <v>30</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C239" s="3">
-        <v>318.24</v>
+        <v>581.13</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F239" s="3">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I239" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C240" s="3">
-        <v>304.14</v>
+        <v>1370.65</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F240" s="3">
-        <v>1860</v>
+        <v>0</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I240" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C241" s="3">
-        <v>453.71</v>
+        <v>2522.04</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F241" s="3">
-        <v>247</v>
+        <v>0</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="I241" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C242" s="3">
-        <v>869.47</v>
+        <v>326.16</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F242" s="3">
-        <v>109</v>
+        <v>4225</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I242" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C243" s="3">
-        <v>642.82</v>
+        <v>39.11</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>458</v>
+        <v>47</v>
       </c>
       <c r="F243" s="3">
-        <v>19</v>
+        <v>1752</v>
       </c>
       <c r="G243" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H243" s="3">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="I243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C244" s="3">
-        <v>352.78</v>
+        <v>399.5</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F244" s="3">
-        <v>782</v>
+        <v>233</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="I244" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C245" s="3">
-        <v>49.98</v>
+        <v>653.75</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F245" s="3">
-        <v>914</v>
+        <v>0</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="I245" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C246" s="3">
-        <v>46.09</v>
+        <v>327.41</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F246" s="3">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I246" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C247" s="3">
-        <v>56.27</v>
+        <v>428.32</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F247" s="3">
-        <v>293</v>
+        <v>312</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I247" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C248" s="3">
-        <v>56.27</v>
+        <v>425.69</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F248" s="3">
-        <v>214</v>
+        <v>1146</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I248" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C249" s="3">
-        <v>49.98</v>
+        <v>2029.44</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F249" s="3">
-        <v>152</v>
+        <v>0</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="I249" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C250" s="3">
-        <v>89.8</v>
+        <v>795.82</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F250" s="3">
-        <v>3</v>
+        <v>92</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I250" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C251" s="3">
-        <v>92.37</v>
+        <v>57.44</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F251" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
         <v>50</v>
       </c>
       <c r="I251" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C252" s="3">
-        <v>306.61</v>
+        <v>57.23</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F252" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I252" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C253" s="3">
-        <v>336.76</v>
+        <v>57.23</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F253" s="3">
-        <v>416</v>
+        <v>0</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I253" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C254" s="3">
-        <v>392.82</v>
+        <v>323.65</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F254" s="3">
-        <v>316</v>
+        <v>0</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="I254" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C255" s="3">
-        <v>519.47</v>
+        <v>309.31</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F255" s="3">
-        <v>244</v>
+        <v>1165</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I255" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C256" s="3">
-        <v>330.35</v>
+        <v>385.78</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F256" s="3">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
         <v>14</v>
       </c>
       <c r="I256" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>503</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C257" s="3">
-        <v>536.24</v>
+        <v>455.84</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F257" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I257" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C258" s="3">
-        <v>379.33</v>
+        <v>787.05</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F258" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I258" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>507</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C259" s="3">
-        <v>1347.74</v>
+        <v>545.36</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F259" s="3">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I259" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>510</v>
       </c>
       <c r="C260" s="3">
-        <v>46.97</v>
+        <v>341.02</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F260" s="3">
-        <v>207</v>
+        <v>1080</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I260" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>511</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>512</v>
       </c>
       <c r="C261" s="3">
-        <v>58.59</v>
+        <v>508.72</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F261" s="3">
-        <v>63</v>
+        <v>235</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="I261" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A262" s="3" t="s">
+      <c r="A262" s="2" t="s">
         <v>513</v>
       </c>
-      <c r="B262" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B262" s="2"/>
+      <c r="C262" s="2"/>
+      <c r="D262" s="2"/>
+      <c r="E262" s="2"/>
+      <c r="F262" s="2"/>
+      <c r="G262" s="2"/>
+      <c r="H262" s="2"/>
+      <c r="I262" s="2"/>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="B263" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="B263" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C263" s="3">
-        <v>448.22</v>
+        <v>383.76</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F263" s="3">
         <v>0</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I263" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="264" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A264" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C264" s="3">
+        <v>401.01</v>
+      </c>
+      <c r="D264" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="F264" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I264" s="2"/>
+      <c r="G264" s="3">
+        <v>1</v>
+      </c>
+      <c r="H264" s="3">
+        <v>24</v>
+      </c>
+      <c r="I264" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>518</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>519</v>
       </c>
       <c r="C265" s="3">
-        <v>319.92</v>
+        <v>637.87</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F265" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I265" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>520</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>521</v>
       </c>
       <c r="C266" s="3">
-        <v>343.04</v>
+        <v>1022.49</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F266" s="3">
         <v>0</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="I266" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>522</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>523</v>
       </c>
       <c r="C267" s="3">
-        <v>381.83</v>
+        <v>744.8</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F267" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="I267" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>524</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>525</v>
       </c>
       <c r="C268" s="3">
-        <v>468.56</v>
+        <v>356.47</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F268" s="3">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="I268" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>527</v>
       </c>
       <c r="C269" s="3">
-        <v>359.5</v>
+        <v>467.6</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F269" s="3">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I269" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>529</v>
       </c>
       <c r="C270" s="3">
-        <v>914</v>
+        <v>595.66</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F270" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I270" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>530</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>531</v>
       </c>
       <c r="C271" s="3">
-        <v>358.46</v>
+        <v>446.57</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F271" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I271" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C272" s="3">
-        <v>378.66</v>
+        <v>311.94</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F272" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I272" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>535</v>
       </c>
       <c r="C273" s="3">
-        <v>297.21</v>
+        <v>519.88</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F273" s="3">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I273" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C274" s="3">
-        <v>527.64</v>
+        <v>392.94</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F274" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I274" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
         <v>538</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C275" s="3">
-        <v>278.18</v>
+        <v>670.76</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F275" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I275" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C276" s="3">
-        <v>320.55</v>
+        <v>420.35</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F276" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="I276" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C277" s="3">
-        <v>375.75</v>
+        <v>472.54</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F277" s="3">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="I277" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C278" s="3">
-        <v>404.04</v>
+        <v>783.57</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F278" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I278" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C279" s="3">
-        <v>642.06</v>
+        <v>451.26</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F279" s="3">
         <v>0</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I279" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C280" s="3">
-        <v>295.89</v>
+        <v>416.83</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F280" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="I280" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C281" s="3">
-        <v>236.3</v>
+        <v>376.15</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F281" s="3">
         <v>0</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I281" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C282" s="3">
-        <v>403.38</v>
+        <v>391.2</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F282" s="3">
         <v>0</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I282" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C283" s="3">
-        <v>245.38</v>
+        <v>300.4</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F283" s="3">
         <v>0</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I283" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C284" s="3">
-        <v>83.92</v>
+        <v>357.89</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F284" s="3">
         <v>0</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
+        <v>40</v>
+      </c>
+      <c r="I284" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>558</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>559</v>
       </c>
       <c r="C285" s="3">
-        <v>522.67</v>
+        <v>457.01</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F285" s="3">
-        <v>9</v>
+        <v>63</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I285" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C286" s="3">
-        <v>636.83</v>
+        <v>85.35</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F286" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I286" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A287" s="3" t="s">
+      <c r="A287" s="2" t="s">
         <v>562</v>
       </c>
-      <c r="B287" s="3" t="s">
+      <c r="B287" s="2"/>
+      <c r="C287" s="2"/>
+      <c r="D287" s="2"/>
+      <c r="E287" s="2"/>
+      <c r="F287" s="2"/>
+      <c r="G287" s="2"/>
+      <c r="H287" s="2"/>
+      <c r="I287" s="2"/>
+    </row>
+    <row r="288" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A288" s="2" t="s">
         <v>563</v>
       </c>
-      <c r="C287" s="3">
-[...22 lines deleted...]
-      <c r="A288" s="3" t="s">
+      <c r="B288" s="2"/>
+      <c r="C288" s="2"/>
+      <c r="D288" s="2"/>
+      <c r="E288" s="2"/>
+      <c r="F288" s="2"/>
+      <c r="G288" s="2"/>
+      <c r="H288" s="2"/>
+      <c r="I288" s="2"/>
+    </row>
+    <row r="289" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A289" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="B288" s="3" t="s">
+      <c r="B289" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="C288" s="3">
-[...22 lines deleted...]
-      <c r="A289" s="2" t="s">
+      <c r="C289" s="3">
+        <v>513.85</v>
+      </c>
+      <c r="D289" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F289" s="3">
+        <v>0</v>
+      </c>
+      <c r="G289" s="3">
+        <v>1</v>
+      </c>
+      <c r="H289" s="3">
+        <v>50</v>
+      </c>
+      <c r="I289" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A290" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="B289" s="2"/>
-[...9 lines deleted...]
-      <c r="A290" s="2" t="s">
+      <c r="B290" s="3" t="s">
         <v>567</v>
       </c>
-      <c r="B290" s="2"/>
-[...6 lines deleted...]
-      <c r="I290" s="2"/>
+      <c r="C290" s="3">
+        <v>555.76</v>
+      </c>
+      <c r="D290" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F290" s="3">
+        <v>0</v>
+      </c>
+      <c r="G290" s="3">
+        <v>1</v>
+      </c>
+      <c r="H290" s="3">
+        <v>50</v>
+      </c>
+      <c r="I290" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
         <v>568</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>569</v>
       </c>
       <c r="C291" s="3">
-        <v>168.53</v>
+        <v>172.25</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F291" s="3">
-        <v>76</v>
+        <v>1</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
         <v>570</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>571</v>
       </c>
       <c r="C292" s="3">
-        <v>581.07</v>
+        <v>521.35</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F292" s="3">
-        <v>171</v>
+        <v>0</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
         <v>572</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>573</v>
       </c>
       <c r="C293" s="3">
-        <v>812.12</v>
+        <v>565.7</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F293" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
         <v>50</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
         <v>574</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>575</v>
       </c>
       <c r="C294" s="3">
-        <v>174.02</v>
+        <v>830.3</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F294" s="3">
-        <v>110</v>
+        <v>4</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C295" s="3">
-        <v>683.68</v>
+        <v>487.8</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F295" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>579</v>
       </c>
       <c r="C296" s="3">
-        <v>634.4</v>
+        <v>285.25</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F296" s="3">
-        <v>17</v>
+        <v>1167</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
         <v>580</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>581</v>
       </c>
       <c r="C297" s="3">
-        <v>729.24</v>
+        <v>373.47</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F297" s="3">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
         <v>582</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>583</v>
       </c>
       <c r="C298" s="3">
-        <v>527.68</v>
+        <v>534.88</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F298" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G298" s="3">
         <v>1</v>
       </c>
       <c r="H298" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
         <v>584</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>585</v>
       </c>
       <c r="C299" s="3">
-        <v>319.33</v>
+        <v>695.3</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F299" s="3">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
         <v>586</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>587</v>
       </c>
       <c r="C300" s="3">
-        <v>525.94</v>
+        <v>825.93</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F300" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
         <v>588</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>589</v>
       </c>
       <c r="C301" s="3">
-        <v>254.98</v>
+        <v>1624.19</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F301" s="3">
-        <v>941</v>
+        <v>2</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
         <v>590</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>591</v>
       </c>
       <c r="C302" s="3">
-        <v>169.37</v>
+        <v>889.96</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F302" s="3">
-        <v>0</v>
+        <v>126</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
         <v>592</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>593</v>
       </c>
       <c r="C303" s="3">
-        <v>1971.65</v>
+        <v>197.1</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F303" s="3">
-        <v>2</v>
+        <v>118</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
         <v>594</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>595</v>
       </c>
       <c r="C304" s="3">
-        <v>2766.41</v>
+        <v>679.59</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F304" s="3">
-        <v>5</v>
+        <v>172</v>
       </c>
       <c r="G304" s="3">
         <v>1</v>
       </c>
       <c r="H304" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
         <v>596</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>597</v>
       </c>
       <c r="C305" s="3">
-        <v>512.64</v>
+        <v>645.18</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F305" s="3">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>599</v>
       </c>
       <c r="C306" s="3">
-        <v>816.42</v>
+        <v>1247.78</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F306" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G306" s="3">
         <v>1</v>
       </c>
       <c r="H306" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
         <v>600</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>601</v>
       </c>
       <c r="C307" s="3">
-        <v>489.4</v>
+        <v>243.34</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F307" s="3">
-        <v>0</v>
+        <v>664</v>
       </c>
       <c r="G307" s="3">
         <v>1</v>
       </c>
       <c r="H307" s="3">
         <v>100</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
         <v>602</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>603</v>
       </c>
       <c r="C308" s="3">
-        <v>674.66</v>
+        <v>572.38</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F308" s="3">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
         <v>604</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>605</v>
       </c>
       <c r="C309" s="3">
-        <v>479.65</v>
+        <v>2278.89</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F309" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A310" s="3" t="s">
+      <c r="A310" s="2" t="s">
         <v>606</v>
       </c>
-      <c r="B310" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B310" s="2"/>
+      <c r="C310" s="2"/>
+      <c r="D310" s="2"/>
+      <c r="E310" s="2"/>
+      <c r="F310" s="2"/>
+      <c r="G310" s="2"/>
+      <c r="H310" s="2"/>
+      <c r="I310" s="2"/>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="B311" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="B311" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C311" s="3">
-        <v>556.24</v>
+        <v>299.22</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F311" s="3">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="G311" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H311" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="B312" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="B312" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C312" s="3">
-        <v>1226.92</v>
+        <v>250.13</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F312" s="3">
-        <v>7</v>
+        <v>80</v>
       </c>
       <c r="G312" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H312" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A313" s="2" t="s">
+      <c r="A313" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="B313" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="B313" s="2"/>
-[...6 lines deleted...]
-      <c r="I313" s="2"/>
+      <c r="C313" s="3">
+        <v>314.97</v>
+      </c>
+      <c r="D313" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F313" s="3">
+        <v>70</v>
+      </c>
+      <c r="G313" s="3">
+        <v>10</v>
+      </c>
+      <c r="H313" s="3">
+        <v>10</v>
+      </c>
+      <c r="I313" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
         <v>613</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>614</v>
       </c>
       <c r="C314" s="3">
-        <v>614.03</v>
+        <v>624.47</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F314" s="3">
         <v>10</v>
       </c>
       <c r="G314" s="3">
         <v>10</v>
       </c>
       <c r="H314" s="3">
         <v>10</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
         <v>615</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>616</v>
       </c>
       <c r="C315" s="3">
-        <v>303.64</v>
+        <v>618.15</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F315" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="G315" s="3">
         <v>10</v>
       </c>
       <c r="H315" s="3">
         <v>10</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
         <v>617</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>618</v>
       </c>
       <c r="C316" s="3">
-        <v>337.27</v>
+        <v>277.83</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F316" s="3">
         <v>50</v>
       </c>
       <c r="G316" s="3">
         <v>10</v>
       </c>
       <c r="H316" s="3">
         <v>10</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A317" s="3" t="s">
+      <c r="A317" s="2" t="s">
         <v>619</v>
       </c>
-      <c r="B317" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B317" s="2"/>
+      <c r="C317" s="2"/>
+      <c r="D317" s="2"/>
+      <c r="E317" s="2"/>
+      <c r="F317" s="2"/>
+      <c r="G317" s="2"/>
+      <c r="H317" s="2"/>
+      <c r="I317" s="2"/>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="B318" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="B318" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C318" s="3">
-        <v>607.82</v>
+        <v>41.53</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F318" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="G318" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H318" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="B319" s="3" t="s">
         <v>623</v>
       </c>
-      <c r="B319" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C319" s="3">
-        <v>344.12</v>
+        <v>52.15</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F319" s="3">
-        <v>40</v>
+        <v>380</v>
       </c>
       <c r="G319" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H319" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A320" s="2" t="s">
+      <c r="A320" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="B320" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="B320" s="2"/>
-[...6 lines deleted...]
-      <c r="I320" s="2"/>
+      <c r="C320" s="3">
+        <v>150.75</v>
+      </c>
+      <c r="D320" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F320" s="3">
+        <v>0</v>
+      </c>
+      <c r="G320" s="3">
+        <v>50</v>
+      </c>
+      <c r="H320" s="3">
+        <v>250</v>
+      </c>
+      <c r="I320" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A321" s="3" t="s">
+      <c r="A321" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="B321" s="3" t="s">
+      <c r="B321" s="2"/>
+      <c r="C321" s="2"/>
+      <c r="D321" s="2"/>
+      <c r="E321" s="2"/>
+      <c r="F321" s="2"/>
+      <c r="G321" s="2"/>
+      <c r="H321" s="2"/>
+      <c r="I321" s="2"/>
+    </row>
+    <row r="322" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A322" s="2" t="s">
         <v>627</v>
       </c>
-      <c r="C321" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B322" s="2"/>
+      <c r="C322" s="2"/>
+      <c r="D322" s="2"/>
+      <c r="E322" s="2"/>
+      <c r="F322" s="2"/>
+      <c r="G322" s="2"/>
+      <c r="H322" s="2"/>
+      <c r="I322" s="2"/>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="C323" s="3">
-        <v>29.7</v>
+        <v>163.38</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F323" s="3">
-        <v>375</v>
+        <v>1725</v>
       </c>
       <c r="G323" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A324" s="2" t="s">
+      <c r="A324" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="B324" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="C324" s="3">
+        <v>286.41</v>
+      </c>
+      <c r="D324" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F324" s="3">
+        <v>10</v>
+      </c>
+      <c r="G324" s="3">
+        <v>1</v>
+      </c>
+      <c r="H324" s="3">
+        <v>30</v>
+      </c>
+      <c r="I324" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A325" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="B324" s="2"/>
-[...9 lines deleted...]
-      <c r="A325" s="2" t="s">
+      <c r="B325" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="B325" s="2"/>
-[...6 lines deleted...]
-      <c r="I325" s="2"/>
+      <c r="C325" s="3">
+        <v>40.73</v>
+      </c>
+      <c r="D325" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F325" s="3">
+        <v>0</v>
+      </c>
+      <c r="G325" s="3">
+        <v>1</v>
+      </c>
+      <c r="H325" s="3">
+        <v>150</v>
+      </c>
+      <c r="I325" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C326" s="3">
-        <v>82.9</v>
+        <v>100.34</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F326" s="3">
-        <v>4880</v>
+        <v>3535</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
         <v>60</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
         <v>636</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>637</v>
       </c>
       <c r="C327" s="3">
-        <v>111.84</v>
+        <v>69.3</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F327" s="3">
-        <v>7759</v>
+        <v>1625</v>
       </c>
       <c r="G327" s="3">
         <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
         <v>638</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>639</v>
       </c>
       <c r="C328" s="3">
-        <v>221.75</v>
+        <v>78.98</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F328" s="3">
-        <v>2111</v>
+        <v>1286</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I328" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
         <v>640</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>641</v>
       </c>
       <c r="C329" s="3">
-        <v>54.93</v>
+        <v>64.24</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F329" s="3">
-        <v>615</v>
+        <v>1254</v>
       </c>
       <c r="G329" s="3">
         <v>1</v>
       </c>
       <c r="H329" s="3">
         <v>180</v>
       </c>
       <c r="I329" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
         <v>642</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>643</v>
       </c>
       <c r="C330" s="3">
-        <v>64.72</v>
+        <v>65.35</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F330" s="3">
-        <v>798</v>
+        <v>1767</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
         <v>644</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>645</v>
       </c>
       <c r="C331" s="3">
-        <v>128.52</v>
+        <v>98.64</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F331" s="3">
-        <v>1616</v>
+        <v>3894</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I331" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>647</v>
       </c>
       <c r="C332" s="3">
-        <v>64.9</v>
+        <v>138.76</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F332" s="3">
-        <v>422</v>
+        <v>7407</v>
       </c>
       <c r="G332" s="3">
         <v>1</v>
       </c>
       <c r="H332" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I332" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A333" s="3" t="s">
+      <c r="A333" s="2" t="s">
         <v>648</v>
       </c>
-      <c r="B333" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B333" s="2"/>
+      <c r="C333" s="2"/>
+      <c r="D333" s="2"/>
+      <c r="E333" s="2"/>
+      <c r="F333" s="2"/>
+      <c r="G333" s="2"/>
+      <c r="H333" s="2"/>
+      <c r="I333" s="2"/>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="B334" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="B334" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C334" s="3">
-        <v>55.88</v>
+        <v>15.66</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F334" s="3">
-        <v>1478</v>
+        <v>50555</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="B335" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="B335" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C335" s="3">
-        <v>93.96</v>
+        <v>23.23</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F335" s="3">
-        <v>2845</v>
+        <v>320</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A336" s="2" t="s">
+      <c r="A336" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="B336" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="B336" s="2"/>
-[...6 lines deleted...]
-      <c r="I336" s="2"/>
+      <c r="C336" s="3">
+        <v>11.29</v>
+      </c>
+      <c r="D336" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F336" s="3">
+        <v>7539</v>
+      </c>
+      <c r="G336" s="3">
+        <v>1</v>
+      </c>
+      <c r="H336" s="3">
+        <v>70</v>
+      </c>
+      <c r="I336" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>656</v>
       </c>
       <c r="C337" s="3">
-        <v>38.6</v>
+        <v>20.49</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F337" s="3">
         <v>0</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
         <v>657</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>658</v>
       </c>
       <c r="C338" s="3">
-        <v>126.82</v>
+        <v>24.49</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F338" s="3">
-        <v>836</v>
+        <v>3602</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>98</v>
+        <v>160</v>
       </c>
       <c r="I338" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
         <v>659</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>660</v>
       </c>
       <c r="C339" s="3">
-        <v>56.68</v>
+        <v>16.88</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F339" s="3">
-        <v>3870</v>
+        <v>19866</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="I339" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A340" s="2" t="s">
+      <c r="A340" s="3" t="s">
         <v>661</v>
       </c>
-      <c r="B340" s="2"/>
-[...6 lines deleted...]
-      <c r="I340" s="2"/>
+      <c r="B340" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="C340" s="3">
+        <v>8.02</v>
+      </c>
+      <c r="D340" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F340" s="3">
+        <v>0</v>
+      </c>
+      <c r="G340" s="3">
+        <v>1</v>
+      </c>
+      <c r="H340" s="3">
+        <v>300</v>
+      </c>
+      <c r="I340" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A341" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B341" s="3" t="s">
+      <c r="A341" s="2" t="s">
         <v>663</v>
       </c>
-      <c r="C341" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B341" s="2"/>
+      <c r="C341" s="2"/>
+      <c r="D341" s="2"/>
+      <c r="E341" s="2"/>
+      <c r="F341" s="2"/>
+      <c r="G341" s="2"/>
+      <c r="H341" s="2"/>
+      <c r="I341" s="2"/>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C342" s="3">
-        <v>10.57</v>
+        <v>327.16</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F342" s="3">
-        <v>4235</v>
+        <v>940</v>
       </c>
       <c r="G342" s="3">
         <v>1</v>
       </c>
       <c r="H342" s="3">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
         <v>666</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>667</v>
       </c>
       <c r="C343" s="3">
-        <v>15.4</v>
+        <v>378.67</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F343" s="3">
-        <v>23556</v>
+        <v>481</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I343" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A344" s="3" t="s">
+      <c r="A344" s="2" t="s">
         <v>668</v>
       </c>
-      <c r="B344" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B344" s="2"/>
+      <c r="C344" s="2"/>
+      <c r="D344" s="2"/>
+      <c r="E344" s="2"/>
+      <c r="F344" s="2"/>
+      <c r="G344" s="2"/>
+      <c r="H344" s="2"/>
+      <c r="I344" s="2"/>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="B345" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="B345" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C345" s="3">
-        <v>20.94</v>
+        <v>82.63</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F345" s="3">
-        <v>8384</v>
+        <v>238</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>160</v>
+        <v>50</v>
       </c>
       <c r="I345" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="B346" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="B346" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C346" s="3">
-        <v>20.15</v>
+        <v>72.85</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F346" s="3">
-        <v>0</v>
+        <v>1388</v>
       </c>
       <c r="G346" s="3">
         <v>1</v>
       </c>
       <c r="H346" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I346" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="B347" s="3" t="s">
         <v>674</v>
       </c>
-      <c r="B347" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C347" s="3">
-        <v>21.75</v>
+        <v>598.46</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F347" s="3">
-        <v>6605</v>
+        <v>894</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I347" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="B348" s="3" t="s">
         <v>676</v>
       </c>
-      <c r="B348" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C348" s="3">
-        <v>23</v>
+        <v>65.79</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F348" s="3">
-        <v>0</v>
+        <v>683</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I348" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="B349" s="3" t="s">
         <v>678</v>
       </c>
-      <c r="B349" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C349" s="3">
-        <v>23.44</v>
+        <v>528.67</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F349" s="3">
-        <v>320</v>
+        <v>1410</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="I349" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A350" s="2" t="s">
+      <c r="A350" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="B350" s="3" t="s">
         <v>680</v>
       </c>
-      <c r="B350" s="2"/>
-[...6 lines deleted...]
-      <c r="I350" s="2"/>
+      <c r="C350" s="3">
+        <v>73.53</v>
+      </c>
+      <c r="D350" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E350" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F350" s="3">
+        <v>527</v>
+      </c>
+      <c r="G350" s="3">
+        <v>1</v>
+      </c>
+      <c r="H350" s="3">
+        <v>100</v>
+      </c>
+      <c r="I350" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
         <v>681</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>682</v>
       </c>
       <c r="C351" s="3">
-        <v>323.77</v>
+        <v>641.95</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F351" s="3">
-        <v>449</v>
+        <v>1984</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A352" s="3" t="s">
+      <c r="A352" s="2" t="s">
         <v>683</v>
       </c>
-      <c r="B352" s="3" t="s">
+      <c r="B352" s="2"/>
+      <c r="C352" s="2"/>
+      <c r="D352" s="2"/>
+      <c r="E352" s="2"/>
+      <c r="F352" s="2"/>
+      <c r="G352" s="2"/>
+      <c r="H352" s="2"/>
+      <c r="I352" s="2"/>
+    </row>
+    <row r="353" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A353" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="C352" s="3">
-[...5 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="B353" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="C353" s="3">
+        <v>63.41</v>
+      </c>
+      <c r="D353" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="F352" s="3">
-[...23 lines deleted...]
-      <c r="I353" s="2"/>
+      <c r="F353" s="3">
+        <v>3818</v>
+      </c>
+      <c r="G353" s="3">
+        <v>1</v>
+      </c>
+      <c r="H353" s="3">
+        <v>175</v>
+      </c>
+      <c r="I353" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
         <v>686</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>687</v>
       </c>
       <c r="C354" s="3">
-        <v>79.87</v>
+        <v>49.07</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F354" s="3">
-        <v>709</v>
+        <v>2546</v>
       </c>
       <c r="G354" s="3">
         <v>1</v>
       </c>
       <c r="H354" s="3">
-        <v>100</v>
+        <v>175</v>
       </c>
       <c r="I354" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
         <v>688</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>689</v>
       </c>
       <c r="C355" s="3">
-        <v>88.43</v>
+        <v>135.42</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F355" s="3">
-        <v>1399</v>
+        <v>2638</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A356" s="3" t="s">
+      <c r="A356" s="2" t="s">
         <v>690</v>
       </c>
-      <c r="B356" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B356" s="2"/>
+      <c r="C356" s="2"/>
+      <c r="D356" s="2"/>
+      <c r="E356" s="2"/>
+      <c r="F356" s="2"/>
+      <c r="G356" s="2"/>
+      <c r="H356" s="2"/>
+      <c r="I356" s="2"/>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="B357" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="B357" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C357" s="3">
-        <v>549.96</v>
+        <v>521.66</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>47</v>
+        <v>454</v>
       </c>
       <c r="F357" s="3">
-        <v>611</v>
+        <v>83</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I357" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="B358" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="B358" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C358" s="3">
-        <v>631.22</v>
+        <v>376.06</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>47</v>
+        <v>454</v>
       </c>
       <c r="F358" s="3">
-        <v>909</v>
+        <v>724</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I358" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="B359" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="B359" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C359" s="3">
-        <v>83.53</v>
+        <v>635.27</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>47</v>
+        <v>454</v>
       </c>
       <c r="F359" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I359" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="B360" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="B360" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C360" s="3">
-        <v>84.56</v>
+        <v>463.06</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>47</v>
+        <v>454</v>
       </c>
       <c r="F360" s="3">
-        <v>560</v>
+        <v>49</v>
       </c>
       <c r="G360" s="3">
         <v>1</v>
       </c>
       <c r="H360" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I360" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="B361" s="3" t="s">
         <v>700</v>
       </c>
-      <c r="B361" s="3" t="s">
+      <c r="C361" s="3">
+        <v>836.08</v>
+      </c>
+      <c r="D361" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="F361" s="3">
+        <v>151</v>
+      </c>
+      <c r="G361" s="3">
+        <v>1</v>
+      </c>
+      <c r="H361" s="3">
+        <v>30</v>
+      </c>
+      <c r="I361" s="3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="362" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A362" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="C361" s="3">
-[...22 lines deleted...]
-      <c r="A362" s="2" t="s">
+      <c r="B362" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="B362" s="2"/>
-[...6 lines deleted...]
-      <c r="I362" s="2"/>
+      <c r="C362" s="3">
+        <v>509.37</v>
+      </c>
+      <c r="D362" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="F362" s="3">
+        <v>756</v>
+      </c>
+      <c r="G362" s="3">
+        <v>1</v>
+      </c>
+      <c r="H362" s="3">
+        <v>20</v>
+      </c>
+      <c r="I362" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C363" s="3">
-        <v>455.32</v>
+        <v>766.68</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F363" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="G363" s="3">
         <v>1</v>
       </c>
       <c r="H363" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I363" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
         <v>705</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>706</v>
       </c>
       <c r="C364" s="3">
-        <v>352.17</v>
+        <v>573.83</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F364" s="3">
-        <v>0</v>
+        <v>590</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="I364" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
         <v>707</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>708</v>
       </c>
       <c r="C365" s="3">
-        <v>624.65</v>
+        <v>563.77</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F365" s="3">
-        <v>4</v>
+        <v>1751</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I365" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
         <v>709</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C366" s="3">
-        <v>554.35</v>
+        <v>664.29</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F366" s="3">
-        <v>232</v>
+        <v>86</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I366" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
         <v>711</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>712</v>
       </c>
       <c r="C367" s="3">
-        <v>512.94</v>
+        <v>463.06</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F367" s="3">
-        <v>202</v>
+        <v>21</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="I367" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
         <v>713</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>714</v>
       </c>
       <c r="C368" s="3">
-        <v>455.32</v>
+        <v>766.69</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F368" s="3">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I368" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
         <v>715</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>716</v>
       </c>
       <c r="C369" s="3">
-        <v>753.86</v>
+        <v>844.14</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F369" s="3">
-        <v>116</v>
+        <v>59</v>
       </c>
       <c r="G369" s="3">
         <v>1</v>
       </c>
       <c r="H369" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I369" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
         <v>717</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>718</v>
       </c>
       <c r="C370" s="3">
-        <v>622.08</v>
+        <v>505.45</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F370" s="3">
-        <v>121</v>
+        <v>174</v>
       </c>
       <c r="G370" s="3">
         <v>1</v>
       </c>
       <c r="H370" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I370" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
         <v>719</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>720</v>
       </c>
       <c r="C371" s="3">
-        <v>676.66</v>
+        <v>505.45</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F371" s="3">
-        <v>89</v>
+        <v>173</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I371" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
         <v>721</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>722</v>
       </c>
       <c r="C372" s="3">
-        <v>830.03</v>
+        <v>462.39</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F372" s="3">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="I372" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
         <v>723</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>724</v>
       </c>
       <c r="C373" s="3">
-        <v>413.33</v>
+        <v>505.45</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F373" s="3">
-        <v>126</v>
+        <v>66</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="I373" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
         <v>725</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>726</v>
       </c>
       <c r="C374" s="3">
-        <v>413.33</v>
+        <v>563.77</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F374" s="3">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="I374" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
         <v>727</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>728</v>
       </c>
       <c r="C375" s="3">
-        <v>473.33</v>
+        <v>563.77</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F375" s="3">
-        <v>80</v>
+        <v>3943</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I375" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
         <v>729</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>730</v>
       </c>
       <c r="C376" s="3">
-        <v>754.45</v>
+        <v>141.52</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>458</v>
+        <v>47</v>
       </c>
       <c r="F376" s="3">
-        <v>12</v>
+        <v>2314</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="I376" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
         <v>731</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>732</v>
       </c>
       <c r="C377" s="3">
-        <v>824.45</v>
+        <v>629.67</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>458</v>
+        <v>47</v>
       </c>
       <c r="F377" s="3">
-        <v>166</v>
+        <v>0</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I377" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
         <v>733</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>734</v>
       </c>
       <c r="C378" s="3">
-        <v>823.31</v>
+        <v>767.28</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F378" s="3">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I378" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
         <v>735</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>736</v>
       </c>
       <c r="C379" s="3">
-        <v>135.13</v>
+        <v>688.16</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>47</v>
+        <v>454</v>
       </c>
       <c r="F379" s="3">
-        <v>5422</v>
+        <v>83</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="I379" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
         <v>737</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>738</v>
       </c>
       <c r="C380" s="3">
-        <v>619.14</v>
+        <v>462.39</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>47</v>
+        <v>454</v>
       </c>
       <c r="F380" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="G380" s="3">
         <v>1</v>
       </c>
       <c r="H380" s="3">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="I380" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C381" s="3">
-        <v>622.08</v>
+        <v>1006.16</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F381" s="3">
-        <v>538</v>
+        <v>75</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I381" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
         <v>741</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>742</v>
       </c>
       <c r="C382" s="3">
-        <v>352.17</v>
+        <v>1006.16</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F382" s="3">
+        <v>183</v>
+      </c>
+      <c r="G382" s="3">
+        <v>1</v>
+      </c>
+      <c r="H382" s="3">
+        <v>15</v>
+      </c>
+      <c r="I382" s="3">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>744</v>
       </c>
       <c r="C383" s="3">
-        <v>455.32</v>
+        <v>1004.77</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F383" s="3">
-        <v>8</v>
+        <v>104</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I383" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
         <v>745</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>746</v>
       </c>
       <c r="C384" s="3">
-        <v>554.35</v>
+        <v>171.78</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>458</v>
+        <v>47</v>
       </c>
       <c r="F384" s="3">
-        <v>831</v>
+        <v>4439</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="I384" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
         <v>747</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>748</v>
       </c>
       <c r="C385" s="3">
-        <v>753.87</v>
+        <v>879.2</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F385" s="3">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="G385" s="3">
         <v>1</v>
       </c>
       <c r="H385" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I385" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
         <v>749</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>750</v>
       </c>
       <c r="C386" s="3">
-        <v>512.94</v>
+        <v>664.29</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F386" s="3">
-        <v>59</v>
+        <v>200</v>
       </c>
       <c r="G386" s="3">
         <v>1</v>
       </c>
       <c r="H386" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I386" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
         <v>751</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>752</v>
       </c>
       <c r="C387" s="3">
-        <v>352.17</v>
+        <v>573.83</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F387" s="3">
-        <v>838</v>
+        <v>550</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="I387" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
         <v>753</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>754</v>
       </c>
       <c r="C388" s="3">
-        <v>554.35</v>
+        <v>376.06</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F388" s="3">
-        <v>105</v>
+        <v>782</v>
       </c>
       <c r="G388" s="3">
         <v>1</v>
       </c>
       <c r="H388" s="3">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I388" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
         <v>755</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>756</v>
       </c>
       <c r="C389" s="3">
-        <v>745.84</v>
+        <v>376.06</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F389" s="3">
-        <v>164</v>
+        <v>260</v>
       </c>
       <c r="G389" s="3">
         <v>1</v>
       </c>
       <c r="H389" s="3">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I389" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
         <v>757</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>758</v>
       </c>
       <c r="C390" s="3">
-        <v>512.94</v>
+        <v>462.39</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F390" s="3">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="G390" s="3">
         <v>1</v>
       </c>
       <c r="H390" s="3">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="I390" s="3">
-        <v>100</v>
-[...27 lines deleted...]
-      <c r="I391" s="3">
         <v>0</v>
-      </c>
-[...143 lines deleted...]
-        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="33">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A25:I25"/>
     <mergeCell ref="A32:I32"/>
     <mergeCell ref="A37:I37"/>
-    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A74:I74"/>
+    <mergeCell ref="A85:I85"/>
     <mergeCell ref="A86:I86"/>
-    <mergeCell ref="A87:I87"/>
-[...3 lines deleted...]
-    <mergeCell ref="A178:I178"/>
+    <mergeCell ref="A107:I107"/>
+    <mergeCell ref="A128:I128"/>
+    <mergeCell ref="A147:I147"/>
+    <mergeCell ref="A177:I177"/>
+    <mergeCell ref="A186:I186"/>
     <mergeCell ref="A187:I187"/>
-    <mergeCell ref="A188:I188"/>
+    <mergeCell ref="A197:I197"/>
     <mergeCell ref="A198:I198"/>
-    <mergeCell ref="A199:I199"/>
-[...14 lines deleted...]
-    <mergeCell ref="A362:I362"/>
+    <mergeCell ref="A208:I208"/>
+    <mergeCell ref="A230:I230"/>
+    <mergeCell ref="A231:I231"/>
+    <mergeCell ref="A262:I262"/>
+    <mergeCell ref="A287:I287"/>
+    <mergeCell ref="A288:I288"/>
+    <mergeCell ref="A310:I310"/>
+    <mergeCell ref="A317:I317"/>
+    <mergeCell ref="A321:I321"/>
+    <mergeCell ref="A322:I322"/>
+    <mergeCell ref="A333:I333"/>
+    <mergeCell ref="A341:I341"/>
+    <mergeCell ref="A344:I344"/>
+    <mergeCell ref="A352:I352"/>
+    <mergeCell ref="A356:I356"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
@@ -13827,347 +13617,341 @@
     <hyperlink ref="D49" r:id="rId41"/>
     <hyperlink ref="D50" r:id="rId42"/>
     <hyperlink ref="D51" r:id="rId43"/>
     <hyperlink ref="D52" r:id="rId44"/>
     <hyperlink ref="D53" r:id="rId45"/>
     <hyperlink ref="D54" r:id="rId46"/>
     <hyperlink ref="D55" r:id="rId47"/>
     <hyperlink ref="D56" r:id="rId48"/>
     <hyperlink ref="D57" r:id="rId49"/>
     <hyperlink ref="D58" r:id="rId50"/>
     <hyperlink ref="D59" r:id="rId51"/>
     <hyperlink ref="D60" r:id="rId52"/>
     <hyperlink ref="D61" r:id="rId53"/>
     <hyperlink ref="D62" r:id="rId54"/>
     <hyperlink ref="D63" r:id="rId55"/>
     <hyperlink ref="D64" r:id="rId56"/>
     <hyperlink ref="D65" r:id="rId57"/>
     <hyperlink ref="D66" r:id="rId58"/>
     <hyperlink ref="D67" r:id="rId59"/>
     <hyperlink ref="D68" r:id="rId60"/>
     <hyperlink ref="D69" r:id="rId61"/>
     <hyperlink ref="D70" r:id="rId62"/>
     <hyperlink ref="D71" r:id="rId63"/>
     <hyperlink ref="D72" r:id="rId64"/>
     <hyperlink ref="D73" r:id="rId65"/>
-    <hyperlink ref="D74" r:id="rId66"/>
+    <hyperlink ref="D75" r:id="rId66"/>
     <hyperlink ref="D76" r:id="rId67"/>
     <hyperlink ref="D77" r:id="rId68"/>
     <hyperlink ref="D78" r:id="rId69"/>
     <hyperlink ref="D79" r:id="rId70"/>
     <hyperlink ref="D80" r:id="rId71"/>
     <hyperlink ref="D81" r:id="rId72"/>
     <hyperlink ref="D82" r:id="rId73"/>
     <hyperlink ref="D83" r:id="rId74"/>
     <hyperlink ref="D84" r:id="rId75"/>
-    <hyperlink ref="D85" r:id="rId76"/>
+    <hyperlink ref="D87" r:id="rId76"/>
     <hyperlink ref="D88" r:id="rId77"/>
     <hyperlink ref="D89" r:id="rId78"/>
     <hyperlink ref="D90" r:id="rId79"/>
     <hyperlink ref="D91" r:id="rId80"/>
     <hyperlink ref="D92" r:id="rId81"/>
     <hyperlink ref="D93" r:id="rId82"/>
     <hyperlink ref="D94" r:id="rId83"/>
     <hyperlink ref="D95" r:id="rId84"/>
     <hyperlink ref="D96" r:id="rId85"/>
     <hyperlink ref="D97" r:id="rId86"/>
     <hyperlink ref="D98" r:id="rId87"/>
     <hyperlink ref="D99" r:id="rId88"/>
     <hyperlink ref="D100" r:id="rId89"/>
     <hyperlink ref="D101" r:id="rId90"/>
     <hyperlink ref="D102" r:id="rId91"/>
     <hyperlink ref="D103" r:id="rId92"/>
     <hyperlink ref="D104" r:id="rId93"/>
     <hyperlink ref="D105" r:id="rId94"/>
     <hyperlink ref="D106" r:id="rId95"/>
-    <hyperlink ref="D107" r:id="rId96"/>
+    <hyperlink ref="D108" r:id="rId96"/>
     <hyperlink ref="D109" r:id="rId97"/>
     <hyperlink ref="D110" r:id="rId98"/>
     <hyperlink ref="D111" r:id="rId99"/>
     <hyperlink ref="D112" r:id="rId100"/>
     <hyperlink ref="D113" r:id="rId101"/>
     <hyperlink ref="D114" r:id="rId102"/>
     <hyperlink ref="D115" r:id="rId103"/>
     <hyperlink ref="D116" r:id="rId104"/>
     <hyperlink ref="D117" r:id="rId105"/>
     <hyperlink ref="D118" r:id="rId106"/>
     <hyperlink ref="D119" r:id="rId107"/>
     <hyperlink ref="D120" r:id="rId108"/>
     <hyperlink ref="D121" r:id="rId109"/>
     <hyperlink ref="D122" r:id="rId110"/>
     <hyperlink ref="D123" r:id="rId111"/>
     <hyperlink ref="D124" r:id="rId112"/>
     <hyperlink ref="D125" r:id="rId113"/>
     <hyperlink ref="D126" r:id="rId114"/>
     <hyperlink ref="D127" r:id="rId115"/>
-    <hyperlink ref="D128" r:id="rId116"/>
+    <hyperlink ref="D129" r:id="rId116"/>
     <hyperlink ref="D130" r:id="rId117"/>
     <hyperlink ref="D131" r:id="rId118"/>
     <hyperlink ref="D132" r:id="rId119"/>
     <hyperlink ref="D133" r:id="rId120"/>
     <hyperlink ref="D134" r:id="rId121"/>
     <hyperlink ref="D135" r:id="rId122"/>
     <hyperlink ref="D136" r:id="rId123"/>
     <hyperlink ref="D137" r:id="rId124"/>
     <hyperlink ref="D138" r:id="rId125"/>
     <hyperlink ref="D139" r:id="rId126"/>
     <hyperlink ref="D140" r:id="rId127"/>
     <hyperlink ref="D141" r:id="rId128"/>
     <hyperlink ref="D142" r:id="rId129"/>
     <hyperlink ref="D143" r:id="rId130"/>
     <hyperlink ref="D144" r:id="rId131"/>
     <hyperlink ref="D145" r:id="rId132"/>
     <hyperlink ref="D146" r:id="rId133"/>
-    <hyperlink ref="D147" r:id="rId134"/>
+    <hyperlink ref="D148" r:id="rId134"/>
     <hyperlink ref="D149" r:id="rId135"/>
     <hyperlink ref="D150" r:id="rId136"/>
     <hyperlink ref="D151" r:id="rId137"/>
     <hyperlink ref="D152" r:id="rId138"/>
     <hyperlink ref="D153" r:id="rId139"/>
     <hyperlink ref="D154" r:id="rId140"/>
     <hyperlink ref="D155" r:id="rId141"/>
     <hyperlink ref="D156" r:id="rId142"/>
     <hyperlink ref="D157" r:id="rId143"/>
     <hyperlink ref="D158" r:id="rId144"/>
     <hyperlink ref="D159" r:id="rId145"/>
     <hyperlink ref="D160" r:id="rId146"/>
     <hyperlink ref="D161" r:id="rId147"/>
     <hyperlink ref="D162" r:id="rId148"/>
     <hyperlink ref="D163" r:id="rId149"/>
     <hyperlink ref="D164" r:id="rId150"/>
     <hyperlink ref="D165" r:id="rId151"/>
     <hyperlink ref="D166" r:id="rId152"/>
     <hyperlink ref="D167" r:id="rId153"/>
     <hyperlink ref="D168" r:id="rId154"/>
     <hyperlink ref="D169" r:id="rId155"/>
     <hyperlink ref="D170" r:id="rId156"/>
     <hyperlink ref="D171" r:id="rId157"/>
     <hyperlink ref="D172" r:id="rId158"/>
     <hyperlink ref="D173" r:id="rId159"/>
     <hyperlink ref="D174" r:id="rId160"/>
     <hyperlink ref="D175" r:id="rId161"/>
     <hyperlink ref="D176" r:id="rId162"/>
-    <hyperlink ref="D177" r:id="rId163"/>
+    <hyperlink ref="D178" r:id="rId163"/>
     <hyperlink ref="D179" r:id="rId164"/>
     <hyperlink ref="D180" r:id="rId165"/>
     <hyperlink ref="D181" r:id="rId166"/>
     <hyperlink ref="D182" r:id="rId167"/>
     <hyperlink ref="D183" r:id="rId168"/>
     <hyperlink ref="D184" r:id="rId169"/>
     <hyperlink ref="D185" r:id="rId170"/>
-    <hyperlink ref="D186" r:id="rId171"/>
+    <hyperlink ref="D188" r:id="rId171"/>
     <hyperlink ref="D189" r:id="rId172"/>
     <hyperlink ref="D190" r:id="rId173"/>
     <hyperlink ref="D191" r:id="rId174"/>
     <hyperlink ref="D192" r:id="rId175"/>
     <hyperlink ref="D193" r:id="rId176"/>
     <hyperlink ref="D194" r:id="rId177"/>
     <hyperlink ref="D195" r:id="rId178"/>
     <hyperlink ref="D196" r:id="rId179"/>
-    <hyperlink ref="D197" r:id="rId180"/>
+    <hyperlink ref="D199" r:id="rId180"/>
     <hyperlink ref="D200" r:id="rId181"/>
     <hyperlink ref="D201" r:id="rId182"/>
     <hyperlink ref="D202" r:id="rId183"/>
     <hyperlink ref="D203" r:id="rId184"/>
     <hyperlink ref="D204" r:id="rId185"/>
     <hyperlink ref="D205" r:id="rId186"/>
     <hyperlink ref="D206" r:id="rId187"/>
     <hyperlink ref="D207" r:id="rId188"/>
-    <hyperlink ref="D208" r:id="rId189"/>
+    <hyperlink ref="D209" r:id="rId189"/>
     <hyperlink ref="D210" r:id="rId190"/>
     <hyperlink ref="D211" r:id="rId191"/>
     <hyperlink ref="D212" r:id="rId192"/>
     <hyperlink ref="D213" r:id="rId193"/>
     <hyperlink ref="D214" r:id="rId194"/>
     <hyperlink ref="D215" r:id="rId195"/>
     <hyperlink ref="D216" r:id="rId196"/>
     <hyperlink ref="D217" r:id="rId197"/>
     <hyperlink ref="D218" r:id="rId198"/>
     <hyperlink ref="D219" r:id="rId199"/>
     <hyperlink ref="D220" r:id="rId200"/>
     <hyperlink ref="D221" r:id="rId201"/>
     <hyperlink ref="D222" r:id="rId202"/>
     <hyperlink ref="D223" r:id="rId203"/>
     <hyperlink ref="D224" r:id="rId204"/>
     <hyperlink ref="D225" r:id="rId205"/>
     <hyperlink ref="D226" r:id="rId206"/>
     <hyperlink ref="D227" r:id="rId207"/>
     <hyperlink ref="D228" r:id="rId208"/>
     <hyperlink ref="D229" r:id="rId209"/>
-    <hyperlink ref="D230" r:id="rId210"/>
-    <hyperlink ref="D231" r:id="rId211"/>
+    <hyperlink ref="D232" r:id="rId210"/>
+    <hyperlink ref="D233" r:id="rId211"/>
     <hyperlink ref="D234" r:id="rId212"/>
     <hyperlink ref="D235" r:id="rId213"/>
     <hyperlink ref="D236" r:id="rId214"/>
     <hyperlink ref="D237" r:id="rId215"/>
     <hyperlink ref="D238" r:id="rId216"/>
     <hyperlink ref="D239" r:id="rId217"/>
     <hyperlink ref="D240" r:id="rId218"/>
     <hyperlink ref="D241" r:id="rId219"/>
     <hyperlink ref="D242" r:id="rId220"/>
     <hyperlink ref="D243" r:id="rId221"/>
     <hyperlink ref="D244" r:id="rId222"/>
     <hyperlink ref="D245" r:id="rId223"/>
     <hyperlink ref="D246" r:id="rId224"/>
     <hyperlink ref="D247" r:id="rId225"/>
     <hyperlink ref="D248" r:id="rId226"/>
     <hyperlink ref="D249" r:id="rId227"/>
     <hyperlink ref="D250" r:id="rId228"/>
     <hyperlink ref="D251" r:id="rId229"/>
     <hyperlink ref="D252" r:id="rId230"/>
     <hyperlink ref="D253" r:id="rId231"/>
     <hyperlink ref="D254" r:id="rId232"/>
     <hyperlink ref="D255" r:id="rId233"/>
     <hyperlink ref="D256" r:id="rId234"/>
     <hyperlink ref="D257" r:id="rId235"/>
     <hyperlink ref="D258" r:id="rId236"/>
     <hyperlink ref="D259" r:id="rId237"/>
     <hyperlink ref="D260" r:id="rId238"/>
     <hyperlink ref="D261" r:id="rId239"/>
-    <hyperlink ref="D262" r:id="rId240"/>
-    <hyperlink ref="D263" r:id="rId241"/>
+    <hyperlink ref="D263" r:id="rId240"/>
+    <hyperlink ref="D264" r:id="rId241"/>
     <hyperlink ref="D265" r:id="rId242"/>
     <hyperlink ref="D266" r:id="rId243"/>
     <hyperlink ref="D267" r:id="rId244"/>
     <hyperlink ref="D268" r:id="rId245"/>
     <hyperlink ref="D269" r:id="rId246"/>
     <hyperlink ref="D270" r:id="rId247"/>
     <hyperlink ref="D271" r:id="rId248"/>
     <hyperlink ref="D272" r:id="rId249"/>
     <hyperlink ref="D273" r:id="rId250"/>
     <hyperlink ref="D274" r:id="rId251"/>
     <hyperlink ref="D275" r:id="rId252"/>
     <hyperlink ref="D276" r:id="rId253"/>
     <hyperlink ref="D277" r:id="rId254"/>
     <hyperlink ref="D278" r:id="rId255"/>
     <hyperlink ref="D279" r:id="rId256"/>
     <hyperlink ref="D280" r:id="rId257"/>
     <hyperlink ref="D281" r:id="rId258"/>
     <hyperlink ref="D282" r:id="rId259"/>
     <hyperlink ref="D283" r:id="rId260"/>
     <hyperlink ref="D284" r:id="rId261"/>
     <hyperlink ref="D285" r:id="rId262"/>
     <hyperlink ref="D286" r:id="rId263"/>
-    <hyperlink ref="D287" r:id="rId264"/>
-    <hyperlink ref="D288" r:id="rId265"/>
+    <hyperlink ref="D289" r:id="rId264"/>
+    <hyperlink ref="D290" r:id="rId265"/>
     <hyperlink ref="D291" r:id="rId266"/>
     <hyperlink ref="D292" r:id="rId267"/>
     <hyperlink ref="D293" r:id="rId268"/>
     <hyperlink ref="D294" r:id="rId269"/>
     <hyperlink ref="D295" r:id="rId270"/>
     <hyperlink ref="D296" r:id="rId271"/>
     <hyperlink ref="D297" r:id="rId272"/>
     <hyperlink ref="D298" r:id="rId273"/>
     <hyperlink ref="D299" r:id="rId274"/>
     <hyperlink ref="D300" r:id="rId275"/>
     <hyperlink ref="D301" r:id="rId276"/>
     <hyperlink ref="D302" r:id="rId277"/>
     <hyperlink ref="D303" r:id="rId278"/>
     <hyperlink ref="D304" r:id="rId279"/>
     <hyperlink ref="D305" r:id="rId280"/>
     <hyperlink ref="D306" r:id="rId281"/>
     <hyperlink ref="D307" r:id="rId282"/>
     <hyperlink ref="D308" r:id="rId283"/>
     <hyperlink ref="D309" r:id="rId284"/>
-    <hyperlink ref="D310" r:id="rId285"/>
-[...1 lines deleted...]
-    <hyperlink ref="D312" r:id="rId287"/>
+    <hyperlink ref="D311" r:id="rId285"/>
+    <hyperlink ref="D312" r:id="rId286"/>
+    <hyperlink ref="D313" r:id="rId287"/>
     <hyperlink ref="D314" r:id="rId288"/>
     <hyperlink ref="D315" r:id="rId289"/>
     <hyperlink ref="D316" r:id="rId290"/>
-    <hyperlink ref="D317" r:id="rId291"/>
-[...4 lines deleted...]
-    <hyperlink ref="D323" r:id="rId296"/>
+    <hyperlink ref="D318" r:id="rId291"/>
+    <hyperlink ref="D319" r:id="rId292"/>
+    <hyperlink ref="D320" r:id="rId293"/>
+    <hyperlink ref="D323" r:id="rId294"/>
+    <hyperlink ref="D324" r:id="rId295"/>
+    <hyperlink ref="D325" r:id="rId296"/>
     <hyperlink ref="D326" r:id="rId297"/>
     <hyperlink ref="D327" r:id="rId298"/>
     <hyperlink ref="D328" r:id="rId299"/>
     <hyperlink ref="D329" r:id="rId300"/>
     <hyperlink ref="D330" r:id="rId301"/>
     <hyperlink ref="D331" r:id="rId302"/>
     <hyperlink ref="D332" r:id="rId303"/>
-    <hyperlink ref="D333" r:id="rId304"/>
-[...1 lines deleted...]
-    <hyperlink ref="D335" r:id="rId306"/>
+    <hyperlink ref="D334" r:id="rId304"/>
+    <hyperlink ref="D335" r:id="rId305"/>
+    <hyperlink ref="D336" r:id="rId306"/>
     <hyperlink ref="D337" r:id="rId307"/>
     <hyperlink ref="D338" r:id="rId308"/>
     <hyperlink ref="D339" r:id="rId309"/>
-    <hyperlink ref="D341" r:id="rId310"/>
+    <hyperlink ref="D340" r:id="rId310"/>
     <hyperlink ref="D342" r:id="rId311"/>
     <hyperlink ref="D343" r:id="rId312"/>
-    <hyperlink ref="D344" r:id="rId313"/>
-[...4 lines deleted...]
-    <hyperlink ref="D349" r:id="rId318"/>
+    <hyperlink ref="D345" r:id="rId313"/>
+    <hyperlink ref="D346" r:id="rId314"/>
+    <hyperlink ref="D347" r:id="rId315"/>
+    <hyperlink ref="D348" r:id="rId316"/>
+    <hyperlink ref="D349" r:id="rId317"/>
+    <hyperlink ref="D350" r:id="rId318"/>
     <hyperlink ref="D351" r:id="rId319"/>
-    <hyperlink ref="D352" r:id="rId320"/>
+    <hyperlink ref="D353" r:id="rId320"/>
     <hyperlink ref="D354" r:id="rId321"/>
     <hyperlink ref="D355" r:id="rId322"/>
-    <hyperlink ref="D356" r:id="rId323"/>
-[...4 lines deleted...]
-    <hyperlink ref="D361" r:id="rId328"/>
+    <hyperlink ref="D357" r:id="rId323"/>
+    <hyperlink ref="D358" r:id="rId324"/>
+    <hyperlink ref="D359" r:id="rId325"/>
+    <hyperlink ref="D360" r:id="rId326"/>
+    <hyperlink ref="D361" r:id="rId327"/>
+    <hyperlink ref="D362" r:id="rId328"/>
     <hyperlink ref="D363" r:id="rId329"/>
     <hyperlink ref="D364" r:id="rId330"/>
     <hyperlink ref="D365" r:id="rId331"/>
     <hyperlink ref="D366" r:id="rId332"/>
     <hyperlink ref="D367" r:id="rId333"/>
     <hyperlink ref="D368" r:id="rId334"/>
     <hyperlink ref="D369" r:id="rId335"/>
     <hyperlink ref="D370" r:id="rId336"/>
     <hyperlink ref="D371" r:id="rId337"/>
     <hyperlink ref="D372" r:id="rId338"/>
     <hyperlink ref="D373" r:id="rId339"/>
     <hyperlink ref="D374" r:id="rId340"/>
     <hyperlink ref="D375" r:id="rId341"/>
     <hyperlink ref="D376" r:id="rId342"/>
     <hyperlink ref="D377" r:id="rId343"/>
     <hyperlink ref="D378" r:id="rId344"/>
     <hyperlink ref="D379" r:id="rId345"/>
     <hyperlink ref="D380" r:id="rId346"/>
     <hyperlink ref="D381" r:id="rId347"/>
     <hyperlink ref="D382" r:id="rId348"/>
     <hyperlink ref="D383" r:id="rId349"/>
     <hyperlink ref="D384" r:id="rId350"/>
     <hyperlink ref="D385" r:id="rId351"/>
     <hyperlink ref="D386" r:id="rId352"/>
     <hyperlink ref="D387" r:id="rId353"/>
     <hyperlink ref="D388" r:id="rId354"/>
     <hyperlink ref="D389" r:id="rId355"/>
     <hyperlink ref="D390" r:id="rId356"/>
-    <hyperlink ref="D391" r:id="rId357"/>
-[...4 lines deleted...]
-    <hyperlink ref="D396" r:id="rId362"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>