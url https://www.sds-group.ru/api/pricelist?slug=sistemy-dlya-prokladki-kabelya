--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -8,2329 +8,2269 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1466" uniqueCount="759">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1426" uniqueCount="739">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Системы для прокладки кабеля</t>
   </si>
   <si>
     <t>1.1 Кабель-канал</t>
   </si>
   <si>
-    <t>1.1.1 Кабель-канал REXANT (белый)</t>
+    <t>1.1.1 Кабель-канал напольный Rexant</t>
+  </si>
+  <si>
+    <t>28-5048</t>
+  </si>
+  <si>
+    <t>Кабель-канал напольный самоклеящийся 50х12мм, серый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>28-5049</t>
+  </si>
+  <si>
+    <t>Кабель-канал напольный самоклеящийся 70х20мм, серый REXANT</t>
+  </si>
+  <si>
+    <t>28-5046</t>
+  </si>
+  <si>
+    <t>Кабель-канал напольный 70х16мм, серый REXANT</t>
+  </si>
+  <si>
+    <t>28-5051</t>
+  </si>
+  <si>
+    <t>Кабель-канал напольный самоклеящийся 90х20мм, серый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Кабель-канал REXANT (белый)</t>
+  </si>
+  <si>
+    <t>28-4025-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40х25мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-4016-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40х16мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-4040-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40х40мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-8040-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 80х40мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-0040-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 100х40мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-1212-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 12х12мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-2516-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25х16мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-2010-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 20х10мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-1510-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 15х10мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-6040-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 60х40мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-8060-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 80х60мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>28-2525-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25х25мм, белый REXANT</t>
   </si>
   <si>
     <t>28-0060-2</t>
   </si>
   <si>
     <t>Кабель-канал 100х60мм, белый REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>метр</t>
+    <t>28-6060-2</t>
+  </si>
+  <si>
+    <t>Кабель-канал 60х60мм, белый REXANT</t>
   </si>
   <si>
     <t>28-1616-2</t>
   </si>
   <si>
     <t>Кабель-канал 16х16мм, белый REXANT</t>
   </si>
   <si>
-    <t>28-1212-2</t>
-[...77 lines deleted...]
-    <t>1.1.2 Коробки распаячные для кабель-канала</t>
+    <t>1.1.3 Коробки распаячные для кабель-канала</t>
+  </si>
+  <si>
+    <t>28-3072</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ для кабель-канала, 80х80х23мм, белая, IP40 REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>28-3074</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ для кабель-канала, 100х100х50мм, белая, IP40 REXANT</t>
   </si>
   <si>
     <t>28-3075</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ для кабель-канала, 100х100х29мм, белая, IP40 REXANT</t>
   </si>
   <si>
-    <t>шт</t>
-[...1 lines deleted...]
-  <si>
     <t>28-3073</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ для кабель-канала, 50х50х20мм, белая, IP40 REXANT</t>
   </si>
   <si>
-    <t>28-3072</t>
-[...11 lines deleted...]
-    <t>1.1.3 Кабель-канал перфорированный Rexant</t>
+    <t>1.1.4 Кабель-канал перфорированный Rexant</t>
+  </si>
+  <si>
+    <t>28-5012</t>
+  </si>
+  <si>
+    <t>Кабель-канал перфорированный самоклеящийся 25х25мм, серый (паз 4мм, зуб 6мм) REXANT</t>
+  </si>
+  <si>
+    <t>28-5013</t>
+  </si>
+  <si>
+    <t>Кабель-канал перфорированный самоклеящийся 25х40мм, серый (паз 4мм, зуб 6мм) REXANT</t>
+  </si>
+  <si>
+    <t>28-5014</t>
+  </si>
+  <si>
+    <t>Кабель-канал перфорированный самоклеящийся 25х60мм, серый (паз 5мм, зуб 7мм) REXANT</t>
+  </si>
+  <si>
+    <t>28-5015</t>
+  </si>
+  <si>
+    <t>Кабель-канал перфорированный самоклеящийся 40х40мм, серый (паз 4мм, зуб 6мм) REXANT</t>
+  </si>
+  <si>
+    <t>28-5017</t>
+  </si>
+  <si>
+    <t>Кабель-канал перфорированный самоклеящийся 60х60мм, серый (паз 5мм, зуб 7мм с отв.) REXANT</t>
   </si>
   <si>
     <t>28-5016</t>
   </si>
   <si>
     <t>Кабель-канал перфорированный самоклеящийся 40х60мм, серый (паз 5мм, зуб 7мм) REXANT</t>
   </si>
   <si>
-    <t>28-5013</t>
-[...55 lines deleted...]
-  <si>
     <t>1.1.5 Кабель-канал REXANT (цветной)</t>
   </si>
   <si>
+    <t>28-1510-9</t>
+  </si>
+  <si>
+    <t>Кабель-канал 15х10мм, Серый REXANT</t>
+  </si>
+  <si>
+    <t>28-2525-85</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25x25мм, Канадский клен REXANT</t>
+  </si>
+  <si>
+    <t>28-4025-85</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40x25мм, Канадский клен REXANT</t>
+  </si>
+  <si>
+    <t>28-1510-4</t>
+  </si>
+  <si>
+    <t>Кабель-канал 15х10мм, Дуб REXANT</t>
+  </si>
+  <si>
+    <t>28-1616-5</t>
+  </si>
+  <si>
+    <t>Кабель-канал 16х16мм, Сосна 3D REXANT</t>
+  </si>
+  <si>
+    <t>28-2525-5</t>
+  </si>
+  <si>
+    <t>Кабель-канал 25x25мм, Сосна 3D REXANT</t>
+  </si>
+  <si>
+    <t>28-4016-4</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40х16мм, Дуб REXANT</t>
+  </si>
+  <si>
     <t>28-2525-8</t>
   </si>
   <si>
     <t>Кабель-канал 25x25мм, Черный REXANT</t>
   </si>
   <si>
+    <t>28-4025-8</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40х25мм, Черный REXANT</t>
+  </si>
+  <si>
+    <t>28-2010-9</t>
+  </si>
+  <si>
+    <t>Кабель-канал 20х10мм, Серый REXANT</t>
+  </si>
+  <si>
+    <t>28-4025-9</t>
+  </si>
+  <si>
+    <t>Кабель-канал 40х25мм, Серый REXANT</t>
+  </si>
+  <si>
     <t>28-2516-9</t>
   </si>
   <si>
     <t>Кабель-канал 25х16мм, Серый REXANT</t>
   </si>
   <si>
     <t>28-1212-9</t>
   </si>
   <si>
     <t>Кабель-канал 12х12мм, Серый REXANT</t>
   </si>
   <si>
     <t>28-1212-85</t>
   </si>
   <si>
     <t>Кабель-канал 12x12мм, Канадский клен REXANT</t>
   </si>
   <si>
     <t>28-2516-85</t>
   </si>
   <si>
     <t>Кабель-канал 25x16мм, Канадский клен REXANT</t>
   </si>
   <si>
     <t>28-4016-85</t>
   </si>
   <si>
     <t>Кабель-канал 40x16мм, Канадский клен REXANT</t>
   </si>
   <si>
-    <t>28-4025-85</t>
-[...4 lines deleted...]
-  <si>
     <t>28-1212-5</t>
   </si>
   <si>
     <t>Кабель-канал 12х12мм, Сосна 3D REXANT</t>
   </si>
   <si>
-    <t>28-1510-4</t>
-[...4 lines deleted...]
-  <si>
     <t>28-1510-5</t>
   </si>
   <si>
     <t>Кабель-канал 15х10мм, Сосна 3D REXANT</t>
   </si>
   <si>
     <t>28-1616-4</t>
   </si>
   <si>
     <t>Кабель-канал 16х16мм, Дуб REXANT</t>
   </si>
   <si>
     <t>28-2010-4</t>
   </si>
   <si>
     <t>Кабель-канал 20х10мм, Дуб REXANT</t>
   </si>
   <si>
     <t>28-2010-5</t>
   </si>
   <si>
     <t>Кабель-канал 20х10мм, Сосна 3D REXANT</t>
   </si>
   <si>
     <t>28-2516-4</t>
   </si>
   <si>
     <t>Кабель-канал 25х16мм, Дуб REXANT</t>
   </si>
   <si>
     <t>28-2516-5</t>
   </si>
   <si>
     <t>Кабель-канал 25х16мм, Сосна 3D REXANT</t>
   </si>
   <si>
     <t>28-2525-4</t>
   </si>
   <si>
     <t>Кабель-канал 25x25мм, Дуб REXANT</t>
   </si>
   <si>
-    <t>28-2525-5</t>
-[...4 lines deleted...]
-  <si>
     <t>28-4025-4</t>
   </si>
   <si>
     <t>Кабель-канал 40х25мм, Дуб REXANT</t>
   </si>
   <si>
     <t>28-1212-8</t>
   </si>
   <si>
     <t>Кабель-канал 12х12мм, Черный REXANT</t>
   </si>
   <si>
     <t>28-1510-8</t>
   </si>
   <si>
     <t>Кабель-канал 15х10мм, Черный REXANT</t>
   </si>
   <si>
     <t>28-1616-8</t>
   </si>
   <si>
     <t>Кабель-канал 16х16мм, Черный REXANT</t>
   </si>
   <si>
     <t>28-2516-8</t>
   </si>
   <si>
     <t>Кабель-канал 25х16мм, Черный REXANT</t>
   </si>
   <si>
-    <t>28-1510-9</t>
-[...4 lines deleted...]
-  <si>
     <t>28-1616-9</t>
   </si>
   <si>
     <t>Кабель-канал 16х16мм, Серый REXANT</t>
   </si>
   <si>
-    <t>28-4025-9</t>
-[...4 lines deleted...]
-  <si>
     <t>28-2010-8</t>
   </si>
   <si>
     <t>Кабель-канал 20х10мм, Черный REXANT</t>
   </si>
   <si>
-    <t>28-2010-9</t>
-[...4 lines deleted...]
-  <si>
     <t>28-1212-4</t>
   </si>
   <si>
     <t>Кабель-канал 12х12мм, Дуб REXANT</t>
   </si>
   <si>
-    <t>28-4016-4</t>
-[...4 lines deleted...]
-  <si>
     <t>28-4025-5</t>
   </si>
   <si>
     <t>Кабель-канал 40х25мм, Сосна 3D REXANT</t>
   </si>
   <si>
     <t>28-2525-9</t>
   </si>
   <si>
     <t>Кабель-канал 25x25мм, Серый REXANT</t>
   </si>
   <si>
     <t>28-1616-85</t>
   </si>
   <si>
     <t>Кабель-канал 16x16мм, Канадский клен REXANT</t>
   </si>
   <si>
     <t>28-2010-85</t>
   </si>
   <si>
     <t>Кабель-канал 20x10мм, Канадский клен REXANT</t>
   </si>
   <si>
-    <t>28-2525-85</t>
-[...16 lines deleted...]
-  <si>
     <t>1.1.6 Кабель канал полукруглый</t>
   </si>
   <si>
+    <t>28-6040-13</t>
+  </si>
+  <si>
+    <t>Кабель-канал быстрой укладки 60х40мм, белый (10 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-4025-13</t>
   </si>
   <si>
     <t>Кабель-канал быстрой укладки 40х25мм, белый (20 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-6040-13</t>
-[...2 lines deleted...]
-    <t>Кабель-канал быстрой укладки 60х40мм, белый (10 м/уп) REXANT</t>
+    <t>28-2012-14</t>
+  </si>
+  <si>
+    <t>Кабель-канал полукруглый 20х12мм, белый (60 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4060-13</t>
+  </si>
+  <si>
+    <t>Крышка для кабель-канала быстрой укладки 40х25/60х40мм, белая (20 м/уп) REXANT</t>
   </si>
   <si>
     <t>28-1625-13</t>
   </si>
   <si>
     <t>Кабель-канал быстрой укладки 16х25мм, белый (80 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-2012-16</t>
-[...16 lines deleted...]
-  <si>
     <t>28-1330-1</t>
   </si>
   <si>
     <t>Кабель-канал полукруглый усиленный 13х30мм, белый (40 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-2012-14</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Трубы пластиковые гофрированные</t>
   </si>
   <si>
     <t>1.2.1 Трубы гофрированные ПВХ</t>
   </si>
   <si>
+    <t>28-0016-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>28-0201-50</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 50 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0251-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0016-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0020-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0025-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0032-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø32мм (бухта 25 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0020-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0025-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0161-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0016-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø16мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0020-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø20мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0400-60</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, тяжелая, с зондом, ø40мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0400-2</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø40мм (бухта 15 м/уп) REXANT</t>
   </si>
   <si>
     <t>28-0500-2</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø50мм (бухта 15 м/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0500-60</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, тяжелая, с зондом, ø50мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0201-25</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 25 м/уп) REXANT</t>
   </si>
   <si>
-    <t>бухта</t>
-[...31 lines deleted...]
-  <si>
     <t>28-0025-60</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø25мм (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>28-0016-2</t>
-[...22 lines deleted...]
-  <si>
     <t>28-0032-60</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø32мм (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>28-0400-60</t>
-[...22 lines deleted...]
-  <si>
     <t>28-0161-50</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 50 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0161-25</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2.2 Трубы Гофрированные ПНД REXANT</t>
   </si>
   <si>
+    <t>28-0016-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø16мм, черная (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0160-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø16мм, черная (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0020-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, черная, ø20мм (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0200-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø20мм, черная (бухтa 10 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0025-25</t>
   </si>
   <si>
     <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø25мм, черная (бухта 25 м/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0250-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø25мм, черная (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0050-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД, с зондом, оранжевая, Ø50мм (15 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0025-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø25мм, оранжевая (50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0016-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø16мм, оранжевая (100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0016-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø16мм, черная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0016-3</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø16мм, черная (бухта 100 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0025-3</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø25мм, черная (бухта 50 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0050-3</t>
   </si>
   <si>
     <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø50мм, черная (бухта 15 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0160-10</t>
-[...10 lines deleted...]
-  <si>
     <t>28-0020-5</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø20мм, оранжевая (100 м/уп) REXANT </t>
   </si>
   <si>
-    <t>28-0016-5</t>
-[...10 lines deleted...]
-  <si>
     <t>28-0040-3</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø40мм, черная (бухта 15 м/уп) REXANT </t>
   </si>
   <si>
-    <t>28-0020-25</t>
-[...16 lines deleted...]
-  <si>
     <t>28-0032-5</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПНД безгалогенная HF, с зондом, ø32мм, оранжевая (25 м/уп) REXANT </t>
   </si>
   <si>
+    <t>28-0040-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПНД с зондом, ø40мм, оранжевая (15 м/уп) REXANT </t>
+  </si>
+  <si>
     <t>28-0020-50</t>
   </si>
   <si>
     <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, черная, ø20мм (бухта 50 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0016-50</t>
-[...10 lines deleted...]
-  <si>
     <t>28-0032-3</t>
   </si>
   <si>
     <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø32мм, черная (бухта 25 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0016-3</t>
-[...4 lines deleted...]
-  <si>
     <t>28-0020-3</t>
   </si>
   <si>
     <t>Труба гофрированная из ПНД безгалогенная HF, с зондом, ø20мм, черная (бухта 100 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0025-3</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2.3 Трубы гофрированные автомобильные</t>
   </si>
   <si>
+    <t>15-0950</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø8,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
     <t>15-0550</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная (бухтa 50 м/уп)</t>
   </si>
   <si>
+    <t>15-1750</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø17мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1950</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø19,2мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-2350</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø23,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-2630</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø25,8мм, разрезная (бухта 30 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0750</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1050</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1350</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0501</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная, негорючая (бухта 100 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0751</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная, негорючая (бухта 50 м/уп)</t>
+  </si>
+  <si>
     <t>15-1051</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная, негорючая (бухта 50 м/уп)</t>
   </si>
   <si>
+    <t>15-1351</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная, негорючая (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0752</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП, Ø6,8мм, неразрезная (бухта 50 м/уп) </t>
+  </si>
+  <si>
+    <t>15-1052</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, неразрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
     <t>15-0500</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная (бухта 100 м/уп)</t>
   </si>
   <si>
-    <t>15-0950</t>
-[...70 lines deleted...]
-  <si>
     <t>15-1250</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø11,5мм, разрезная (бухта 50 м/уп)</t>
   </si>
   <si>
-    <t>15-1052</t>
-[...4 lines deleted...]
-  <si>
     <t>15-3025</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø28,3мм, разрезная (бухта 25 м/уп)</t>
   </si>
   <si>
     <t>1.2.4 Трубы гофрированные автомобильные REXANT</t>
   </si>
   <si>
+    <t>16-1048</t>
+  </si>
+  <si>
+    <t>Трубa автомобильная гофрированная ПП Ø4,7мм, разрезная (бухта 50 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>16-1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø4,7мм, разрезная, негорючая (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1051</t>
+  </si>
+  <si>
+    <t>Трубa автомобильная гофрированная ПП Ø6,8мм, разрезная (бухта 50 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>16-1052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø6,8мм, неразрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø11,5мм, разрезная, негорючая (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø12,4мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø19,2мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø22,6мм, разрезная (бухта 60 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø25,0мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø6,0мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø7,5мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø9,0мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø9,8мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø9,8мм, разрезная, негорючая (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø11,5мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø16,5мм, разрезная, негорючая (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø19,9мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø26,0мм, разрезная (бухта 30 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1083</t>
+  </si>
+  <si>
+    <t>Трубa автомобильная гофрированная ПП Ø8,5мм, разрезная (бухта 50 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>16-1047</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø4,7мм, разрезная (бухта 100 м/уп) REXANT </t>
   </si>
   <si>
-    <t>16-1075</t>
-[...4 lines deleted...]
-  <si>
     <t>16-1062</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø13,4мм, разрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
+    <t>16-1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø12,4мм, разрезная, негорючая (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
     <t>16-1053</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø6,8мм, разрезная, негорючая (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>16-1066</t>
-[...26 lines deleted...]
-    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø6,8мм, неразрезная (бухта 50 м/уп) REXANT </t>
+    <t>16-1063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø14,7мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø16,5мм, разрезная (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>16-1065</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø18,5мм, разрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
     <t>16-1057</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø9,8мм, неразрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>16-1058</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Труба автомобильная гофрированная ППНг Ø9,8мм, разрезная, негорючая (бухта 50 м/уп) REXANT </t>
+    <t>16-1077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø16,5мм, неразрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
     <t>16-1076</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП Ø13,4мм, неразрезная (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>16-1077</t>
-[...100 lines deleted...]
-  <si>
     <t>1.2.5 Трубы гофрированные автомобильные REXANT малые бухты</t>
   </si>
   <si>
+    <t>15-1005</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная (бухта 5 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>15-1010</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>15-0510</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø4,7мм, разрезная (бухта 10 м/уп) REXANT</t>
   </si>
   <si>
     <t>15-0710</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная (бухта 10 м/уп) REXANT</t>
   </si>
   <si>
     <t>15-0705</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная (бухта 5 м/уп) REXANT</t>
   </si>
   <si>
+    <t>15-0505</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,7мм, разрезная (бухта 5 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>15-1305</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная (бухта 5 м/уп) REXANT</t>
   </si>
   <si>
-    <t>15-0505</t>
-[...16 lines deleted...]
-  <si>
     <t>15-1310</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная (бухта 10 м/уп) REXANT</t>
   </si>
   <si>
     <t>1.3 Трубы пластиковые жесткие</t>
   </si>
   <si>
     <t>1.3.1 Трубы пластиковые жесткие ПВХ</t>
   </si>
   <si>
     <t>28-0250-2</t>
   </si>
   <si>
     <t>Труба гладкая жесткая ПВХ Ø25 мм, 2-метровая серая REXANT</t>
   </si>
   <si>
-    <t>28-0160-2</t>
-[...2 lines deleted...]
-    <t>Труба гладкая жесткая ПВХ Ø16 мм, 2-метровая серая REXANT</t>
+    <t>28-0250-1</t>
+  </si>
+  <si>
+    <t>Труба гладкая жесткая ПВХ Ø25 мм, 3-метровая серая REXANT</t>
+  </si>
+  <si>
+    <t>28-0040-1</t>
+  </si>
+  <si>
+    <t>Труба гладкая жесткая ПВХ Ø40 мм, 3-метровая серая REXANT</t>
+  </si>
+  <si>
+    <t>28-0050-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гладкая жесткая ПВХ Ø50 мм, 3-метровая серая REXANT </t>
   </si>
   <si>
     <t>28-0040-6</t>
   </si>
   <si>
     <t>Труба гладкая жесткая ПВХ Ø40 мм, 2-метровая серая REXANT</t>
   </si>
   <si>
-    <t>28-0250-1</t>
-[...10 lines deleted...]
-  <si>
     <t>28-0160-1</t>
   </si>
   <si>
     <t>Труба гладкая жесткая ПВХ Ø16 мм, 3-метровая серая REXANT</t>
   </si>
   <si>
     <t>28-0200-1</t>
   </si>
   <si>
     <t>Труба гладкая жесткая ПВХ Ø20 мм, 3-метровая серая REXANT</t>
   </si>
   <si>
     <t>28-3200-1</t>
   </si>
   <si>
     <t>Труба гладкая жесткая ПВХ Ø32 мм, 3-метровая серая REXANT</t>
   </si>
   <si>
-    <t>28-0040-1</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Металлорукава</t>
   </si>
   <si>
-    <t>1.4.1 Металлорукав</t>
+    <t>1.4.1 Металлорукав в ПВХ оболочке</t>
+  </si>
+  <si>
+    <t>28-0006-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг- 6 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0025-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-25 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0038-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-38 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0112-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-12 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0120-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-20  (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0122-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-22 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-2020-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-20 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0150-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-50 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0118-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-18 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0012-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-12 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0050-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-50 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0115-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-15 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0132-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-32 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0138-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-38 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0125-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-25 (РЗ-Ц-ПВХнг), с зондом, черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0018-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-18 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0008-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг- 8 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0010-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-10 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0015-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-15 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0032-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-32 (РЗ-Ц-ПВХнг) черный REXANT </t>
+  </si>
+  <si>
+    <t>28-0022-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав в ПВХ изоляции МРПИнг-22 (РЗ-Ц-ПВХнг), черный REXANT </t>
+  </si>
+  <si>
+    <t>1.4.2 Металлорукав</t>
   </si>
   <si>
     <t>28-1008-00</t>
   </si>
   <si>
     <t xml:space="preserve">Металлорукав Р3-ЦХ- 8 REXANT </t>
   </si>
   <si>
+    <t>28-1010-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав Р3-ЦХ-10 REXANT </t>
+  </si>
+  <si>
     <t>28-1015-50</t>
   </si>
   <si>
     <t xml:space="preserve">Металлорукав Р3-ЦХ-15 REXANT </t>
   </si>
   <si>
+    <t>28-1018-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав Р3-ЦХ-18 REXANT </t>
+  </si>
+  <si>
+    <t>28-1020-50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав Р3-ЦХ-20 REXANT </t>
+  </si>
+  <si>
     <t>28-1025-50</t>
   </si>
   <si>
     <t xml:space="preserve">Металлорукав Р3-ЦХ-25 REXANT </t>
   </si>
   <si>
     <t>28-1032-20</t>
   </si>
   <si>
     <t xml:space="preserve">Металлорукав Р3-ЦХ-32 REXANT </t>
   </si>
   <si>
-    <t>28-1010-50</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Металлорукав Р3-ЦХ-10 REXANT </t>
+    <t>28-1050-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Металлорукав Р3-ЦХ-50 REXANT </t>
   </si>
   <si>
     <t>28-1012-50</t>
   </si>
   <si>
     <t xml:space="preserve">Металлорукав Р3-ЦХ-12 REXANT </t>
   </si>
   <si>
-    <t>28-1018-50</t>
-[...145 lines deleted...]
-  <si>
     <t>1.5 Аксессуары для труб</t>
   </si>
   <si>
     <t>1.5.1 Аксессуары для пластиковых труб REXANT</t>
   </si>
   <si>
+    <t>28-0116-5</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø16мм черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>28-0120-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø20мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0125-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø25мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0120-4</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø20мм серая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0125-4</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø25мм серая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0116-4</t>
   </si>
   <si>
     <t>Крепеж-клипса для трубы ø16мм серая (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>упак</t>
+    <t>28-0116-6</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для труб ø16мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0125-5</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø25мм черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0116-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для труб ø16мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0532</t>
+  </si>
+  <si>
+    <t>Угол 90 соединительный для трубы ø32мм (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0132-4</t>
   </si>
   <si>
     <t>Крепеж-клипса для трубы ø32мм серая (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0120-5</t>
   </si>
   <si>
     <t>Крепеж-клипса для трубы ø20мм черная (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0132-5</t>
   </si>
   <si>
     <t>Крепеж-клипса для трубы ø32мм черная (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0140-4</t>
   </si>
   <si>
     <t>Крепеж-клипса для трубы ø40мм серая (5 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0116-5</t>
-[...2 lines deleted...]
-    <t>Крепеж-клипса для трубы ø16мм черная (10 шт/уп) REXANT</t>
+    <t>28-0125-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для труб ø25мм, серая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0140-2</t>
   </si>
   <si>
     <t>Крепеж-клипса для трубы ø40мм, серая (30 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0516</t>
+  </si>
+  <si>
+    <t>Угол 90 соединительный для трубы ø16мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0316-5</t>
+  </si>
+  <si>
+    <t>Поворот гибкий гофрированный ø16мм, серый REXANT</t>
+  </si>
+  <si>
+    <t>28-0525</t>
+  </si>
+  <si>
+    <t>Угол 90 соединительный для трубы ø25мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0132-2</t>
   </si>
   <si>
     <t>Крепеж-клипса для труб ø32мм, серая (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0216-1</t>
+  </si>
+  <si>
+    <t>Тройник соединительный для трубы ø16мм, серый IP40 (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0116-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø16мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0220-1</t>
   </si>
   <si>
     <t>Тройник соединительный для трубы ø20мм, серый IP40 (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0216-1</t>
-[...2 lines deleted...]
-    <t>Тройник соединительный для трубы ø16мм, серый IP40 (100 шт/уп) REXANT</t>
+    <t>28-0316-1</t>
+  </si>
+  <si>
+    <t>Муфта соединительная для трубы ø16мм, серая IP44 (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0120-2</t>
   </si>
   <si>
     <t>Крепеж-клипса для труб ø20мм, серая (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0317-1</t>
+  </si>
+  <si>
+    <t>Муфта соединительная для трубы ø20мм, серая IP44 (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0120-6</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для труб ø20мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0318-1</t>
+  </si>
+  <si>
+    <t>Муфта соединительная для трубы ø25мм, серая IP44 (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0132-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для трубы ø32мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0319-1</t>
+  </si>
+  <si>
+    <t>Муфта соединительная для трубы ø32мм, серая IP44 (25 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0320-67</t>
   </si>
   <si>
     <t xml:space="preserve">Муфта соединительная труба-труба ø40мм, серая, IP67, тип 50140 (4 шт/уп) </t>
   </si>
   <si>
-    <t>28-0125-2</t>
-[...106 lines deleted...]
-  <si>
     <t>1.5.2 Аксессуары для металлорукава</t>
   </si>
   <si>
+    <t>28-1009-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 8-9 однолапковая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1015-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 38-40 однолапковая для металлорукава ø 32 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1023-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 19-20 двухлапковая для металлорукава ø 15 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1063-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 60-63 двухлапковая для металлорукава ø 50 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1041-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 38-40 двухлапковая для металлорукава ø 32 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1025-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 14-15 двухлапковая для металлорукава ø 10 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1050-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 48-50 двухлапковая для металлорукава ø 38 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1016-2</t>
+  </si>
+  <si>
+    <t>Скоба СМО 19-20 однолапковая для металлорукава, ø 15 мм REXANT</t>
+  </si>
+  <si>
+    <t>28-1020-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 31-32 двухлапковая для металлорукава ø 25 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1017-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 12-13 однолапковая для металлорукава ø 8 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1010-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 14-15 однолапковая для металлорукава ø 10 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1011-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 16-17 однолапковая для металлорукава ø 12 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1016-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 19-20 однолапковая для металлорукава ø 15 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1014-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 31-32 однолапковая для металлорукава ø 25 мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1019-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 10-11 двухлапковая для металлорукава ø 6 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1027-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 21-22 двухлапковая для металлорукава ø 18 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1030-1</t>
+  </si>
+  <si>
+    <t>Скоба СМО 21-22 однолапковая для металлорукава ø 18 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1034-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 8-9 двухлапковая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0102-1</t>
   </si>
   <si>
     <t>Скоба СМО 10-11 однолапковая для металлорукава ø 6 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-1017-1</t>
-[...16 lines deleted...]
-  <si>
     <t>28-1032-1</t>
   </si>
   <si>
     <t>Скоба СМО 48-50 однолапковая для металлорукава ø 38 мм (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-1011-1</t>
-[...10 lines deleted...]
-  <si>
     <t>28-1021-1</t>
   </si>
   <si>
     <t>Скоба СМД 25-26 двухлапковая для металлорукава ø 20/22 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-1023-1</t>
-[...10 lines deleted...]
-  <si>
     <t>28-1013-1</t>
   </si>
   <si>
     <t>Скоба СМО 25-26 однолапковая для металлорукава ø 20/22 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-1014-1</t>
-[...8 lines deleted...]
-    <t>Скоба СМД 38-40 двухлапковая для металлорукава ø 32 мм (50 шт/уп) REXANT</t>
+    <t>28-1024-1</t>
+  </si>
+  <si>
+    <t>Скоба СМД 12-13 двухлапковая для металлорукава ø 8 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-1026-1</t>
   </si>
   <si>
     <t>Скоба СМД 16-17 двухлапковая для металлорукава ø 12 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-1027-1</t>
-[...58 lines deleted...]
-  <si>
     <t>1.6 СИП-арматура</t>
   </si>
   <si>
     <t>1.6.1 Зажимы, кронштейны, комплекты крепления</t>
   </si>
   <si>
-    <t>07-9320</t>
-[...8 lines deleted...]
-    <t>Изолированный адаптер для закорачивания и заземления PC 481-TE 16-150 мм²</t>
+    <t>07-9302</t>
+  </si>
+  <si>
+    <t>Анкерный зажим PA 25-TE 2х16-4х25 мм² 3,5 кН</t>
+  </si>
+  <si>
+    <t>07-9313</t>
+  </si>
+  <si>
+    <t>Крюк с резьбой BT 16-TE диаметр 16 мм, 6,6 кН</t>
+  </si>
+  <si>
+    <t>07-9343</t>
+  </si>
+  <si>
+    <t>Кронштейн промежуточной подвески CS 1500-TE</t>
+  </si>
+  <si>
+    <t>07-9304</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим P 6-TE 6-150/1,5-16 мм²</t>
+  </si>
+  <si>
+    <t>07-9318</t>
+  </si>
+  <si>
+    <t>Анкерный зажим для несущей нейтрали PA 2000-TE 70-95 мм² 22 kH</t>
+  </si>
+  <si>
+    <t>07-9330</t>
+  </si>
+  <si>
+    <t>Крюк сквозной B 20/240-TE диаметр 20 мм, 24 kH</t>
+  </si>
+  <si>
+    <t>07-9341</t>
+  </si>
+  <si>
+    <t>Поддерживающий зажим для изолированной несущей нулевой жилы без кронштейна PS 25-95-TE 16-95 мм², 22 кН</t>
+  </si>
+  <si>
+    <t>07-9303</t>
+  </si>
+  <si>
+    <t>Комплект промежуточной подвески ES 1500-TE 16-95 мм², 12 кН</t>
+  </si>
+  <si>
+    <t>07-9305</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим Р 645-TE 16-150/10-35 мм²</t>
+  </si>
+  <si>
+    <t>07-9319</t>
+  </si>
+  <si>
+    <t>Прокалывающий зажим P 70-TE 16-150/16-150 мм²</t>
   </si>
   <si>
     <t>07-9322</t>
   </si>
   <si>
     <t>Фасадное крепление SF 60-TE</t>
   </si>
   <si>
-    <t>07-9328</t>
-[...2 lines deleted...]
-    <t>Анкерный зажим PAK 25-TE 2х16-4х25 мм², 2,2 kH</t>
+    <t>07-9327</t>
+  </si>
+  <si>
+    <t>Ограничитель перенапряжения OP 600/28-TE</t>
   </si>
   <si>
     <t>07-9331</t>
   </si>
   <si>
     <t>Ответвительный зажим P 71-TE 35-95/2,5-54 мм²</t>
   </si>
   <si>
-    <t>07-9341</t>
-[...20 lines deleted...]
-    <t>Прокалывающий зажим Р 645-TE 16-150/10-35 мм²</t>
+    <t>07-9329</t>
+  </si>
+  <si>
+    <t>Крюк сквозной B 16/240-TE диаметр 16 мм, 12 kH</t>
+  </si>
+  <si>
+    <t>07-9312</t>
+  </si>
+  <si>
+    <t>Крюк с резьбой BT 8-TE диаметр 8 мм, 2,3 кН</t>
   </si>
   <si>
     <t>07-9310</t>
   </si>
   <si>
     <t>Крюк бандажный CF 16 диаметр 16 мм, 18 кН</t>
   </si>
   <si>
-    <t>07-9329</t>
-[...4 lines deleted...]
-  <si>
     <t>07-9317</t>
   </si>
   <si>
     <t>Анкерный зажим для несущей нейтрали PA 1500-TE 25-70 мм² 15 kH</t>
   </si>
   <si>
-    <t>07-9327</t>
-[...46 lines deleted...]
-  <si>
     <t>07-9326</t>
   </si>
   <si>
     <t>Комплект клеммников SV 15-TE</t>
   </si>
   <si>
     <t>1.6.2 Гильзы, наконечники, колпачки</t>
   </si>
   <si>
     <t>07-9336</t>
   </si>
   <si>
     <t>Изолированный наконечник CPTA R50-TE 50 мм²</t>
   </si>
   <si>
     <t>07-9337</t>
   </si>
   <si>
     <t>Изолированный наконечник CPTA R54-TE 54 мм²</t>
   </si>
   <si>
+    <t>07-9338</t>
+  </si>
+  <si>
+    <t>Изолированный наконечник CPTA R70-TE 70 мм²</t>
+  </si>
+  <si>
+    <t>07-9333</t>
+  </si>
+  <si>
+    <t>Изолированный наконечник CPTA R16-TE 16 мм²</t>
+  </si>
+  <si>
+    <t>07-9334</t>
+  </si>
+  <si>
+    <t>Изолированный наконечник CPTA R25-TE 25 мм²</t>
+  </si>
+  <si>
     <t>07-9339</t>
   </si>
   <si>
     <t>Изолированный наконечник CPTA R95-TE 95 мм²</t>
   </si>
   <si>
-    <t>07-9333</t>
-[...16 lines deleted...]
-  <si>
     <t>1.6.3 Расходные материалы для СИП</t>
   </si>
   <si>
     <t>07-9308</t>
   </si>
   <si>
     <t>Скрепа для ленты NC 20-TE ширина 20 мм</t>
   </si>
   <si>
     <t>07-9314</t>
   </si>
   <si>
     <t>Бугель для ленты NB 20-TE ширина 20 мм</t>
   </si>
   <si>
     <t>07-9307</t>
   </si>
   <si>
     <t>Монтажная лента в пластиковой упаковке F 207-TE</t>
   </si>
   <si>
     <t>1.7 Монтажные коробки</t>
   </si>
   <si>
-    <t>1.7.1 Коробки распаячные открытой установки</t>
+    <t>1.7.1 Коробки монтажные специальные</t>
+  </si>
+  <si>
+    <t>28-3051</t>
+  </si>
+  <si>
+    <t>Коробка уравнивания потенциалов ОУ 100×100×50 мм, винт IP55 REXANT</t>
+  </si>
+  <si>
+    <t>28-3050</t>
+  </si>
+  <si>
+    <t>Коробка уравнивания потенциалов ОУ 85×85×40 мм, IP44 REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2 Коробки распаячные открытой установки</t>
+  </si>
+  <si>
+    <t>28-3059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка распределительная наружного монтажа с откидной крышкой 100х100х50 мм, IP54 REXANT </t>
+  </si>
+  <si>
+    <t>28-3064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка распределительная наружного монтажа с откидной крышкой 80х80х50 мм, IP54 REXANT </t>
+  </si>
+  <si>
+    <t>28-3008</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, Ø 65х40 мм, IP54 (УПр 65/40.1.3) REXANT</t>
+  </si>
+  <si>
+    <t>28-3009</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, D 85х40мм, IP54 (УПр 85/40.1.3) REXANT</t>
+  </si>
+  <si>
+    <t>28-3056</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ 100x100x50 мм, IP55 REXANT</t>
+  </si>
+  <si>
+    <t>28-3057</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ 150x110x70 мм, винт IP55 REXANT</t>
+  </si>
+  <si>
+    <t>28-3055</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, 65x65x50, IP54 (УПрк 65*65/45.2.3) REXANT</t>
   </si>
   <si>
     <t>28-3058</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ, 100x100x50, винт IP44 REXANT</t>
   </si>
   <si>
-    <t>28-3057</t>
-[...40 lines deleted...]
-  <si>
     <t>28-3052</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ 85х85х40 мм, IP44 REXANT</t>
   </si>
   <si>
-    <t>28-3056</t>
-[...5 lines deleted...]
-    <t>1.7.2 Коробки установочные (подрозетники)</t>
+    <t>1.7.3 Коробки установочные (подрозетники)</t>
+  </si>
+  <si>
+    <t>28-3047</t>
+  </si>
+  <si>
+    <t>Коробка установочная, бетон/кирпич, глубокая, блочная 68х60 мм С3М4 REXANT</t>
+  </si>
+  <si>
+    <t>28-3046</t>
+  </si>
+  <si>
+    <t>Коробка установочная бетон/кирпич, блочная 68х45 мм С3М3 REXANT</t>
+  </si>
+  <si>
+    <t>28-3049</t>
+  </si>
+  <si>
+    <t>Крышка для установочных коробок (подрозетника) белая Ø 74 мм REXANT</t>
   </si>
   <si>
     <t>28-3038</t>
   </si>
   <si>
     <t>Коробка установочная бетон/кирпич, 68х45 мм С3М2 REXANT</t>
   </si>
   <si>
     <t>28-3039</t>
   </si>
   <si>
     <t>Коробка установочная для полых стен, 68х45 мм С3Е3 REXANT</t>
   </si>
   <si>
-    <t>28-3049</t>
-[...43 lines deleted...]
-  <si>
     <t>1.7.4 Коробки монтажные для видеокамер</t>
   </si>
   <si>
+    <t>28-4010</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения 140х140х66 мм IP56 REXANT</t>
+  </si>
+  <si>
+    <t>28-4001</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения130х130х50 мм REXANT</t>
+  </si>
+  <si>
+    <t>28-4008</t>
+  </si>
+  <si>
+    <t>Платформа кронштейна глухая для камер видеонаблюдения REXANT</t>
+  </si>
+  <si>
     <t>28-4007</t>
   </si>
   <si>
     <t>Крестовина кронштейна для камер видеонаблюдения REXANT</t>
   </si>
   <si>
-    <t>28-4008</t>
-[...10 lines deleted...]
-  <si>
     <t>28-4006</t>
   </si>
   <si>
     <t>Платформа под камеру для кронштейна REXANT</t>
   </si>
   <si>
     <t>28-4003</t>
   </si>
   <si>
     <t>Коробка монтажная для камер видеонаблюдения 131х46,5 мм IP55 REXANT</t>
   </si>
   <si>
     <t>28-4004</t>
   </si>
   <si>
     <t>Платформа кронштейна сквозная для камер видеонаблюдения REXANT</t>
   </si>
   <si>
-    <t>28-4001</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.5 Коробки распаячные скрытой установки</t>
   </si>
   <si>
+    <t>28-3027</t>
+  </si>
+  <si>
+    <t>Коробка распаячная СУ D 80х40 мм REXANT</t>
+  </si>
+  <si>
+    <t>28-3045</t>
+  </si>
+  <si>
+    <t>Коробка распаячная СУ для полых стен 120х92х45 мм REXANT</t>
+  </si>
+  <si>
     <t>28-3044</t>
   </si>
   <si>
     <t>Коробка распаячная СУ для полых стен D 80х40 мм REXANT</t>
   </si>
   <si>
-    <t>28-3027</t>
-[...10 lines deleted...]
-  <si>
     <t>1.8 Изделия для прямого монтажа</t>
   </si>
   <si>
+    <t>28-0440-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0420-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0432-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1011-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 16-17 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1016-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 19-20 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1021-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 25-26 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4018</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний серый, 140мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-3078</t>
+  </si>
+  <si>
+    <t>Коробка распаячная для прямого монтажа ОУ, HF, 80х80х40мм, IP67 (мембранные вводы) REXANT</t>
+  </si>
+  <si>
+    <t>28-0440-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0450-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0416-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0425-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0450-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0425-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0450-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0416-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0420-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0425-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0432-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0440-3</t>
-[...22 lines deleted...]
-  <si>
     <t>28-0416-2</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0420-2</t>
-[...10 lines deleted...]
-  <si>
     <t>28-0440-2</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, черная (25 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0450-2</t>
-[...4 lines deleted...]
-  <si>
     <t>28-1027-3</t>
   </si>
   <si>
     <t>Скоба СМО 21-22 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-4015</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа односторонний черный, 140мм (20шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-4018</t>
-[...2 lines deleted...]
-    <t>Держатель кабеля для прямого монтажа односторонний серый, 140мм (20шт/уп) REXANT</t>
+    <t>28-4016</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа двухсторонний черный, 240мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4017</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний серый, 67мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4019</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа двухсторонний серый, 240мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4021</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний белый, 140мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-3080</t>
+  </si>
+  <si>
+    <t>Коробка распаячная для прямого монтажа ОУ, HF, 150х110х70мм, IP67 (мембранные вводы) REXANT</t>
+  </si>
+  <si>
+    <t>28-3079</t>
+  </si>
+  <si>
+    <t>Коробка распаячная для прямого монтажа ОУ, HF, 100х100х50мм, IP67 (мембранные вводы) REXANT</t>
   </si>
   <si>
     <t>28-4020</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа односторонний белый, 67мм (20шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-4021</t>
-[...4 lines deleted...]
-  <si>
     <t>28-0420-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0420-1</t>
-[...26 lines deleted...]
-    <t>Скоба СМО 16-17 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+    <t>28-0432-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, серая (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-4014</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа односторонний черный, 67мм (20шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-4016</t>
-[...10 lines deleted...]
-  <si>
     <t>28-4022</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа двухсторонний белый, 240мм (20шт/уп) REXANT</t>
-  </si>
-[...40 lines deleted...]
-    <t>Держатель кабеля для прямого монтажа односторонний серый, 67мм (20шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2715,56 +2655,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-100h60mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h25mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-60h60mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-80h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-100h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-60h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-80h60mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h16mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-100h100h29mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-50h50h20mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-80h80h23mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-100h100h50mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-40h60mm-seryy-paz-5mm-zub-7mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-25h40mm-seryy-paz-4mm-zub-6mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-40h40mm-seryy-paz-4mm-zub-6mm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-60h60mm-seryy-paz-5mm-zub-7mm-s-otv-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-25h25mm-seryy-paz-4mm-zub-6mm-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyaschiysya-25h60mm-seryy-paz-5mm-zub-7mm-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyaschiysya-70h20mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyaschiysya-90h20mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyaschiysya-50h12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-70h16mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12x12mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x16mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40x16mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40x25mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-dub-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-dub-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-dub-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-dub-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-dub-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-dub-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-dub-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h16mm-dub-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16x16mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20x10mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-40h25mm-belyy-20-m-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-60h40mm-belyy-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-16h25mm-belyy-80-m-up-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-20h12mm-seryy-60-m-up-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-kabel-kanala-bystroy-ukladki-40h25-60h40mm-belaya-20-m-up-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-20h12mm-chernyy-60-m-up-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-usilennyy-13h30mm-belyy-40-m-up-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-20h12mm-belyy-60-m-up-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-usilennyy-13h30mm-chernyy-40-m-up-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-usilennyy-13h30mm-seryy-40-m-up-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-40mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-50mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-20mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-25mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-32mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-16mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-32mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-40mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-50mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-50mm-chernaya-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-s-zondom-oranzhevaya-50mm-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-oranzhevaya-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-oranzhevaya-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-oranzhevaya-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-40mm-chernaya-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-chernaya-20mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-chernaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-32mm-oranzhevaya-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-chernaya-20mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-s-zondom-40mm-oranzhevaya-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-32mm-chernaya-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-chernaya-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-100-m-up" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-17mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-8mm-razreznaya-buhta-30-m-up" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-23-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-negoryuchaya-buhta-100-m-up" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-28-3mm-razreznaya-buhta-25-m-up" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-11-5mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-13-4mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-6-8mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-4-7mm-razreznaya-negoryuchaya-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-0mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-9-8mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-13-4mm-nerazreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-16-5mm-nerazreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-16-5mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-9mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-0mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-26-0mm-razreznaya-buhta-30-m-up-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-12-4mm-razreznaya-negoryuchaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-22-6mm-razreznaya-buhta-60-m-up-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-7-5mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-0mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-4mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-14-7mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-16-5mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-18-5mm-razreznaya-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-5-m-up-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-5-m-up-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-5-m-up-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-5-m-up-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-25-mm-2-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-16-mm-2-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-40-mm-2-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-25-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-50-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-16-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-20-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-32-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-40-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-8-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-15-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-25-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-32-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-10-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-12-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-18-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-20-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-50-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-18-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-12-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-25-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-50-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-12-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-15-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-32-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-38-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-50-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-25-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-18-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-15-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-22-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-20-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-20-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-8-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-32-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-10-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-6-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-38-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-22-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-seraya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-seraya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-40mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-40mm-seraya-30-sht-up-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-32mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-soedinitelnyy-dlya-truby-20mm-seryy-ip40-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-soedinitelnyy-dlya-truby-16mm-seryy-ip40-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-20mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-truba-truba-40mm-seraya-ip67-tip-50140-4-sht-up" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-25mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-32mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-16mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-20mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-16mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-25mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-seraya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-seraya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-32mm-seraya-ip44-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-16mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-25mm-seraya-ip44-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-20mm-seraya-ip44-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-16mm-seraya-ip44-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-10-11-odnolapkovaya-dlya-metallorukava-6-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-12-13-odnolapkovaya-dlya-metallorukava-8-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-38-40-odnolapkovaya-dlya-metallorukava-32-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-60-63-dvuhlapkovaya-dlya-metallorukava-50-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-48-50-odnolapkovaya-dlya-metallorukava-38-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-odnolapkovaya-dlya-metallorukava-12-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-odnolapkovaya-dlya-metallorukava-18-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-25-26-dvuhlapkovaya-dlya-metallorukava-20-22-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-19-20-dvuhlapkovaya-dlya-metallorukava-15-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-10-11-dvuhlapkovaya-dlya-metallorukava-6-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-odnolapkovaya-dlya-metallorukava-20-22-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-31-32-odnolapkovaya-dlya-metallorukava-25-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-38-40-dvuhlapkovaya-dlya-metallorukava-32-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-16-17-dvuhlapkovaya-dlya-metallorukava-12-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-21-22-dvuhlapkovaya-dlya-metallorukava-18-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-48-50-dvuhlapkovaya-dlya-metallorukava-38-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-14-15-odnolapkovaya-dlya-metallorukava-10-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-odnolapkovaya-dlya-metallorukava-15-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-12-13-dvuhlapkovaya-dlya-metallorukava-8-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-14-15-dvuhlapkovaya-dlya-metallorukava-10-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-8-9-dvuhlapkovaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-8-9-odnolapkovaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-31-32-dvuhlapkovaya-dlya-metallorukava-25-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-odnolapkovaya-dlya-metallorukava-15-mm-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-n-70-te-16-150-16-150-mm" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-adapter-dlya-zakorachivaniya-i-zazemleniya-pc-481-te-16-150-mm" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fasadnoe-kreplenie-sf-60-te" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pak-25-te-2h16-4h25-mm-2-2-kh" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-p-71-te-35-95-2-5-54-mm" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podderzhivayuschiy-zazhim-dlya-izolirovannoy-nesuschey-nulevoy-zhily-bez-kronshteyna-ps-25-95-te-16" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-promezhutochnoy-podveski-cs-1500-te" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-6-te-6-150-1-5-16-mm" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-r-645-te-16-150-10-35-mm" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-bandazhnyy-cf-16-diametr-16-mm-18-kn" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-16-240-te-diametr-16-mm-12-kh" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-1500-te-25-70-mm-15-kh" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-perenapryazheniya-op-600-28-te" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-promezhutochnoy-podveski-es-1500-te-16-95-mm-12-kn" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-8-te-diametr-8-mm-2-3-kn" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-16-te-diametr-16-mm-6-6-kn" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-20-240-te-diametr-20-mm-24-kh" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesuschey-neytrali-pa-2000-te-70-95-mm-22-kh" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pa-25-te-2h16-4h25-mm-3-5-kn" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayuschiy-zazhim-p-70-te-16-150-16-150-mm" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-klemmnikov-sv-15-te" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r50-te-50-mm" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r54-te-54-mm" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r95-te-95-mm" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r16-te-16-mm" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r25-te-25-mm" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r70-te-70-mm" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrepa-dlya-lenty-nc-20-te-shirina-20-mm" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bugel-dlya-lenty-nb-20-te-shirina-20-mm" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-lenta-v-plastikovoy-upakovke-f-207-te" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-vint-ip44-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-150x110x70-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-trehrozhkovaya-ou-70x35-ip20-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-100h100h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-80h80h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-d-85h40mm-ip54-upr-85-40-1-3-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65h40-mm-ip54-upr-65-40-1-3-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65x65x50-ip54-uprk-65-65-45-2-3-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-85h85h40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h45-mm-s3m2-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-dlya-polyh-sten-68h45-mm-s3e3-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-ustanovochnyh-korobok-podrozetnika-belaya-74-mm-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h40-mm-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-glubokaya-blochnaya-68h60-mm-s3m4-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-blochnaya-68h45-mm-s3m3-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanal-soedinitel-dlya-ustanovochnyh-korobok-s3a3-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-85-85-40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-100-100-50-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krestovina-kronshteyna-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-gluhaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-140h140h66-mm-ip56-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-pod-kameru-dlya-kronshteyna-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-131h46-5-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-skvoznaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya130h130h50-mm-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-d-80h40-mm-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-d-80h40-mm-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-120h92h45-mm-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-67mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-80h80h40mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-150h110h70mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-67mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-chernyy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-seryy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-belyy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-100h100h50mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-67mm-20sht-up-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyashchiysya-50h12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyashchiysya-70h20mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-70h16mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-napolnyy-samokleyashchiysya-90h20mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h16mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-80h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-100h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-60h40mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-80h60mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h25mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-100h60mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-60h60mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-80h80h23mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-100h100h50mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-100h100h29mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-dlya-kabel-kanala-50h50h20mm-belaya-ip40-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyashchiysya-25h25mm-seryy-paz-4mm-zub-6mm-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyashchiysya-25h40mm-seryy-paz-4mm-zub-6mm-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyashchiysya-25h60mm-seryy-paz-5mm-zub-7mm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyashchiysya-40h40mm-seryy-paz-4mm-zub-6mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyashchiysya-60h60mm-seryy-paz-5mm-zub-7mm-s-otv-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-perforirovannyy-samokleyashchiysya-40h60mm-seryy-paz-5mm-zub-7mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40x25mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-dub-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h16mm-dub-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12x12mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x16mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40x16mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-dub-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-dub-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-dub-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-dub-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-dub-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-15h10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25h16mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16h16mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20h10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-12h12mm-dub-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-40h25mm-sosna-3d-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-25x25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-16x16mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-20x10mm-kanadskiy-klen-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-60h40mm-belyy-10-mup-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-40h25mm-belyy-20-mup-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-20h12mm-belyy-60-mup-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-kabel-kanala-bystroy-ukladki-40h2560h40mm-belaya-20-mup-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-bystroy-ukladki-16h25mm-belyy-80-mup-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kanal-polukruglyy-usilennyy-13h30mm-belyy-40-mup-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-32mm-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-16mm-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-20mm-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-40mm-buhta-15-mup-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-40mm-buhta-15-mup-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-50mm-buhta-15-mup-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-50mm-buhta-15-mup-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-25mm-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-32mm-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-chernaya-20mm-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-chernaya-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-s-zondom-oranzhevaya-50mm-15-mup-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-oranzhevaya-50-mup-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-oranzhevaya-100-mup-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-16mm-chernaya-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-25mm-chernaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-50mm-chernaya-buhta-15-mup-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-oranzhevaya-100-mup-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-40mm-chernaya-buhta-15-mup-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-32mm-oranzhevaya-25-mup-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-s-zondom-40mm-oranzhevaya-15-mup-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-chernaya-20mm-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-32mm-chernaya-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pnd-bezgalogennaya-hf-s-zondom-20mm-chernaya-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-17mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-23-5mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-8mm-razreznaya-buhta-30-mup" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-negoryuchaya-buhta-100-mup" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-negoryuchaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-negoryuchaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-negoryuchaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-100-mup" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-28-3mm-razreznaya-buhta-25-mup" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-4-7mm-razreznaya-negoryuchaya-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-11-5mm-razreznaya-negoryuchaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-4mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-22-6mm-razreznaya-buhta-60-mup-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-0mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-0mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-7-5mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-0mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-9-8mm-razreznaya-negoryuchaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-16-5mm-razreznaya-negoryuchaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-9mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-26-0mm-razreznaya-buhta-30-mup-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-13-4mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-12-4mm-razreznaya-negoryuchaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-ppng-6-8mm-razreznaya-negoryuchaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-14-7mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-16-5mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-18-5mm-razreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-16-5mm-nerazreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-13-4mm-nerazreznaya-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-5-mup-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-5-mup-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-7mm-razreznaya-buhta-5-mup-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-5-mup-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-25-mm-2-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-25-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-40-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-50-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-40-mm-2-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-16-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-20-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gladkaya-zhestkaya-pvh-32-mm-3-metrovaya-seraya-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-6-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-25-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-38-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-12-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-20-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-22-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-20-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-50-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-18-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-12-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-50-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-15-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-32-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-38-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-25-rz-ts-pvhng-s-zondom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-18-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-8-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-10-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-15-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-32-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-v-pvh-izolyatsii-mrping-22-rz-ts-pvhng-chernyy-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-8-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-10-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-15-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-18-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-20-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-25-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-32-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-50-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallorukav-r3-tsh-12-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-chernaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-seraya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-seraya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-seraya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-16mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-25mm-chernaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-16mm-seraya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-32mm-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-seraya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-20mm-chernaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-chernaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-40mm-seraya-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-25mm-seraya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-40mm-seraya-30-shtup-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-16mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/povorot-gibkiy-gofrirovannyy-16mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ugol-90-soedinitelnyy-dlya-truby-25mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-32mm-seraya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-soedinitelnyy-dlya-truby-16mm-seryy-ip40-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-16mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-soedinitelnyy-dlya-truby-20mm-seryy-ip40-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-16mm-seraya-ip44-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-20mm-seraya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-20mm-seraya-ip44-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-trub-20mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-25mm-seraya-ip44-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-truby-32mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-dlya-truby-32mm-seraya-ip44-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-truba-truba-40mm-seraya-ip67-tip-50140-4-shtup" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-8-9-odnolapkovaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-38-40-odnolapkovaya-dlya-metallorukava-32-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-19-20-dvuhlapkovaya-dlya-metallorukava-15-mm-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-60-63-dvuhlapkovaya-dlya-metallorukava-50-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-38-40-dvuhlapkovaya-dlya-metallorukava-32-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-14-15-dvuhlapkovaya-dlya-metallorukava-10-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-48-50-dvuhlapkovaya-dlya-metallorukava-38-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-odnolapkovaya-dlya-metallorukava-15-mm-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-31-32-dvuhlapkovaya-dlya-metallorukava-25-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-12-13-odnolapkovaya-dlya-metallorukava-8-mm-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-14-15-odnolapkovaya-dlya-metallorukava-10-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-odnolapkovaya-dlya-metallorukava-12-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-odnolapkovaya-dlya-metallorukava-15-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-31-32-odnolapkovaya-dlya-metallorukava-25-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-10-11-dvuhlapkovaya-dlya-metallorukava-6-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-21-22-dvuhlapkovaya-dlya-metallorukava-18-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-odnolapkovaya-dlya-metallorukava-18-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-8-9-dvuhlapkovaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-10-11-odnolapkovaya-dlya-metallorukava-6-mm-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-48-50-odnolapkovaya-dlya-metallorukava-38-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-25-26-dvuhlapkovaya-dlya-metallorukava-2022-mm-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-odnolapkovaya-dlya-metallorukava-20-22-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-12-13-dvuhlapkovaya-dlya-metallorukava-8-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smd-16-17-dvuhlapkovaya-dlya-metallorukava-12-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-pa-25-te-2h16-4h25-mm-3-5-kn" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-16-te-diametr-16-mm-6-6-kn" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-promezhutochnoy-podveski-cs-1500-te" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayushchiy-zazhim-p-6-te-6-1501-5-16-mm" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesushchey-neytrali-pa-2000-te-70-95-mm-22-kh" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-20240-te-diametr-20-mm-24-kh" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podderzhivayushchiy-zazhim-dlya-izolirovannoy-nesushchey-nulevoy-zhily-bez-kronshteyna-ps-25-95-te-16-95-mm-22-kn" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-promezhutochnoy-podveski-es-1500-te-16-95-mm-12-kn" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayushchiy-zazhim-r-645-te-16-15010-35-mm" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prokalyvayushchiy-zazhim-p-70-te-16-15016-150-mm" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fasadnoe-kreplenie-sf-60-te" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-perenapryazheniya-op-60028-te" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitelnyy-zazhim-p-71-te-35-952-5-54-mm" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-skvoznoy-b-16240-te-diametr-16-mm-12-kh" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-s-rezboy-bt-8-te-diametr-8-mm-2-3-kn" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-bandazhnyy-cf-16-diametr-16-mm-18-kn" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankernyy-zazhim-dlya-nesushchey-neytrali-pa-1500-te-25-70-mm-15-kh" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-klemmnikov-sv-15-te" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r50-te-50-mm" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r54-te-54-mm" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r70-te-70-mm" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r16-te-16-mm" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r25-te-25-mm" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolirovannyy-nakonechnik-cpta-r95-te-95-mm" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skrepa-dlya-lenty-nc-20-te-shirina-20-mm" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bugel-dlya-lenty-nb-20-te-shirina-20-mm" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-lenta-v-plastikovoy-upakovke-f-207-te" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-100-100-50-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-85-85-40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-100h100h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-80h80h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65h40-mm-ip54-upr-6540-1-3-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-d-85h40mm-ip54-upr-8540-1-3-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-150x110x70-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65x65x50-ip54-uprk-65-6545-2-3-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-vint-ip44-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-85h85h40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-betonkirpich-glubokaya-blochnaya-68h60-mm-s3m4-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-betonkirpich-blochnaya-68h45-mm-s3m3-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-ustanovochnyh-korobok-podrozetnika-belaya-74-mm-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-betonkirpich-68h45-mm-s3m2-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-dlya-polyh-sten-68h45-mm-s3e3-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-140h140h66-mm-ip56-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya130h130h50-mm-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-gluhaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krestovina-kronshteyna-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-pod-kameru-dlya-kronshteyna-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-131h46-5-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-skvoznaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-d-80h40-mm-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-120h92h45-mm-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-d-80h40-mm-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-seraya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-80h80h40mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-seraya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-seraya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-seraya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-seraya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-chernyy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-67mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-seryy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-150h110h70mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-100h100h50mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-67mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-seraya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-67mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-belyy-240mm-20sht-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I390"/>
+  <dimension ref="A1:I380"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2809,11149 +2749,10849 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>499.79</v>
+        <v>421.8</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1396</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="H5" s="3">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>44.3</v>
+        <v>515.1</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>18727</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="H6" s="3">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>32.86</v>
+        <v>479.16</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>24312</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>140</v>
+        <v>42</v>
       </c>
       <c r="H7" s="3">
-        <v>140</v>
+        <v>42</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>85.53</v>
+        <v>562.67</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>8245</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="H8" s="3">
         <v>32</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="3" t="s">
+      <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>376.56</v>
+        <v>123.34</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>638</v>
+        <v>5824</v>
       </c>
       <c r="G10" s="3">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="H10" s="3">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>436.22</v>
+        <v>99.51</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>896</v>
+        <v>2340</v>
       </c>
       <c r="G11" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="H11" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>68.88</v>
+        <v>164.3</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>29012</v>
+        <v>2070</v>
       </c>
       <c r="G12" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="H12" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>123.34</v>
+        <v>376.56</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>12107</v>
+        <v>492</v>
       </c>
       <c r="G13" s="3">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H13" s="3">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>34.59</v>
+        <v>436.22</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>16982</v>
+        <v>1304</v>
       </c>
       <c r="G14" s="3">
-        <v>140</v>
+        <v>8</v>
       </c>
       <c r="H14" s="3">
-        <v>140</v>
+        <v>8</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>234.85</v>
+        <v>32.86</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>3687</v>
+        <v>13160</v>
       </c>
       <c r="G15" s="3">
-        <v>18</v>
+        <v>140</v>
       </c>
       <c r="H15" s="3">
-        <v>18</v>
+        <v>140</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>410.01</v>
+        <v>68.88</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>648</v>
+        <v>27120</v>
       </c>
       <c r="G16" s="3">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="H16" s="3">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17" s="3">
         <v>42.19</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>17389</v>
+        <v>16250</v>
       </c>
       <c r="G17" s="3">
         <v>100</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>99.51</v>
+        <v>34.59</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>6002</v>
+        <v>22120</v>
       </c>
       <c r="G18" s="3">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="H18" s="3">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="C19" s="3">
+        <v>234.85</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="3">
+        <v>2826</v>
+      </c>
+      <c r="G19" s="3">
+        <v>18</v>
+      </c>
+      <c r="H19" s="3">
+        <v>18</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="C19" s="3">
-[...22 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="2"/>
-[...6 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="C20" s="3">
+        <v>410.01</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="3">
+        <v>872</v>
+      </c>
+      <c r="G20" s="3">
+        <v>8</v>
+      </c>
+      <c r="H20" s="3">
+        <v>8</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>162.74</v>
+        <v>85.53</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>631</v>
+        <v>7840</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="H21" s="3">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>50.44</v>
+        <v>499.79</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>551</v>
+        <v>2082</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>60.37</v>
+        <v>305.2</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>79</v>
+        <v>1378</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>184.91</v>
+        <v>44.3</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>1132</v>
+        <v>23296</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>84</v>
       </c>
       <c r="H24" s="3">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3">
+        <v>60.37</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="C26" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>747</v>
       </c>
       <c r="G26" s="3">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>285.38</v>
+        <v>184.91</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>1103</v>
       </c>
       <c r="G27" s="3">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>362.5</v>
+        <v>162.74</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="F28" s="3">
-        <v>1296</v>
+        <v>491</v>
       </c>
       <c r="G28" s="3">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>605.9</v>
+        <v>50.44</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>370</v>
       </c>
       <c r="G29" s="3">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="3" t="s">
+      <c r="A30" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="C31" s="3">
+        <v>226.52</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F31" s="3">
+        <v>0</v>
+      </c>
+      <c r="G31" s="3">
+        <v>100</v>
+      </c>
+      <c r="H31" s="3">
+        <v>100</v>
+      </c>
+      <c r="I31" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C31" s="3">
-[...22 lines deleted...]
-      <c r="A32" s="2" t="s">
+      <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B32" s="2"/>
-[...6 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="C32" s="3">
+        <v>285.38</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="3">
+        <v>0</v>
+      </c>
+      <c r="G32" s="3">
+        <v>80</v>
+      </c>
+      <c r="H32" s="3">
+        <v>80</v>
+      </c>
+      <c r="I32" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>515.1</v>
+        <v>381.63</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>562.67</v>
+        <v>362.5</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>3164</v>
       </c>
       <c r="G34" s="3">
-        <v>2</v>
+        <v>72</v>
       </c>
       <c r="H34" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>421.8</v>
+        <v>605.9</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>528</v>
       </c>
       <c r="G35" s="3">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="H35" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>479.16</v>
+        <v>428.93</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>336</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="H36" s="3">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>106.61</v>
+        <v>47.6</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>752</v>
+        <v>346</v>
       </c>
       <c r="G38" s="3">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="H38" s="3">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>97.18</v>
+        <v>125.4</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>1800</v>
+        <v>198</v>
       </c>
       <c r="G39" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="H39" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>47.6</v>
+        <v>135.92</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>1336</v>
+        <v>154</v>
       </c>
       <c r="G40" s="3">
-        <v>140</v>
+        <v>40</v>
       </c>
       <c r="H40" s="3">
-        <v>140</v>
+        <v>40</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>50.03</v>
+        <v>48.93</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>278</v>
+        <v>926</v>
       </c>
       <c r="G41" s="3">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="H41" s="3">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>99.04</v>
+        <v>68.41</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>538</v>
+        <v>2456</v>
       </c>
       <c r="G42" s="3">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="H42" s="3">
-        <v>60</v>
+        <v>140</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>136.2</v>
+        <v>123</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>248</v>
+        <v>696</v>
       </c>
       <c r="G43" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="H43" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>135.92</v>
+        <v>123.71</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>114</v>
+        <v>432</v>
       </c>
       <c r="G44" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="H44" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>48.94</v>
+        <v>106.61</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>1652</v>
+        <v>94</v>
       </c>
       <c r="G45" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="H45" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>48.93</v>
+        <v>153.77</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>1000</v>
+        <v>430</v>
       </c>
       <c r="G46" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="H46" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>48.94</v>
+        <v>62.62</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>2030</v>
+        <v>458</v>
       </c>
       <c r="G47" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>68.42</v>
+        <v>186.49</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>1540</v>
+        <v>300</v>
       </c>
       <c r="G48" s="3">
-        <v>140</v>
+        <v>32</v>
       </c>
       <c r="H48" s="3">
-        <v>140</v>
+        <v>32</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>66.79</v>
+        <v>97.18</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>960</v>
+        <v>200</v>
       </c>
       <c r="G49" s="3">
-        <v>160</v>
+        <v>60</v>
       </c>
       <c r="H49" s="3">
-        <v>160</v>
+        <v>60</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>66.78</v>
+        <v>47.6</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>2242</v>
+        <v>910</v>
       </c>
       <c r="G50" s="3">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="H50" s="3">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>97.68</v>
+        <v>50.03</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>1008</v>
+        <v>278</v>
       </c>
       <c r="G51" s="3">
-        <v>84</v>
+        <v>140</v>
       </c>
       <c r="H51" s="3">
-        <v>84</v>
+        <v>140</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>97.67</v>
+        <v>99.04</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>2228</v>
+        <v>478</v>
       </c>
       <c r="G52" s="3">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="H52" s="3">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>123.22</v>
+        <v>136.2</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>540</v>
+        <v>148</v>
       </c>
       <c r="G53" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="H53" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>123</v>
+        <v>48.94</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>912</v>
+        <v>1232</v>
       </c>
       <c r="G54" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="H54" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>166.28</v>
+        <v>48.94</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>448</v>
+        <v>1634</v>
       </c>
       <c r="G55" s="3">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="H55" s="3">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>37.61</v>
+        <v>68.42</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>1480</v>
+        <v>1540</v>
       </c>
       <c r="G56" s="3">
         <v>140</v>
       </c>
       <c r="H56" s="3">
         <v>140</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>39.76</v>
+        <v>66.79</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>1332</v>
+        <v>480</v>
       </c>
       <c r="G57" s="3">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="H57" s="3">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>53.06</v>
+        <v>66.78</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>748</v>
+        <v>1044</v>
       </c>
       <c r="G58" s="3">
-        <v>84</v>
+        <v>160</v>
       </c>
       <c r="H58" s="3">
-        <v>84</v>
+        <v>160</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>80.47</v>
+        <v>97.68</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>1164</v>
+        <v>1008</v>
       </c>
       <c r="G59" s="3">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="H59" s="3">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>47.6</v>
+        <v>97.67</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>1864</v>
+        <v>1010</v>
       </c>
       <c r="G60" s="3">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="H60" s="3">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="3">
-        <v>61.23</v>
+        <v>123.22</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>1642</v>
+        <v>120</v>
       </c>
       <c r="G61" s="3">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="H61" s="3">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="3">
-        <v>186.49</v>
+        <v>166.28</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
         <v>352</v>
       </c>
       <c r="G62" s="3">
         <v>32</v>
       </c>
       <c r="H62" s="3">
         <v>32</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C63" s="3">
-        <v>54.09</v>
+        <v>37.61</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>1022</v>
+        <v>1980</v>
       </c>
       <c r="G63" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="H63" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C64" s="3">
-        <v>62.62</v>
+        <v>39.76</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>1536</v>
+        <v>1816</v>
       </c>
       <c r="G64" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="H64" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C65" s="3">
-        <v>48.93</v>
+        <v>53.06</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>1400</v>
+        <v>864</v>
       </c>
       <c r="G65" s="3">
-        <v>200</v>
+        <v>84</v>
       </c>
       <c r="H65" s="3">
-        <v>200</v>
+        <v>84</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C66" s="3">
-        <v>123.71</v>
+        <v>80.47</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>432</v>
+        <v>976</v>
       </c>
       <c r="G66" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="H66" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C67" s="3">
-        <v>166.29</v>
+        <v>61.23</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>758</v>
+        <v>156</v>
       </c>
       <c r="G67" s="3">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="H67" s="3">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C68" s="3">
-        <v>129.48</v>
+        <v>54.09</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>28</v>
+        <v>1040</v>
       </c>
       <c r="G68" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="H68" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C69" s="3">
-        <v>65.54</v>
+        <v>48.93</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>198</v>
+        <v>1400</v>
       </c>
       <c r="G69" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H69" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C70" s="3">
-        <v>65.54</v>
+        <v>166.29</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>298</v>
+        <v>554</v>
       </c>
       <c r="G70" s="3">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C71" s="3">
-        <v>125.4</v>
+        <v>129.48</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>198</v>
+        <v>18</v>
       </c>
       <c r="G71" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="H71" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C72" s="3">
-        <v>153.77</v>
+        <v>65.54</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>576</v>
+        <v>98</v>
       </c>
       <c r="G72" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="H72" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C73" s="3">
-        <v>68.41</v>
+        <v>65.54</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>3914</v>
+        <v>164</v>
       </c>
       <c r="G73" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="H73" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="3">
-        <v>252.62</v>
+        <v>486.63</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>200</v>
+        <v>140</v>
       </c>
       <c r="G75" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H75" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C76" s="3">
-        <v>486.63</v>
+        <v>252.62</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="G76" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H76" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="3">
-        <v>134.24</v>
+        <v>155.49</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>160</v>
+        <v>240</v>
       </c>
       <c r="G77" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="H77" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="3">
-        <v>206.18</v>
+        <v>159.49</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="H78" s="3">
         <v>0</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="3">
-        <v>159.49</v>
+        <v>134.24</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="G79" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H79" s="3">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="3">
-        <v>206.18</v>
+        <v>293.41</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>280</v>
       </c>
       <c r="G80" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H80" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="3" t="s">
+      <c r="A81" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="B81" s="3" t="s">
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="C81" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C83" s="3">
+        <v>297.06</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>589</v>
       </c>
       <c r="G83" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B84" s="3" t="s">
+      <c r="C84" s="3">
+        <v>1374.45</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F84" s="3">
+        <v>286</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1</v>
+      </c>
+      <c r="H84" s="3">
+        <v>1</v>
+      </c>
+      <c r="I84" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="C84" s="3">
-[...22 lines deleted...]
-      <c r="A85" s="2" t="s">
+      <c r="B85" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B85" s="2"/>
-[...6 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="C85" s="3">
+        <v>1135.69</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F85" s="3">
+        <v>47</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>1</v>
+      </c>
+      <c r="I85" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A86" s="2" t="s">
+      <c r="A86" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B86" s="2"/>
-[...6 lines deleted...]
-      <c r="I86" s="2"/>
+      <c r="B86" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C86" s="3">
+        <v>18.89</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F86" s="3">
+        <v>24400</v>
+      </c>
+      <c r="G86" s="3">
+        <v>100</v>
+      </c>
+      <c r="H86" s="3">
+        <v>100</v>
+      </c>
+      <c r="I86" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C87" s="3">
-        <v>96</v>
+        <v>24.24</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>3420</v>
+        <v>23800</v>
       </c>
       <c r="G87" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="H87" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C88" s="3">
-        <v>124.07</v>
+        <v>38.27</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>3225</v>
+        <v>9050</v>
       </c>
       <c r="G88" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="H88" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C89" s="3">
-        <v>864.18</v>
+        <v>58.85</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>51</v>
+        <v>11575</v>
       </c>
       <c r="G89" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H89" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I89" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="3">
-        <v>297.06</v>
+        <v>394.29</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="F90" s="3">
-        <v>534</v>
+        <v>677</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="3">
         <v>549.6</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="F91" s="3">
-        <v>228</v>
+        <v>190</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>1</v>
       </c>
       <c r="I91" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="3">
-        <v>38.95</v>
+        <v>647.98</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="F92" s="3">
-        <v>0</v>
+        <v>187</v>
       </c>
       <c r="G92" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="3">
-        <v>1374.45</v>
+        <v>28.16</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>179</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H93" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I93" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="3">
-        <v>1135.69</v>
+        <v>38.95</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H94" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I94" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="3">
-        <v>53.94</v>
+        <v>114.5</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
         <v>0</v>
       </c>
       <c r="G95" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H95" s="3">
         <v>0</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="3">
-        <v>18.89</v>
+        <v>96</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>31000</v>
+        <v>2550</v>
       </c>
       <c r="G96" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="H96" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="3">
-        <v>24.24</v>
+        <v>124.07</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>48500</v>
+        <v>1125</v>
       </c>
       <c r="G97" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="H97" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="3">
-        <v>58.85</v>
+        <v>166.55</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>11300</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="H98" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="I98" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="3">
-        <v>28.16</v>
+        <v>864.18</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>389</v>
       </c>
       <c r="G99" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I99" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="3">
-        <v>80.79</v>
+        <v>53.94</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
         <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>50</v>
       </c>
       <c r="H100" s="3">
         <v>0</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="3">
-        <v>114.5</v>
+        <v>80.79</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
         <v>0</v>
       </c>
       <c r="G101" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="H101" s="3">
         <v>0</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="3">
-        <v>166.55</v>
+        <v>1072.05</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="F102" s="3">
-        <v>0</v>
+        <v>138</v>
       </c>
       <c r="G102" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I102" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="3" t="s">
+      <c r="A103" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="3">
-        <v>38.27</v>
+        <v>714.4</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="F104" s="3">
-        <v>20100</v>
+        <v>242</v>
       </c>
       <c r="G104" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I104" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>1072.05</v>
+        <v>332.18</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="F105" s="3">
-        <v>157</v>
+        <v>479</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>1</v>
       </c>
       <c r="I105" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>647.98</v>
+        <v>936.42</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="F106" s="3">
-        <v>12</v>
+        <v>206</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>1</v>
       </c>
       <c r="I106" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A107" s="2" t="s">
+      <c r="A107" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B107" s="2"/>
-[...6 lines deleted...]
-      <c r="I107" s="2"/>
+      <c r="C107" s="3">
+        <v>440.45</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F107" s="3">
+        <v>774</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>1</v>
+      </c>
+      <c r="I107" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C108" s="3">
         <v>1151.48</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="F108" s="3">
-        <v>145</v>
+        <v>230</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>1</v>
       </c>
       <c r="I108" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C109" s="3">
-        <v>142.26</v>
+        <v>614.08</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="F109" s="3">
-        <v>1305</v>
+        <v>390</v>
       </c>
       <c r="G109" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I109" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C110" s="3">
-        <v>332.18</v>
+        <v>96.59</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>761</v>
+        <v>15</v>
       </c>
       <c r="G110" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H110" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I110" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C111" s="3">
-        <v>96.59</v>
+        <v>44.19</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>15</v>
+        <v>1100</v>
       </c>
       <c r="G111" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="H111" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C112" s="3">
-        <v>32.39</v>
+        <v>25.76</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>5700</v>
+        <v>7600</v>
       </c>
       <c r="G112" s="3">
         <v>100</v>
       </c>
       <c r="H112" s="3">
         <v>100</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C113" s="3">
-        <v>25.76</v>
+        <v>1359.11</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="F113" s="3">
-        <v>8200</v>
+        <v>255</v>
       </c>
       <c r="G113" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C114" s="3">
-        <v>44.19</v>
+        <v>25.87</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>4400</v>
+        <v>32400</v>
       </c>
       <c r="G114" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C115" s="3">
-        <v>103.39</v>
+        <v>43.94</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>3000</v>
+        <v>14400</v>
       </c>
       <c r="G115" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="H115" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C116" s="3">
-        <v>936.42</v>
+        <v>142.26</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>208</v>
+        <v>1770</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H116" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I116" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C117" s="3">
-        <v>440.45</v>
+        <v>32.39</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>621</v>
+        <v>6700</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H117" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I117" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C118" s="3">
-        <v>614.08</v>
+        <v>103.39</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>289</v>
+        <v>3750</v>
       </c>
       <c r="G118" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H118" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I118" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C119" s="3">
         <v>67.95</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>1625</v>
+        <v>1275</v>
       </c>
       <c r="G119" s="3">
         <v>25</v>
       </c>
       <c r="H119" s="3">
         <v>25</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C120" s="3">
-        <v>1781.35</v>
+        <v>84.59</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>174</v>
+        <v>540</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H120" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I120" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C121" s="3">
-        <v>1359.11</v>
+        <v>1781.35</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="F121" s="3">
-        <v>102</v>
+        <v>335</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>1</v>
       </c>
       <c r="I121" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C122" s="3">
-        <v>84.59</v>
+        <v>66.1</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>1290</v>
+        <v>14350</v>
       </c>
       <c r="G122" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H122" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C123" s="3">
-        <v>66.1</v>
+        <v>33.97</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>4500</v>
+        <v>37500</v>
       </c>
       <c r="G123" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H123" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A124" s="3" t="s">
+      <c r="A124" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B124" s="2"/>
+      <c r="C124" s="2"/>
+      <c r="D124" s="2"/>
+      <c r="E124" s="2"/>
+      <c r="F124" s="2"/>
+      <c r="G124" s="2"/>
+      <c r="H124" s="2"/>
+      <c r="I124" s="2"/>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="3">
-        <v>33.97</v>
+        <v>57.27</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>25500</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H125" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B126" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="3">
-        <v>43.94</v>
+        <v>37.58</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>14150</v>
+        <v>1330</v>
       </c>
       <c r="G126" s="3">
         <v>50</v>
       </c>
       <c r="H126" s="3">
         <v>50</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B127" s="3" t="s">
+      <c r="C127" s="3">
+        <v>98.78</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F127" s="3">
+        <v>250</v>
+      </c>
+      <c r="G127" s="3">
+        <v>50</v>
+      </c>
+      <c r="H127" s="3">
+        <v>50</v>
+      </c>
+      <c r="I127" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="C127" s="3">
-[...22 lines deleted...]
-      <c r="A128" s="2" t="s">
+      <c r="B128" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B128" s="2"/>
-[...6 lines deleted...]
-      <c r="I128" s="2"/>
+      <c r="C128" s="3">
+        <v>115.97</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F128" s="3">
+        <v>0</v>
+      </c>
+      <c r="G128" s="3">
+        <v>50</v>
+      </c>
+      <c r="H128" s="3">
+        <v>50</v>
+      </c>
+      <c r="I128" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C129" s="3">
-        <v>37.58</v>
+        <v>168.91</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>3550</v>
+        <v>1350</v>
       </c>
       <c r="G129" s="3">
         <v>50</v>
       </c>
       <c r="H129" s="3">
         <v>50</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C130" s="3">
-        <v>77.31</v>
+        <v>177.26</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="H130" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C131" s="3">
-        <v>37.22</v>
+        <v>44.34</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H131" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C132" s="3">
-        <v>57.27</v>
+        <v>59.75</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>4900</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>50</v>
       </c>
       <c r="H132" s="3">
         <v>50</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C133" s="3">
-        <v>44.34</v>
+        <v>73</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>4400</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>50</v>
       </c>
       <c r="H133" s="3">
         <v>50</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C134" s="3">
-        <v>59.75</v>
+        <v>50.14</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>3250</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H134" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C135" s="3">
-        <v>98.78</v>
+        <v>55.61</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>1750</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>50</v>
       </c>
       <c r="H135" s="3">
         <v>50</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C136" s="3">
-        <v>115.97</v>
+        <v>77.31</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>550</v>
+        <v>1300</v>
       </c>
       <c r="G136" s="3">
         <v>50</v>
       </c>
       <c r="H136" s="3">
         <v>50</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C137" s="3">
-        <v>177.26</v>
+        <v>85.89</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="H137" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C138" s="3">
-        <v>73</v>
+        <v>44.34</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>1400</v>
+        <v>250</v>
       </c>
       <c r="G138" s="3">
         <v>50</v>
       </c>
       <c r="H138" s="3">
         <v>50</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C139" s="3">
-        <v>168.91</v>
+        <v>59.75</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>1400</v>
+        <v>600</v>
       </c>
       <c r="G139" s="3">
         <v>50</v>
       </c>
       <c r="H139" s="3">
         <v>50</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C140" s="3">
-        <v>55.61</v>
+        <v>37.22</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>3250</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H140" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C141" s="3">
-        <v>50.14</v>
+        <v>71.58</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>1900</v>
+        <v>150</v>
       </c>
       <c r="G141" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H141" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C142" s="3">
-        <v>85.89</v>
+        <v>213.3</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>1650</v>
+        <v>75</v>
       </c>
       <c r="G142" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H142" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A143" s="3" t="s">
+      <c r="A143" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B143" s="2"/>
+      <c r="C143" s="2"/>
+      <c r="D143" s="2"/>
+      <c r="E143" s="2"/>
+      <c r="F143" s="2"/>
+      <c r="G143" s="2"/>
+      <c r="H143" s="2"/>
+      <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>71.58</v>
+        <v>18.2</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>700</v>
+        <v>4800</v>
       </c>
       <c r="G144" s="3">
         <v>50</v>
       </c>
       <c r="H144" s="3">
         <v>50</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>59.75</v>
+        <v>31.47</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>1400</v>
+        <v>7100</v>
       </c>
       <c r="G145" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H145" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B146" s="3" t="s">
+      <c r="C146" s="3">
+        <v>19.2</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F146" s="3">
+        <v>11650</v>
+      </c>
+      <c r="G146" s="3">
+        <v>50</v>
+      </c>
+      <c r="H146" s="3">
+        <v>50</v>
+      </c>
+      <c r="I146" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A147" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="C146" s="3">
-[...22 lines deleted...]
-      <c r="A147" s="2" t="s">
+      <c r="B147" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B147" s="2"/>
-[...6 lines deleted...]
-      <c r="I147" s="2"/>
+      <c r="C147" s="3">
+        <v>26.05</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F147" s="3">
+        <v>4900</v>
+      </c>
+      <c r="G147" s="3">
+        <v>50</v>
+      </c>
+      <c r="H147" s="3">
+        <v>50</v>
+      </c>
+      <c r="I147" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C148" s="3">
-        <v>18.15</v>
+        <v>56.99</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>4900</v>
+        <v>1500</v>
       </c>
       <c r="G148" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H148" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C149" s="3">
-        <v>56.99</v>
+        <v>35.18</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>3100</v>
+        <v>5800</v>
       </c>
       <c r="G149" s="3">
         <v>50</v>
       </c>
       <c r="H149" s="3">
         <v>50</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C150" s="3">
-        <v>57.91</v>
+        <v>59.86</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>1100</v>
+        <v>1250</v>
       </c>
       <c r="G150" s="3">
         <v>50</v>
       </c>
       <c r="H150" s="3">
         <v>50</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C151" s="3">
-        <v>36.02</v>
+        <v>92.97</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>6700</v>
+        <v>1140</v>
       </c>
       <c r="G151" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="H151" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C152" s="3">
-        <v>59.86</v>
+        <v>93.27</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>3750</v>
+        <v>3250</v>
       </c>
       <c r="G152" s="3">
         <v>50</v>
       </c>
       <c r="H152" s="3">
         <v>50</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C153" s="3">
-        <v>18.2</v>
+        <v>42.16</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>12850</v>
+        <v>20400</v>
       </c>
       <c r="G153" s="3">
         <v>50</v>
       </c>
       <c r="H153" s="3">
         <v>50</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C154" s="3">
-        <v>31.47</v>
+        <v>47.05</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>11600</v>
+        <v>18500</v>
       </c>
       <c r="G154" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H154" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C155" s="3">
-        <v>42.16</v>
+        <v>49.3</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>25000</v>
+        <v>7150</v>
       </c>
       <c r="G155" s="3">
         <v>50</v>
       </c>
       <c r="H155" s="3">
         <v>50</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C156" s="3">
-        <v>26.05</v>
+        <v>24.88</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>5500</v>
+        <v>12530</v>
       </c>
       <c r="G156" s="3">
         <v>50</v>
       </c>
       <c r="H156" s="3">
         <v>50</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C157" s="3">
-        <v>30.71</v>
+        <v>45.61</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>8350</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>50</v>
       </c>
       <c r="H157" s="3">
         <v>50</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C158" s="3">
-        <v>45.61</v>
+        <v>32.33</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>22300</v>
+        <v>2150</v>
       </c>
       <c r="G158" s="3">
         <v>50</v>
       </c>
       <c r="H158" s="3">
         <v>50</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C159" s="3">
-        <v>60.79</v>
+        <v>85.52</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>4650</v>
+        <v>4100</v>
       </c>
       <c r="G159" s="3">
         <v>50</v>
       </c>
       <c r="H159" s="3">
         <v>50</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C160" s="3">
-        <v>38.84</v>
+        <v>72.33</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>600</v>
+        <v>1850</v>
       </c>
       <c r="G160" s="3">
         <v>50</v>
       </c>
       <c r="H160" s="3">
         <v>50</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C161" s="3">
-        <v>85.52</v>
+        <v>134.49</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>2050</v>
+        <v>690</v>
       </c>
       <c r="G161" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="H161" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C162" s="3">
-        <v>72.33</v>
+        <v>47.8</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>8600</v>
+        <v>400</v>
       </c>
       <c r="G162" s="3">
         <v>50</v>
       </c>
       <c r="H162" s="3">
         <v>50</v>
       </c>
       <c r="I162" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C163" s="3">
-        <v>93.27</v>
+        <v>18.15</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>3550</v>
+        <v>11700</v>
       </c>
       <c r="G163" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H163" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C164" s="3">
-        <v>134.49</v>
+        <v>57.91</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>1680</v>
+        <v>5200</v>
       </c>
       <c r="G164" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="H164" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C165" s="3">
-        <v>47.8</v>
+        <v>54.76</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>2800</v>
+        <v>2700</v>
       </c>
       <c r="G165" s="3">
         <v>50</v>
       </c>
       <c r="H165" s="3">
         <v>50</v>
       </c>
       <c r="I165" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C166" s="3">
-        <v>54.76</v>
+        <v>36.02</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>5800</v>
+        <v>4950</v>
       </c>
       <c r="G166" s="3">
         <v>50</v>
       </c>
       <c r="H166" s="3">
         <v>50</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C167" s="3">
-        <v>92.97</v>
+        <v>39.64</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>2100</v>
+        <v>2800</v>
       </c>
       <c r="G167" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="H167" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C168" s="3">
-        <v>19.2</v>
+        <v>66.64</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>5250</v>
+        <v>4400</v>
       </c>
       <c r="G168" s="3">
         <v>50</v>
       </c>
       <c r="H168" s="3">
         <v>50</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C169" s="3">
-        <v>47.05</v>
+        <v>57.44</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>27850</v>
+        <v>3500</v>
       </c>
       <c r="G169" s="3">
         <v>50</v>
       </c>
       <c r="H169" s="3">
         <v>50</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C170" s="3">
-        <v>49.3</v>
+        <v>30.71</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>7600</v>
+        <v>3800</v>
       </c>
       <c r="G170" s="3">
         <v>50</v>
       </c>
       <c r="H170" s="3">
         <v>50</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C171" s="3">
-        <v>24.88</v>
+        <v>38.84</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>5650</v>
+        <v>2850</v>
       </c>
       <c r="G171" s="3">
         <v>50</v>
       </c>
       <c r="H171" s="3">
         <v>50</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C172" s="3">
-        <v>32.33</v>
+        <v>60.79</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>5050</v>
+        <v>3600</v>
       </c>
       <c r="G172" s="3">
         <v>50</v>
       </c>
       <c r="H172" s="3">
         <v>50</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A173" s="3" t="s">
+      <c r="A173" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="B173" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B173" s="2"/>
+      <c r="C173" s="2"/>
+      <c r="D173" s="2"/>
+      <c r="E173" s="2"/>
+      <c r="F173" s="2"/>
+      <c r="G173" s="2"/>
+      <c r="H173" s="2"/>
+      <c r="I173" s="2"/>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B174" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B174" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" s="3">
-        <v>39.64</v>
+        <v>255.97</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="F174" s="3">
-        <v>2500</v>
+        <v>673</v>
       </c>
       <c r="G174" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I174" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B175" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" s="3">
-        <v>66.64</v>
+        <v>451.23</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="F175" s="3">
-        <v>1150</v>
+        <v>322</v>
       </c>
       <c r="G175" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I175" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B176" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B176" s="3" t="s">
+      <c r="C176" s="3">
+        <v>360.47</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F176" s="3">
+        <v>822</v>
+      </c>
+      <c r="G176" s="3">
+        <v>1</v>
+      </c>
+      <c r="H176" s="3">
+        <v>10</v>
+      </c>
+      <c r="I176" s="3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A177" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="C176" s="3">
-[...22 lines deleted...]
-      <c r="A177" s="2" t="s">
+      <c r="B177" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="B177" s="2"/>
-[...6 lines deleted...]
-      <c r="I177" s="2"/>
+      <c r="C177" s="3">
+        <v>427.57</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F177" s="3">
+        <v>1129</v>
+      </c>
+      <c r="G177" s="3">
+        <v>1</v>
+      </c>
+      <c r="H177" s="3">
+        <v>10</v>
+      </c>
+      <c r="I177" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C178" s="3">
-        <v>360.47</v>
+        <v>241.74</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="F178" s="3">
-        <v>1602</v>
+        <v>1367</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I178" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C179" s="3">
-        <v>427.57</v>
+        <v>244.34</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="F179" s="3">
-        <v>1071</v>
+        <v>915</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I179" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C180" s="3">
-        <v>241.74</v>
+        <v>308.85</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="F180" s="3">
-        <v>1769</v>
+        <v>357</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>5</v>
       </c>
       <c r="I180" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C181" s="3">
-        <v>308.85</v>
+        <v>673.28</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="F181" s="3">
-        <v>607</v>
+        <v>459</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I181" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A182" s="3" t="s">
+      <c r="A182" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="B182" s="3" t="s">
+      <c r="B182" s="2"/>
+      <c r="C182" s="2"/>
+      <c r="D182" s="2"/>
+      <c r="E182" s="2"/>
+      <c r="F182" s="2"/>
+      <c r="G182" s="2"/>
+      <c r="H182" s="2"/>
+      <c r="I182" s="2"/>
+    </row>
+    <row r="183" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A183" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="C182" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B183" s="2"/>
+      <c r="C183" s="2"/>
+      <c r="D183" s="2"/>
+      <c r="E183" s="2"/>
+      <c r="F183" s="2"/>
+      <c r="G183" s="2"/>
+      <c r="H183" s="2"/>
+      <c r="I183" s="2"/>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C184" s="3">
-        <v>451.23</v>
+        <v>36.04</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>789</v>
+        <v>0</v>
       </c>
       <c r="G184" s="3">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="H184" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I184" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="C185" s="3">
+        <v>75.93</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F185" s="3">
+        <v>9480</v>
+      </c>
+      <c r="G185" s="3">
+        <v>120</v>
+      </c>
+      <c r="H185" s="3">
+        <v>120</v>
+      </c>
+      <c r="I185" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A186" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="B185" s="3" t="s">
+      <c r="B186" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="C185" s="3">
-[...22 lines deleted...]
-      <c r="A186" s="2" t="s">
+      <c r="C186" s="3">
+        <v>155.63</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F186" s="3">
+        <v>4920</v>
+      </c>
+      <c r="G186" s="3">
+        <v>60</v>
+      </c>
+      <c r="H186" s="3">
+        <v>60</v>
+      </c>
+      <c r="I186" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A187" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="B186" s="2"/>
-[...9 lines deleted...]
-      <c r="A187" s="2" t="s">
+      <c r="B187" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B187" s="2"/>
-[...6 lines deleted...]
-      <c r="I187" s="2"/>
+      <c r="C187" s="3">
+        <v>219.18</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F187" s="3">
+        <v>2220</v>
+      </c>
+      <c r="G187" s="3">
+        <v>30</v>
+      </c>
+      <c r="H187" s="3">
+        <v>30</v>
+      </c>
+      <c r="I187" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C188" s="3">
-        <v>36.04</v>
+        <v>93.79</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
         <v>0</v>
       </c>
       <c r="G188" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="H188" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C189" s="3">
-        <v>33.1</v>
+        <v>44.8</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>0</v>
+        <v>9450</v>
       </c>
       <c r="G189" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H189" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C190" s="3">
-        <v>93.79</v>
+        <v>58.14</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>0</v>
+        <v>19800</v>
       </c>
       <c r="G190" s="3">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="H190" s="3">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C191" s="3">
-        <v>75.93</v>
+        <v>116.53</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>9120</v>
+        <v>4950</v>
       </c>
       <c r="G191" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="H191" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A192" s="3" t="s">
+      <c r="A192" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="B192" s="3" t="s">
+      <c r="B192" s="2"/>
+      <c r="C192" s="2"/>
+      <c r="D192" s="2"/>
+      <c r="E192" s="2"/>
+      <c r="F192" s="2"/>
+      <c r="G192" s="2"/>
+      <c r="H192" s="2"/>
+      <c r="I192" s="2"/>
+    </row>
+    <row r="193" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A193" s="2" t="s">
         <v>378</v>
       </c>
-      <c r="C192" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B193" s="2"/>
+      <c r="C193" s="2"/>
+      <c r="D193" s="2"/>
+      <c r="E193" s="2"/>
+      <c r="F193" s="2"/>
+      <c r="G193" s="2"/>
+      <c r="H193" s="2"/>
+      <c r="I193" s="2"/>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="C194" s="3">
-        <v>58.14</v>
+        <v>58.2</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>8700</v>
+        <v>0</v>
       </c>
       <c r="G194" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H194" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C195" s="3">
-        <v>116.53</v>
+        <v>258.11</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>6570</v>
+        <v>1450</v>
       </c>
       <c r="G195" s="3">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="H195" s="3">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="C196" s="3">
+        <v>375.78</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F196" s="3">
+        <v>280</v>
+      </c>
+      <c r="G196" s="3">
+        <v>20</v>
+      </c>
+      <c r="H196" s="3">
+        <v>20</v>
+      </c>
+      <c r="I196" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A197" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="B196" s="3" t="s">
+      <c r="B197" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="C196" s="3">
-[...22 lines deleted...]
-      <c r="A197" s="2" t="s">
+      <c r="C197" s="3">
+        <v>104.52</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F197" s="3">
+        <v>550</v>
+      </c>
+      <c r="G197" s="3">
+        <v>50</v>
+      </c>
+      <c r="H197" s="3">
+        <v>50</v>
+      </c>
+      <c r="I197" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A198" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="B197" s="2"/>
-[...9 lines deleted...]
-      <c r="A198" s="2" t="s">
+      <c r="B198" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B198" s="2"/>
-[...6 lines deleted...]
-      <c r="I198" s="2"/>
+      <c r="C198" s="3">
+        <v>178.87</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F198" s="3">
+        <v>1400</v>
+      </c>
+      <c r="G198" s="3">
+        <v>50</v>
+      </c>
+      <c r="H198" s="3">
+        <v>50</v>
+      </c>
+      <c r="I198" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C199" s="3">
-        <v>72.17</v>
+        <v>158.79</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
         <v>0</v>
       </c>
       <c r="G199" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H199" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C200" s="3">
-        <v>77.55</v>
+        <v>165.96</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>0</v>
+        <v>3100</v>
       </c>
       <c r="G200" s="3">
         <v>50</v>
       </c>
       <c r="H200" s="3">
         <v>50</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C201" s="3">
-        <v>156.64</v>
+        <v>618.12</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>0</v>
+        <v>360</v>
       </c>
       <c r="G201" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H201" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C202" s="3">
-        <v>230.71</v>
+        <v>155.89</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>0</v>
+        <v>750</v>
       </c>
       <c r="G202" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H202" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C203" s="3">
-        <v>71.77</v>
+        <v>92.66</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
         <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>50</v>
       </c>
       <c r="H203" s="3">
         <v>50</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C204" s="3">
-        <v>78.87</v>
+        <v>547.29</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="G204" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H204" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C205" s="3">
-        <v>102.66</v>
+        <v>119.99</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>0</v>
+        <v>4200</v>
       </c>
       <c r="G205" s="3">
         <v>50</v>
       </c>
       <c r="H205" s="3">
         <v>50</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C206" s="3">
-        <v>117.29</v>
+        <v>325.02</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G206" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H206" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C207" s="3">
-        <v>359.21</v>
+        <v>389.9</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>0</v>
+        <v>280</v>
       </c>
       <c r="G207" s="3">
         <v>20</v>
       </c>
       <c r="H207" s="3">
         <v>20</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A208" s="2" t="s">
+      <c r="A208" s="3" t="s">
         <v>407</v>
       </c>
-      <c r="B208" s="2"/>
-[...6 lines deleted...]
-      <c r="I208" s="2"/>
+      <c r="B208" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C208" s="3">
+        <v>276.34</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F208" s="3">
+        <v>650</v>
+      </c>
+      <c r="G208" s="3">
+        <v>50</v>
+      </c>
+      <c r="H208" s="3">
+        <v>50</v>
+      </c>
+      <c r="I208" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C209" s="3">
-        <v>155.89</v>
+        <v>131</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>50</v>
       </c>
       <c r="H209" s="3">
         <v>50</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C210" s="3">
-        <v>92.66</v>
+        <v>83.96</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
         <v>0</v>
       </c>
       <c r="G210" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H210" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C211" s="3">
-        <v>258.11</v>
+        <v>84.14</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="G211" s="3">
         <v>50</v>
       </c>
       <c r="H211" s="3">
         <v>50</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C212" s="3">
-        <v>547.29</v>
+        <v>103.9</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>80</v>
+        <v>4000</v>
       </c>
       <c r="G212" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H212" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C213" s="3">
-        <v>104.52</v>
+        <v>309.18</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>800</v>
+        <v>200</v>
       </c>
       <c r="G213" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H213" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I213" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C214" s="3">
-        <v>119.99</v>
+        <v>158.48</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>5500</v>
+        <v>0</v>
       </c>
       <c r="G214" s="3">
         <v>50</v>
       </c>
       <c r="H214" s="3">
         <v>50</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A215" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B215" s="3" t="s">
+      <c r="A215" s="2" t="s">
         <v>421</v>
       </c>
-      <c r="C215" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B215" s="2"/>
+      <c r="C215" s="2"/>
+      <c r="D215" s="2"/>
+      <c r="E215" s="2"/>
+      <c r="F215" s="2"/>
+      <c r="G215" s="2"/>
+      <c r="H215" s="2"/>
+      <c r="I215" s="2"/>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>422</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C216" s="3">
-        <v>389.9</v>
+        <v>72.17</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>280</v>
+        <v>0</v>
       </c>
       <c r="G216" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H216" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C217" s="3">
-        <v>618.12</v>
+        <v>71.77</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="G217" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H217" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C218" s="3">
-        <v>276.34</v>
+        <v>77.55</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="G218" s="3">
         <v>50</v>
       </c>
       <c r="H218" s="3">
         <v>50</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C219" s="3">
-        <v>131</v>
+        <v>102.66</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
         <v>0</v>
       </c>
       <c r="G219" s="3">
         <v>50</v>
       </c>
       <c r="H219" s="3">
         <v>50</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C220" s="3">
-        <v>103.9</v>
+        <v>117.29</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>3750</v>
+        <v>0</v>
       </c>
       <c r="G220" s="3">
         <v>50</v>
       </c>
       <c r="H220" s="3">
         <v>50</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C221" s="3">
-        <v>158.48</v>
+        <v>156.64</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
         <v>0</v>
       </c>
       <c r="G221" s="3">
         <v>50</v>
       </c>
       <c r="H221" s="3">
         <v>50</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C222" s="3">
-        <v>178.87</v>
+        <v>230.71</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G222" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H222" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C223" s="3">
-        <v>165.96</v>
+        <v>359.21</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="G223" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H223" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>438</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C224" s="3">
-        <v>83.96</v>
+        <v>78.87</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
         <v>0</v>
       </c>
       <c r="G224" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H224" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A225" s="3" t="s">
+      <c r="A225" s="2" t="s">
         <v>440</v>
       </c>
-      <c r="B225" s="3" t="s">
+      <c r="B225" s="2"/>
+      <c r="C225" s="2"/>
+      <c r="D225" s="2"/>
+      <c r="E225" s="2"/>
+      <c r="F225" s="2"/>
+      <c r="G225" s="2"/>
+      <c r="H225" s="2"/>
+      <c r="I225" s="2"/>
+    </row>
+    <row r="226" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A226" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="C225" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B226" s="2"/>
+      <c r="C226" s="2"/>
+      <c r="D226" s="2"/>
+      <c r="E226" s="2"/>
+      <c r="F226" s="2"/>
+      <c r="G226" s="2"/>
+      <c r="H226" s="2"/>
+      <c r="I226" s="2"/>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="B227" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="C227" s="3">
+        <v>50.16</v>
+      </c>
+      <c r="D227" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="B227" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F227" s="3">
         <v>0</v>
       </c>
       <c r="G227" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I227" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="B228" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="B228" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="3">
-        <v>375.78</v>
+        <v>425.69</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>15</v>
+        <v>444</v>
       </c>
       <c r="F228" s="3">
-        <v>280</v>
+        <v>573</v>
       </c>
       <c r="G228" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I228" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="B229" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="B229" s="3" t="s">
+      <c r="C229" s="3">
+        <v>508.72</v>
+      </c>
+      <c r="D229" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F229" s="3">
+        <v>146</v>
+      </c>
+      <c r="G229" s="3">
+        <v>1</v>
+      </c>
+      <c r="H229" s="3">
+        <v>13</v>
+      </c>
+      <c r="I229" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A230" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="C229" s="3">
-[...22 lines deleted...]
-      <c r="A230" s="2" t="s">
+      <c r="B230" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="B230" s="2"/>
-[...6 lines deleted...]
-      <c r="I230" s="2"/>
+      <c r="C230" s="3">
+        <v>57.44</v>
+      </c>
+      <c r="D230" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F230" s="3">
+        <v>0</v>
+      </c>
+      <c r="G230" s="3">
+        <v>1</v>
+      </c>
+      <c r="H230" s="3">
+        <v>50</v>
+      </c>
+      <c r="I230" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A231" s="2" t="s">
+      <c r="A231" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="B231" s="2"/>
-[...6 lines deleted...]
-      <c r="I231" s="2"/>
+      <c r="B231" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="C231" s="3">
+        <v>57.23</v>
+      </c>
+      <c r="D231" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F231" s="3">
+        <v>0</v>
+      </c>
+      <c r="G231" s="3">
+        <v>1</v>
+      </c>
+      <c r="H231" s="3">
+        <v>25</v>
+      </c>
+      <c r="I231" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C232" s="3">
         <v>53.9</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F232" s="3">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
         <v>25</v>
       </c>
       <c r="I232" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C233" s="3">
-        <v>91.33</v>
+        <v>327.41</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F233" s="3">
-        <v>64</v>
+        <v>6</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
         <v>50</v>
       </c>
       <c r="I233" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C234" s="3">
-        <v>48.29</v>
+        <v>57.23</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F234" s="3">
-        <v>192</v>
+        <v>0</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
         <v>25</v>
       </c>
       <c r="I234" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C235" s="3">
-        <v>93.94</v>
+        <v>309.31</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F235" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I235" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C236" s="3">
-        <v>59.59</v>
+        <v>653.75</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F236" s="3">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="I236" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>463</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C237" s="3">
-        <v>50.16</v>
+        <v>91.33</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F237" s="3">
         <v>0</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I237" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C238" s="3">
-        <v>335.97</v>
+        <v>48.29</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F238" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="I238" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C239" s="3">
-        <v>581.13</v>
+        <v>93.94</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F239" s="3">
-        <v>130</v>
+        <v>8</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I239" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C240" s="3">
-        <v>1370.65</v>
+        <v>59.59</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F240" s="3">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I240" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C241" s="3">
-        <v>2522.04</v>
+        <v>399.5</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F241" s="3">
-        <v>0</v>
+        <v>156</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="I241" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C242" s="3">
-        <v>326.16</v>
+        <v>335.97</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F242" s="3">
-        <v>4225</v>
+        <v>89</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I242" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C243" s="3">
-        <v>39.11</v>
+        <v>2029.44</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>47</v>
+        <v>444</v>
       </c>
       <c r="F243" s="3">
-        <v>1752</v>
+        <v>0</v>
       </c>
       <c r="G243" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="I243" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C244" s="3">
-        <v>399.5</v>
+        <v>58.05</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>454</v>
+        <v>56</v>
       </c>
       <c r="F244" s="3">
-        <v>233</v>
+        <v>9200</v>
       </c>
       <c r="G244" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H244" s="3">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="I244" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C245" s="3">
-        <v>653.75</v>
+        <v>795.82</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F245" s="3">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C246" s="3">
-        <v>327.41</v>
+        <v>581.13</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F246" s="3">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I246" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C247" s="3">
-        <v>428.32</v>
+        <v>2522.04</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F247" s="3">
-        <v>312</v>
+        <v>0</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="I247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C248" s="3">
-        <v>425.69</v>
+        <v>341.02</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F248" s="3">
-        <v>1146</v>
+        <v>1928</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I248" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C249" s="3">
-        <v>2029.44</v>
+        <v>1370.65</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F249" s="3">
         <v>0</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="I249" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C250" s="3">
-        <v>795.82</v>
+        <v>787.05</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F250" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I250" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C251" s="3">
-        <v>57.44</v>
+        <v>326.16</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F251" s="3">
-        <v>0</v>
+        <v>983</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I251" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C252" s="3">
-        <v>57.23</v>
+        <v>455.84</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F252" s="3">
         <v>0</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I252" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C253" s="3">
-        <v>57.23</v>
+        <v>428.32</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F253" s="3">
-        <v>0</v>
+        <v>220</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I253" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C254" s="3">
-        <v>323.65</v>
+        <v>385.78</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F254" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C255" s="3">
-        <v>309.31</v>
+        <v>545.36</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F255" s="3">
-        <v>1165</v>
+        <v>22</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="I255" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C256" s="3">
-        <v>385.78</v>
+        <v>323.65</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F256" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>503</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C257" s="3">
-        <v>455.84</v>
+        <v>39.11</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>454</v>
+        <v>56</v>
       </c>
       <c r="F257" s="3">
-        <v>0</v>
+        <v>1560</v>
       </c>
       <c r="G257" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H257" s="3">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="I257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A258" s="3" t="s">
+      <c r="A258" s="2" t="s">
         <v>505</v>
       </c>
-      <c r="B258" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B258" s="2"/>
+      <c r="C258" s="2"/>
+      <c r="D258" s="2"/>
+      <c r="E258" s="2"/>
+      <c r="F258" s="2"/>
+      <c r="G258" s="2"/>
+      <c r="H258" s="2"/>
+      <c r="I258" s="2"/>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="B259" s="3" t="s">
         <v>507</v>
       </c>
-      <c r="B259" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C259" s="3">
-        <v>545.36</v>
+        <v>357.89</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F259" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I259" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="B260" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="B260" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C260" s="3">
-        <v>341.02</v>
+        <v>637.87</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F260" s="3">
-        <v>1080</v>
+        <v>0</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I260" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="B261" s="3" t="s">
         <v>511</v>
       </c>
-      <c r="B261" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C261" s="3">
-        <v>508.72</v>
+        <v>446.57</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F261" s="3">
-        <v>235</v>
+        <v>0</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I261" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A262" s="2" t="s">
+      <c r="A262" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="B262" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="B262" s="2"/>
-[...6 lines deleted...]
-      <c r="I262" s="2"/>
+      <c r="C262" s="3">
+        <v>1022.49</v>
+      </c>
+      <c r="D262" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F262" s="3">
+        <v>0</v>
+      </c>
+      <c r="G262" s="3">
+        <v>1</v>
+      </c>
+      <c r="H262" s="3">
+        <v>2</v>
+      </c>
+      <c r="I262" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>514</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>515</v>
       </c>
       <c r="C263" s="3">
-        <v>383.76</v>
+        <v>670.76</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F263" s="3">
         <v>0</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I263" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>516</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>517</v>
       </c>
       <c r="C264" s="3">
-        <v>401.01</v>
+        <v>391.2</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F264" s="3">
         <v>0</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I264" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>518</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>519</v>
       </c>
       <c r="C265" s="3">
-        <v>637.87</v>
+        <v>783.57</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F265" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I265" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>520</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>521</v>
       </c>
       <c r="C266" s="3">
-        <v>1022.49</v>
+        <v>85.35</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F266" s="3">
         <v>0</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="I266" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>522</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>523</v>
       </c>
       <c r="C267" s="3">
-        <v>744.8</v>
+        <v>457.01</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F267" s="3">
-        <v>4</v>
+        <v>47</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I267" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>524</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>525</v>
       </c>
       <c r="C268" s="3">
-        <v>356.47</v>
+        <v>401.01</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F268" s="3">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I268" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>527</v>
       </c>
       <c r="C269" s="3">
-        <v>467.6</v>
+        <v>451.26</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F269" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
         <v>20</v>
       </c>
       <c r="I269" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>529</v>
       </c>
       <c r="C270" s="3">
-        <v>595.66</v>
+        <v>356.47</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F270" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="I270" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>530</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>531</v>
       </c>
       <c r="C271" s="3">
-        <v>446.57</v>
+        <v>416.83</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F271" s="3">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="I271" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C272" s="3">
-        <v>311.94</v>
+        <v>392.94</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F272" s="3">
         <v>0</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="I272" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>535</v>
       </c>
       <c r="C273" s="3">
-        <v>519.88</v>
+        <v>311.94</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F273" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I273" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C274" s="3">
-        <v>392.94</v>
+        <v>472.54</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F274" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I274" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
         <v>538</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C275" s="3">
-        <v>670.76</v>
+        <v>467.6</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F275" s="3">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I275" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C276" s="3">
-        <v>420.35</v>
+        <v>300.4</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F276" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I276" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C277" s="3">
-        <v>472.54</v>
+        <v>383.76</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F277" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I277" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C278" s="3">
-        <v>783.57</v>
+        <v>744.8</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F278" s="3">
         <v>0</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I278" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C279" s="3">
-        <v>451.26</v>
+        <v>595.66</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F279" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="I279" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C280" s="3">
-        <v>416.83</v>
+        <v>519.88</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F280" s="3">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I280" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C281" s="3">
         <v>376.15</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F281" s="3">
         <v>0</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
         <v>14</v>
       </c>
       <c r="I281" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C282" s="3">
-        <v>391.2</v>
+        <v>420.35</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F282" s="3">
         <v>0</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="I282" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A283" s="3" t="s">
+      <c r="A283" s="2" t="s">
         <v>554</v>
       </c>
-      <c r="B283" s="3" t="s">
+      <c r="B283" s="2"/>
+      <c r="C283" s="2"/>
+      <c r="D283" s="2"/>
+      <c r="E283" s="2"/>
+      <c r="F283" s="2"/>
+      <c r="G283" s="2"/>
+      <c r="H283" s="2"/>
+      <c r="I283" s="2"/>
+    </row>
+    <row r="284" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A284" s="2" t="s">
         <v>555</v>
       </c>
-      <c r="C283" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B284" s="2"/>
+      <c r="C284" s="2"/>
+      <c r="D284" s="2"/>
+      <c r="E284" s="2"/>
+      <c r="F284" s="2"/>
+      <c r="G284" s="2"/>
+      <c r="H284" s="2"/>
+      <c r="I284" s="2"/>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="C285" s="3">
-        <v>457.01</v>
+        <v>243.34</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>454</v>
+        <v>56</v>
       </c>
       <c r="F285" s="3">
-        <v>63</v>
+        <v>397</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I285" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="B286" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="C286" s="3">
+        <v>679.59</v>
+      </c>
+      <c r="D286" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F286" s="3">
+        <v>142</v>
+      </c>
+      <c r="G286" s="3">
+        <v>1</v>
+      </c>
+      <c r="H286" s="3">
+        <v>20</v>
+      </c>
+      <c r="I286" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A287" s="3" t="s">
         <v>560</v>
       </c>
-      <c r="B286" s="3" t="s">
+      <c r="B287" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="C286" s="3">
-[...22 lines deleted...]
-      <c r="A287" s="2" t="s">
+      <c r="C287" s="3">
+        <v>487.8</v>
+      </c>
+      <c r="D287" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F287" s="3">
+        <v>1</v>
+      </c>
+      <c r="G287" s="3">
+        <v>1</v>
+      </c>
+      <c r="H287" s="3">
+        <v>60</v>
+      </c>
+      <c r="I287" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="288" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A288" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="B287" s="2"/>
-[...9 lines deleted...]
-      <c r="A288" s="2" t="s">
+      <c r="B288" s="3" t="s">
         <v>563</v>
       </c>
-      <c r="B288" s="2"/>
-[...6 lines deleted...]
-      <c r="I288" s="2"/>
+      <c r="C288" s="3">
+        <v>285.25</v>
+      </c>
+      <c r="D288" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F288" s="3">
+        <v>725</v>
+      </c>
+      <c r="G288" s="3">
+        <v>1</v>
+      </c>
+      <c r="H288" s="3">
+        <v>300</v>
+      </c>
+      <c r="I288" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C289" s="3">
-        <v>513.85</v>
+        <v>1247.78</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F289" s="3">
         <v>0</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
         <v>566</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>567</v>
       </c>
       <c r="C290" s="3">
-        <v>555.76</v>
+        <v>645.18</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F290" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
         <v>568</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>569</v>
       </c>
       <c r="C291" s="3">
-        <v>172.25</v>
+        <v>830.3</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F291" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
         <v>570</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>571</v>
       </c>
       <c r="C292" s="3">
-        <v>521.35</v>
+        <v>889.96</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F292" s="3">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
         <v>572</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>573</v>
       </c>
       <c r="C293" s="3">
-        <v>565.7</v>
+        <v>373.47</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F293" s="3">
-        <v>1</v>
+        <v>127</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
         <v>574</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>575</v>
       </c>
       <c r="C294" s="3">
-        <v>830.3</v>
+        <v>572.38</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F294" s="3">
-        <v>4</v>
+        <v>154</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C295" s="3">
-        <v>487.8</v>
+        <v>172.25</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F295" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>579</v>
       </c>
       <c r="C296" s="3">
-        <v>285.25</v>
+        <v>1624.19</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F296" s="3">
-        <v>1167</v>
+        <v>3</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
         <v>580</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>581</v>
       </c>
       <c r="C297" s="3">
-        <v>373.47</v>
+        <v>565.7</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F297" s="3">
-        <v>234</v>
+        <v>6</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
-        <v>160</v>
+        <v>50</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
         <v>582</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>583</v>
       </c>
       <c r="C298" s="3">
-        <v>534.88</v>
+        <v>695.3</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F298" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G298" s="3">
         <v>1</v>
       </c>
       <c r="H298" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
         <v>584</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>585</v>
       </c>
       <c r="C299" s="3">
-        <v>695.3</v>
+        <v>197.1</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F299" s="3">
-        <v>6</v>
+        <v>118</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
         <v>586</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>587</v>
       </c>
       <c r="C300" s="3">
-        <v>825.93</v>
+        <v>534.88</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F300" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
         <v>588</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>589</v>
       </c>
       <c r="C301" s="3">
-        <v>1624.19</v>
+        <v>825.93</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F301" s="3">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
         <v>590</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>591</v>
       </c>
       <c r="C302" s="3">
-        <v>889.96</v>
+        <v>2278.89</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F302" s="3">
-        <v>126</v>
+        <v>5</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A303" s="3" t="s">
+      <c r="A303" s="2" t="s">
         <v>592</v>
       </c>
-      <c r="B303" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B303" s="2"/>
+      <c r="C303" s="2"/>
+      <c r="D303" s="2"/>
+      <c r="E303" s="2"/>
+      <c r="F303" s="2"/>
+      <c r="G303" s="2"/>
+      <c r="H303" s="2"/>
+      <c r="I303" s="2"/>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="B304" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="B304" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C304" s="3">
-        <v>679.59</v>
+        <v>299.22</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F304" s="3">
-        <v>172</v>
+        <v>70</v>
       </c>
       <c r="G304" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H304" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="B305" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="B305" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C305" s="3">
-        <v>645.18</v>
+        <v>250.13</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F305" s="3">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="G305" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H305" s="3">
         <v>10</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="B306" s="3" t="s">
         <v>598</v>
       </c>
-      <c r="B306" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C306" s="3">
-        <v>1247.78</v>
+        <v>277.83</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F306" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="G306" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H306" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="B307" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="B307" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C307" s="3">
-        <v>243.34</v>
+        <v>624.47</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F307" s="3">
-        <v>664</v>
+        <v>10</v>
       </c>
       <c r="G307" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H307" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="B308" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="B308" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C308" s="3">
-        <v>572.38</v>
+        <v>618.15</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F308" s="3">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="G308" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H308" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="B309" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="B309" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C309" s="3">
-        <v>2278.89</v>
+        <v>314.97</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F309" s="3">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="G309" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H309" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="2" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="B310" s="2"/>
       <c r="C310" s="2"/>
       <c r="D310" s="2"/>
       <c r="E310" s="2"/>
       <c r="F310" s="2"/>
       <c r="G310" s="2"/>
       <c r="H310" s="2"/>
       <c r="I310" s="2"/>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="B311" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="B311" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C311" s="3">
-        <v>299.22</v>
+        <v>41.53</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F311" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G311" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H311" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="B312" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="B312" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C312" s="3">
-        <v>250.13</v>
+        <v>52.15</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F312" s="3">
-        <v>80</v>
+        <v>310</v>
       </c>
       <c r="G312" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H312" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="B313" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="B313" s="3" t="s">
+      <c r="C313" s="3">
+        <v>150.75</v>
+      </c>
+      <c r="D313" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F313" s="3">
+        <v>600</v>
+      </c>
+      <c r="G313" s="3">
+        <v>50</v>
+      </c>
+      <c r="H313" s="3">
+        <v>250</v>
+      </c>
+      <c r="I313" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A314" s="2" t="s">
         <v>612</v>
       </c>
-      <c r="C313" s="3">
-[...22 lines deleted...]
-      <c r="A314" s="3" t="s">
+      <c r="B314" s="2"/>
+      <c r="C314" s="2"/>
+      <c r="D314" s="2"/>
+      <c r="E314" s="2"/>
+      <c r="F314" s="2"/>
+      <c r="G314" s="2"/>
+      <c r="H314" s="2"/>
+      <c r="I314" s="2"/>
+    </row>
+    <row r="315" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A315" s="2" t="s">
         <v>613</v>
       </c>
-      <c r="B314" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B315" s="2"/>
+      <c r="C315" s="2"/>
+      <c r="D315" s="2"/>
+      <c r="E315" s="2"/>
+      <c r="F315" s="2"/>
+      <c r="G315" s="2"/>
+      <c r="H315" s="2"/>
+      <c r="I315" s="2"/>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="B316" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C316" s="3">
+        <v>378.67</v>
+      </c>
+      <c r="D316" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F316" s="3">
+        <v>0</v>
+      </c>
+      <c r="G316" s="3">
+        <v>1</v>
+      </c>
+      <c r="H316" s="3">
+        <v>48</v>
+      </c>
+      <c r="I316" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="317" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A317" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="B317" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="B316" s="3" t="s">
+      <c r="C317" s="3">
+        <v>327.16</v>
+      </c>
+      <c r="D317" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F317" s="3">
+        <v>0</v>
+      </c>
+      <c r="G317" s="3">
+        <v>1</v>
+      </c>
+      <c r="H317" s="3">
+        <v>60</v>
+      </c>
+      <c r="I317" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A318" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="C316" s="3">
-[...61 lines deleted...]
-      </c>
+      <c r="B318" s="2"/>
+      <c r="C318" s="2"/>
+      <c r="D318" s="2"/>
+      <c r="E318" s="2"/>
+      <c r="F318" s="2"/>
+      <c r="G318" s="2"/>
+      <c r="H318" s="2"/>
+      <c r="I318" s="2"/>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="C319" s="3">
-        <v>52.15</v>
+        <v>100.34</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F319" s="3">
-        <v>380</v>
+        <v>2194</v>
       </c>
       <c r="G319" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="B320" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="C320" s="3">
+        <v>69.3</v>
+      </c>
+      <c r="D320" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F320" s="3">
+        <v>1371</v>
+      </c>
+      <c r="G320" s="3">
+        <v>1</v>
+      </c>
+      <c r="H320" s="3">
+        <v>100</v>
+      </c>
+      <c r="I320" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A321" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="B321" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="B320" s="3" t="s">
+      <c r="C321" s="3">
+        <v>64.24</v>
+      </c>
+      <c r="D321" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F321" s="3">
+        <v>720</v>
+      </c>
+      <c r="G321" s="3">
+        <v>1</v>
+      </c>
+      <c r="H321" s="3">
+        <v>180</v>
+      </c>
+      <c r="I321" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A322" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="C320" s="3">
-[...22 lines deleted...]
-      <c r="A321" s="2" t="s">
+      <c r="B322" s="3" t="s">
         <v>626</v>
       </c>
-      <c r="B321" s="2"/>
-[...19 lines deleted...]
-      <c r="I322" s="2"/>
+      <c r="C322" s="3">
+        <v>78.98</v>
+      </c>
+      <c r="D322" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F322" s="3">
+        <v>955</v>
+      </c>
+      <c r="G322" s="3">
+        <v>1</v>
+      </c>
+      <c r="H322" s="3">
+        <v>120</v>
+      </c>
+      <c r="I322" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="B323" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="B323" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C323" s="3">
-        <v>163.38</v>
+        <v>138.76</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F323" s="3">
-        <v>1725</v>
+        <v>11399</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
         <v>48</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="B324" s="3" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
       <c r="C324" s="3">
         <v>286.41</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F324" s="3">
-        <v>10</v>
+        <v>2328</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
         <v>30</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="B325" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="B325" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C325" s="3">
-        <v>40.73</v>
+        <v>65.35</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F325" s="3">
-        <v>0</v>
+        <v>1163</v>
       </c>
       <c r="G325" s="3">
         <v>1</v>
       </c>
       <c r="H325" s="3">
         <v>150</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="B326" s="3" t="s">
         <v>634</v>
       </c>
-      <c r="B326" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C326" s="3">
-        <v>100.34</v>
+        <v>163.38</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F326" s="3">
-        <v>3535</v>
+        <v>1410</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="B327" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="B327" s="3" t="s">
+      <c r="C327" s="3">
+        <v>98.64</v>
+      </c>
+      <c r="D327" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F327" s="3">
+        <v>3019</v>
+      </c>
+      <c r="G327" s="3">
+        <v>1</v>
+      </c>
+      <c r="H327" s="3">
+        <v>60</v>
+      </c>
+      <c r="I327" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A328" s="2" t="s">
         <v>637</v>
       </c>
-      <c r="C327" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B328" s="2"/>
+      <c r="C328" s="2"/>
+      <c r="D328" s="2"/>
+      <c r="E328" s="2"/>
+      <c r="F328" s="2"/>
+      <c r="G328" s="2"/>
+      <c r="H328" s="2"/>
+      <c r="I328" s="2"/>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="C329" s="3">
-        <v>64.24</v>
+        <v>24.49</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F329" s="3">
-        <v>1254</v>
+        <v>5054</v>
       </c>
       <c r="G329" s="3">
         <v>1</v>
       </c>
       <c r="H329" s="3">
-        <v>180</v>
+        <v>160</v>
       </c>
       <c r="I329" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="C330" s="3">
-        <v>65.35</v>
+        <v>16.88</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F330" s="3">
-        <v>1767</v>
+        <v>20039</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="C331" s="3">
-        <v>98.64</v>
+        <v>11.29</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F331" s="3">
-        <v>3894</v>
+        <v>6355</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="I331" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="B332" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="C332" s="3">
+        <v>15.66</v>
+      </c>
+      <c r="D332" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F332" s="3">
+        <v>33409</v>
+      </c>
+      <c r="G332" s="3">
+        <v>1</v>
+      </c>
+      <c r="H332" s="3">
+        <v>200</v>
+      </c>
+      <c r="I332" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="333" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A333" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="B332" s="3" t="s">
+      <c r="B333" s="3" t="s">
         <v>647</v>
       </c>
-      <c r="C332" s="3">
-[...22 lines deleted...]
-      <c r="A333" s="2" t="s">
+      <c r="C333" s="3">
+        <v>23.23</v>
+      </c>
+      <c r="D333" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F333" s="3">
+        <v>2878</v>
+      </c>
+      <c r="G333" s="3">
+        <v>1</v>
+      </c>
+      <c r="H333" s="3">
+        <v>200</v>
+      </c>
+      <c r="I333" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="334" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A334" s="2" t="s">
         <v>648</v>
       </c>
-      <c r="B333" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B334" s="2"/>
+      <c r="C334" s="2"/>
+      <c r="D334" s="2"/>
+      <c r="E334" s="2"/>
+      <c r="F334" s="2"/>
+      <c r="G334" s="2"/>
+      <c r="H334" s="2"/>
+      <c r="I334" s="2"/>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="C335" s="3">
-        <v>23.23</v>
+        <v>598.46</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F335" s="3">
-        <v>320</v>
+        <v>1292</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="C336" s="3">
-        <v>11.29</v>
+        <v>641.95</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F336" s="3">
-        <v>7539</v>
+        <v>2111</v>
       </c>
       <c r="G336" s="3">
         <v>1</v>
       </c>
       <c r="H336" s="3">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="I336" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="C337" s="3">
-        <v>20.49</v>
+        <v>72.85</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F337" s="3">
-        <v>0</v>
+        <v>1390</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C338" s="3">
-        <v>24.49</v>
+        <v>82.63</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F338" s="3">
-        <v>3602</v>
+        <v>238</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>160</v>
+        <v>50</v>
       </c>
       <c r="I338" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="C339" s="3">
-        <v>16.88</v>
+        <v>65.79</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F339" s="3">
-        <v>19866</v>
+        <v>683</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I339" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="B340" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="C340" s="3">
+        <v>528.67</v>
+      </c>
+      <c r="D340" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F340" s="3">
+        <v>976</v>
+      </c>
+      <c r="G340" s="3">
+        <v>1</v>
+      </c>
+      <c r="H340" s="3">
+        <v>30</v>
+      </c>
+      <c r="I340" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A341" s="3" t="s">
         <v>661</v>
       </c>
-      <c r="B340" s="3" t="s">
+      <c r="B341" s="3" t="s">
         <v>662</v>
       </c>
-      <c r="C340" s="3">
-[...22 lines deleted...]
-      <c r="A341" s="2" t="s">
+      <c r="C341" s="3">
+        <v>73.53</v>
+      </c>
+      <c r="D341" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E341" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F341" s="3">
+        <v>531</v>
+      </c>
+      <c r="G341" s="3">
+        <v>1</v>
+      </c>
+      <c r="H341" s="3">
+        <v>100</v>
+      </c>
+      <c r="I341" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A342" s="2" t="s">
         <v>663</v>
       </c>
-      <c r="B341" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B342" s="2"/>
+      <c r="C342" s="2"/>
+      <c r="D342" s="2"/>
+      <c r="E342" s="2"/>
+      <c r="F342" s="2"/>
+      <c r="G342" s="2"/>
+      <c r="H342" s="2"/>
+      <c r="I342" s="2"/>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="B343" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="C343" s="3">
+        <v>49.07</v>
+      </c>
+      <c r="D343" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E343" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F343" s="3">
+        <v>1311</v>
+      </c>
+      <c r="G343" s="3">
+        <v>1</v>
+      </c>
+      <c r="H343" s="3">
+        <v>175</v>
+      </c>
+      <c r="I343" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A344" s="3" t="s">
         <v>666</v>
       </c>
-      <c r="B343" s="3" t="s">
+      <c r="B344" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="C343" s="3">
-[...32 lines deleted...]
-      <c r="I344" s="2"/>
+      <c r="C344" s="3">
+        <v>135.42</v>
+      </c>
+      <c r="D344" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E344" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F344" s="3">
+        <v>2447</v>
+      </c>
+      <c r="G344" s="3">
+        <v>1</v>
+      </c>
+      <c r="H344" s="3">
+        <v>98</v>
+      </c>
+      <c r="I344" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="B345" s="3" t="s">
         <v>669</v>
       </c>
-      <c r="B345" s="3" t="s">
+      <c r="C345" s="3">
+        <v>63.41</v>
+      </c>
+      <c r="D345" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E345" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F345" s="3">
+        <v>3432</v>
+      </c>
+      <c r="G345" s="3">
+        <v>1</v>
+      </c>
+      <c r="H345" s="3">
+        <v>175</v>
+      </c>
+      <c r="I345" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="346" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A346" s="2" t="s">
         <v>670</v>
       </c>
-      <c r="C345" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B346" s="2"/>
+      <c r="C346" s="2"/>
+      <c r="D346" s="2"/>
+      <c r="E346" s="2"/>
+      <c r="F346" s="2"/>
+      <c r="G346" s="2"/>
+      <c r="H346" s="2"/>
+      <c r="I346" s="2"/>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="C347" s="3">
-        <v>598.46</v>
+        <v>509.37</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>47</v>
+        <v>444</v>
       </c>
       <c r="F347" s="3">
-        <v>894</v>
+        <v>679</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I347" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="C348" s="3">
-        <v>65.79</v>
+        <v>563.77</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>47</v>
+        <v>444</v>
       </c>
       <c r="F348" s="3">
-        <v>683</v>
+        <v>752</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
+        <v>15</v>
+      </c>
+      <c r="I348" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="C349" s="3">
-        <v>528.67</v>
+        <v>664.29</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>47</v>
+        <v>444</v>
       </c>
       <c r="F349" s="3">
-        <v>1410</v>
+        <v>100</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I349" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="C350" s="3">
-        <v>73.53</v>
+        <v>688.16</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>47</v>
+        <v>444</v>
       </c>
       <c r="F350" s="3">
-        <v>527</v>
+        <v>102</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="I350" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="B351" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="C351" s="3">
+        <v>767.28</v>
+      </c>
+      <c r="D351" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E351" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F351" s="3">
+        <v>72</v>
+      </c>
+      <c r="G351" s="3">
+        <v>1</v>
+      </c>
+      <c r="H351" s="3">
+        <v>16</v>
+      </c>
+      <c r="I351" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="352" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A352" s="3" t="s">
         <v>681</v>
       </c>
-      <c r="B351" s="3" t="s">
+      <c r="B352" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="C351" s="3">
-[...32 lines deleted...]
-      <c r="I352" s="2"/>
+      <c r="C352" s="3">
+        <v>879.2</v>
+      </c>
+      <c r="D352" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E352" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F352" s="3">
+        <v>25</v>
+      </c>
+      <c r="G352" s="3">
+        <v>1</v>
+      </c>
+      <c r="H352" s="3">
+        <v>10</v>
+      </c>
+      <c r="I352" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="B353" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="B353" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C353" s="3">
-        <v>63.41</v>
+        <v>505.45</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>47</v>
+        <v>444</v>
       </c>
       <c r="F353" s="3">
-        <v>3818</v>
+        <v>113</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>175</v>
+        <v>25</v>
       </c>
       <c r="I353" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="B354" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="B354" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C354" s="3">
-        <v>49.07</v>
+        <v>141.52</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F354" s="3">
-        <v>2546</v>
+        <v>200</v>
       </c>
       <c r="G354" s="3">
         <v>1</v>
       </c>
       <c r="H354" s="3">
-        <v>175</v>
+        <v>60</v>
       </c>
       <c r="I354" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="B355" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="B355" s="3" t="s">
+      <c r="C355" s="3">
+        <v>463.06</v>
+      </c>
+      <c r="D355" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E355" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F355" s="3">
+        <v>49</v>
+      </c>
+      <c r="G355" s="3">
+        <v>1</v>
+      </c>
+      <c r="H355" s="3">
+        <v>20</v>
+      </c>
+      <c r="I355" s="3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="356" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A356" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="C355" s="3">
-[...22 lines deleted...]
-      <c r="A356" s="2" t="s">
+      <c r="B356" s="3" t="s">
         <v>690</v>
       </c>
-      <c r="B356" s="2"/>
-[...6 lines deleted...]
-      <c r="I356" s="2"/>
+      <c r="C356" s="3">
+        <v>836.08</v>
+      </c>
+      <c r="D356" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F356" s="3">
+        <v>151</v>
+      </c>
+      <c r="G356" s="3">
+        <v>1</v>
+      </c>
+      <c r="H356" s="3">
+        <v>30</v>
+      </c>
+      <c r="I356" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
         <v>691</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>692</v>
       </c>
       <c r="C357" s="3">
-        <v>521.66</v>
+        <v>573.83</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F357" s="3">
-        <v>83</v>
+        <v>363</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I357" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
         <v>693</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>694</v>
       </c>
       <c r="C358" s="3">
         <v>376.06</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F358" s="3">
-        <v>724</v>
+        <v>760</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="I358" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
         <v>695</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>696</v>
       </c>
       <c r="C359" s="3">
-        <v>635.27</v>
+        <v>766.68</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F359" s="3">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I359" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
         <v>697</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>698</v>
       </c>
       <c r="C360" s="3">
-        <v>463.06</v>
+        <v>376.06</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F360" s="3">
-        <v>49</v>
+        <v>251</v>
       </c>
       <c r="G360" s="3">
         <v>1</v>
       </c>
       <c r="H360" s="3">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="I360" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>700</v>
       </c>
       <c r="C361" s="3">
-        <v>836.08</v>
+        <v>766.69</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F361" s="3">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
         <v>30</v>
       </c>
       <c r="I361" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
         <v>701</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>702</v>
       </c>
       <c r="C362" s="3">
-        <v>509.37</v>
+        <v>521.66</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F362" s="3">
-        <v>756</v>
+        <v>43</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
         <v>20</v>
       </c>
       <c r="I362" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C363" s="3">
-        <v>766.68</v>
+        <v>563.77</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F363" s="3">
+        <v>3603</v>
+      </c>
+      <c r="G363" s="3">
+        <v>1</v>
+      </c>
+      <c r="H363" s="3">
+        <v>15</v>
+      </c>
+      <c r="I363" s="3">
         <v>100</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
         <v>705</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>706</v>
       </c>
       <c r="C364" s="3">
-        <v>573.83</v>
+        <v>376.06</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F364" s="3">
-        <v>590</v>
+        <v>684</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I364" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
         <v>707</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>708</v>
       </c>
       <c r="C365" s="3">
-        <v>563.77</v>
+        <v>635.27</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F365" s="3">
-        <v>1751</v>
+        <v>0</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I365" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
         <v>709</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C366" s="3">
-        <v>664.29</v>
+        <v>573.83</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F366" s="3">
-        <v>86</v>
+        <v>513</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I366" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
         <v>711</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>712</v>
       </c>
       <c r="C367" s="3">
         <v>463.06</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F367" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
         <v>36</v>
       </c>
       <c r="I367" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
         <v>713</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>714</v>
       </c>
       <c r="C368" s="3">
-        <v>766.69</v>
+        <v>844.14</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F368" s="3">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="I368" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
         <v>715</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>716</v>
       </c>
       <c r="C369" s="3">
-        <v>844.14</v>
+        <v>505.45</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F369" s="3">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="G369" s="3">
         <v>1</v>
       </c>
       <c r="H369" s="3">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="I369" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
         <v>717</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>718</v>
       </c>
       <c r="C370" s="3">
-        <v>505.45</v>
+        <v>1006.16</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F370" s="3">
-        <v>174</v>
+        <v>21</v>
       </c>
       <c r="G370" s="3">
         <v>1</v>
       </c>
       <c r="H370" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I370" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
         <v>719</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>720</v>
       </c>
       <c r="C371" s="3">
-        <v>505.45</v>
+        <v>462.39</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F371" s="3">
-        <v>173</v>
+        <v>106</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="I371" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
         <v>721</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>722</v>
       </c>
       <c r="C372" s="3">
-        <v>462.39</v>
+        <v>1006.16</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F372" s="3">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="I372" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
         <v>723</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>724</v>
       </c>
       <c r="C373" s="3">
         <v>505.45</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F373" s="3">
-        <v>66</v>
+        <v>5</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
         <v>25</v>
       </c>
       <c r="I373" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
         <v>725</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>726</v>
       </c>
       <c r="C374" s="3">
-        <v>563.77</v>
+        <v>629.67</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>454</v>
+        <v>56</v>
       </c>
       <c r="F374" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
         <v>30</v>
       </c>
       <c r="I374" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
         <v>727</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>728</v>
       </c>
       <c r="C375" s="3">
-        <v>563.77</v>
+        <v>171.78</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>454</v>
+        <v>56</v>
       </c>
       <c r="F375" s="3">
-        <v>3943</v>
+        <v>0</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="I375" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
         <v>729</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>730</v>
       </c>
       <c r="C376" s="3">
-        <v>141.52</v>
+        <v>462.39</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>47</v>
+        <v>444</v>
       </c>
       <c r="F376" s="3">
-        <v>2314</v>
+        <v>16</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="I376" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
         <v>731</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>732</v>
       </c>
       <c r="C377" s="3">
-        <v>629.67</v>
+        <v>563.77</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>47</v>
+        <v>444</v>
       </c>
       <c r="F377" s="3">
-        <v>0</v>
+        <v>220</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
         <v>30</v>
       </c>
       <c r="I377" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
         <v>733</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>734</v>
       </c>
       <c r="C378" s="3">
-        <v>767.28</v>
+        <v>664.29</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F378" s="3">
-        <v>70</v>
+        <v>217</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I378" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
         <v>735</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>736</v>
       </c>
       <c r="C379" s="3">
-        <v>688.16</v>
+        <v>462.39</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F379" s="3">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I379" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
         <v>737</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>738</v>
       </c>
       <c r="C380" s="3">
-        <v>462.39</v>
+        <v>1004.77</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F380" s="3">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="G380" s="3">
         <v>1</v>
       </c>
       <c r="H380" s="3">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="I380" s="3">
-        <v>0</v>
-[...288 lines deleted...]
-      <c r="I390" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="33">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A9:I9"/>
     <mergeCell ref="A25:I25"/>
-    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A30:I30"/>
     <mergeCell ref="A37:I37"/>
     <mergeCell ref="A74:I74"/>
-    <mergeCell ref="A85:I85"/>
-[...14 lines deleted...]
-    <mergeCell ref="A288:I288"/>
+    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A82:I82"/>
+    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A124:I124"/>
+    <mergeCell ref="A143:I143"/>
+    <mergeCell ref="A173:I173"/>
+    <mergeCell ref="A182:I182"/>
+    <mergeCell ref="A183:I183"/>
+    <mergeCell ref="A192:I192"/>
+    <mergeCell ref="A193:I193"/>
+    <mergeCell ref="A215:I215"/>
+    <mergeCell ref="A225:I225"/>
+    <mergeCell ref="A226:I226"/>
+    <mergeCell ref="A258:I258"/>
+    <mergeCell ref="A283:I283"/>
+    <mergeCell ref="A284:I284"/>
+    <mergeCell ref="A303:I303"/>
     <mergeCell ref="A310:I310"/>
-    <mergeCell ref="A317:I317"/>
-[...6 lines deleted...]
-    <mergeCell ref="A356:I356"/>
+    <mergeCell ref="A314:I314"/>
+    <mergeCell ref="A315:I315"/>
+    <mergeCell ref="A318:I318"/>
+    <mergeCell ref="A328:I328"/>
+    <mergeCell ref="A334:I334"/>
+    <mergeCell ref="A342:I342"/>
+    <mergeCell ref="A346:I346"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
-    <hyperlink ref="D9" r:id="rId5"/>
-[...9 lines deleted...]
-    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
-    <hyperlink ref="D30" r:id="rId24"/>
-    <hyperlink ref="D31" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId24"/>
+    <hyperlink ref="D32" r:id="rId25"/>
     <hyperlink ref="D33" r:id="rId26"/>
     <hyperlink ref="D34" r:id="rId27"/>
     <hyperlink ref="D35" r:id="rId28"/>
     <hyperlink ref="D36" r:id="rId29"/>
     <hyperlink ref="D38" r:id="rId30"/>
     <hyperlink ref="D39" r:id="rId31"/>
     <hyperlink ref="D40" r:id="rId32"/>
     <hyperlink ref="D41" r:id="rId33"/>
     <hyperlink ref="D42" r:id="rId34"/>
     <hyperlink ref="D43" r:id="rId35"/>
     <hyperlink ref="D44" r:id="rId36"/>
     <hyperlink ref="D45" r:id="rId37"/>
     <hyperlink ref="D46" r:id="rId38"/>
     <hyperlink ref="D47" r:id="rId39"/>
     <hyperlink ref="D48" r:id="rId40"/>
     <hyperlink ref="D49" r:id="rId41"/>
     <hyperlink ref="D50" r:id="rId42"/>
     <hyperlink ref="D51" r:id="rId43"/>
     <hyperlink ref="D52" r:id="rId44"/>
     <hyperlink ref="D53" r:id="rId45"/>
     <hyperlink ref="D54" r:id="rId46"/>
     <hyperlink ref="D55" r:id="rId47"/>
     <hyperlink ref="D56" r:id="rId48"/>
     <hyperlink ref="D57" r:id="rId49"/>
     <hyperlink ref="D58" r:id="rId50"/>
     <hyperlink ref="D59" r:id="rId51"/>
     <hyperlink ref="D60" r:id="rId52"/>
     <hyperlink ref="D61" r:id="rId53"/>
     <hyperlink ref="D62" r:id="rId54"/>
     <hyperlink ref="D63" r:id="rId55"/>
     <hyperlink ref="D64" r:id="rId56"/>
     <hyperlink ref="D65" r:id="rId57"/>
     <hyperlink ref="D66" r:id="rId58"/>
     <hyperlink ref="D67" r:id="rId59"/>
     <hyperlink ref="D68" r:id="rId60"/>
     <hyperlink ref="D69" r:id="rId61"/>
     <hyperlink ref="D70" r:id="rId62"/>
     <hyperlink ref="D71" r:id="rId63"/>
     <hyperlink ref="D72" r:id="rId64"/>
     <hyperlink ref="D73" r:id="rId65"/>
     <hyperlink ref="D75" r:id="rId66"/>
     <hyperlink ref="D76" r:id="rId67"/>
     <hyperlink ref="D77" r:id="rId68"/>
     <hyperlink ref="D78" r:id="rId69"/>
     <hyperlink ref="D79" r:id="rId70"/>
     <hyperlink ref="D80" r:id="rId71"/>
-    <hyperlink ref="D81" r:id="rId72"/>
-[...2 lines deleted...]
-    <hyperlink ref="D84" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId72"/>
+    <hyperlink ref="D84" r:id="rId73"/>
+    <hyperlink ref="D85" r:id="rId74"/>
+    <hyperlink ref="D86" r:id="rId75"/>
     <hyperlink ref="D87" r:id="rId76"/>
     <hyperlink ref="D88" r:id="rId77"/>
     <hyperlink ref="D89" r:id="rId78"/>
     <hyperlink ref="D90" r:id="rId79"/>
     <hyperlink ref="D91" r:id="rId80"/>
     <hyperlink ref="D92" r:id="rId81"/>
     <hyperlink ref="D93" r:id="rId82"/>
     <hyperlink ref="D94" r:id="rId83"/>
     <hyperlink ref="D95" r:id="rId84"/>
     <hyperlink ref="D96" r:id="rId85"/>
     <hyperlink ref="D97" r:id="rId86"/>
     <hyperlink ref="D98" r:id="rId87"/>
     <hyperlink ref="D99" r:id="rId88"/>
     <hyperlink ref="D100" r:id="rId89"/>
     <hyperlink ref="D101" r:id="rId90"/>
     <hyperlink ref="D102" r:id="rId91"/>
-    <hyperlink ref="D103" r:id="rId92"/>
-[...2 lines deleted...]
-    <hyperlink ref="D106" r:id="rId95"/>
+    <hyperlink ref="D104" r:id="rId92"/>
+    <hyperlink ref="D105" r:id="rId93"/>
+    <hyperlink ref="D106" r:id="rId94"/>
+    <hyperlink ref="D107" r:id="rId95"/>
     <hyperlink ref="D108" r:id="rId96"/>
     <hyperlink ref="D109" r:id="rId97"/>
     <hyperlink ref="D110" r:id="rId98"/>
     <hyperlink ref="D111" r:id="rId99"/>
     <hyperlink ref="D112" r:id="rId100"/>
     <hyperlink ref="D113" r:id="rId101"/>
     <hyperlink ref="D114" r:id="rId102"/>
     <hyperlink ref="D115" r:id="rId103"/>
     <hyperlink ref="D116" r:id="rId104"/>
     <hyperlink ref="D117" r:id="rId105"/>
     <hyperlink ref="D118" r:id="rId106"/>
     <hyperlink ref="D119" r:id="rId107"/>
     <hyperlink ref="D120" r:id="rId108"/>
     <hyperlink ref="D121" r:id="rId109"/>
     <hyperlink ref="D122" r:id="rId110"/>
     <hyperlink ref="D123" r:id="rId111"/>
-    <hyperlink ref="D124" r:id="rId112"/>
-[...2 lines deleted...]
-    <hyperlink ref="D127" r:id="rId115"/>
+    <hyperlink ref="D125" r:id="rId112"/>
+    <hyperlink ref="D126" r:id="rId113"/>
+    <hyperlink ref="D127" r:id="rId114"/>
+    <hyperlink ref="D128" r:id="rId115"/>
     <hyperlink ref="D129" r:id="rId116"/>
     <hyperlink ref="D130" r:id="rId117"/>
     <hyperlink ref="D131" r:id="rId118"/>
     <hyperlink ref="D132" r:id="rId119"/>
     <hyperlink ref="D133" r:id="rId120"/>
     <hyperlink ref="D134" r:id="rId121"/>
     <hyperlink ref="D135" r:id="rId122"/>
     <hyperlink ref="D136" r:id="rId123"/>
     <hyperlink ref="D137" r:id="rId124"/>
     <hyperlink ref="D138" r:id="rId125"/>
     <hyperlink ref="D139" r:id="rId126"/>
     <hyperlink ref="D140" r:id="rId127"/>
     <hyperlink ref="D141" r:id="rId128"/>
     <hyperlink ref="D142" r:id="rId129"/>
-    <hyperlink ref="D143" r:id="rId130"/>
-[...2 lines deleted...]
-    <hyperlink ref="D146" r:id="rId133"/>
+    <hyperlink ref="D144" r:id="rId130"/>
+    <hyperlink ref="D145" r:id="rId131"/>
+    <hyperlink ref="D146" r:id="rId132"/>
+    <hyperlink ref="D147" r:id="rId133"/>
     <hyperlink ref="D148" r:id="rId134"/>
     <hyperlink ref="D149" r:id="rId135"/>
     <hyperlink ref="D150" r:id="rId136"/>
     <hyperlink ref="D151" r:id="rId137"/>
     <hyperlink ref="D152" r:id="rId138"/>
     <hyperlink ref="D153" r:id="rId139"/>
     <hyperlink ref="D154" r:id="rId140"/>
     <hyperlink ref="D155" r:id="rId141"/>
     <hyperlink ref="D156" r:id="rId142"/>
     <hyperlink ref="D157" r:id="rId143"/>
     <hyperlink ref="D158" r:id="rId144"/>
     <hyperlink ref="D159" r:id="rId145"/>
     <hyperlink ref="D160" r:id="rId146"/>
     <hyperlink ref="D161" r:id="rId147"/>
     <hyperlink ref="D162" r:id="rId148"/>
     <hyperlink ref="D163" r:id="rId149"/>
     <hyperlink ref="D164" r:id="rId150"/>
     <hyperlink ref="D165" r:id="rId151"/>
     <hyperlink ref="D166" r:id="rId152"/>
     <hyperlink ref="D167" r:id="rId153"/>
     <hyperlink ref="D168" r:id="rId154"/>
     <hyperlink ref="D169" r:id="rId155"/>
     <hyperlink ref="D170" r:id="rId156"/>
     <hyperlink ref="D171" r:id="rId157"/>
     <hyperlink ref="D172" r:id="rId158"/>
-    <hyperlink ref="D173" r:id="rId159"/>
-[...2 lines deleted...]
-    <hyperlink ref="D176" r:id="rId162"/>
+    <hyperlink ref="D174" r:id="rId159"/>
+    <hyperlink ref="D175" r:id="rId160"/>
+    <hyperlink ref="D176" r:id="rId161"/>
+    <hyperlink ref="D177" r:id="rId162"/>
     <hyperlink ref="D178" r:id="rId163"/>
     <hyperlink ref="D179" r:id="rId164"/>
     <hyperlink ref="D180" r:id="rId165"/>
     <hyperlink ref="D181" r:id="rId166"/>
-    <hyperlink ref="D182" r:id="rId167"/>
-[...2 lines deleted...]
-    <hyperlink ref="D185" r:id="rId170"/>
+    <hyperlink ref="D184" r:id="rId167"/>
+    <hyperlink ref="D185" r:id="rId168"/>
+    <hyperlink ref="D186" r:id="rId169"/>
+    <hyperlink ref="D187" r:id="rId170"/>
     <hyperlink ref="D188" r:id="rId171"/>
     <hyperlink ref="D189" r:id="rId172"/>
     <hyperlink ref="D190" r:id="rId173"/>
     <hyperlink ref="D191" r:id="rId174"/>
-    <hyperlink ref="D192" r:id="rId175"/>
-[...3 lines deleted...]
-    <hyperlink ref="D196" r:id="rId179"/>
+    <hyperlink ref="D194" r:id="rId175"/>
+    <hyperlink ref="D195" r:id="rId176"/>
+    <hyperlink ref="D196" r:id="rId177"/>
+    <hyperlink ref="D197" r:id="rId178"/>
+    <hyperlink ref="D198" r:id="rId179"/>
     <hyperlink ref="D199" r:id="rId180"/>
     <hyperlink ref="D200" r:id="rId181"/>
     <hyperlink ref="D201" r:id="rId182"/>
     <hyperlink ref="D202" r:id="rId183"/>
     <hyperlink ref="D203" r:id="rId184"/>
     <hyperlink ref="D204" r:id="rId185"/>
     <hyperlink ref="D205" r:id="rId186"/>
     <hyperlink ref="D206" r:id="rId187"/>
     <hyperlink ref="D207" r:id="rId188"/>
-    <hyperlink ref="D209" r:id="rId189"/>
-[...5 lines deleted...]
-    <hyperlink ref="D215" r:id="rId195"/>
+    <hyperlink ref="D208" r:id="rId189"/>
+    <hyperlink ref="D209" r:id="rId190"/>
+    <hyperlink ref="D210" r:id="rId191"/>
+    <hyperlink ref="D211" r:id="rId192"/>
+    <hyperlink ref="D212" r:id="rId193"/>
+    <hyperlink ref="D213" r:id="rId194"/>
+    <hyperlink ref="D214" r:id="rId195"/>
     <hyperlink ref="D216" r:id="rId196"/>
     <hyperlink ref="D217" r:id="rId197"/>
     <hyperlink ref="D218" r:id="rId198"/>
     <hyperlink ref="D219" r:id="rId199"/>
     <hyperlink ref="D220" r:id="rId200"/>
     <hyperlink ref="D221" r:id="rId201"/>
     <hyperlink ref="D222" r:id="rId202"/>
     <hyperlink ref="D223" r:id="rId203"/>
     <hyperlink ref="D224" r:id="rId204"/>
-    <hyperlink ref="D225" r:id="rId205"/>
-[...3 lines deleted...]
-    <hyperlink ref="D229" r:id="rId209"/>
+    <hyperlink ref="D227" r:id="rId205"/>
+    <hyperlink ref="D228" r:id="rId206"/>
+    <hyperlink ref="D229" r:id="rId207"/>
+    <hyperlink ref="D230" r:id="rId208"/>
+    <hyperlink ref="D231" r:id="rId209"/>
     <hyperlink ref="D232" r:id="rId210"/>
     <hyperlink ref="D233" r:id="rId211"/>
     <hyperlink ref="D234" r:id="rId212"/>
     <hyperlink ref="D235" r:id="rId213"/>
     <hyperlink ref="D236" r:id="rId214"/>
     <hyperlink ref="D237" r:id="rId215"/>
     <hyperlink ref="D238" r:id="rId216"/>
     <hyperlink ref="D239" r:id="rId217"/>
     <hyperlink ref="D240" r:id="rId218"/>
     <hyperlink ref="D241" r:id="rId219"/>
     <hyperlink ref="D242" r:id="rId220"/>
     <hyperlink ref="D243" r:id="rId221"/>
     <hyperlink ref="D244" r:id="rId222"/>
     <hyperlink ref="D245" r:id="rId223"/>
     <hyperlink ref="D246" r:id="rId224"/>
     <hyperlink ref="D247" r:id="rId225"/>
     <hyperlink ref="D248" r:id="rId226"/>
     <hyperlink ref="D249" r:id="rId227"/>
     <hyperlink ref="D250" r:id="rId228"/>
     <hyperlink ref="D251" r:id="rId229"/>
     <hyperlink ref="D252" r:id="rId230"/>
     <hyperlink ref="D253" r:id="rId231"/>
     <hyperlink ref="D254" r:id="rId232"/>
     <hyperlink ref="D255" r:id="rId233"/>
     <hyperlink ref="D256" r:id="rId234"/>
     <hyperlink ref="D257" r:id="rId235"/>
-    <hyperlink ref="D258" r:id="rId236"/>
-[...2 lines deleted...]
-    <hyperlink ref="D261" r:id="rId239"/>
+    <hyperlink ref="D259" r:id="rId236"/>
+    <hyperlink ref="D260" r:id="rId237"/>
+    <hyperlink ref="D261" r:id="rId238"/>
+    <hyperlink ref="D262" r:id="rId239"/>
     <hyperlink ref="D263" r:id="rId240"/>
     <hyperlink ref="D264" r:id="rId241"/>
     <hyperlink ref="D265" r:id="rId242"/>
     <hyperlink ref="D266" r:id="rId243"/>
     <hyperlink ref="D267" r:id="rId244"/>
     <hyperlink ref="D268" r:id="rId245"/>
     <hyperlink ref="D269" r:id="rId246"/>
     <hyperlink ref="D270" r:id="rId247"/>
     <hyperlink ref="D271" r:id="rId248"/>
     <hyperlink ref="D272" r:id="rId249"/>
     <hyperlink ref="D273" r:id="rId250"/>
     <hyperlink ref="D274" r:id="rId251"/>
     <hyperlink ref="D275" r:id="rId252"/>
     <hyperlink ref="D276" r:id="rId253"/>
     <hyperlink ref="D277" r:id="rId254"/>
     <hyperlink ref="D278" r:id="rId255"/>
     <hyperlink ref="D279" r:id="rId256"/>
     <hyperlink ref="D280" r:id="rId257"/>
     <hyperlink ref="D281" r:id="rId258"/>
     <hyperlink ref="D282" r:id="rId259"/>
-    <hyperlink ref="D283" r:id="rId260"/>
-[...2 lines deleted...]
-    <hyperlink ref="D286" r:id="rId263"/>
+    <hyperlink ref="D285" r:id="rId260"/>
+    <hyperlink ref="D286" r:id="rId261"/>
+    <hyperlink ref="D287" r:id="rId262"/>
+    <hyperlink ref="D288" r:id="rId263"/>
     <hyperlink ref="D289" r:id="rId264"/>
     <hyperlink ref="D290" r:id="rId265"/>
     <hyperlink ref="D291" r:id="rId266"/>
     <hyperlink ref="D292" r:id="rId267"/>
     <hyperlink ref="D293" r:id="rId268"/>
     <hyperlink ref="D294" r:id="rId269"/>
     <hyperlink ref="D295" r:id="rId270"/>
     <hyperlink ref="D296" r:id="rId271"/>
     <hyperlink ref="D297" r:id="rId272"/>
     <hyperlink ref="D298" r:id="rId273"/>
     <hyperlink ref="D299" r:id="rId274"/>
     <hyperlink ref="D300" r:id="rId275"/>
     <hyperlink ref="D301" r:id="rId276"/>
     <hyperlink ref="D302" r:id="rId277"/>
-    <hyperlink ref="D303" r:id="rId278"/>
-[...43 lines deleted...]
-    <hyperlink ref="D355" r:id="rId322"/>
+    <hyperlink ref="D304" r:id="rId278"/>
+    <hyperlink ref="D305" r:id="rId279"/>
+    <hyperlink ref="D306" r:id="rId280"/>
+    <hyperlink ref="D307" r:id="rId281"/>
+    <hyperlink ref="D308" r:id="rId282"/>
+    <hyperlink ref="D309" r:id="rId283"/>
+    <hyperlink ref="D311" r:id="rId284"/>
+    <hyperlink ref="D312" r:id="rId285"/>
+    <hyperlink ref="D313" r:id="rId286"/>
+    <hyperlink ref="D316" r:id="rId287"/>
+    <hyperlink ref="D317" r:id="rId288"/>
+    <hyperlink ref="D319" r:id="rId289"/>
+    <hyperlink ref="D320" r:id="rId290"/>
+    <hyperlink ref="D321" r:id="rId291"/>
+    <hyperlink ref="D322" r:id="rId292"/>
+    <hyperlink ref="D323" r:id="rId293"/>
+    <hyperlink ref="D324" r:id="rId294"/>
+    <hyperlink ref="D325" r:id="rId295"/>
+    <hyperlink ref="D326" r:id="rId296"/>
+    <hyperlink ref="D327" r:id="rId297"/>
+    <hyperlink ref="D329" r:id="rId298"/>
+    <hyperlink ref="D330" r:id="rId299"/>
+    <hyperlink ref="D331" r:id="rId300"/>
+    <hyperlink ref="D332" r:id="rId301"/>
+    <hyperlink ref="D333" r:id="rId302"/>
+    <hyperlink ref="D335" r:id="rId303"/>
+    <hyperlink ref="D336" r:id="rId304"/>
+    <hyperlink ref="D337" r:id="rId305"/>
+    <hyperlink ref="D338" r:id="rId306"/>
+    <hyperlink ref="D339" r:id="rId307"/>
+    <hyperlink ref="D340" r:id="rId308"/>
+    <hyperlink ref="D341" r:id="rId309"/>
+    <hyperlink ref="D343" r:id="rId310"/>
+    <hyperlink ref="D344" r:id="rId311"/>
+    <hyperlink ref="D345" r:id="rId312"/>
+    <hyperlink ref="D347" r:id="rId313"/>
+    <hyperlink ref="D348" r:id="rId314"/>
+    <hyperlink ref="D349" r:id="rId315"/>
+    <hyperlink ref="D350" r:id="rId316"/>
+    <hyperlink ref="D351" r:id="rId317"/>
+    <hyperlink ref="D352" r:id="rId318"/>
+    <hyperlink ref="D353" r:id="rId319"/>
+    <hyperlink ref="D354" r:id="rId320"/>
+    <hyperlink ref="D355" r:id="rId321"/>
+    <hyperlink ref="D356" r:id="rId322"/>
     <hyperlink ref="D357" r:id="rId323"/>
     <hyperlink ref="D358" r:id="rId324"/>
     <hyperlink ref="D359" r:id="rId325"/>
     <hyperlink ref="D360" r:id="rId326"/>
     <hyperlink ref="D361" r:id="rId327"/>
     <hyperlink ref="D362" r:id="rId328"/>
     <hyperlink ref="D363" r:id="rId329"/>
     <hyperlink ref="D364" r:id="rId330"/>
     <hyperlink ref="D365" r:id="rId331"/>
     <hyperlink ref="D366" r:id="rId332"/>
     <hyperlink ref="D367" r:id="rId333"/>
     <hyperlink ref="D368" r:id="rId334"/>
     <hyperlink ref="D369" r:id="rId335"/>
     <hyperlink ref="D370" r:id="rId336"/>
     <hyperlink ref="D371" r:id="rId337"/>
     <hyperlink ref="D372" r:id="rId338"/>
     <hyperlink ref="D373" r:id="rId339"/>
     <hyperlink ref="D374" r:id="rId340"/>
     <hyperlink ref="D375" r:id="rId341"/>
     <hyperlink ref="D376" r:id="rId342"/>
     <hyperlink ref="D377" r:id="rId343"/>
     <hyperlink ref="D378" r:id="rId344"/>
     <hyperlink ref="D379" r:id="rId345"/>
     <hyperlink ref="D380" r:id="rId346"/>
-    <hyperlink ref="D381" r:id="rId347"/>
-[...8 lines deleted...]
-    <hyperlink ref="D390" r:id="rId356"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>